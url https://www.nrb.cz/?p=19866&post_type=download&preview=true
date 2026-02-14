--- v0 (2025-10-09)
+++ v1 (2026-02-14)
@@ -1,71 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\kincl\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\sefcik\Documents\Šablony_průřezové\Revize-SUP2\doplněné_Ivetou\už_na_webu\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E78F1DEB-4187-4E9F-A4B9-D69DE88E3749}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12150"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="HODNOCENÍ" sheetId="1" r:id="rId1"/>
     <sheet name="VAŠE KOMENTÁŘE" sheetId="3" r:id="rId2"/>
     <sheet name="DATA" sheetId="2" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="M12" i="1" l="1"/>
   <c r="O12" i="1"/>
   <c r="M20" i="1" l="1"/>
   <c r="D54" i="2" l="1"/>
   <c r="D55" i="2"/>
   <c r="M14" i="1" l="1"/>
   <c r="M34" i="1" l="1"/>
   <c r="F15" i="2" l="1"/>
   <c r="I15" i="2" s="1"/>
   <c r="F14" i="2"/>
   <c r="I14" i="2" s="1"/>
   <c r="F13" i="2"/>
   <c r="I13" i="2" s="1"/>
   <c r="M18" i="1" s="1"/>
   <c r="F12" i="2"/>
   <c r="I12" i="2" s="1"/>
   <c r="O16" i="2" l="1"/>
   <c r="O22" i="2"/>
@@ -2324,51 +2337,51 @@
   <si>
     <t>převoditelné na ekvivalentní spotřebu elektrické energie</t>
   </si>
   <si>
     <t>závisí na charakteru primárního zdroje a jeho vstupem</t>
   </si>
   <si>
     <t>MPO  (2021)</t>
   </si>
   <si>
     <t>REALIZACÍ PROJEKTU DOJDE K VŸZNAMNĚJŠÍMU NAVÝŠENÍ ROČNÍCH PROVOZNÍCH EMISÍ HLAVNÍCH SKLENÍKOVÝCH PLYNŮ DO OVZDUŠÍ (při větším objemu emisí včetně odhadu jejich případné fugitivní* složky) :</t>
   </si>
   <si>
     <t>Zde uvedené referenční údaje, zejména srovnávací emisní faktory a výhřevnosti, jsou účelovým výběrem z aktuálně dostupných přednostně domácích ale i zahraničních podkladů a mohou se tak lišit v čase a od údajů z jiných zdrojů</t>
   </si>
   <si>
     <t>CELKOVÉ EMISE PROJEKTU</t>
   </si>
   <si>
     <t>Příloha E - VÝPOČET EMISÍ SKLENÍKOVÝCH PLYNŮ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -2936,464 +2949,322 @@
       <left style="medium">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="257">
+  <cellXfs count="206">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" indent="3"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" indent="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" quotePrefix="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="right" indent="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="9" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="3"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
@@ -3404,80 +3275,76 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="6" borderId="30" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="0" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="0" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
-      <protection hidden="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="9" borderId="19" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
@@ -3534,71 +3401,67 @@
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="21" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="6" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="16" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="6" borderId="27" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="28" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="6" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="7" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
@@ -3803,87 +3666,80 @@
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="26" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="25" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="5">
+  <dxfs count="4">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
-    </dxf>
-[...15 lines deleted...]
-      </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFC00000"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
@@ -4173,2706 +4029,2680 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
   </sheetPr>
   <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="50" workbookViewId="0">
       <selection activeCell="D3" sqref="D3:G3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="3.7109375" style="129" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="129"/>
+    <col min="1" max="2" width="3.7109375" style="82" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" style="82" customWidth="1"/>
+    <col min="4" max="4" width="45.7109375" style="82" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" style="82" customWidth="1"/>
+    <col min="6" max="6" width="15.7109375" style="82" customWidth="1"/>
+    <col min="7" max="7" width="30.7109375" style="82" customWidth="1"/>
+    <col min="8" max="8" width="20.7109375" style="82" customWidth="1"/>
+    <col min="9" max="9" width="30.7109375" style="82" customWidth="1"/>
+    <col min="10" max="10" width="31.85546875" style="82" customWidth="1"/>
+    <col min="11" max="13" width="12.7109375" style="82" customWidth="1"/>
+    <col min="14" max="14" width="15.7109375" style="82" customWidth="1"/>
+    <col min="15" max="15" width="12.7109375" style="82" customWidth="1"/>
+    <col min="16" max="16384" width="9.140625" style="82"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="126"/>
-      <c r="B1" s="127" t="s">
+      <c r="A1" s="79"/>
+      <c r="B1" s="80" t="s">
         <v>222</v>
       </c>
-      <c r="C1" s="220"/>
-[...12 lines deleted...]
-      <c r="P1" s="126"/>
+      <c r="C1" s="169"/>
+      <c r="D1" s="81"/>
+      <c r="E1" s="81"/>
+      <c r="F1" s="81"/>
+      <c r="G1" s="81"/>
+      <c r="H1" s="81"/>
+      <c r="I1" s="79"/>
+      <c r="J1" s="79"/>
+      <c r="K1" s="79"/>
+      <c r="L1" s="79"/>
+      <c r="M1" s="79"/>
+      <c r="N1" s="79"/>
+      <c r="O1" s="79"/>
+      <c r="P1" s="79"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A2" s="126"/>
-[...14 lines deleted...]
-      <c r="P2" s="126"/>
+      <c r="A2" s="79"/>
+      <c r="B2" s="81"/>
+      <c r="C2" s="81"/>
+      <c r="D2" s="81"/>
+      <c r="E2" s="81"/>
+      <c r="F2" s="81"/>
+      <c r="G2" s="81"/>
+      <c r="H2" s="81"/>
+      <c r="I2" s="79"/>
+      <c r="J2" s="79"/>
+      <c r="K2" s="79"/>
+      <c r="L2" s="79"/>
+      <c r="M2" s="79"/>
+      <c r="N2" s="79"/>
+      <c r="O2" s="79"/>
+      <c r="P2" s="79"/>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A3" s="126"/>
-      <c r="B3" s="130" t="s">
+      <c r="A3" s="79"/>
+      <c r="B3" s="83" t="s">
         <v>18</v>
       </c>
-      <c r="C3" s="131"/>
-[...4 lines deleted...]
-      <c r="H3" s="131" t="s">
+      <c r="C3" s="84"/>
+      <c r="D3" s="170"/>
+      <c r="E3" s="171"/>
+      <c r="F3" s="171"/>
+      <c r="G3" s="172"/>
+      <c r="H3" s="84" t="s">
         <v>179</v>
       </c>
-      <c r="I3" s="208"/>
-[...2 lines deleted...]
-      <c r="L3" s="134" t="s">
+      <c r="I3" s="157"/>
+      <c r="J3" s="79"/>
+      <c r="K3" s="85"/>
+      <c r="L3" s="86" t="s">
         <v>187</v>
       </c>
-      <c r="M3" s="126"/>
-[...2 lines deleted...]
-      <c r="P3" s="126"/>
+      <c r="M3" s="79"/>
+      <c r="N3" s="79"/>
+      <c r="O3" s="79"/>
+      <c r="P3" s="79"/>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A4" s="126"/>
-      <c r="B4" s="135" t="s">
+      <c r="A4" s="79"/>
+      <c r="B4" s="87" t="s">
         <v>19</v>
       </c>
-      <c r="C4" s="136"/>
-[...2 lines deleted...]
-      <c r="F4" s="137" t="s">
+      <c r="C4" s="88"/>
+      <c r="D4" s="170"/>
+      <c r="E4" s="172"/>
+      <c r="F4" s="89" t="s">
         <v>177</v>
       </c>
-      <c r="G4" s="207"/>
-      <c r="H4" s="136" t="s">
+      <c r="G4" s="156"/>
+      <c r="H4" s="88" t="s">
         <v>178</v>
       </c>
-      <c r="I4" s="209"/>
-[...2 lines deleted...]
-      <c r="L4" s="134" t="s">
+      <c r="I4" s="158"/>
+      <c r="J4" s="79"/>
+      <c r="K4" s="90"/>
+      <c r="L4" s="86" t="s">
         <v>188</v>
       </c>
-      <c r="M4" s="126"/>
-[...2 lines deleted...]
-      <c r="P4" s="126"/>
+      <c r="M4" s="79"/>
+      <c r="N4" s="79"/>
+      <c r="O4" s="79"/>
+      <c r="P4" s="79"/>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A5" s="126"/>
-[...14 lines deleted...]
-      <c r="P5" s="126"/>
+      <c r="A5" s="79"/>
+      <c r="B5" s="81"/>
+      <c r="C5" s="81"/>
+      <c r="D5" s="81"/>
+      <c r="E5" s="81"/>
+      <c r="F5" s="81"/>
+      <c r="G5" s="81"/>
+      <c r="H5" s="81"/>
+      <c r="I5" s="79"/>
+      <c r="J5" s="79"/>
+      <c r="K5" s="79"/>
+      <c r="L5" s="79"/>
+      <c r="M5" s="79"/>
+      <c r="N5" s="79"/>
+      <c r="O5" s="79"/>
+      <c r="P5" s="79"/>
     </row>
     <row r="6" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="126"/>
-      <c r="B6" s="127" t="s">
+      <c r="A6" s="79"/>
+      <c r="B6" s="80" t="s">
         <v>79</v>
       </c>
-      <c r="C6" s="127"/>
-[...12 lines deleted...]
-      <c r="P6" s="126"/>
+      <c r="C6" s="80"/>
+      <c r="D6" s="81"/>
+      <c r="E6" s="81"/>
+      <c r="F6" s="81"/>
+      <c r="G6" s="81"/>
+      <c r="H6" s="81"/>
+      <c r="I6" s="79"/>
+      <c r="J6" s="79"/>
+      <c r="K6" s="79"/>
+      <c r="L6" s="79"/>
+      <c r="M6" s="79"/>
+      <c r="N6" s="79"/>
+      <c r="O6" s="79"/>
+      <c r="P6" s="79"/>
     </row>
     <row r="7" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A7" s="126"/>
-      <c r="B7" s="139" t="s">
+      <c r="A7" s="79"/>
+      <c r="B7" s="91" t="s">
         <v>17</v>
       </c>
-      <c r="C7" s="140"/>
-[...12 lines deleted...]
-      <c r="P7" s="126"/>
+      <c r="C7" s="92"/>
+      <c r="D7" s="92"/>
+      <c r="E7" s="92"/>
+      <c r="F7" s="92"/>
+      <c r="G7" s="93"/>
+      <c r="H7" s="81"/>
+      <c r="I7" s="79"/>
+      <c r="J7" s="79"/>
+      <c r="K7" s="79"/>
+      <c r="L7" s="79"/>
+      <c r="M7" s="79"/>
+      <c r="N7" s="79"/>
+      <c r="O7" s="79"/>
+      <c r="P7" s="79"/>
     </row>
     <row r="8" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="126"/>
-      <c r="B8" s="143" t="s">
+      <c r="A8" s="79"/>
+      <c r="B8" s="94" t="s">
         <v>180</v>
       </c>
-      <c r="C8" s="144"/>
-[...12 lines deleted...]
-      <c r="P8" s="126"/>
+      <c r="C8" s="95"/>
+      <c r="D8" s="95"/>
+      <c r="E8" s="95"/>
+      <c r="F8" s="95"/>
+      <c r="G8" s="96"/>
+      <c r="H8" s="81"/>
+      <c r="I8" s="79"/>
+      <c r="J8" s="79"/>
+      <c r="K8" s="79"/>
+      <c r="L8" s="79"/>
+      <c r="M8" s="79"/>
+      <c r="N8" s="79"/>
+      <c r="O8" s="79"/>
+      <c r="P8" s="79"/>
     </row>
     <row r="9" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A9" s="126"/>
-[...14 lines deleted...]
-      <c r="P9" s="126"/>
+      <c r="A9" s="79"/>
+      <c r="B9" s="79"/>
+      <c r="C9" s="79"/>
+      <c r="D9" s="79"/>
+      <c r="E9" s="79"/>
+      <c r="F9" s="79"/>
+      <c r="G9" s="79"/>
+      <c r="H9" s="79"/>
+      <c r="I9" s="79"/>
+      <c r="J9" s="79"/>
+      <c r="K9" s="79"/>
+      <c r="L9" s="79"/>
+      <c r="M9" s="79"/>
+      <c r="N9" s="79"/>
+      <c r="O9" s="79"/>
+      <c r="P9" s="79"/>
     </row>
     <row r="10" spans="1:16" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="126"/>
-[...1 lines deleted...]
-      <c r="C10" s="146" t="s">
+      <c r="A10" s="79"/>
+      <c r="B10" s="79"/>
+      <c r="C10" s="97" t="s">
         <v>181</v>
       </c>
-      <c r="D10" s="146"/>
-[...11 lines deleted...]
-      <c r="P10" s="126"/>
+      <c r="D10" s="97"/>
+      <c r="E10" s="97"/>
+      <c r="F10" s="97"/>
+      <c r="G10" s="97"/>
+      <c r="H10" s="97"/>
+      <c r="I10" s="79"/>
+      <c r="J10" s="79"/>
+      <c r="K10" s="98"/>
+      <c r="L10" s="79"/>
+      <c r="M10" s="79"/>
+      <c r="N10" s="79"/>
+      <c r="O10" s="79"/>
+      <c r="P10" s="79"/>
     </row>
     <row r="11" spans="1:16" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="126"/>
-[...1 lines deleted...]
-      <c r="C11" s="149" t="s">
+      <c r="A11" s="79"/>
+      <c r="B11" s="99"/>
+      <c r="C11" s="100" t="s">
         <v>147</v>
       </c>
-      <c r="D11" s="149"/>
-[...6 lines deleted...]
-      <c r="K11" s="151" t="s">
+      <c r="D11" s="100"/>
+      <c r="E11" s="100"/>
+      <c r="F11" s="100"/>
+      <c r="G11" s="100"/>
+      <c r="H11" s="100"/>
+      <c r="I11" s="101"/>
+      <c r="J11" s="101"/>
+      <c r="K11" s="102" t="s">
         <v>20</v>
       </c>
-      <c r="L11" s="150"/>
-      <c r="M11" s="151" t="s">
+      <c r="L11" s="101"/>
+      <c r="M11" s="102" t="s">
         <v>157</v>
       </c>
-      <c r="N11" s="150"/>
-      <c r="O11" s="152" t="s">
+      <c r="N11" s="101"/>
+      <c r="O11" s="103" t="s">
         <v>159</v>
       </c>
-      <c r="P11" s="126"/>
+      <c r="P11" s="79"/>
     </row>
     <row r="12" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="126"/>
-      <c r="B12" s="153" t="s">
+      <c r="A12" s="79"/>
+      <c r="B12" s="104" t="s">
         <v>6</v>
       </c>
-      <c r="C12" s="231" t="s">
+      <c r="C12" s="180" t="s">
         <v>139</v>
       </c>
-      <c r="D12" s="232"/>
-      <c r="E12" s="233" t="s">
+      <c r="D12" s="181"/>
+      <c r="E12" s="182" t="s">
         <v>153</v>
       </c>
-      <c r="F12" s="234"/>
-[...5 lines deleted...]
-      <c r="L12" s="154" t="s">
+      <c r="F12" s="183"/>
+      <c r="G12" s="183"/>
+      <c r="H12" s="183"/>
+      <c r="I12" s="183"/>
+      <c r="J12" s="183"/>
+      <c r="K12" s="159"/>
+      <c r="L12" s="105" t="s">
         <v>1</v>
       </c>
-      <c r="M12" s="155">
+      <c r="M12" s="106">
         <f>DATA!L44</f>
         <v>0.39</v>
       </c>
-      <c r="N12" s="156" t="s">
+      <c r="N12" s="107" t="s">
         <v>155</v>
       </c>
-      <c r="O12" s="157" t="str">
+      <c r="O12" s="108" t="str">
         <f>IF(K12="","---",K12*M12)</f>
         <v>---</v>
       </c>
-      <c r="P12" s="126"/>
+      <c r="P12" s="79"/>
     </row>
     <row r="13" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="126"/>
-[...1 lines deleted...]
-      <c r="C13" s="228" t="s">
+      <c r="A13" s="79"/>
+      <c r="B13" s="109"/>
+      <c r="C13" s="177" t="s">
         <v>140</v>
       </c>
-      <c r="D13" s="229"/>
-[...11 lines deleted...]
-      <c r="P13" s="126"/>
+      <c r="D13" s="178"/>
+      <c r="E13" s="178"/>
+      <c r="F13" s="178"/>
+      <c r="G13" s="178"/>
+      <c r="H13" s="178"/>
+      <c r="I13" s="178"/>
+      <c r="J13" s="178"/>
+      <c r="K13" s="178"/>
+      <c r="L13" s="178"/>
+      <c r="M13" s="178"/>
+      <c r="N13" s="178"/>
+      <c r="O13" s="179"/>
+      <c r="P13" s="79"/>
     </row>
     <row r="14" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="126"/>
-      <c r="B14" s="159" t="s">
+      <c r="A14" s="79"/>
+      <c r="B14" s="110" t="s">
         <v>7</v>
       </c>
-      <c r="C14" s="224" t="s">
+      <c r="C14" s="173" t="s">
         <v>136</v>
       </c>
-      <c r="D14" s="225"/>
-      <c r="E14" s="226" t="s">
+      <c r="D14" s="174"/>
+      <c r="E14" s="175" t="s">
         <v>141</v>
       </c>
-      <c r="F14" s="227"/>
-[...5 lines deleted...]
-      <c r="L14" s="160" t="s">
+      <c r="F14" s="176"/>
+      <c r="G14" s="176"/>
+      <c r="H14" s="176"/>
+      <c r="I14" s="176"/>
+      <c r="J14" s="176"/>
+      <c r="K14" s="160"/>
+      <c r="L14" s="111" t="s">
         <v>163</v>
       </c>
-      <c r="M14" s="161">
+      <c r="M14" s="112">
         <f>DATA!S22</f>
         <v>2.09</v>
       </c>
-      <c r="N14" s="162" t="s">
+      <c r="N14" s="113" t="s">
         <v>160</v>
       </c>
-      <c r="O14" s="163" t="str">
+      <c r="O14" s="114" t="str">
         <f>IF(K14="","---",K14*M14)</f>
         <v>---</v>
       </c>
-      <c r="P14" s="126"/>
+      <c r="P14" s="79"/>
     </row>
     <row r="15" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="126"/>
-[...1 lines deleted...]
-      <c r="C15" s="228" t="s">
+      <c r="A15" s="79"/>
+      <c r="B15" s="109"/>
+      <c r="C15" s="177" t="s">
         <v>154</v>
       </c>
-      <c r="D15" s="229"/>
-[...11 lines deleted...]
-      <c r="P15" s="126"/>
+      <c r="D15" s="178"/>
+      <c r="E15" s="178"/>
+      <c r="F15" s="178"/>
+      <c r="G15" s="178"/>
+      <c r="H15" s="178"/>
+      <c r="I15" s="178"/>
+      <c r="J15" s="178"/>
+      <c r="K15" s="178"/>
+      <c r="L15" s="178"/>
+      <c r="M15" s="178"/>
+      <c r="N15" s="178"/>
+      <c r="O15" s="179"/>
+      <c r="P15" s="79"/>
     </row>
     <row r="16" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="126"/>
-      <c r="B16" s="159" t="s">
+      <c r="A16" s="79"/>
+      <c r="B16" s="110" t="s">
         <v>5</v>
       </c>
-      <c r="C16" s="224" t="s">
+      <c r="C16" s="173" t="s">
         <v>142</v>
       </c>
-      <c r="D16" s="225"/>
-      <c r="E16" s="238" t="s">
+      <c r="D16" s="174"/>
+      <c r="E16" s="187" t="s">
         <v>143</v>
       </c>
-      <c r="F16" s="239"/>
-[...5 lines deleted...]
-      <c r="L16" s="160" t="s">
+      <c r="F16" s="188"/>
+      <c r="G16" s="188"/>
+      <c r="H16" s="188"/>
+      <c r="I16" s="188"/>
+      <c r="J16" s="188"/>
+      <c r="K16" s="161"/>
+      <c r="L16" s="111" t="s">
         <v>0</v>
       </c>
-      <c r="M16" s="161">
+      <c r="M16" s="112">
         <f>DATA!S18</f>
         <v>2.8727736000000004</v>
       </c>
-      <c r="N16" s="162" t="s">
+      <c r="N16" s="113" t="s">
         <v>161</v>
       </c>
-      <c r="O16" s="163" t="str">
+      <c r="O16" s="114" t="str">
         <f>IF(K16="","---",K16*M16)</f>
         <v>---</v>
       </c>
-      <c r="P16" s="126"/>
+      <c r="P16" s="79"/>
     </row>
     <row r="17" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="126"/>
-[...1 lines deleted...]
-      <c r="C17" s="228" t="s">
+      <c r="A17" s="79"/>
+      <c r="B17" s="115"/>
+      <c r="C17" s="177" t="s">
         <v>150</v>
       </c>
-      <c r="D17" s="229"/>
-[...11 lines deleted...]
-      <c r="P17" s="126"/>
+      <c r="D17" s="178"/>
+      <c r="E17" s="178"/>
+      <c r="F17" s="178"/>
+      <c r="G17" s="178"/>
+      <c r="H17" s="178"/>
+      <c r="I17" s="178"/>
+      <c r="J17" s="178"/>
+      <c r="K17" s="178"/>
+      <c r="L17" s="178"/>
+      <c r="M17" s="178"/>
+      <c r="N17" s="178"/>
+      <c r="O17" s="179"/>
+      <c r="P17" s="79"/>
     </row>
     <row r="18" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="126"/>
-      <c r="B18" s="166" t="s">
+      <c r="A18" s="79"/>
+      <c r="B18" s="116" t="s">
         <v>8</v>
       </c>
-      <c r="C18" s="224" t="s">
+      <c r="C18" s="173" t="s">
         <v>144</v>
       </c>
-      <c r="D18" s="225"/>
-      <c r="E18" s="238" t="s">
+      <c r="D18" s="174"/>
+      <c r="E18" s="187" t="s">
         <v>149</v>
       </c>
-      <c r="F18" s="239"/>
-[...5 lines deleted...]
-      <c r="L18" s="160" t="s">
+      <c r="F18" s="188"/>
+      <c r="G18" s="188"/>
+      <c r="H18" s="188"/>
+      <c r="I18" s="188"/>
+      <c r="J18" s="188"/>
+      <c r="K18" s="161"/>
+      <c r="L18" s="111" t="s">
         <v>0</v>
       </c>
-      <c r="M18" s="167">
+      <c r="M18" s="117">
         <f>DATA!I13</f>
         <v>2.6795912125000001</v>
       </c>
-      <c r="N18" s="162" t="s">
+      <c r="N18" s="113" t="s">
         <v>161</v>
       </c>
-      <c r="O18" s="163" t="str">
+      <c r="O18" s="114" t="str">
         <f>IF(K18="","---",K18*M18)</f>
         <v>---</v>
       </c>
-      <c r="P18" s="126"/>
+      <c r="P18" s="79"/>
     </row>
     <row r="19" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="126"/>
-[...1 lines deleted...]
-      <c r="C19" s="228" t="s">
+      <c r="A19" s="79"/>
+      <c r="B19" s="115"/>
+      <c r="C19" s="177" t="s">
         <v>148</v>
       </c>
-      <c r="D19" s="229"/>
-[...11 lines deleted...]
-      <c r="P19" s="126"/>
+      <c r="D19" s="178"/>
+      <c r="E19" s="178"/>
+      <c r="F19" s="178"/>
+      <c r="G19" s="178"/>
+      <c r="H19" s="178"/>
+      <c r="I19" s="178"/>
+      <c r="J19" s="178"/>
+      <c r="K19" s="178"/>
+      <c r="L19" s="178"/>
+      <c r="M19" s="178"/>
+      <c r="N19" s="178"/>
+      <c r="O19" s="179"/>
+      <c r="P19" s="79"/>
     </row>
     <row r="20" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="126"/>
-      <c r="B20" s="166" t="s">
+      <c r="A20" s="79"/>
+      <c r="B20" s="116" t="s">
         <v>9</v>
       </c>
-      <c r="C20" s="224" t="s">
+      <c r="C20" s="173" t="s">
         <v>199</v>
       </c>
-      <c r="D20" s="225"/>
-      <c r="E20" s="238" t="s">
+      <c r="D20" s="174"/>
+      <c r="E20" s="187" t="s">
         <v>146</v>
       </c>
-      <c r="F20" s="239"/>
-[...5 lines deleted...]
-      <c r="L20" s="160" t="s">
+      <c r="F20" s="188"/>
+      <c r="G20" s="188"/>
+      <c r="H20" s="188"/>
+      <c r="I20" s="188"/>
+      <c r="J20" s="188"/>
+      <c r="K20" s="161"/>
+      <c r="L20" s="111" t="s">
         <v>2</v>
       </c>
-      <c r="M20" s="215">
+      <c r="M20" s="164">
         <f>DATA!D20</f>
         <v>637.95000000000005</v>
       </c>
-      <c r="N20" s="162" t="s">
+      <c r="N20" s="113" t="s">
         <v>162</v>
       </c>
-      <c r="O20" s="163" t="str">
+      <c r="O20" s="114" t="str">
         <f>IF(K20="","---",K20*M20/1000)</f>
         <v>---</v>
       </c>
-      <c r="P20" s="126"/>
+      <c r="P20" s="79"/>
     </row>
     <row r="21" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="126"/>
-[...1 lines deleted...]
-      <c r="C21" s="235" t="s">
+      <c r="A21" s="79"/>
+      <c r="B21" s="115"/>
+      <c r="C21" s="184" t="s">
         <v>145</v>
       </c>
-      <c r="D21" s="236"/>
-[...11 lines deleted...]
-      <c r="P21" s="126"/>
+      <c r="D21" s="185"/>
+      <c r="E21" s="185"/>
+      <c r="F21" s="185"/>
+      <c r="G21" s="185"/>
+      <c r="H21" s="185"/>
+      <c r="I21" s="185"/>
+      <c r="J21" s="185"/>
+      <c r="K21" s="185"/>
+      <c r="L21" s="185"/>
+      <c r="M21" s="185"/>
+      <c r="N21" s="185"/>
+      <c r="O21" s="186"/>
+      <c r="P21" s="79"/>
     </row>
     <row r="22" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="126"/>
-      <c r="B22" s="166" t="s">
+      <c r="A22" s="79"/>
+      <c r="B22" s="116" t="s">
         <v>10</v>
       </c>
-      <c r="C22" s="224" t="s">
+      <c r="C22" s="173" t="s">
         <v>137</v>
       </c>
-      <c r="D22" s="225"/>
-      <c r="E22" s="238" t="s">
+      <c r="D22" s="174"/>
+      <c r="E22" s="187" t="s">
         <v>158</v>
       </c>
-      <c r="F22" s="239"/>
-[...5 lines deleted...]
-      <c r="L22" s="168" t="s">
+      <c r="F22" s="188"/>
+      <c r="G22" s="188"/>
+      <c r="H22" s="188"/>
+      <c r="I22" s="188"/>
+      <c r="J22" s="188"/>
+      <c r="K22" s="162"/>
+      <c r="L22" s="118" t="s">
         <v>4</v>
       </c>
-      <c r="M22" s="214"/>
-      <c r="N22" s="169" t="s">
+      <c r="M22" s="163"/>
+      <c r="N22" s="119" t="s">
         <v>156</v>
       </c>
-      <c r="O22" s="163" t="str">
+      <c r="O22" s="114" t="str">
         <f>IF(K22="","---",K22*M22)</f>
         <v>---</v>
       </c>
-      <c r="P22" s="126"/>
+      <c r="P22" s="79"/>
     </row>
     <row r="23" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="126"/>
-[...1 lines deleted...]
-      <c r="C23" s="240" t="s">
+      <c r="A23" s="79"/>
+      <c r="B23" s="115"/>
+      <c r="C23" s="189" t="s">
         <v>151</v>
       </c>
-      <c r="D23" s="241"/>
-[...16 lines deleted...]
-      <c r="C24" s="172" t="s">
+      <c r="D23" s="190"/>
+      <c r="E23" s="190"/>
+      <c r="F23" s="190"/>
+      <c r="G23" s="190"/>
+      <c r="H23" s="190"/>
+      <c r="I23" s="190"/>
+      <c r="J23" s="190"/>
+      <c r="K23" s="190"/>
+      <c r="L23" s="190"/>
+      <c r="M23" s="190"/>
+      <c r="N23" s="190"/>
+      <c r="O23" s="191"/>
+      <c r="P23" s="79"/>
+    </row>
+    <row r="24" spans="1:16" s="127" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="120"/>
+      <c r="B24" s="121"/>
+      <c r="C24" s="122" t="s">
         <v>3</v>
       </c>
-      <c r="D24" s="172"/>
-[...9 lines deleted...]
-      <c r="N24" s="175" t="s">
+      <c r="D24" s="122"/>
+      <c r="E24" s="122"/>
+      <c r="F24" s="122"/>
+      <c r="G24" s="122"/>
+      <c r="H24" s="122"/>
+      <c r="I24" s="123"/>
+      <c r="J24" s="123"/>
+      <c r="K24" s="123"/>
+      <c r="L24" s="123"/>
+      <c r="M24" s="124"/>
+      <c r="N24" s="125" t="s">
         <v>159</v>
       </c>
-      <c r="O24" s="176">
+      <c r="O24" s="126">
         <f>CEILING(SUM(O12,O14,O16,O18,O20,O22),1)</f>
         <v>0</v>
       </c>
-      <c r="P24" s="170"/>
-[...22 lines deleted...]
-      <c r="C26" s="146" t="s">
+      <c r="P24" s="120"/>
+    </row>
+    <row r="25" spans="1:16" s="127" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="120"/>
+      <c r="B25" s="120"/>
+      <c r="C25" s="120"/>
+      <c r="D25" s="120"/>
+      <c r="E25" s="120"/>
+      <c r="F25" s="120"/>
+      <c r="G25" s="120"/>
+      <c r="H25" s="120"/>
+      <c r="I25" s="120"/>
+      <c r="J25" s="120"/>
+      <c r="K25" s="120"/>
+      <c r="L25" s="120"/>
+      <c r="M25" s="120"/>
+      <c r="N25" s="120"/>
+      <c r="O25" s="120"/>
+      <c r="P25" s="120"/>
+    </row>
+    <row r="26" spans="1:16" s="127" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="120"/>
+      <c r="B26" s="120"/>
+      <c r="C26" s="97" t="s">
         <v>184</v>
       </c>
-      <c r="D26" s="146"/>
-[...16 lines deleted...]
-      <c r="C27" s="149" t="s">
+      <c r="D26" s="97"/>
+      <c r="E26" s="97"/>
+      <c r="F26" s="97"/>
+      <c r="G26" s="97"/>
+      <c r="H26" s="97"/>
+      <c r="I26" s="120"/>
+      <c r="J26" s="120"/>
+      <c r="K26" s="120"/>
+      <c r="L26" s="120"/>
+      <c r="M26" s="120"/>
+      <c r="N26" s="120"/>
+      <c r="O26" s="120"/>
+      <c r="P26" s="120"/>
+    </row>
+    <row r="27" spans="1:16" s="127" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="120"/>
+      <c r="B27" s="128"/>
+      <c r="C27" s="100" t="s">
         <v>219</v>
       </c>
-      <c r="D27" s="179"/>
-[...6 lines deleted...]
-      <c r="K27" s="151" t="s">
+      <c r="D27" s="129"/>
+      <c r="E27" s="129"/>
+      <c r="F27" s="129"/>
+      <c r="G27" s="129"/>
+      <c r="H27" s="129"/>
+      <c r="I27" s="130"/>
+      <c r="J27" s="130"/>
+      <c r="K27" s="102" t="s">
         <v>4</v>
       </c>
-      <c r="L27" s="180"/>
-      <c r="M27" s="151" t="s">
+      <c r="L27" s="130"/>
+      <c r="M27" s="102" t="s">
         <v>157</v>
       </c>
-      <c r="N27" s="180"/>
-      <c r="O27" s="152" t="s">
+      <c r="N27" s="130"/>
+      <c r="O27" s="103" t="s">
         <v>159</v>
       </c>
-      <c r="P27" s="170"/>
+      <c r="P27" s="120"/>
     </row>
     <row r="28" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="126"/>
-      <c r="B28" s="181" t="s">
+      <c r="A28" s="79"/>
+      <c r="B28" s="131" t="s">
         <v>11</v>
       </c>
-      <c r="C28" s="231" t="s">
+      <c r="C28" s="180" t="s">
         <v>152</v>
       </c>
-      <c r="D28" s="232"/>
-      <c r="E28" s="182" t="s">
+      <c r="D28" s="181"/>
+      <c r="E28" s="132" t="s">
         <v>182</v>
       </c>
-      <c r="F28" s="183"/>
-[...5 lines deleted...]
-      <c r="L28" s="154" t="s">
+      <c r="F28" s="133"/>
+      <c r="G28" s="133"/>
+      <c r="H28" s="133"/>
+      <c r="I28" s="134"/>
+      <c r="J28" s="134"/>
+      <c r="K28" s="165"/>
+      <c r="L28" s="105" t="s">
         <v>170</v>
       </c>
-      <c r="M28" s="185">
+      <c r="M28" s="135">
         <v>1</v>
       </c>
-      <c r="N28" s="156" t="s">
+      <c r="N28" s="107" t="s">
         <v>164</v>
       </c>
-      <c r="O28" s="186" t="str">
+      <c r="O28" s="136" t="str">
         <f>IF(K28="","---",K28*M28)</f>
         <v>---</v>
       </c>
-      <c r="P28" s="126"/>
+      <c r="P28" s="79"/>
     </row>
     <row r="29" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="126"/>
-[...1 lines deleted...]
-      <c r="C29" s="249" t="s">
+      <c r="A29" s="79"/>
+      <c r="B29" s="115"/>
+      <c r="C29" s="198" t="s">
         <v>196</v>
       </c>
-      <c r="D29" s="250"/>
-[...11 lines deleted...]
-      <c r="P29" s="126"/>
+      <c r="D29" s="199"/>
+      <c r="E29" s="199"/>
+      <c r="F29" s="199"/>
+      <c r="G29" s="199"/>
+      <c r="H29" s="199"/>
+      <c r="I29" s="199"/>
+      <c r="J29" s="199"/>
+      <c r="K29" s="199"/>
+      <c r="L29" s="199"/>
+      <c r="M29" s="199"/>
+      <c r="N29" s="199"/>
+      <c r="O29" s="200"/>
+      <c r="P29" s="79"/>
     </row>
     <row r="30" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="126"/>
-      <c r="B30" s="187" t="s">
+      <c r="A30" s="79"/>
+      <c r="B30" s="137" t="s">
         <v>12</v>
       </c>
-      <c r="C30" s="238" t="s">
+      <c r="C30" s="187" t="s">
         <v>175</v>
       </c>
-      <c r="D30" s="245"/>
-      <c r="E30" s="238" t="s">
+      <c r="D30" s="194"/>
+      <c r="E30" s="187" t="s">
         <v>189</v>
       </c>
-      <c r="F30" s="239"/>
-[...5 lines deleted...]
-      <c r="L30" s="188" t="s">
+      <c r="F30" s="188"/>
+      <c r="G30" s="188"/>
+      <c r="H30" s="188"/>
+      <c r="I30" s="188"/>
+      <c r="J30" s="188"/>
+      <c r="K30" s="166"/>
+      <c r="L30" s="138" t="s">
         <v>171</v>
       </c>
-      <c r="M30" s="189">
+      <c r="M30" s="139">
         <v>25</v>
       </c>
-      <c r="N30" s="162" t="s">
+      <c r="N30" s="113" t="s">
         <v>165</v>
       </c>
-      <c r="O30" s="190" t="str">
+      <c r="O30" s="114" t="str">
         <f>IF(K30="","---",K30*M30)</f>
         <v>---</v>
       </c>
-      <c r="P30" s="126"/>
+      <c r="P30" s="79"/>
     </row>
     <row r="31" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="126"/>
-[...14 lines deleted...]
-      <c r="P31" s="126"/>
+      <c r="A31" s="79"/>
+      <c r="B31" s="115"/>
+      <c r="C31" s="201"/>
+      <c r="D31" s="199"/>
+      <c r="E31" s="199"/>
+      <c r="F31" s="199"/>
+      <c r="G31" s="199"/>
+      <c r="H31" s="199"/>
+      <c r="I31" s="199"/>
+      <c r="J31" s="199"/>
+      <c r="K31" s="199"/>
+      <c r="L31" s="199"/>
+      <c r="M31" s="199"/>
+      <c r="N31" s="199"/>
+      <c r="O31" s="200"/>
+      <c r="P31" s="79"/>
     </row>
     <row r="32" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A32" s="126"/>
-      <c r="B32" s="187" t="s">
+      <c r="A32" s="79"/>
+      <c r="B32" s="137" t="s">
         <v>13</v>
       </c>
-      <c r="C32" s="238" t="s">
+      <c r="C32" s="187" t="s">
         <v>176</v>
       </c>
-      <c r="D32" s="245"/>
-      <c r="E32" s="238" t="s">
+      <c r="D32" s="194"/>
+      <c r="E32" s="187" t="s">
         <v>198</v>
       </c>
-      <c r="F32" s="239"/>
-[...5 lines deleted...]
-      <c r="L32" s="160" t="s">
+      <c r="F32" s="188"/>
+      <c r="G32" s="188"/>
+      <c r="H32" s="188"/>
+      <c r="I32" s="188"/>
+      <c r="J32" s="188"/>
+      <c r="K32" s="166"/>
+      <c r="L32" s="111" t="s">
         <v>172</v>
       </c>
-      <c r="M32" s="191">
+      <c r="M32" s="140">
         <v>298</v>
       </c>
-      <c r="N32" s="188" t="s">
+      <c r="N32" s="138" t="s">
         <v>166</v>
       </c>
-      <c r="O32" s="190" t="str">
+      <c r="O32" s="114" t="str">
         <f>IF(K32="","---",K32*M32)</f>
         <v>---</v>
       </c>
-      <c r="P32" s="126"/>
+      <c r="P32" s="79"/>
     </row>
     <row r="33" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="126"/>
-[...1 lines deleted...]
-      <c r="C33" s="249" t="s">
+      <c r="A33" s="79"/>
+      <c r="B33" s="115"/>
+      <c r="C33" s="198" t="s">
         <v>185</v>
       </c>
-      <c r="D33" s="250"/>
-[...11 lines deleted...]
-      <c r="P33" s="126"/>
+      <c r="D33" s="199"/>
+      <c r="E33" s="199"/>
+      <c r="F33" s="199"/>
+      <c r="G33" s="199"/>
+      <c r="H33" s="199"/>
+      <c r="I33" s="199"/>
+      <c r="J33" s="199"/>
+      <c r="K33" s="199"/>
+      <c r="L33" s="199"/>
+      <c r="M33" s="199"/>
+      <c r="N33" s="199"/>
+      <c r="O33" s="200"/>
+      <c r="P33" s="79"/>
     </row>
     <row r="34" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="126"/>
-      <c r="B34" s="187" t="s">
+      <c r="A34" s="79"/>
+      <c r="B34" s="137" t="s">
         <v>14</v>
       </c>
-      <c r="C34" s="246" t="s">
+      <c r="C34" s="195" t="s">
         <v>183</v>
       </c>
-      <c r="D34" s="247"/>
-      <c r="E34" s="238" t="s">
+      <c r="D34" s="196"/>
+      <c r="E34" s="187" t="s">
         <v>186</v>
       </c>
-      <c r="F34" s="239"/>
-[...5 lines deleted...]
-      <c r="L34" s="160" t="s">
+      <c r="F34" s="188"/>
+      <c r="G34" s="188"/>
+      <c r="H34" s="188"/>
+      <c r="I34" s="188"/>
+      <c r="J34" s="188"/>
+      <c r="K34" s="166"/>
+      <c r="L34" s="111" t="s">
         <v>22</v>
       </c>
-      <c r="M34" s="192">
+      <c r="M34" s="141">
         <f>DATA!D44</f>
         <v>2.7</v>
       </c>
-      <c r="N34" s="188" t="s">
+      <c r="N34" s="138" t="s">
         <v>167</v>
       </c>
-      <c r="O34" s="190" t="str">
+      <c r="O34" s="114" t="str">
         <f>IF(K34="","---",K34*M34)</f>
         <v>---</v>
       </c>
-      <c r="P34" s="126"/>
+      <c r="P34" s="79"/>
     </row>
     <row r="35" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="126"/>
-[...1 lines deleted...]
-      <c r="C35" s="235" t="s">
+      <c r="A35" s="79"/>
+      <c r="B35" s="115"/>
+      <c r="C35" s="184" t="s">
         <v>191</v>
       </c>
-      <c r="D35" s="243"/>
-[...11 lines deleted...]
-      <c r="P35" s="126"/>
+      <c r="D35" s="192"/>
+      <c r="E35" s="192"/>
+      <c r="F35" s="192"/>
+      <c r="G35" s="192"/>
+      <c r="H35" s="192"/>
+      <c r="I35" s="192"/>
+      <c r="J35" s="192"/>
+      <c r="K35" s="192"/>
+      <c r="L35" s="192"/>
+      <c r="M35" s="192"/>
+      <c r="N35" s="192"/>
+      <c r="O35" s="193"/>
+      <c r="P35" s="79"/>
     </row>
     <row r="36" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A36" s="126"/>
-      <c r="B36" s="187" t="s">
+      <c r="A36" s="79"/>
+      <c r="B36" s="137" t="s">
         <v>15</v>
       </c>
-      <c r="C36" s="248" t="s">
+      <c r="C36" s="197" t="s">
         <v>193</v>
       </c>
-      <c r="D36" s="245"/>
-      <c r="E36" s="238" t="s">
+      <c r="D36" s="194"/>
+      <c r="E36" s="187" t="s">
         <v>190</v>
       </c>
-      <c r="F36" s="239"/>
-[...5 lines deleted...]
-      <c r="L36" s="160" t="s">
+      <c r="F36" s="188"/>
+      <c r="G36" s="188"/>
+      <c r="H36" s="188"/>
+      <c r="I36" s="188"/>
+      <c r="J36" s="188"/>
+      <c r="K36" s="167"/>
+      <c r="L36" s="111" t="s">
         <v>173</v>
       </c>
-      <c r="M36" s="193">
+      <c r="M36" s="142">
         <v>17200</v>
       </c>
-      <c r="N36" s="162" t="s">
+      <c r="N36" s="113" t="s">
         <v>168</v>
       </c>
-      <c r="O36" s="190" t="str">
+      <c r="O36" s="114" t="str">
         <f>IF(K36="","---",K36*M36/1000)</f>
         <v>---</v>
       </c>
-      <c r="P36" s="126"/>
+      <c r="P36" s="79"/>
     </row>
     <row r="37" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A37" s="126"/>
-[...1 lines deleted...]
-      <c r="C37" s="253" t="s">
+      <c r="A37" s="79"/>
+      <c r="B37" s="143"/>
+      <c r="C37" s="202" t="s">
         <v>194</v>
       </c>
-      <c r="D37" s="254"/>
-      <c r="E37" s="253" t="s">
+      <c r="D37" s="203"/>
+      <c r="E37" s="202" t="s">
         <v>192</v>
       </c>
-      <c r="F37" s="255"/>
-[...5 lines deleted...]
-      <c r="L37" s="195" t="s">
+      <c r="F37" s="204"/>
+      <c r="G37" s="204"/>
+      <c r="H37" s="204"/>
+      <c r="I37" s="204"/>
+      <c r="J37" s="204"/>
+      <c r="K37" s="168"/>
+      <c r="L37" s="144" t="s">
         <v>174</v>
       </c>
-      <c r="M37" s="196">
+      <c r="M37" s="145">
         <v>22800</v>
       </c>
-      <c r="N37" s="197" t="s">
+      <c r="N37" s="146" t="s">
         <v>169</v>
       </c>
-      <c r="O37" s="198" t="str">
+      <c r="O37" s="147" t="str">
         <f>IF(K37="","---",K37*M37/1000)</f>
         <v>---</v>
       </c>
-      <c r="P37" s="126"/>
+      <c r="P37" s="79"/>
     </row>
     <row r="38" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="126"/>
-      <c r="B38" s="187" t="s">
+      <c r="A38" s="79"/>
+      <c r="B38" s="137" t="s">
         <v>16</v>
       </c>
-      <c r="C38" s="238" t="s">
+      <c r="C38" s="187" t="s">
         <v>195</v>
       </c>
-      <c r="D38" s="245"/>
-      <c r="E38" s="238" t="s">
+      <c r="D38" s="194"/>
+      <c r="E38" s="187" t="s">
         <v>197</v>
       </c>
-      <c r="F38" s="239"/>
-[...5 lines deleted...]
-      <c r="L38" s="168" t="s">
+      <c r="F38" s="188"/>
+      <c r="G38" s="188"/>
+      <c r="H38" s="188"/>
+      <c r="I38" s="188"/>
+      <c r="J38" s="188"/>
+      <c r="K38" s="167"/>
+      <c r="L38" s="118" t="s">
         <v>4</v>
       </c>
-      <c r="M38" s="214"/>
-      <c r="N38" s="169" t="s">
+      <c r="M38" s="163"/>
+      <c r="N38" s="119" t="s">
         <v>156</v>
       </c>
-      <c r="O38" s="190" t="str">
+      <c r="O38" s="114" t="str">
         <f>IF(K38="","---",K38*M38)</f>
         <v>---</v>
       </c>
-      <c r="P38" s="126"/>
+      <c r="P38" s="79"/>
     </row>
     <row r="39" spans="1:16" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="126"/>
-[...1 lines deleted...]
-      <c r="C39" s="240" t="s">
+      <c r="A39" s="79"/>
+      <c r="B39" s="148"/>
+      <c r="C39" s="189" t="s">
         <v>200</v>
       </c>
-      <c r="D39" s="241"/>
-[...16 lines deleted...]
-      <c r="C40" s="172" t="s">
+      <c r="D39" s="190"/>
+      <c r="E39" s="190"/>
+      <c r="F39" s="190"/>
+      <c r="G39" s="190"/>
+      <c r="H39" s="190"/>
+      <c r="I39" s="190"/>
+      <c r="J39" s="190"/>
+      <c r="K39" s="190"/>
+      <c r="L39" s="190"/>
+      <c r="M39" s="190"/>
+      <c r="N39" s="190"/>
+      <c r="O39" s="191"/>
+      <c r="P39" s="79"/>
+    </row>
+    <row r="40" spans="1:16" s="127" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="120"/>
+      <c r="B40" s="149"/>
+      <c r="C40" s="122" t="s">
         <v>21</v>
       </c>
-      <c r="D40" s="172"/>
-[...9 lines deleted...]
-      <c r="N40" s="174" t="s">
+      <c r="D40" s="122"/>
+      <c r="E40" s="122"/>
+      <c r="F40" s="122"/>
+      <c r="G40" s="122"/>
+      <c r="H40" s="122"/>
+      <c r="I40" s="123"/>
+      <c r="J40" s="123"/>
+      <c r="K40" s="123"/>
+      <c r="L40" s="123"/>
+      <c r="M40" s="124"/>
+      <c r="N40" s="124" t="s">
         <v>159</v>
       </c>
-      <c r="O40" s="201">
+      <c r="O40" s="150">
         <f>CEILING(SUM(O28,O30,O32,O34,O36,O37,O38),1)</f>
         <v>0</v>
       </c>
-      <c r="P40" s="170"/>
+      <c r="P40" s="120"/>
     </row>
     <row r="41" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="126"/>
-[...19 lines deleted...]
-      <c r="C42" s="203" t="s">
+      <c r="A41" s="79"/>
+      <c r="B41" s="79"/>
+      <c r="C41" s="79"/>
+      <c r="D41" s="79"/>
+      <c r="E41" s="79"/>
+      <c r="F41" s="79"/>
+      <c r="G41" s="79"/>
+      <c r="H41" s="79"/>
+      <c r="I41" s="79"/>
+      <c r="J41" s="79"/>
+      <c r="K41" s="79"/>
+      <c r="L41" s="79"/>
+      <c r="M41" s="79"/>
+      <c r="N41" s="79"/>
+      <c r="O41" s="79"/>
+      <c r="P41" s="79"/>
+    </row>
+    <row r="42" spans="1:16" s="127" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="120"/>
+      <c r="B42" s="151"/>
+      <c r="C42" s="152" t="s">
         <v>221</v>
       </c>
-      <c r="D42" s="203"/>
-[...9 lines deleted...]
-      <c r="N42" s="205" t="s">
+      <c r="D42" s="152"/>
+      <c r="E42" s="152"/>
+      <c r="F42" s="152"/>
+      <c r="G42" s="152"/>
+      <c r="H42" s="152"/>
+      <c r="I42" s="153"/>
+      <c r="J42" s="153"/>
+      <c r="K42" s="153"/>
+      <c r="L42" s="153"/>
+      <c r="M42" s="154"/>
+      <c r="N42" s="154" t="s">
         <v>159</v>
       </c>
-      <c r="O42" s="206">
+      <c r="O42" s="155">
         <f>O24+O40</f>
         <v>0</v>
       </c>
-      <c r="P42" s="170"/>
+      <c r="P42" s="120"/>
     </row>
     <row r="43" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A43" s="126"/>
-[...14 lines deleted...]
-      <c r="P43" s="126"/>
+      <c r="A43" s="79"/>
+      <c r="B43" s="79"/>
+      <c r="C43" s="79"/>
+      <c r="D43" s="79"/>
+      <c r="E43" s="79"/>
+      <c r="F43" s="79"/>
+      <c r="G43" s="79"/>
+      <c r="H43" s="79"/>
+      <c r="I43" s="79"/>
+      <c r="J43" s="79"/>
+      <c r="K43" s="79"/>
+      <c r="L43" s="79"/>
+      <c r="M43" s="79"/>
+      <c r="N43" s="79"/>
+      <c r="O43" s="79"/>
+      <c r="P43" s="79"/>
     </row>
     <row r="44" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A44" s="126"/>
-[...3 lines deleted...]
-      <c r="E44" s="126" t="s">
+      <c r="A44" s="79"/>
+      <c r="B44" s="79"/>
+      <c r="C44" s="79"/>
+      <c r="D44" s="79"/>
+      <c r="E44" s="79" t="s">
         <v>201</v>
       </c>
-      <c r="F44" s="126"/>
-[...8 lines deleted...]
-      <c r="P44" s="126"/>
+      <c r="F44" s="79"/>
+      <c r="H44" s="79"/>
+      <c r="I44" s="79"/>
+      <c r="J44" s="79"/>
+      <c r="K44" s="79"/>
+      <c r="L44" s="79"/>
+      <c r="M44" s="79"/>
+      <c r="N44" s="79"/>
+      <c r="O44" s="79"/>
+      <c r="P44" s="79"/>
     </row>
     <row r="45" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A45" s="126"/>
-[...14 lines deleted...]
-      <c r="P45" s="126"/>
+      <c r="A45" s="79"/>
+      <c r="B45" s="79"/>
+      <c r="C45" s="79"/>
+      <c r="D45" s="79"/>
+      <c r="E45" s="79"/>
+      <c r="F45" s="79"/>
+      <c r="G45" s="79"/>
+      <c r="H45" s="79"/>
+      <c r="I45" s="79"/>
+      <c r="J45" s="79"/>
+      <c r="K45" s="79"/>
+      <c r="L45" s="79"/>
+      <c r="M45" s="79"/>
+      <c r="N45" s="79"/>
+      <c r="O45" s="79"/>
+      <c r="P45" s="79"/>
     </row>
     <row r="46" spans="1:16" x14ac:dyDescent="0.25">
-      <c r="A46" s="126"/>
-[...14 lines deleted...]
-      <c r="P46" s="126"/>
+      <c r="A46" s="79"/>
+      <c r="B46" s="79"/>
+      <c r="C46" s="79"/>
+      <c r="D46" s="79"/>
+      <c r="E46" s="79"/>
+      <c r="F46" s="79"/>
+      <c r="G46" s="79"/>
+      <c r="H46" s="79"/>
+      <c r="I46" s="79"/>
+      <c r="J46" s="79"/>
+      <c r="K46" s="79"/>
+      <c r="L46" s="79"/>
+      <c r="M46" s="79"/>
+      <c r="N46" s="79"/>
+      <c r="O46" s="79"/>
+      <c r="P46" s="79"/>
     </row>
   </sheetData>
   <mergeCells count="38">
     <mergeCell ref="E32:J32"/>
     <mergeCell ref="E34:J34"/>
     <mergeCell ref="C33:O33"/>
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="E38:J38"/>
     <mergeCell ref="E37:J37"/>
     <mergeCell ref="E36:J36"/>
     <mergeCell ref="E22:J22"/>
     <mergeCell ref="C23:O23"/>
     <mergeCell ref="C39:O39"/>
     <mergeCell ref="C35:O35"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="E30:J30"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="C32:D32"/>
     <mergeCell ref="C34:D34"/>
     <mergeCell ref="C36:D36"/>
     <mergeCell ref="C38:D38"/>
     <mergeCell ref="C29:O29"/>
     <mergeCell ref="C31:O31"/>
     <mergeCell ref="C19:O19"/>
     <mergeCell ref="C21:O21"/>
     <mergeCell ref="E20:J20"/>
     <mergeCell ref="E18:J18"/>
     <mergeCell ref="E16:J16"/>
     <mergeCell ref="D3:G3"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="E14:J14"/>
     <mergeCell ref="C17:O17"/>
     <mergeCell ref="C15:O15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E12:J12"/>
     <mergeCell ref="C13:O13"/>
   </mergeCells>
-  <conditionalFormatting sqref="D42:O42">
-[...4 lines deleted...]
-  <conditionalFormatting sqref="C42">
+  <conditionalFormatting sqref="C42:O42">
     <cfRule type="expression" dxfId="3" priority="4">
       <formula>$O$40&gt;20000</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O42">
-    <cfRule type="cellIs" dxfId="2" priority="3" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="2" priority="1" operator="equal">
       <formula>20000</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="1" priority="2" operator="lessThan">
       <formula>20000</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
+    <cfRule type="cellIs" dxfId="0" priority="3" operator="greaterThan">
       <formula>20000</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="284" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;G&amp;C&amp;G</oddHeader>
   </headerFooter>
   <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="B2:C15"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.7109375" customWidth="1"/>
     <col min="3" max="3" width="250.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:3" x14ac:dyDescent="0.25">
-      <c r="B2" s="111" t="s">
+      <c r="B2" s="72" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="3" spans="2:3" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="2:3" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="109" t="s">
+      <c r="B4" s="70" t="s">
         <v>6</v>
       </c>
-      <c r="C4" s="110"/>
+      <c r="C4" s="71"/>
     </row>
     <row r="5" spans="2:3" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="109" t="s">
+      <c r="B5" s="70" t="s">
         <v>7</v>
       </c>
-      <c r="C5" s="110"/>
+      <c r="C5" s="71"/>
     </row>
     <row r="6" spans="2:3" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="109" t="s">
+      <c r="B6" s="70" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="110"/>
+      <c r="C6" s="71"/>
     </row>
     <row r="7" spans="2:3" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="109" t="s">
+      <c r="B7" s="70" t="s">
         <v>8</v>
       </c>
-      <c r="C7" s="110"/>
+      <c r="C7" s="71"/>
     </row>
     <row r="8" spans="2:3" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="109" t="s">
+      <c r="B8" s="70" t="s">
         <v>9</v>
       </c>
-      <c r="C8" s="110"/>
+      <c r="C8" s="71"/>
     </row>
     <row r="9" spans="2:3" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="109" t="s">
+      <c r="B9" s="70" t="s">
         <v>10</v>
       </c>
-      <c r="C9" s="110"/>
+      <c r="C9" s="71"/>
     </row>
     <row r="10" spans="2:3" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="109" t="s">
+      <c r="B10" s="70" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="110"/>
+      <c r="C10" s="71"/>
     </row>
     <row r="11" spans="2:3" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="109" t="s">
+      <c r="B11" s="70" t="s">
         <v>12</v>
       </c>
-      <c r="C11" s="110"/>
+      <c r="C11" s="71"/>
     </row>
     <row r="12" spans="2:3" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="109" t="s">
+      <c r="B12" s="70" t="s">
         <v>13</v>
       </c>
-      <c r="C12" s="110"/>
+      <c r="C12" s="71"/>
     </row>
     <row r="13" spans="2:3" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="109" t="s">
+      <c r="B13" s="70" t="s">
         <v>14</v>
       </c>
-      <c r="C13" s="110"/>
+      <c r="C13" s="71"/>
     </row>
     <row r="14" spans="2:3" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="109" t="s">
+      <c r="B14" s="70" t="s">
         <v>15</v>
       </c>
-      <c r="C14" s="110"/>
+      <c r="C14" s="71"/>
     </row>
     <row r="15" spans="2:3" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="109" t="s">
+      <c r="B15" s="70" t="s">
         <v>16</v>
       </c>
-      <c r="C15" s="110"/>
+      <c r="C15" s="71"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B2:T62"/>
   <sheetViews>
     <sheetView topLeftCell="A15" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="C51" sqref="C51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.7109375" customWidth="1"/>
     <col min="2" max="2" width="42.7109375" customWidth="1"/>
     <col min="3" max="3" width="15.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" customWidth="1"/>
     <col min="5" max="5" width="5.7109375" customWidth="1"/>
     <col min="8" max="8" width="5.7109375" customWidth="1"/>
     <col min="9" max="9" width="12.7109375" customWidth="1"/>
     <col min="10" max="10" width="5.7109375" customWidth="1"/>
     <col min="11" max="11" width="30.7109375" customWidth="1"/>
     <col min="12" max="15" width="15.7109375" customWidth="1"/>
     <col min="16" max="16" width="5.7109375" customWidth="1"/>
     <col min="17" max="19" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="112" t="s">
+      <c r="B2" s="73" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="4" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="B4" s="7" t="s">
+      <c r="B4" s="5" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="5" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="B5" s="89" t="s">
+      <c r="B5" s="59" t="s">
         <v>220</v>
       </c>
-      <c r="C5" s="56"/>
-[...11 lines deleted...]
-      <c r="O5" s="57"/>
+      <c r="C5" s="41"/>
+      <c r="D5" s="41"/>
+      <c r="E5" s="41"/>
+      <c r="F5" s="41"/>
+      <c r="G5" s="41"/>
+      <c r="H5" s="41"/>
+      <c r="I5" s="41"/>
+      <c r="J5" s="41"/>
+      <c r="K5" s="41"/>
+      <c r="L5" s="41"/>
+      <c r="M5" s="41"/>
+      <c r="N5" s="41"/>
+      <c r="O5" s="42"/>
     </row>
     <row r="6" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="B6" s="90" t="s">
+      <c r="B6" s="60" t="s">
         <v>103</v>
       </c>
-      <c r="C6" s="2"/>
-[...11 lines deleted...]
-      <c r="O6" s="91"/>
+      <c r="O6" s="61"/>
     </row>
     <row r="7" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="B7" s="58" t="s">
+      <c r="B7" s="43" t="s">
         <v>138</v>
       </c>
-      <c r="C7" s="3"/>
-[...11 lines deleted...]
-      <c r="O7" s="59"/>
+      <c r="C7" s="2"/>
+      <c r="D7" s="2"/>
+      <c r="E7" s="2"/>
+      <c r="F7" s="2"/>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2"/>
+      <c r="I7" s="2"/>
+      <c r="J7" s="2"/>
+      <c r="K7" s="2"/>
+      <c r="L7" s="2"/>
+      <c r="M7" s="2"/>
+      <c r="N7" s="2"/>
+      <c r="O7" s="44"/>
     </row>
     <row r="8" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="B8" s="4"/>
+      <c r="B8" s="3"/>
     </row>
     <row r="9" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="B9" s="49"/>
-      <c r="K9" s="46"/>
+      <c r="B9" s="5"/>
+      <c r="K9" s="5"/>
     </row>
     <row r="10" spans="2:19" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="B10" s="8" t="s">
+      <c r="B10" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="C10" s="66" t="s">
+      <c r="C10" s="12" t="s">
         <v>107</v>
       </c>
-      <c r="D10" s="66" t="s">
+      <c r="D10" s="12" t="s">
         <v>29</v>
       </c>
-      <c r="F10" s="16" t="s">
+      <c r="F10" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="G10" s="16" t="s">
+      <c r="G10" s="13" t="s">
         <v>23</v>
       </c>
-      <c r="H10" s="27"/>
-      <c r="I10" s="16" t="s">
+      <c r="H10" s="21"/>
+      <c r="I10" s="13" t="s">
         <v>29</v>
       </c>
-      <c r="J10" s="27"/>
-      <c r="K10" s="103" t="s">
+      <c r="J10" s="21"/>
+      <c r="K10" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="L10" s="27" t="s">
+      <c r="L10" s="21" t="s">
         <v>95</v>
       </c>
-      <c r="M10" s="27" t="s">
+      <c r="M10" s="21" t="s">
         <v>91</v>
       </c>
-      <c r="N10" s="64" t="s">
+      <c r="N10" s="21" t="s">
         <v>86</v>
       </c>
-      <c r="O10" s="84" t="s">
+      <c r="O10" s="56" t="s">
         <v>92</v>
       </c>
-      <c r="Q10" s="10" t="s">
+      <c r="Q10" s="8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="2:19" ht="18" x14ac:dyDescent="0.35">
-      <c r="B11" s="9"/>
-      <c r="C11" s="10" t="s">
+      <c r="B11" s="7"/>
+      <c r="C11" s="8" t="s">
         <v>108</v>
       </c>
-      <c r="D11" s="11" t="s">
+      <c r="D11" s="8" t="s">
         <v>202</v>
       </c>
-      <c r="F11" s="10" t="s">
+      <c r="F11" s="8" t="s">
         <v>203</v>
       </c>
-      <c r="G11" s="10" t="s">
+      <c r="G11" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="H11" s="27"/>
-      <c r="I11" s="10" t="s">
+      <c r="H11" s="21"/>
+      <c r="I11" s="8" t="s">
         <v>161</v>
       </c>
-      <c r="J11" s="27"/>
-[...1 lines deleted...]
-      <c r="L11" s="87" t="s">
+      <c r="J11" s="21"/>
+      <c r="K11" s="67"/>
+      <c r="L11" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="M11" s="87" t="s">
+      <c r="M11" s="12" t="s">
         <v>212</v>
       </c>
-      <c r="N11" s="104" t="s">
+      <c r="N11" s="68" t="s">
         <v>118</v>
       </c>
-      <c r="O11" s="88" t="s">
+      <c r="O11" s="58" t="s">
         <v>212</v>
       </c>
-      <c r="Q11" s="82" t="s">
+      <c r="Q11" s="8" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="12" spans="2:19" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="B12" s="6" t="s">
+      <c r="B12" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="C12" s="81">
+      <c r="C12" s="48">
         <v>44.625</v>
       </c>
-      <c r="D12" s="77">
+      <c r="D12" s="10">
         <v>70.5</v>
       </c>
-      <c r="F12" s="13">
+      <c r="F12" s="10">
         <f>D12*C12/1000</f>
         <v>3.1460625000000002</v>
       </c>
-      <c r="G12" s="96">
+      <c r="G12" s="10">
         <v>0.8</v>
       </c>
-      <c r="H12" s="96"/>
-      <c r="I12" s="96">
+      <c r="H12" s="10"/>
+      <c r="I12" s="10">
         <f>F12*G12</f>
         <v>2.5168500000000003</v>
       </c>
-      <c r="J12" s="17"/>
-      <c r="K12" s="4" t="s">
+      <c r="J12" s="14"/>
+      <c r="K12" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="L12" s="81">
+      <c r="L12" s="48">
         <v>29.504000000000001</v>
       </c>
-      <c r="M12" s="81">
+      <c r="M12" s="48">
         <v>93.533000000000001</v>
       </c>
-      <c r="N12" s="20">
+      <c r="N12" s="15">
         <v>1</v>
       </c>
-      <c r="O12" s="81">
+      <c r="O12" s="48">
         <f>M12*N12</f>
         <v>93.533000000000001</v>
       </c>
-      <c r="Q12" s="13">
+      <c r="Q12" s="10">
         <f>L12*O12/1000</f>
         <v>2.7595976320000002</v>
       </c>
     </row>
     <row r="13" spans="2:19" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="B13" s="6" t="s">
+      <c r="B13" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="C13" s="81">
+      <c r="C13" s="48">
         <v>43.036999999999999</v>
       </c>
-      <c r="D13" s="77">
+      <c r="D13" s="10">
         <v>73.25</v>
       </c>
-      <c r="F13" s="13">
+      <c r="F13" s="10">
         <f t="shared" ref="F13:F15" si="0">D13*C13/1000</f>
         <v>3.1524602500000003</v>
       </c>
-      <c r="G13" s="96">
+      <c r="G13" s="10">
         <v>0.85</v>
       </c>
-      <c r="H13" s="96"/>
-      <c r="I13" s="96">
+      <c r="H13" s="10"/>
+      <c r="I13" s="10">
         <f>F13*G13</f>
         <v>2.6795912125000001</v>
       </c>
-      <c r="J13" s="18"/>
-      <c r="K13" s="4" t="s">
+      <c r="J13" s="14"/>
+      <c r="K13" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="L13" s="81">
+      <c r="L13" s="48">
         <v>26.509</v>
       </c>
-      <c r="M13" s="81">
+      <c r="M13" s="48">
         <v>94.254000000000005</v>
       </c>
-      <c r="N13" s="81">
+      <c r="N13" s="48">
         <v>0.97070000000000001</v>
       </c>
-      <c r="O13" s="81">
+      <c r="O13" s="48">
         <f>M13*N13</f>
         <v>91.492357800000008</v>
       </c>
-      <c r="Q13" s="13">
+      <c r="Q13" s="10">
         <f t="shared" ref="Q13:Q16" si="1">L13*O13/1000</f>
         <v>2.4253709129202004</v>
       </c>
     </row>
     <row r="14" spans="2:19" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="B14" s="6" t="s">
+      <c r="B14" s="3" t="s">
         <v>80</v>
       </c>
-      <c r="C14" s="81">
+      <c r="C14" s="48">
         <v>45.945</v>
       </c>
-      <c r="D14" s="77">
+      <c r="D14" s="10">
         <v>65.86</v>
       </c>
-      <c r="F14" s="13">
+      <c r="F14" s="10">
         <f t="shared" si="0"/>
         <v>3.0259377000000001</v>
       </c>
-      <c r="G14" s="96">
+      <c r="G14" s="10">
         <v>0.55000000000000004</v>
       </c>
-      <c r="H14" s="96"/>
-      <c r="I14" s="96">
+      <c r="H14" s="10"/>
+      <c r="I14" s="10">
         <f>F14*G14</f>
         <v>1.6642657350000001</v>
       </c>
-      <c r="J14" s="18"/>
-      <c r="K14" s="4" t="s">
+      <c r="J14" s="14"/>
+      <c r="K14" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="L14" s="81">
+      <c r="L14" s="48">
         <v>13.41</v>
       </c>
-      <c r="M14" s="81">
+      <c r="M14" s="48">
         <v>99.334999999999994</v>
       </c>
-      <c r="N14" s="81">
+      <c r="N14" s="48">
         <v>0.98460000000000003</v>
       </c>
-      <c r="O14" s="81">
+      <c r="O14" s="48">
         <f>M14*N14</f>
         <v>97.805240999999995</v>
       </c>
-      <c r="Q14" s="13">
+      <c r="Q14" s="10">
         <f t="shared" si="1"/>
         <v>1.3115682818099998</v>
       </c>
     </row>
     <row r="15" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="B15" s="6" t="s">
+      <c r="B15" s="3" t="s">
         <v>81</v>
       </c>
-      <c r="C15" s="81">
+      <c r="C15" s="48">
         <v>52</v>
       </c>
-      <c r="D15" s="77">
+      <c r="D15" s="10">
         <v>55.89</v>
       </c>
-      <c r="F15" s="14">
+      <c r="F15" s="11">
         <f t="shared" si="0"/>
         <v>2.9062800000000002</v>
       </c>
-      <c r="G15" s="99">
+      <c r="G15" s="11">
         <v>0.72</v>
       </c>
-      <c r="H15" s="96"/>
-      <c r="I15" s="99">
+      <c r="H15" s="10"/>
+      <c r="I15" s="11">
         <f>F15*G15</f>
         <v>2.0925216</v>
       </c>
-      <c r="J15" s="18"/>
-      <c r="K15" s="4" t="s">
+      <c r="J15" s="14"/>
+      <c r="K15" s="3" t="s">
         <v>87</v>
       </c>
-      <c r="L15" s="81">
+      <c r="L15" s="48">
         <v>22.878</v>
       </c>
-      <c r="M15" s="81">
+      <c r="M15" s="48">
         <v>97.5</v>
       </c>
-      <c r="N15" s="81">
+      <c r="N15" s="48">
         <v>0.98460000000000003</v>
       </c>
-      <c r="O15" s="81">
+      <c r="O15" s="48">
         <f>M15*N15</f>
         <v>95.998500000000007</v>
       </c>
-      <c r="Q15" s="13">
+      <c r="Q15" s="10">
         <f t="shared" si="1"/>
         <v>2.1962536830000006</v>
       </c>
     </row>
     <row r="16" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="B16" s="47" t="s">
+      <c r="B16" s="38" t="s">
         <v>204</v>
       </c>
-      <c r="C16" s="79"/>
-[...1 lines deleted...]
-      <c r="G16" s="18">
+      <c r="C16" s="53"/>
+      <c r="D16" s="64"/>
+      <c r="G16" s="14">
         <v>0.86</v>
       </c>
-      <c r="H16" s="18"/>
-[...2 lines deleted...]
-      <c r="K16" s="6" t="s">
+      <c r="H16" s="14"/>
+      <c r="I16" s="14"/>
+      <c r="J16" s="14"/>
+      <c r="K16" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="L16" s="67">
+      <c r="L16" s="48">
         <v>28.914000000000001</v>
       </c>
-      <c r="M16" s="67">
+      <c r="M16" s="48">
         <v>107</v>
       </c>
-      <c r="N16" s="28">
+      <c r="N16" s="15">
         <v>1</v>
       </c>
-      <c r="O16" s="67">
+      <c r="O16" s="48">
         <f>M16*N16</f>
         <v>107</v>
       </c>
-      <c r="Q16" s="13">
+      <c r="Q16" s="10">
         <f t="shared" si="1"/>
         <v>3.093798</v>
       </c>
-      <c r="R16" s="10" t="s">
+      <c r="R16" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="S16" s="10" t="s">
+      <c r="S16" s="8" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="17" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B17" s="12"/>
-[...10 lines deleted...]
-      <c r="O17" s="76" t="s">
+      <c r="B17" s="9"/>
+      <c r="C17" s="10"/>
+      <c r="D17" s="10"/>
+      <c r="G17" s="14"/>
+      <c r="H17" s="14"/>
+      <c r="I17" s="14"/>
+      <c r="J17" s="14"/>
+      <c r="K17" s="4"/>
+      <c r="L17" s="2"/>
+      <c r="M17" s="2"/>
+      <c r="N17" s="2"/>
+      <c r="O17" s="52" t="s">
         <v>88</v>
       </c>
-      <c r="R17" s="10" t="s">
+      <c r="R17" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="S17" s="83" t="s">
+      <c r="S17" s="55" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="18" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B18" s="30" t="s">
+      <c r="B18" s="23" t="s">
         <v>28</v>
       </c>
-      <c r="C18" s="30"/>
-      <c r="D18" s="31" t="s">
+      <c r="C18" s="23"/>
+      <c r="D18" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="J18" s="18"/>
-      <c r="K18" s="68" t="s">
+      <c r="J18" s="14"/>
+      <c r="K18" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="L18" s="77">
+      <c r="L18" s="10">
         <v>42.6</v>
       </c>
-      <c r="M18" s="69">
+      <c r="M18" s="48">
         <v>73.3</v>
       </c>
-      <c r="N18" s="86">
+      <c r="N18" s="1">
         <v>1</v>
       </c>
-      <c r="O18" s="71">
+      <c r="O18" s="32">
         <f>M18*N18</f>
         <v>73.3</v>
       </c>
-      <c r="Q18" s="79">
+      <c r="Q18" s="53">
         <f t="shared" ref="Q18:Q22" si="2">L18*O18/1000</f>
         <v>3.1225800000000001</v>
       </c>
-      <c r="R18" s="113">
+      <c r="R18" s="64">
         <v>0.92</v>
       </c>
-      <c r="S18" s="98">
+      <c r="S18" s="64">
         <f>Q18*R18</f>
         <v>2.8727736000000004</v>
       </c>
     </row>
     <row r="19" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B19" s="21" t="s">
+      <c r="B19" s="12" t="s">
         <v>30</v>
       </c>
-      <c r="C19" s="21" t="s">
+      <c r="C19" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="D19" s="22">
+      <c r="D19" s="16">
         <v>2500</v>
       </c>
-      <c r="J19" s="18"/>
-      <c r="K19" s="68" t="s">
+      <c r="J19" s="14"/>
+      <c r="K19" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="L19" s="77">
+      <c r="L19" s="10">
         <v>39.500999999999998</v>
       </c>
-      <c r="M19" s="69">
+      <c r="M19" s="48">
         <v>77.400000000000006</v>
       </c>
-      <c r="N19" s="86">
+      <c r="N19" s="1">
         <v>1</v>
       </c>
-      <c r="O19" s="71">
+      <c r="O19" s="32">
         <f>M19*N19</f>
         <v>77.400000000000006</v>
       </c>
-      <c r="Q19" s="67">
+      <c r="Q19" s="48">
         <f t="shared" si="2"/>
         <v>3.0573774</v>
       </c>
-      <c r="R19" s="13">
+      <c r="R19" s="10">
         <v>0.99</v>
       </c>
-      <c r="S19" s="13">
+      <c r="S19" s="10">
         <f>Q19*R19</f>
         <v>3.026803626</v>
       </c>
     </row>
     <row r="20" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B20" s="61" t="s">
+      <c r="B20" s="21" t="s">
         <v>26</v>
       </c>
-      <c r="C20" s="60" t="s">
+      <c r="C20" s="45" t="s">
         <v>82</v>
       </c>
-      <c r="D20" s="20">
+      <c r="D20" s="15">
         <v>637.95000000000005</v>
       </c>
-      <c r="J20" s="18"/>
-      <c r="K20" s="68" t="s">
+      <c r="J20" s="14"/>
+      <c r="K20" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="L20" s="77">
+      <c r="L20" s="10">
         <v>40.192999999999998</v>
       </c>
-      <c r="M20" s="69">
+      <c r="M20" s="48">
         <v>73.3</v>
       </c>
-      <c r="N20" s="86">
+      <c r="N20" s="1">
         <v>1</v>
       </c>
-      <c r="O20" s="71">
+      <c r="O20" s="32">
         <f t="shared" ref="O20:O22" si="3">M20*N20</f>
         <v>73.3</v>
       </c>
-      <c r="Q20" s="67">
+      <c r="Q20" s="48">
         <f t="shared" si="2"/>
         <v>2.9461468999999996</v>
       </c>
-      <c r="R20" s="13"/>
+      <c r="R20" s="10"/>
       <c r="S20" s="1"/>
     </row>
     <row r="21" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B21" s="5" t="s">
+      <c r="B21" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="C21" s="3"/>
-[...1 lines deleted...]
-      <c r="K21" s="68" t="s">
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="K21" s="3" t="s">
         <v>85</v>
       </c>
-      <c r="L21" s="77">
+      <c r="L21" s="10">
         <v>38.777999999999999</v>
       </c>
-      <c r="M21" s="69">
+      <c r="M21" s="48">
         <v>73.3</v>
       </c>
-      <c r="N21" s="86">
+      <c r="N21" s="1">
         <v>1</v>
       </c>
-      <c r="O21" s="71">
+      <c r="O21" s="32">
         <f t="shared" si="3"/>
         <v>73.3</v>
       </c>
-      <c r="Q21" s="67">
+      <c r="Q21" s="48">
         <f t="shared" si="2"/>
         <v>2.8424273999999996</v>
       </c>
-      <c r="R21" s="13">
+      <c r="R21" s="10">
         <v>0.86799999999999999</v>
       </c>
-      <c r="S21" s="81">
+      <c r="S21" s="48">
         <f>Q21*R21</f>
         <v>2.4672269831999998</v>
       </c>
     </row>
     <row r="22" spans="2:20" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="B22" s="23" t="s">
+      <c r="B22" s="17" t="s">
         <v>32</v>
       </c>
-      <c r="C22" s="23" t="s">
+      <c r="C22" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="D22" s="24">
+      <c r="D22" s="18">
         <v>675</v>
       </c>
-      <c r="K22" s="72" t="s">
+      <c r="K22" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="L22" s="78">
+      <c r="L22" s="11">
         <v>34.529000000000003</v>
       </c>
-      <c r="M22" s="78">
+      <c r="M22" s="11">
         <v>55.445999999999998</v>
       </c>
-      <c r="N22" s="85">
+      <c r="N22" s="57">
         <v>1</v>
       </c>
-      <c r="O22" s="73">
+      <c r="O22" s="49">
         <f t="shared" si="3"/>
         <v>55.445999999999998</v>
       </c>
-      <c r="Q22" s="80">
+      <c r="Q22" s="54">
         <f t="shared" si="2"/>
         <v>1.9144949340000001</v>
       </c>
-      <c r="R22" s="114" t="s">
+      <c r="R22" s="74" t="s">
         <v>117</v>
       </c>
-      <c r="S22" s="108">
+      <c r="S22" s="57">
         <v>2.09</v>
       </c>
-      <c r="T22" s="114" t="s">
+      <c r="T22" s="74" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="23" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B23" s="23" t="s">
+      <c r="B23" s="17" t="s">
         <v>34</v>
       </c>
-      <c r="C23" s="23" t="s">
+      <c r="C23" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="D23" s="24">
+      <c r="D23" s="18">
         <v>1744</v>
       </c>
-      <c r="K23" s="74" t="s">
+      <c r="K23" s="50" t="s">
         <v>101</v>
       </c>
-      <c r="L23" s="70"/>
-[...2 lines deleted...]
-      <c r="O23" s="75" t="s">
+      <c r="O23" s="51" t="s">
         <v>90</v>
       </c>
-      <c r="R23" s="93" t="s">
+      <c r="R23" s="62" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="24" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B24" s="25" t="s">
+      <c r="B24" s="19" t="s">
         <v>36</v>
       </c>
-      <c r="C24" s="25" t="s">
+      <c r="C24" s="19" t="s">
         <v>35</v>
       </c>
-      <c r="D24" s="26">
+      <c r="D24" s="20">
         <v>2088</v>
       </c>
-      <c r="K24" s="74" t="s">
+      <c r="K24" s="50" t="s">
         <v>93</v>
       </c>
-      <c r="L24" s="70"/>
-[...2 lines deleted...]
-      <c r="O24" s="75"/>
+      <c r="O24" s="51"/>
     </row>
     <row r="25" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B25" s="27" t="s">
+      <c r="B25" s="21" t="s">
         <v>37</v>
       </c>
-      <c r="C25" s="27" t="s">
+      <c r="C25" s="21" t="s">
         <v>38</v>
       </c>
-      <c r="D25" s="28">
+      <c r="D25" s="15">
         <v>1430</v>
       </c>
-      <c r="K25" s="74" t="s">
+      <c r="K25" s="50" t="s">
         <v>94</v>
       </c>
-      <c r="L25" s="70"/>
-[...2 lines deleted...]
-      <c r="O25" s="75"/>
+      <c r="O25" s="51"/>
     </row>
     <row r="26" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B26" s="27" t="s">
+      <c r="B26" s="21" t="s">
         <v>39</v>
       </c>
-      <c r="C26" s="27" t="s">
+      <c r="C26" s="21" t="s">
         <v>40</v>
       </c>
-      <c r="D26" s="28">
+      <c r="D26" s="15">
         <v>1387</v>
       </c>
-      <c r="K26" s="74" t="s">
+      <c r="K26" s="50" t="s">
         <v>100</v>
       </c>
-      <c r="L26" s="70"/>
-[...2 lines deleted...]
-      <c r="O26" s="75"/>
+      <c r="O26" s="51"/>
     </row>
     <row r="27" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B27" s="27" t="s">
+      <c r="B27" s="21" t="s">
         <v>41</v>
       </c>
-      <c r="C27" s="27" t="s">
+      <c r="C27" s="21" t="s">
         <v>40</v>
       </c>
-      <c r="D27" s="28">
+      <c r="D27" s="15">
         <v>1397</v>
       </c>
-      <c r="K27" s="74" t="s">
+      <c r="K27" s="50" t="s">
         <v>111</v>
       </c>
-      <c r="L27" s="70"/>
-[...2 lines deleted...]
-      <c r="O27" s="75"/>
+      <c r="O27" s="51"/>
     </row>
     <row r="28" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B28" s="27" t="s">
+      <c r="B28" s="21" t="s">
         <v>42</v>
       </c>
-      <c r="C28" s="27" t="s">
+      <c r="C28" s="21" t="s">
         <v>35</v>
       </c>
-      <c r="D28" s="28">
+      <c r="D28" s="15">
         <v>1495</v>
       </c>
-      <c r="P28" s="2"/>
-[...2 lines deleted...]
-      <c r="S28" s="2"/>
     </row>
     <row r="29" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B29" s="27" t="s">
+      <c r="B29" s="21" t="s">
         <v>43</v>
       </c>
-      <c r="C29" s="27" t="s">
+      <c r="C29" s="21" t="s">
         <v>35</v>
       </c>
-      <c r="D29" s="28">
+      <c r="D29" s="15">
         <v>2107</v>
       </c>
-      <c r="K29" s="74"/>
-[...7 lines deleted...]
-      <c r="S29" s="2"/>
+      <c r="K29" s="50"/>
+      <c r="L29" s="21"/>
+      <c r="M29" s="21"/>
+      <c r="N29" s="47"/>
+      <c r="O29" s="40"/>
     </row>
     <row r="30" spans="2:20" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="B30" s="27" t="s">
+      <c r="B30" s="21" t="s">
         <v>44</v>
       </c>
-      <c r="C30" s="27" t="s">
+      <c r="C30" s="21" t="s">
         <v>35</v>
       </c>
-      <c r="D30" s="28">
+      <c r="D30" s="15">
         <v>1825</v>
       </c>
-      <c r="K30" s="8" t="s">
+      <c r="K30" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="L30" s="256" t="s">
+      <c r="L30" s="205" t="s">
         <v>207</v>
       </c>
-      <c r="M30" s="256"/>
-[...5 lines deleted...]
-      <c r="S30" s="19"/>
+      <c r="M30" s="205"/>
+      <c r="N30" s="205"/>
+      <c r="O30" s="205"/>
+      <c r="Q30" s="10"/>
+      <c r="R30" s="10"/>
+      <c r="S30" s="10"/>
     </row>
     <row r="31" spans="2:20" x14ac:dyDescent="0.25">
-      <c r="B31" s="10" t="s">
+      <c r="B31" s="8" t="s">
         <v>45</v>
       </c>
-      <c r="C31" s="10" t="s">
+      <c r="C31" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="D31" s="29">
+      <c r="D31" s="22">
         <v>2141</v>
       </c>
-      <c r="K31" s="6"/>
-      <c r="L31" s="256" t="s">
+      <c r="K31" s="3"/>
+      <c r="L31" s="205" t="s">
         <v>69</v>
       </c>
-      <c r="M31" s="256"/>
-      <c r="N31" s="256" t="s">
+      <c r="M31" s="205"/>
+      <c r="N31" s="205" t="s">
         <v>70</v>
       </c>
-      <c r="O31" s="256"/>
-[...3 lines deleted...]
-      <c r="S31" s="19"/>
+      <c r="O31" s="205"/>
+      <c r="Q31" s="10"/>
+      <c r="R31" s="10"/>
+      <c r="S31" s="10"/>
     </row>
     <row r="32" spans="2:20" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="B32" s="15" t="s">
+      <c r="B32" s="12" t="s">
         <v>46</v>
       </c>
-      <c r="C32" s="15" t="s">
+      <c r="C32" s="12" t="s">
         <v>47</v>
       </c>
-      <c r="D32" s="32">
+      <c r="D32" s="16">
         <v>4</v>
       </c>
-      <c r="K32" s="5"/>
-      <c r="L32" s="10" t="s">
+      <c r="K32" s="4"/>
+      <c r="L32" s="8" t="s">
         <v>205</v>
       </c>
-      <c r="M32" s="10" t="s">
+      <c r="M32" s="8" t="s">
         <v>206</v>
       </c>
-      <c r="N32" s="10" t="s">
+      <c r="N32" s="8" t="s">
         <v>205</v>
       </c>
-      <c r="O32" s="10" t="s">
+      <c r="O32" s="8" t="s">
         <v>206</v>
       </c>
-      <c r="P32" s="2"/>
-[...2 lines deleted...]
-      <c r="S32" s="19"/>
+      <c r="Q32" s="10"/>
+      <c r="R32" s="10"/>
+      <c r="S32" s="10"/>
     </row>
     <row r="33" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="B33" s="27"/>
-      <c r="D33" s="92" t="s">
+      <c r="B33" s="21"/>
+      <c r="D33" s="51" t="s">
         <v>104</v>
       </c>
-      <c r="K33" s="4" t="s">
+      <c r="K33" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="L33" s="40">
+      <c r="L33" s="32">
         <v>0.8</v>
       </c>
-      <c r="M33" s="40">
+      <c r="M33" s="32">
         <v>0.41</v>
       </c>
-      <c r="N33" s="40">
+      <c r="N33" s="32">
         <v>0.74</v>
       </c>
-      <c r="O33" s="40">
+      <c r="O33" s="32">
         <v>0.47</v>
       </c>
-      <c r="P33" s="2"/>
-[...2 lines deleted...]
-      <c r="S33" s="19"/>
+      <c r="Q33" s="10"/>
+      <c r="R33" s="10"/>
+      <c r="S33" s="10"/>
     </row>
     <row r="34" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="B34" s="27"/>
-      <c r="D34" s="94" t="s">
+      <c r="B34" s="21"/>
+      <c r="D34" s="51" t="s">
         <v>105</v>
       </c>
-      <c r="K34" s="4" t="s">
+      <c r="K34" s="3" t="s">
         <v>72</v>
       </c>
-      <c r="L34" s="40">
+      <c r="L34" s="32">
         <v>0.17</v>
       </c>
-      <c r="M34" s="40">
+      <c r="M34" s="32">
         <v>0.17</v>
       </c>
-      <c r="N34" s="40">
+      <c r="N34" s="32">
         <v>0.17</v>
       </c>
-      <c r="O34" s="40">
+      <c r="O34" s="32">
         <v>0.17</v>
       </c>
-      <c r="P34" s="2"/>
-[...2 lines deleted...]
-      <c r="S34" s="19"/>
+      <c r="R34" s="10"/>
+      <c r="S34" s="10"/>
     </row>
     <row r="35" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="D35" s="94" t="s">
+      <c r="D35" s="51" t="s">
         <v>113</v>
       </c>
-      <c r="K35" s="8" t="s">
+      <c r="K35" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="L35" s="41">
+      <c r="L35" s="33">
         <f>L33+L34</f>
         <v>0.97000000000000008</v>
       </c>
-      <c r="M35" s="41">
+      <c r="M35" s="33">
         <f t="shared" ref="M35:O35" si="4">M33+M34</f>
         <v>0.57999999999999996</v>
       </c>
-      <c r="N35" s="41">
+      <c r="N35" s="33">
         <f t="shared" si="4"/>
         <v>0.91</v>
       </c>
-      <c r="O35" s="41">
+      <c r="O35" s="33">
         <f t="shared" si="4"/>
         <v>0.64</v>
       </c>
-      <c r="R35" s="96"/>
+      <c r="R35" s="10"/>
     </row>
     <row r="36" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="D36" s="94"/>
-      <c r="K36" s="4" t="s">
+      <c r="D36" s="51"/>
+      <c r="K36" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="L36" s="40">
+      <c r="L36" s="32">
         <v>0.06</v>
       </c>
-      <c r="M36" s="40">
+      <c r="M36" s="32">
         <v>0.06</v>
       </c>
-      <c r="N36" s="40">
+      <c r="N36" s="32">
         <v>0.06</v>
       </c>
-      <c r="O36" s="40">
+      <c r="O36" s="32">
         <v>0.06</v>
       </c>
     </row>
     <row r="37" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="D37" s="61" t="s">
+      <c r="D37" s="21" t="s">
         <v>29</v>
       </c>
-      <c r="F37" s="95" t="s">
+      <c r="F37" s="21" t="s">
         <v>107</v>
       </c>
-      <c r="K37" s="4" t="s">
+      <c r="K37" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="L37" s="40">
+      <c r="L37" s="32">
         <v>8.5000000000000006E-2</v>
       </c>
-      <c r="M37" s="40">
+      <c r="M37" s="32">
         <v>3.5999999999999997E-2</v>
       </c>
-      <c r="N37" s="40">
+      <c r="N37" s="32">
         <v>8.5000000000000006E-2</v>
       </c>
-      <c r="O37" s="40">
+      <c r="O37" s="32">
         <v>3.5999999999999997E-2</v>
       </c>
     </row>
     <row r="38" spans="2:19" x14ac:dyDescent="0.25">
-      <c r="B38" s="8" t="s">
+      <c r="B38" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="C38" s="38"/>
-      <c r="D38" s="39" t="s">
+      <c r="C38" s="30"/>
+      <c r="D38" s="31" t="s">
         <v>110</v>
       </c>
-      <c r="F38" s="10" t="s">
+      <c r="F38" s="8" t="s">
         <v>108</v>
       </c>
-      <c r="K38" s="8" t="s">
+      <c r="K38" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="L38" s="41">
+      <c r="L38" s="33">
         <v>0.14000000000000001</v>
       </c>
-      <c r="M38" s="41">
+      <c r="M38" s="33">
         <f>M36+M37</f>
         <v>9.6000000000000002E-2</v>
       </c>
-      <c r="N38" s="41">
+      <c r="N38" s="33">
         <v>0.14000000000000001</v>
       </c>
-      <c r="O38" s="41">
+      <c r="O38" s="33">
         <f>O36+O37</f>
         <v>9.6000000000000002E-2</v>
       </c>
     </row>
     <row r="39" spans="2:19" ht="15.75" x14ac:dyDescent="0.3">
-      <c r="B39" s="34" t="s">
+      <c r="B39" s="26" t="s">
         <v>48</v>
       </c>
-      <c r="C39" s="34" t="s">
+      <c r="C39" s="26" t="s">
         <v>49</v>
       </c>
-      <c r="D39" s="33">
+      <c r="D39" s="25">
         <v>5.5</v>
       </c>
-      <c r="F39" s="13">
+      <c r="F39" s="10">
         <v>47.8</v>
       </c>
-      <c r="K39" s="42" t="s">
+      <c r="K39" s="34" t="s">
         <v>77</v>
       </c>
-      <c r="L39" s="43">
+      <c r="L39" s="35">
         <f>L35+L38</f>
         <v>1.1100000000000001</v>
       </c>
-      <c r="M39" s="43">
+      <c r="M39" s="35">
         <f t="shared" ref="M39:O39" si="5">M35+M38</f>
         <v>0.67599999999999993</v>
       </c>
-      <c r="N39" s="43">
+      <c r="N39" s="35">
         <f t="shared" si="5"/>
         <v>1.05</v>
       </c>
-      <c r="O39" s="44">
+      <c r="O39" s="36">
         <f t="shared" si="5"/>
         <v>0.73599999999999999</v>
       </c>
     </row>
     <row r="40" spans="2:19" ht="15.75" x14ac:dyDescent="0.3">
-      <c r="B40" s="34" t="s">
+      <c r="B40" s="26" t="s">
         <v>50</v>
       </c>
-      <c r="C40" s="34" t="s">
+      <c r="C40" s="26" t="s">
         <v>51</v>
       </c>
-      <c r="D40" s="33">
+      <c r="D40" s="25">
         <v>3.3</v>
       </c>
-      <c r="F40" s="13">
+      <c r="F40" s="10">
         <v>46.35</v>
       </c>
-      <c r="L40" s="45"/>
-      <c r="O40" s="62" t="s">
+      <c r="L40" s="37"/>
+      <c r="O40" s="46" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="41" spans="2:19" ht="15.75" x14ac:dyDescent="0.3">
-      <c r="B41" s="34" t="s">
+      <c r="B41" s="26" t="s">
         <v>52</v>
       </c>
-      <c r="C41" s="34" t="s">
+      <c r="C41" s="26" t="s">
         <v>53</v>
       </c>
-      <c r="D41" s="33">
+      <c r="D41" s="25">
         <v>4</v>
       </c>
-      <c r="F41" s="13">
+      <c r="F41" s="10">
         <v>45.75</v>
       </c>
-      <c r="K41" s="6"/>
-[...3 lines deleted...]
-      <c r="O41" s="48"/>
+      <c r="K41" s="3"/>
+      <c r="L41" s="21"/>
+      <c r="M41" s="47"/>
+      <c r="N41" s="47"/>
     </row>
     <row r="42" spans="2:19" ht="15.75" x14ac:dyDescent="0.3">
-      <c r="B42" s="34" t="s">
+      <c r="B42" s="26" t="s">
         <v>54</v>
       </c>
-      <c r="C42" s="34" t="s">
+      <c r="C42" s="26" t="s">
         <v>55</v>
       </c>
-      <c r="D42" s="33">
+      <c r="D42" s="25">
         <v>3.7</v>
       </c>
-      <c r="L42" s="2"/>
-[...2 lines deleted...]
-      <c r="O42" s="48"/>
     </row>
     <row r="43" spans="2:19" ht="15.75" x14ac:dyDescent="0.3">
-      <c r="B43" s="34" t="s">
+      <c r="B43" s="26" t="s">
         <v>56</v>
       </c>
-      <c r="C43" s="34" t="s">
+      <c r="C43" s="26" t="s">
         <v>57</v>
       </c>
-      <c r="D43" s="33">
+      <c r="D43" s="25">
         <v>1.8</v>
       </c>
-      <c r="K43" s="8" t="s">
+      <c r="K43" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="L43" s="23"/>
-[...2 lines deleted...]
-      <c r="O43" s="48"/>
+      <c r="L43" s="17"/>
+      <c r="M43" s="39"/>
+      <c r="N43" s="39"/>
     </row>
     <row r="44" spans="2:19" ht="18" x14ac:dyDescent="0.35">
-      <c r="B44" s="100" t="s">
+      <c r="B44" s="65" t="s">
         <v>58</v>
       </c>
-      <c r="C44" s="100" t="s">
+      <c r="C44" s="65" t="s">
         <v>59</v>
       </c>
-      <c r="D44" s="101">
+      <c r="D44" s="66">
         <v>2.7</v>
       </c>
-      <c r="K44" s="6" t="s">
+      <c r="K44" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="L44" s="117">
+      <c r="L44" s="76">
         <v>0.39</v>
       </c>
-      <c r="M44" s="123" t="s">
+      <c r="M44" s="21" t="s">
         <v>155</v>
       </c>
-      <c r="N44" s="53" t="s">
+      <c r="N44" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="O44" s="48"/>
     </row>
     <row r="45" spans="2:19" ht="15.75" x14ac:dyDescent="0.3">
-      <c r="B45" s="34" t="s">
+      <c r="B45" s="26" t="s">
         <v>60</v>
       </c>
-      <c r="C45" s="34" t="s">
+      <c r="C45" s="26" t="s">
         <v>61</v>
       </c>
-      <c r="D45" s="33">
+      <c r="D45" s="25">
         <v>2.7</v>
       </c>
-      <c r="K45" s="6" t="s">
+      <c r="K45" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="L45" s="115" t="s">
+      <c r="L45" s="75" t="s">
         <v>217</v>
       </c>
-      <c r="M45" s="48"/>
-[...1 lines deleted...]
-      <c r="O45" s="48"/>
     </row>
     <row r="46" spans="2:19" ht="15.75" x14ac:dyDescent="0.3">
-      <c r="B46" s="34" t="s">
+      <c r="B46" s="26" t="s">
         <v>62</v>
       </c>
-      <c r="C46" s="34" t="s">
+      <c r="C46" s="26" t="s">
         <v>63</v>
       </c>
-      <c r="D46" s="33">
+      <c r="D46" s="25">
         <v>2.8</v>
       </c>
-      <c r="K46" s="52" t="s">
+      <c r="K46" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="L46" s="116" t="s">
+      <c r="L46" s="75" t="s">
         <v>216</v>
       </c>
-      <c r="M46" s="50"/>
-[...1 lines deleted...]
-      <c r="O46" s="48"/>
+      <c r="M46" s="39"/>
+      <c r="N46" s="39"/>
     </row>
     <row r="47" spans="2:19" ht="18" x14ac:dyDescent="0.3">
-      <c r="B47" s="34" t="s">
+      <c r="B47" s="26" t="s">
         <v>64</v>
       </c>
-      <c r="C47" s="34" t="s">
+      <c r="C47" s="26" t="s">
         <v>65</v>
       </c>
-      <c r="D47" s="33">
+      <c r="D47" s="25">
         <v>1.3</v>
       </c>
-      <c r="K47" s="52"/>
-      <c r="L47" s="52" t="s">
+      <c r="K47" s="3"/>
+      <c r="L47" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="M47" s="11" t="s">
+      <c r="M47" s="8" t="s">
         <v>214</v>
       </c>
-      <c r="N47" s="11" t="s">
+      <c r="N47" s="8" t="s">
         <v>215</v>
       </c>
-      <c r="O47" s="48"/>
     </row>
     <row r="48" spans="2:19" ht="15.75" x14ac:dyDescent="0.3">
-      <c r="B48" s="35" t="s">
+      <c r="B48" s="27" t="s">
         <v>66</v>
       </c>
-      <c r="C48" s="35" t="s">
+      <c r="C48" s="27" t="s">
         <v>67</v>
       </c>
-      <c r="D48" s="36">
+      <c r="D48" s="28">
         <v>0.5</v>
       </c>
-      <c r="K48" s="52"/>
-[...1 lines deleted...]
-      <c r="M48" s="121">
+      <c r="K48" s="3"/>
+      <c r="L48" s="17"/>
+      <c r="M48" s="77">
         <v>20</v>
       </c>
-      <c r="N48" s="124">
+      <c r="N48" s="78">
         <v>0.5</v>
       </c>
-      <c r="O48" s="48"/>
     </row>
     <row r="49" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="C49" s="97" t="s">
+      <c r="C49" s="63" t="s">
         <v>109</v>
       </c>
-      <c r="M49" s="122">
+      <c r="M49" s="77">
         <v>30</v>
       </c>
-      <c r="N49" s="125">
+      <c r="N49" s="78">
         <v>0.35</v>
       </c>
     </row>
     <row r="50" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="B50" s="37"/>
-      <c r="D50" s="62" t="s">
+      <c r="B50" s="29"/>
+      <c r="D50" s="46" t="s">
         <v>68</v>
       </c>
-      <c r="M50" s="122">
+      <c r="M50" s="77">
         <v>40</v>
       </c>
-      <c r="N50" s="125">
+      <c r="N50" s="78">
         <v>0.25</v>
       </c>
     </row>
     <row r="51" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="M51" s="122">
+      <c r="M51" s="77">
         <v>50</v>
       </c>
-      <c r="N51" s="125">
+      <c r="N51" s="78">
         <v>0.21</v>
       </c>
     </row>
     <row r="52" spans="2:15" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="B52" s="8" t="s">
+      <c r="B52" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="D52" s="105">
+      <c r="D52" s="1">
         <v>3.7999999999999999E-2</v>
       </c>
-      <c r="E52" s="4" t="s">
+      <c r="E52" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="M52" s="122">
+      <c r="M52" s="77">
         <v>60</v>
       </c>
-      <c r="N52" s="125">
+      <c r="N52" s="78">
         <v>0.18</v>
       </c>
     </row>
     <row r="53" spans="2:15" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="B53" s="55"/>
+      <c r="B53" s="18"/>
       <c r="C53" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="D53" s="105">
+      <c r="D53" s="1">
         <v>94.79</v>
       </c>
-      <c r="E53" s="4" t="s">
+      <c r="E53" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="M53" s="122">
+      <c r="M53" s="77">
         <v>80</v>
       </c>
-      <c r="N53" s="125">
+      <c r="N53" s="78">
         <v>0.14000000000000001</v>
       </c>
     </row>
     <row r="54" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="B54" s="52"/>
+      <c r="B54" s="3"/>
       <c r="C54" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="D54" s="118">
+      <c r="D54" s="69">
         <f>1/R18</f>
         <v>1.0869565217391304</v>
       </c>
-      <c r="E54" s="4" t="s">
+      <c r="E54" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="M54" s="122">
+      <c r="M54" s="77">
         <v>100</v>
       </c>
-      <c r="N54" s="125">
+      <c r="N54" s="78">
         <v>0.11</v>
       </c>
     </row>
     <row r="55" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="B55" s="48"/>
       <c r="C55" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="D55" s="106">
+      <c r="D55" s="69">
         <f>1/L18</f>
         <v>2.3474178403755867E-2</v>
       </c>
-      <c r="E55" s="4" t="s">
+      <c r="E55" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="M55" s="122">
+      <c r="M55" s="77">
         <v>125</v>
       </c>
-      <c r="N55" s="125">
+      <c r="N55" s="78">
         <v>0.09</v>
       </c>
     </row>
     <row r="56" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="B56" s="48"/>
       <c r="C56" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="D56" s="105">
+      <c r="D56" s="1">
         <v>0.86199999999999999</v>
       </c>
-      <c r="E56" s="4" t="s">
+      <c r="E56" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="M56" s="122">
+      <c r="M56" s="77">
         <v>150</v>
       </c>
-      <c r="N56" s="125">
+      <c r="N56" s="78">
         <v>7.0000000000000007E-2</v>
       </c>
     </row>
     <row r="57" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="M57" s="119"/>
-[...1 lines deleted...]
-      <c r="O57" s="4"/>
+      <c r="M57" s="1"/>
+      <c r="N57" s="1"/>
+      <c r="O57" s="3"/>
     </row>
     <row r="58" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="C58" s="3"/>
-      <c r="D58" s="5" t="s">
+      <c r="C58" s="2"/>
+      <c r="D58" s="4" t="s">
         <v>131</v>
       </c>
-      <c r="E58" s="3"/>
-[...2 lines deleted...]
-      <c r="O58" s="4"/>
+      <c r="E58" s="2"/>
+      <c r="M58" s="21"/>
+      <c r="N58" s="10"/>
+      <c r="O58" s="3"/>
     </row>
     <row r="59" spans="2:15" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="C59" s="20" t="s">
+      <c r="C59" s="15" t="s">
         <v>208</v>
       </c>
-      <c r="D59" s="107">
+      <c r="D59" s="47">
         <v>10.55</v>
       </c>
-      <c r="E59" s="95" t="s">
+      <c r="E59" s="21" t="s">
         <v>132</v>
       </c>
-      <c r="M59" s="70"/>
-[...1 lines deleted...]
-      <c r="O59" s="4"/>
+      <c r="N59" s="10"/>
+      <c r="O59" s="3"/>
     </row>
     <row r="60" spans="2:15" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="C60" s="20" t="s">
+      <c r="C60" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D60" s="1">
         <v>34.512999999999998</v>
       </c>
-      <c r="E60" s="95" t="s">
+      <c r="E60" s="21" t="s">
         <v>133</v>
       </c>
-      <c r="M60" s="70"/>
-      <c r="N60" s="70"/>
     </row>
     <row r="61" spans="2:15" x14ac:dyDescent="0.25">
-      <c r="M61" s="27"/>
+      <c r="M61" s="21"/>
     </row>
     <row r="62" spans="2:15" x14ac:dyDescent="0.25">
       <c r="M62" s="1"/>
-      <c r="N62" s="105"/>
-      <c r="O62" s="4"/>
+      <c r="N62" s="1"/>
+      <c r="O62" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="L30:O30"/>
     <mergeCell ref="L31:M31"/>
     <mergeCell ref="N31:O31"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>listy</vt:lpstr>
+        <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>HODNOCENÍ</vt:lpstr>
       <vt:lpstr>VAŠE KOMENTÁŘE</vt:lpstr>
       <vt:lpstr>DATA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministerstvo průmyslu a obchodu</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mýl Jan</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_DOC_TYPE">
+    <vt:lpwstr>F811</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T15:19:34Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>d08dcdeb-334a-4a0d-ac52-1b80b254640d</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>