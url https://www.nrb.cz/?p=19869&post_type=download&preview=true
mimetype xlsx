--- v0 (2025-10-09)
+++ v1 (2026-02-14)
@@ -1,91 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\sefcik\Documents\S-podnik_plus\Žádost\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\sefcik\Documents\Šablony_průřezové\Revize-SUP2\doplněné_Ivetou\už_na_webu\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7385969F-8FA2-4763-9D8C-7B93F5BB66A2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12300"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="VODA" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D10" i="1" l="1"/>
   <c r="D8" i="1" l="1"/>
   <c r="D9" i="1"/>
   <c r="B12" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>kincl</author>
   </authors>
   <commentList>
-    <comment ref="A7" authorId="0" shapeId="0">
+    <comment ref="A7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">Vyberte typ zdroje vody
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <si>
     <t>Zdroj vody</t>
   </si>
   <si>
     <t>Celkový faktor ohrožení suchem</t>
@@ -247,51 +260,51 @@
     <t>Uveďte podíl daného zdroje vody na celkové roční spotřebě vody. Zadejte hodnotu v rozmezí 0 až 100%.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Faktor ohrožení 
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>[1] x [2] = [3]</t>
     </r>
   </si>
   <si>
     <t>Příloha S - posouzení Sucho</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
@@ -572,153 +585,208 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
-    </xf>
-[...44 lines deleted...]
-      <protection locked="0" hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="9">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Arial"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="1" hidden="1"/>
+    </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
@@ -760,105 +828,50 @@
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top/>
         <bottom/>
         <vertical/>
         <horizontal/>
       </border>
       <protection locked="0" hidden="1"/>
-    </dxf>
-[...53 lines deleted...]
-      </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <name val="Arial"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <protection locked="1" hidden="1"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
@@ -910,50 +923,55 @@
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.suchovkrajine.cz/nastroje/vodni-audit/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>132529</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>248503</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>1705695</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>4322</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Obrázek 2">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5027551" y="3445590"/>
           <a:ext cx="3411905" cy="2066667"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
@@ -961,56 +979,56 @@
         <a:noFill/>
         <a:ln>
           <a:solidFill>
             <a:schemeClr val="bg2">
               <a:lumMod val="50000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Tabulka1" displayName="Tabulka1" ref="A7:D10" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tabulka1" displayName="Tabulka1" ref="A7:D10" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
   <tableColumns count="4">
-    <tableColumn id="1" name="Zdroj vody _x000a_(vyberte typ z roletky)" dataDxfId="2"/>
-[...2 lines deleted...]
-    <tableColumn id="4" name="Faktor ohrožení _x000a_[1] x [2] = [3]" dataDxfId="3"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Zdroj vody _x000a_(vyberte typ z roletky)" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Podíl zdroje na spotřebě [1] (v %)" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Koeficient ohrožení suchem [2] - viz mapa" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Faktor ohrožení _x000a_[1] x [2] = [3]" dataDxfId="3"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -1272,132 +1290,132 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:E19"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" showRuler="0" zoomScaleNormal="100" zoomScalePageLayoutView="130" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:D4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="45.85546875" style="1" customWidth="1"/>
     <col min="2" max="4" width="27.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="11.7109375" style="1" hidden="1" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A2" s="26" t="s">
+      <c r="A2" s="24" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A4" s="17" t="s">
+      <c r="A4" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="27"/>
-[...1 lines deleted...]
-      <c r="D4" s="27"/>
+      <c r="B4" s="25"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="25"/>
     </row>
     <row r="5" spans="1:5" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="17" t="s">
+      <c r="A5" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="B5" s="27"/>
-[...1 lines deleted...]
-      <c r="D5" s="27"/>
+      <c r="B5" s="25"/>
+      <c r="C5" s="25"/>
+      <c r="D5" s="25"/>
     </row>
     <row r="7" spans="1:5" ht="30" x14ac:dyDescent="0.2">
       <c r="A7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A8" s="18"/>
-[...2 lines deleted...]
-      <c r="D8" s="16">
+      <c r="A8" s="16"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="18"/>
+      <c r="D8" s="14">
         <f>B8*C8</f>
         <v>0</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A9" s="21"/>
+      <c r="A9" s="19"/>
       <c r="B9" s="13"/>
-      <c r="C9" s="22"/>
-      <c r="D9" s="16">
+      <c r="C9" s="20"/>
+      <c r="D9" s="14">
         <f>B9*C9</f>
         <v>0</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A10" s="23"/>
-[...2 lines deleted...]
-      <c r="D10" s="16">
+      <c r="A10" s="21"/>
+      <c r="B10" s="22"/>
+      <c r="C10" s="23"/>
+      <c r="D10" s="14">
         <f>B10*C10</f>
         <v>0</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.2">
       <c r="D11" s="3"/>
       <c r="E11" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A12" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B12" s="4">
         <f>SUM(Tabulka1[Faktor ohrožení 
 '[1'] x '[2'] = '[3']])</f>
         <v>0</v>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="1" t="s">
         <v>18</v>
@@ -1412,142 +1430,180 @@
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="15" x14ac:dyDescent="0.25">
       <c r="A14" s="7" t="s">
         <v>3</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D15" s="3"/>
       <c r="E15" s="1" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A16" s="14" t="s">
+      <c r="A16" s="26" t="s">
         <v>8</v>
       </c>
-      <c r="B16" s="15"/>
+      <c r="B16" s="27"/>
     </row>
     <row r="17" spans="1:3" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B17" s="10" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="57.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="123.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C19"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="9pS0QMDI2C7nZsBSCNzkXRHOrHAuTmZXNtdx7kCaWDg77X4x0JXd0fB7luBC80oIWkNFfnISiQ2wWiYY01Gscw==" saltValue="BG3q6hUnr+Gft73HGyQYOQ==" spinCount="100000" sheet="1" formatRows="0" selectLockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A16:B16"/>
   </mergeCells>
   <conditionalFormatting sqref="B12">
-    <cfRule type="cellIs" dxfId="6" priority="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="2" priority="1" operator="lessThan">
       <formula>9</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="5" priority="2" operator="equal">
+    <cfRule type="cellIs" dxfId="1" priority="2" operator="equal">
       <formula>9</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="4" priority="3" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="0" priority="3" operator="greaterThan">
       <formula>9</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="5">
-    <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B10">
+    <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B8:B10" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>0</formula1>
       <formula2>1</formula2>
     </dataValidation>
-    <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8:C10 D11:D15">
+    <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8:C10 D11:D15" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>0</formula1>
       <formula2>99</formula2>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A8">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A8" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>$E$7:$E$9</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A9">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A9" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>$E$10:$E$12</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A10">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A10" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>$E$13:$E$15</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;7verze šablony 1.1</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>listy</vt:lpstr>
+        <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>VODA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jan Hlaváček</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_DOC_TYPE">
+    <vt:lpwstr>F812</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T15:20:11Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>67e7044d-70bc-4df0-876c-a25e4b881618</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>