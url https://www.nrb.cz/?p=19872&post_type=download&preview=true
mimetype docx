--- v0 (2025-10-09)
+++ v1 (2025-11-29)
@@ -122,51 +122,50 @@
               </w:rPr>
               <w:t>pro žadatele</w:t>
             </w:r>
             <w:r w:rsidR="00555F61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> o úvěr Transformace – OP ST</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F7D9D" w14:paraId="32DFCFF5" w14:textId="77777777" w:rsidTr="00045565">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CB124DB" w14:textId="77777777" w:rsidR="008F7D9D" w:rsidRPr="00C15F75" w:rsidRDefault="008F7D9D" w:rsidP="00045565">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C15F75">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Údaje o </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -518,330 +517,320 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="00487450">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Výstavba budovy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A80654" w:rsidRPr="00C02A0B" w14:paraId="1A1A5C17" w14:textId="77777777" w:rsidTr="00562E5B">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="533E24C0" w14:textId="5A4B76B5" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="000B693B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1214AB5A" w14:textId="1C15DE90" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="000B693B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DFE47C1" w14:textId="0E0807DE" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="000B693B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Odpověď</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F138975" w14:textId="3436C671" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="000B693B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Doplňující </w:t>
             </w:r>
             <w:r w:rsidR="00562E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>omentář/poznámka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B8D3F40" w14:textId="3F55B71C" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="000B693B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Doložen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44C02363" w14:textId="565E7B05" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="000B693B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Požadavek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w14:paraId="72721E35" w14:textId="77777777" w:rsidTr="00293005">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C6ED928" w14:textId="0A200230" w:rsidR="00A077CF" w:rsidRPr="00542FA3" w:rsidRDefault="00A077CF" w:rsidP="000B693B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="738DB622" w14:textId="77AF1847" w:rsidR="00A077CF" w:rsidRPr="00542FA3" w:rsidRDefault="00A077CF" w:rsidP="000B693B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Je součástí projektu výstavba</w:t>
             </w:r>
             <w:r w:rsidR="00B469ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> nebo přístavba</w:t>
             </w:r>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> budovy?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1E91380E" w14:textId="28A15824" w:rsidR="00A077CF" w:rsidRPr="00542FA3" w:rsidRDefault="008B1178" w:rsidP="000B693B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E91380E" w14:textId="28A15824" w:rsidR="00A077CF" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="000B693B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1610701049"/>
                 <w:placeholder>
                   <w:docPart w:val="6F34D7AE342844FBB6A93780F55C71B5"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003903B6" w:rsidRPr="00542FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="442034BF" w14:textId="421FA53C" w:rsidR="00A077CF" w:rsidRPr="00542FA3" w:rsidRDefault="00324A2F" w:rsidP="009E1944">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Je-li</w:t>
             </w:r>
             <w:r w:rsidR="00A077CF" w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> odpověď ANO, </w:t>
             </w:r>
             <w:r w:rsidR="009E1944">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>pokračujte</w:t>
@@ -907,108 +896,104 @@
               <w:t xml:space="preserve">přejděte na </w:t>
             </w:r>
             <w:r w:rsidR="00045565">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>otázk</w:t>
             </w:r>
             <w:r w:rsidR="009E1944">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">y </w:t>
             </w:r>
             <w:r w:rsidR="00A077CF" w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>v bodě 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22945E0D" w14:textId="77777777" w:rsidR="00A077CF" w:rsidRPr="00542FA3" w:rsidRDefault="00A077CF" w:rsidP="000B693B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30E8EA52" w14:textId="77777777" w:rsidR="00A077CF" w:rsidRPr="00542FA3" w:rsidRDefault="00A077CF" w:rsidP="000B693B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00023BD3" w:rsidRPr="00C02A0B" w14:paraId="27F43E0A" w14:textId="77777777" w:rsidTr="00293005">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D6CC0F4" w14:textId="62EEE821" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="00023BD3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70330730" w14:textId="43A7BED7" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="009E1944">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A32D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Jde o budovu </w:t>
             </w:r>
             <w:r w:rsidR="00E55315">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">nebo přístavbu </w:t>
             </w:r>
             <w:r w:rsidRPr="005A32D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>s</w:t>
@@ -1112,96 +1097,94 @@
             <w:r w:rsidR="00181139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> a/nebo o drobnou stavbu dle stavebního </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00181139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">zákona </w:t>
             </w:r>
             <w:r w:rsidR="00B469ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="70A79F44" w14:textId="327BD0E4" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="008B1178" w:rsidP="00023BD3">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70A79F44" w14:textId="327BD0E4" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="00023BD3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1848865361"/>
                 <w:placeholder>
                   <w:docPart w:val="47D3C431530D4EA1AFB12E86A90F094A"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00023BD3" w:rsidRPr="00542FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6995E405" w14:textId="7BBF878B" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="009E1944">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A32D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Je-li od</w:t>
             </w:r>
             <w:r w:rsidR="00A4736D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">pověď ANO, </w:t>
             </w:r>
             <w:r w:rsidR="009E1944">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1234,116 +1217,112 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>otázkou</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r w:rsidRPr="005A32D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36597872" w14:textId="77777777" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="00023BD3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="216E8515" w14:textId="77777777" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="00023BD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00023BD3" w:rsidRPr="00C02A0B" w14:paraId="5484C9E3" w14:textId="77777777" w:rsidTr="00293005">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03329565" w14:textId="5FA9C4E9" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="00045565">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2504" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4699FC1D" w14:textId="2E0BB465" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Bude </w:t>
             </w:r>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>potřeba primární energie definující energetickou náročnost budovy</w:t>
             </w:r>
             <w:r w:rsidR="00E55315">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -1400,96 +1379,94 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>energetické náročnosti budov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, v platném znění</w:t>
             </w:r>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1C69B5C3" w14:textId="3E98784F" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="008B1178" w:rsidP="00023BD3">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C69B5C3" w14:textId="3E98784F" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="00023BD3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-660547126"/>
                 <w:placeholder>
                   <w:docPart w:val="12AA3CF25D3B484E9910706696530C14"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00023BD3" w:rsidRPr="00542FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BCFE46C" w14:textId="0DD3E12F" w:rsidR="00023BD3" w:rsidRDefault="00023BD3" w:rsidP="001B7324">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Je-li odpověď ANO, </w:t>
             </w:r>
             <w:r w:rsidR="009E1944">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">přejděte na otázky v bodě </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1503,94 +1480,92 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E6EC06D" w14:textId="2643EED7" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="009E1944">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V případě odpovědi NE nelze výstavbu budovy zahrnout mezi způsobilé výdaje projektu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="19D8CD1F" w14:textId="0491098E" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="008B1178" w:rsidP="00023BD3">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D8CD1F" w14:textId="0491098E" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="00023BD3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:alias w:val="Klikněte"/>
                 <w:tag w:val="Klikněte"/>
                 <w:id w:val="1771197909"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00023BD3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B31C52F" w14:textId="1DEC8F11" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="00023BD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>V případě odpovědi „ANO“ je povinnost předložit průkaz energetické náročnosti budovy (dále jen „PENB“) pro stav po realizaci s výrokem o splnění podmínek dle Výzvy</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F666B6C" w14:textId="77777777" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="00023BD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D41E898" w14:textId="0B1942A9" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="00023BD3">
             <w:pPr>
               <w:rPr>
@@ -1690,129 +1665,125 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B54B6F" w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>obálk</w:t>
             </w:r>
             <w:r w:rsidR="00CE0D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B693B" w:rsidRPr="00C02A0B" w14:paraId="46ED9466" w14:textId="77777777" w:rsidTr="00293005">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59A6C990" w14:textId="77777777" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="000B693B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E8F90F8" w14:textId="77777777" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="000B693B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14B97D5F" w14:textId="77777777" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="000B693B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Odpověď</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B0B61FB" w14:textId="77777777" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="000B693B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Doplňující </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EBAA40F" w14:textId="17289312" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="00562E5B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
@@ -1821,85 +1792,83 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidR="000B693B" w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>omentář/poznámka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0934D767" w14:textId="77777777" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="000B693B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Doložen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B3838F3" w14:textId="77777777" w:rsidR="000B693B" w:rsidRPr="00C02A0B" w:rsidRDefault="000B693B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Požadavek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w14:paraId="32B793D3" w14:textId="77777777" w:rsidTr="00293005">
         <w:tc>
@@ -2248,83 +2217,69 @@
               </w:rPr>
               <w:t>odhadovanou</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A32D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>spotřebou energie</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A32D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">do 195 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>do 195 MWh</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
             <w:r w:rsidRPr="005A32D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>MWh</w:t>
-[...11 lines deleted...]
-              </w:rPr>
               <w:t>rok</w:t>
             </w:r>
             <w:r w:rsidR="00181139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> a/</w:t>
-[...5 lines deleted...]
-              <w:t>nebo o drobnou stavbu dle stavebního zákona</w:t>
+              <w:t xml:space="preserve"> a/nebo o drobnou stavbu dle stavebního zákona</w:t>
             </w:r>
             <w:r w:rsidRPr="005A32D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:alias w:val="Vyberte odpověď"/>
             <w:tag w:val="Vyberte odpověď"/>
             <w:id w:val="1527991563"/>
             <w:placeholder>
               <w:docPart w:val="F94ECF6A40EC40999A837CCD89F5D44D"/>
             </w:placeholder>
             <w:comboBox>
               <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
               <w:listItem w:displayText="ANO" w:value="ANO"/>
               <w:listItem w:displayText="NE" w:value="NE"/>
@@ -3196,129 +3151,125 @@
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00145716" w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="006417AE" w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Výměna zdroje energie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA363E" w:rsidRPr="00C02A0B" w14:paraId="774484A4" w14:textId="77777777" w:rsidTr="00562E5B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CDBCB28" w14:textId="77777777" w:rsidR="00145716" w:rsidRPr="00324A2F" w:rsidRDefault="00145716" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00045565">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="270D986C" w14:textId="77777777" w:rsidR="00145716" w:rsidRPr="00324A2F" w:rsidRDefault="00145716" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F9D275F" w14:textId="6FCBF11F" w:rsidR="00145716" w:rsidRPr="00324A2F" w:rsidRDefault="00145716" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Odpověď</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="278D288B" w14:textId="77777777" w:rsidR="00CA363E" w:rsidRPr="00324A2F" w:rsidRDefault="00CA363E" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Doplňující </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AFC53EE" w14:textId="11D91C9F" w:rsidR="00145716" w:rsidRPr="00324A2F" w:rsidRDefault="00562E5B" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
@@ -3327,407 +3278,395 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidR="00CA363E" w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>omentář/poznámka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D2CCB4C" w14:textId="2DA04108" w:rsidR="00145716" w:rsidRPr="00324A2F" w:rsidRDefault="00145716" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Doložen</w:t>
             </w:r>
             <w:r w:rsidR="00C04D67" w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A7FE36C" w14:textId="0206BD19" w:rsidR="00145716" w:rsidRPr="00324A2F" w:rsidRDefault="00CA363E" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Požadavek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w14:paraId="1A8F8761" w14:textId="77777777" w:rsidTr="00562E5B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7288670A" w14:textId="0C75E4F2" w:rsidR="00A077CF" w:rsidRPr="00324A2F" w:rsidRDefault="00A077CF" w:rsidP="00366D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00045565">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75E5DF5E" w14:textId="014E9E46" w:rsidR="00A077CF" w:rsidRPr="00324A2F" w:rsidRDefault="00A077CF" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Proběhne v rámci projektu výměna zdroje energie?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0EB7195B" w14:textId="5B3022ED" w:rsidR="00A077CF" w:rsidRPr="00045565" w:rsidRDefault="008B1178" w:rsidP="00795A53">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB7195B" w14:textId="5B3022ED" w:rsidR="00A077CF" w:rsidRPr="00045565" w:rsidRDefault="00E03955" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1408526447"/>
                 <w:placeholder>
                   <w:docPart w:val="E0277D17BAF24826A0F474489B7D2276"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003903B6" w:rsidRPr="00045565">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21546372" w14:textId="659CDED8" w:rsidR="00A077CF" w:rsidRPr="00324A2F" w:rsidRDefault="00324A2F" w:rsidP="009E1944">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Je-li odpověď ANO, pokračujte </w:t>
             </w:r>
             <w:r w:rsidR="009E1944">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>otázkou</w:t>
             </w:r>
             <w:r w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3.1; pokud NE, </w:t>
             </w:r>
             <w:r w:rsidR="009E1944">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>přejděte</w:t>
             </w:r>
             <w:r w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> k otázkám v bodě 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D77C669" w14:textId="77777777" w:rsidR="00A077CF" w:rsidRPr="001B7324" w:rsidRDefault="00A077CF" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37037440" w14:textId="77777777" w:rsidR="00A077CF" w:rsidRPr="00045565" w:rsidRDefault="00A077CF" w:rsidP="00CA363E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA363E" w:rsidRPr="00C02A0B" w14:paraId="579F4F33" w14:textId="77777777" w:rsidTr="00562E5B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C4E2A66" w14:textId="384B70DC" w:rsidR="00145716" w:rsidRPr="00324A2F" w:rsidRDefault="00366D60" w:rsidP="00366D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00045565">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00145716" w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007C1C6B" w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DBD7A53" w14:textId="1DF6136A" w:rsidR="00145716" w:rsidRPr="001B7324" w:rsidRDefault="003B11BB" w:rsidP="00045565">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Bude </w:t>
             </w:r>
             <w:r w:rsidR="00CA363E" w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>budova po realizaci projektu plnit minimálně parametry energetické náročnosti definované § 6 odst. 2 vyhlášky č. 264/2020 Sb., o energetické náročnosti budov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> v platném znění</w:t>
             </w:r>
             <w:r w:rsidR="00CA363E" w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="290A91E1" w14:textId="77777777" w:rsidR="00145716" w:rsidRPr="00045565" w:rsidRDefault="008B1178" w:rsidP="00795A53">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="290A91E1" w14:textId="77777777" w:rsidR="00145716" w:rsidRPr="00045565" w:rsidRDefault="00E03955" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1911875968"/>
                 <w:placeholder>
                   <w:docPart w:val="9A4EF444568648AF98A17C5A180291F4"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00145716" w:rsidRPr="00045565">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="056D3EDB" w14:textId="602FB592" w:rsidR="003B11BB" w:rsidRDefault="003B11BB" w:rsidP="003B11BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Je-li odpověď ANO, pokračujte na otázky v bodě 4</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B1100B2" w14:textId="77777777" w:rsidR="003B11BB" w:rsidRDefault="003B11BB" w:rsidP="003B11BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
@@ -3745,94 +3684,92 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V případě odpovědi NE je nezbytné provést renovaci pláště budovy</w:t>
             </w:r>
             <w:r w:rsidR="00A15CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009E1944">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(bod 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="15B3B611" w14:textId="28D3130D" w:rsidR="00145716" w:rsidRPr="001B7324" w:rsidRDefault="008B1178" w:rsidP="00795A53">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15B3B611" w14:textId="28D3130D" w:rsidR="00145716" w:rsidRPr="001B7324" w:rsidRDefault="00E03955" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:alias w:val="Klikněte"/>
                 <w:tag w:val="Klikněte"/>
                 <w:id w:val="1767658463"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003B11BB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="218F391D" w14:textId="3141726B" w:rsidR="008C69B0" w:rsidRPr="00324A2F" w:rsidRDefault="00C02A0B" w:rsidP="00CA363E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00045565">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">V případě odpovědi </w:t>
             </w:r>
             <w:r w:rsidR="00C04D67" w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>ANO</w:t>
@@ -3933,155 +3870,150 @@
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w14:paraId="4471A4E3" w14:textId="77777777" w:rsidTr="005A32D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11341" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FF7979"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FA051DE" w14:textId="51E1C2E8" w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w:rsidRDefault="00C52D2E" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Koupě budovy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w14:paraId="4BAAC4EB" w14:textId="77777777" w:rsidTr="005A32D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56CF8064" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w:rsidRDefault="00C52D2E" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="717D53B1" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w:rsidRDefault="00C52D2E" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7000A58F" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w:rsidRDefault="00C52D2E" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Odpověď</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63DC4D51" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w:rsidRDefault="00C52D2E" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Doplňující </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="158F0BB2" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w:rsidRDefault="00C52D2E" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
@@ -4090,224 +4022,218 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>omentář/poznámka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BC07B64" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w:rsidRDefault="00C52D2E" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Doložen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="124A68FF" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w:rsidRDefault="00C52D2E" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Požadavek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w14:paraId="07C6487D" w14:textId="77777777" w:rsidTr="005A32D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="715153BE" w14:textId="5CFF17AB" w:rsidR="00C52D2E" w:rsidRPr="00542FA3" w:rsidRDefault="002A2D69" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00C52D2E" w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5806A133" w14:textId="413BEFB6" w:rsidR="00C52D2E" w:rsidRPr="00C011AD" w:rsidRDefault="00C52D2E" w:rsidP="00542FA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00045565">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Proběhne v rámci projektu </w:t>
             </w:r>
             <w:r w:rsidR="002A2D69" w:rsidRPr="00C011AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>koupě budovy</w:t>
             </w:r>
             <w:r w:rsidRPr="00C011AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="11630110" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="00542FA3" w:rsidRDefault="008B1178" w:rsidP="005A32D9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11630110" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1583958206"/>
                 <w:placeholder>
                   <w:docPart w:val="6E716EB0CCFE478EABEECE107FB5BEDB"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C52D2E" w:rsidRPr="00542FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E2C8CFE" w14:textId="14E22BB7" w:rsidR="00C52D2E" w:rsidRPr="00C011AD" w:rsidRDefault="003B11BB" w:rsidP="009E1944">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A32D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Je-li odpověď ANO, pokračujte otázk</w:t>
             </w:r>
             <w:r w:rsidR="009E1944">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>ou</w:t>
             </w:r>
             <w:r w:rsidRPr="005A32D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4327,115 +4253,111 @@
               <w:t xml:space="preserve">.1; pokud NE, </w:t>
             </w:r>
             <w:r w:rsidR="009E1944">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>přejděte</w:t>
             </w:r>
             <w:r w:rsidRPr="005A32D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> k otázkám v bodě </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E29BF5F" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="001B7324" w:rsidRDefault="00C52D2E" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="129F63D9" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="00542FA3" w:rsidRDefault="00C52D2E" w:rsidP="005A32D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w14:paraId="06FDC92F" w14:textId="77777777" w:rsidTr="005A32D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CD78FEB" w14:textId="43B3C09B" w:rsidR="00C52D2E" w:rsidRPr="00542FA3" w:rsidRDefault="002A2D69" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00C52D2E" w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54B9002A" w14:textId="2F5A6C44" w:rsidR="00C52D2E" w:rsidRPr="001B7324" w:rsidRDefault="002A2D69" w:rsidP="00542FA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Jde o budovu s</w:t>
             </w:r>
             <w:r w:rsidR="005819D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4449,135 +4371,113 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>odhadovanou</w:t>
             </w:r>
             <w:r w:rsidR="005819D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>spotřebou energie</w:t>
             </w:r>
             <w:r w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">do 195 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>do 195 MWh za rok</w:t>
+            </w:r>
+            <w:r w:rsidR="00181139">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> a/nebo o drobnou stavbu dle stavebního zákona</w:t>
+            </w:r>
             <w:r w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>MWh</w:t>
-[...23 lines deleted...]
-              </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="58482445" w14:textId="5D945120" w:rsidR="00C52D2E" w:rsidRPr="00542FA3" w:rsidRDefault="008B1178" w:rsidP="005A32D9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58482445" w14:textId="5D945120" w:rsidR="00C52D2E" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-438680228"/>
                 <w:placeholder>
                   <w:docPart w:val="C89A52509CA84E548FFEA35CB8341074"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C011AD" w:rsidRPr="00542FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62A4632D" w14:textId="54FE8AE5" w:rsidR="00C52D2E" w:rsidRPr="001B7324" w:rsidRDefault="00C011AD" w:rsidP="009E1944">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Je-li odpověď ANO, </w:t>
             </w:r>
             <w:r w:rsidR="009E1944">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>přejděte</w:t>
             </w:r>
             <w:r w:rsidRPr="001B7324">
@@ -4605,107 +4505,103 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>otázkou</w:t>
             </w:r>
             <w:r w:rsidR="003B11BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="577D95B4" w14:textId="39C7EB87" w:rsidR="00C52D2E" w:rsidRPr="001B7324" w:rsidRDefault="00C52D2E" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78DE660C" w14:textId="592052A1" w:rsidR="00C52D2E" w:rsidRPr="00C011AD" w:rsidRDefault="00C52D2E" w:rsidP="005A32D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A2D69" w:rsidRPr="00C02A0B" w14:paraId="4076C743" w14:textId="77777777" w:rsidTr="005A32D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0723B25B" w14:textId="2C488FE1" w:rsidR="002A2D69" w:rsidRPr="00542FA3" w:rsidRDefault="00C011AD" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F7E07B9" w14:textId="60253EA3" w:rsidR="002A2D69" w:rsidRPr="001B7324" w:rsidRDefault="00C011AD" w:rsidP="00A62E9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Spadá budova</w:t>
             </w:r>
             <w:r w:rsidR="006E4423">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> podle PENB</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -4726,96 +4622,94 @@
             <w:r w:rsidR="00A62E9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> nebo </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00A62E9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">C </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="20FB4D07" w14:textId="2F3EF3F3" w:rsidR="002A2D69" w:rsidRPr="00542FA3" w:rsidRDefault="008B1178" w:rsidP="005A32D9">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FB4D07" w14:textId="2F3EF3F3" w:rsidR="002A2D69" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-467052403"/>
                 <w:placeholder>
                   <w:docPart w:val="B7EB13ECC4804FBA9535752D817C6B35"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C011AD" w:rsidRPr="005A32D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12C92690" w14:textId="15A33BB5" w:rsidR="006E4423" w:rsidRDefault="006E4423" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Je-li odpověď ANO, </w:t>
             </w:r>
             <w:r w:rsidR="00A15CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>přejděte</w:t>
             </w:r>
             <w:r>
@@ -4872,76 +4766,74 @@
               <w:t xml:space="preserve"> (bod 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="267984768"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1230" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5D9D197B" w14:textId="5A05A968" w:rsidR="002A2D69" w:rsidRPr="001B7324" w:rsidRDefault="005819D0" w:rsidP="005A32D9">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="680F3A46" w14:textId="242FF5A9" w:rsidR="00C011AD" w:rsidRPr="00C011AD" w:rsidRDefault="00C011AD" w:rsidP="00542FA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>V případě odpovědi ANO předložte PENB</w:t>
             </w:r>
             <w:r w:rsidRPr="00C011AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> zpracovaný podle</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A53C36F" w14:textId="51323E68" w:rsidR="002A2D69" w:rsidRDefault="00C011AD" w:rsidP="001B7324">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -5048,129 +4940,125 @@
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00A077CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="008C6B2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Kontaminované lokality</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w14:paraId="2F561C92" w14:textId="77777777" w:rsidTr="00795A53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00AEB118" w14:textId="77777777" w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w:rsidRDefault="00A077CF" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48CC8843" w14:textId="77777777" w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w:rsidRDefault="00A077CF" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69944210" w14:textId="77777777" w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w:rsidRDefault="00A077CF" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Odpověď</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77B74F4D" w14:textId="77777777" w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w:rsidRDefault="00A077CF" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Doplňující </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E6A47F7" w14:textId="77777777" w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w:rsidRDefault="00A077CF" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
@@ -5179,146 +5067,142 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>omentář/poznámka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E57A678" w14:textId="77777777" w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w:rsidRDefault="00A077CF" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Doložen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="639A3E55" w14:textId="77777777" w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w:rsidRDefault="00A077CF" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Požadavek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w14:paraId="0CBDF6A8" w14:textId="77777777" w:rsidTr="00795A53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1592D0C7" w14:textId="47BAC1B0" w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w:rsidRDefault="00C011AD" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00A077CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BFDDFD9" w14:textId="1A8A4353" w:rsidR="00A077CF" w:rsidRDefault="00BD7B35" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Je p</w:t>
             </w:r>
             <w:r w:rsidR="00FF5DCF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>rojekt realizován</w:t>
             </w:r>
             <w:r w:rsidR="008C6B2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -5342,156 +5226,174 @@
                   <w:rStyle w:val="Hypertextovodkaz"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>link</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008C6B2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>)?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C601D90" w14:textId="7586B5EB" w:rsidR="00FA047A" w:rsidRPr="00C02A0B" w:rsidRDefault="00FA047A" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4E5AEACA" w14:textId="266BEADA" w:rsidR="00A077CF" w:rsidRDefault="008B1178" w:rsidP="00795A53">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5AEACA" w14:textId="266BEADA" w:rsidR="00A077CF" w:rsidRDefault="00E03955" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1441521155"/>
                 <w:placeholder>
                   <w:docPart w:val="7C7BC3CCC2F9448289356F587015C698"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003903B6">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
-        <w:tc>
-[...13 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+            </w:rPr>
+            <w:id w:val="-2071644685"/>
+            <w:placeholder>
+              <w:docPart w:val="E54B2B4DFEA74836AEFAF580F8C13730"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2456" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="10EE1A2F" w14:textId="0F6D5290" w:rsidR="00A077CF" w:rsidRDefault="00A5469B" w:rsidP="002766D6">
+                <w:pPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:bCs/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A5469B">
+                  <w:rPr>
+                    <w:rStyle w:val="Zstupntext"/>
+                  </w:rPr>
+                  <w:t>Klikněte nebo klepněte sem a zadejte text.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-934198239"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1230" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="196F258A" w14:textId="5352C134" w:rsidR="00A077CF" w:rsidRDefault="008C6B2A" w:rsidP="00795A53">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="426C8F8D" w14:textId="0D1CC2EC" w:rsidR="00A077CF" w:rsidRDefault="008C6B2A" w:rsidP="00795A53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>V případě odpovědi „ANO“</w:t>
             </w:r>
             <w:r w:rsidR="00E5792E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> je povinnost </w:t>
@@ -5611,129 +5513,125 @@
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00FE1260">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="007250E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Emise skleníkových plynů</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE1260" w:rsidRPr="00C02A0B" w14:paraId="0981421E" w14:textId="77777777" w:rsidTr="00795A53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EEB2C25" w14:textId="77777777" w:rsidR="00FE1260" w:rsidRPr="00C02A0B" w:rsidRDefault="00FE1260" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F0977C3" w14:textId="77777777" w:rsidR="00FE1260" w:rsidRPr="00C02A0B" w:rsidRDefault="00FE1260" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19443208" w14:textId="77777777" w:rsidR="00FE1260" w:rsidRPr="00C02A0B" w:rsidRDefault="00FE1260" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Odpověď</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68402D9A" w14:textId="77777777" w:rsidR="00FE1260" w:rsidRPr="00C02A0B" w:rsidRDefault="00FE1260" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Doplňující </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01225ED7" w14:textId="77777777" w:rsidR="00FE1260" w:rsidRPr="00C02A0B" w:rsidRDefault="00FE1260" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
@@ -5742,138 +5640,134 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>omentář/poznámka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E9D152E" w14:textId="77777777" w:rsidR="00FE1260" w:rsidRPr="00C02A0B" w:rsidRDefault="00FE1260" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Doložen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B424C99" w14:textId="77777777" w:rsidR="00FE1260" w:rsidRPr="00C02A0B" w:rsidRDefault="00FE1260" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Požadavek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE1260" w:rsidRPr="00C02A0B" w14:paraId="7FD454A0" w14:textId="77777777" w:rsidTr="00795A53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ED24164" w14:textId="28EE1579" w:rsidR="00FE1260" w:rsidRPr="00C02A0B" w:rsidRDefault="007E32DE" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23237C46" w14:textId="7124482D" w:rsidR="00FE1260" w:rsidRPr="00C02A0B" w:rsidRDefault="00F562B5" w:rsidP="00FA24EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Jaké</w:t>
             </w:r>
             <w:r w:rsidR="00FA24EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> je </w:t>
             </w:r>
             <w:r w:rsidR="000147EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -5901,96 +5795,94 @@
             </w:r>
             <w:r w:rsidR="00FE1260">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> emisí </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">po realizaci </w:t>
             </w:r>
             <w:r w:rsidR="00FE1260">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>projektu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="23634A9F" w14:textId="293C24E7" w:rsidR="00FE1260" w:rsidRDefault="008B1178" w:rsidP="00795A53">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23634A9F" w14:textId="293C24E7" w:rsidR="00FE1260" w:rsidRDefault="00E03955" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte hodnotu"/>
                 <w:tag w:val="Vyberte hodnotu"/>
                 <w:id w:val="1634592380"/>
                 <w:placeholder>
                   <w:docPart w:val="30CAF407D0AA4D4FA1DECF5B1AD777B0"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte hodnotu" w:value="Vyberte hodnotu"/>
                   <w:listItem w:displayText="&gt; 20 000 " w:value="&gt; 20 000 "/>
                   <w:listItem w:displayText="≤ 20 000" w:value="≤ 20 000"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003903B6">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte hodnotu</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33326A4A" w14:textId="377931F1" w:rsidR="00FE1260" w:rsidRDefault="00D135EB" w:rsidP="00795A53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V případě, že z posouzení vyplyne, že celková hodnota emisí projektu je větší než 20 000 t</w:t>
             </w:r>
             <w:r w:rsidR="00630D16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>un</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6029,78 +5921,76 @@
               <w:t xml:space="preserve">/ rok, pak nelze předložený projekt podpořit. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-2122751237"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1230" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="30245906" w14:textId="579FB433" w:rsidR="00FE1260" w:rsidRDefault="004951AD" w:rsidP="00795A53">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D78013C" w14:textId="10F5905A" w:rsidR="00FE1260" w:rsidRDefault="00FA24EE" w:rsidP="00795A53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Pokud projekt navyšuje emise, p</w:t>
             </w:r>
             <w:r w:rsidR="00FE1260">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">roveďte posouzení celkových emisí projektu dle přílohy EXCEL – </w:t>
             </w:r>
             <w:r w:rsidR="00C718E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Příloha E - </w:t>
@@ -6182,129 +6072,125 @@
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007250E1" w:rsidRPr="00FA047A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>) Ohrožení suchem</w:t>
             </w:r>
             <w:r w:rsidR="00950E83" w:rsidRPr="00FA047A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> a povodněmi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A15CDC" w:rsidRPr="00C02A0B" w14:paraId="4D208C16" w14:textId="77777777" w:rsidTr="005A32D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C62929F" w14:textId="77777777" w:rsidR="00A15CDC" w:rsidRPr="00C02A0B" w:rsidRDefault="00A15CDC" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C9FC23D" w14:textId="77777777" w:rsidR="00A15CDC" w:rsidRPr="00C02A0B" w:rsidRDefault="00A15CDC" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27EB8E41" w14:textId="77777777" w:rsidR="00A15CDC" w:rsidRPr="00C02A0B" w:rsidRDefault="00A15CDC" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Odpověď</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12BD2344" w14:textId="77777777" w:rsidR="00A15CDC" w:rsidRPr="00C02A0B" w:rsidRDefault="00A15CDC" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Doplňující </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CFE9E66" w14:textId="77777777" w:rsidR="00A15CDC" w:rsidRPr="00C02A0B" w:rsidRDefault="00A15CDC" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
@@ -6313,154 +6199,150 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>omentář/poznámka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F0F9FD2" w14:textId="77777777" w:rsidR="00A15CDC" w:rsidRPr="00C02A0B" w:rsidRDefault="00A15CDC" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Doložen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2573235E" w14:textId="77777777" w:rsidR="00A15CDC" w:rsidRPr="00C02A0B" w:rsidRDefault="00A15CDC" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Požadavek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE1260" w:rsidRPr="00C02A0B" w14:paraId="71D80257" w14:textId="77777777" w:rsidTr="00795A53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FBF9FF9" w14:textId="03DCC25E" w:rsidR="00FE1260" w:rsidRDefault="007E32DE" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00FE1260">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007250E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6568E9FF" w14:textId="27E6DC3B" w:rsidR="00FE1260" w:rsidRDefault="004951AD" w:rsidP="004951AD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Pokud </w:t>
             </w:r>
             <w:r w:rsidRPr="004951AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">provozovna </w:t>
             </w:r>
             <w:r w:rsidR="005976A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -6551,96 +6433,94 @@
               <w:t>é</w:t>
             </w:r>
             <w:r w:rsidRPr="004951AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, podzemní nebo srážkov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>é vody, j</w:t>
             </w:r>
             <w:r w:rsidR="00795A53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">aký je výsledný celkový faktor ohrožení suchem? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="04E5D3FA" w14:textId="2B7D8C74" w:rsidR="00FE1260" w:rsidRDefault="008B1178" w:rsidP="00795A53">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04E5D3FA" w14:textId="2B7D8C74" w:rsidR="00FE1260" w:rsidRDefault="00E03955" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte hodnotu"/>
                 <w:tag w:val="Vyberte hodnotu"/>
                 <w:id w:val="-1531639721"/>
                 <w:placeholder>
                   <w:docPart w:val="06FFE18888DE4DBE8DE9685EA2E89E35"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte hodnotu" w:value="Vyberte hodnotu"/>
                   <w:listItem w:displayText="≥ 9" w:value="≥ 9"/>
                   <w:listItem w:displayText="&lt; 9" w:value="&lt; 9"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003903B6">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte hodnotu</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0001C65C" w14:textId="60001636" w:rsidR="00FE1260" w:rsidRDefault="00D135EB" w:rsidP="00795A53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">V případě, že z posouzení vyplyne, že </w:t>
             </w:r>
             <w:r w:rsidR="00C9478D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>koeficient celkového</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6685,78 +6565,76 @@
               <w:t xml:space="preserve">9, pak nelze předložený projekt podpořit. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-1294510710"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1230" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5F237529" w14:textId="5236A628" w:rsidR="00FE1260" w:rsidRDefault="00FA24EE" w:rsidP="00795A53">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E529982" w14:textId="4DF949E2" w:rsidR="00FE1260" w:rsidRDefault="00FA24EE" w:rsidP="00795A53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Pokud provozovna není napojená na veřejný vodovod, p</w:t>
             </w:r>
             <w:r w:rsidR="00795A53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">roveďte posouzení celkového faktoru ohrožení suchem projektu dle přílohy EXCEL – </w:t>
             </w:r>
             <w:r w:rsidR="00C718E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Příloha S - Posouzení-Sucho</w:t>
@@ -6764,224 +6642,218 @@
             <w:r w:rsidR="00795A53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> a vypočtenou hodnotu uveďte v tomto dotazníku. Pro potvrzení o doložení vyplněné přílohy EXCEL – Posouzení-Voda zaškrtněte pole ve slou</w:t>
             </w:r>
             <w:r w:rsidR="00D97D78">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="00795A53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>ci „Doloženo“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00555F61" w:rsidRPr="00C02A0B" w14:paraId="7AC8A282" w14:textId="77777777" w:rsidTr="00795A53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B649141" w14:textId="4EB0EEC7" w:rsidR="00555F61" w:rsidDel="007250E1" w:rsidRDefault="007E32DE" w:rsidP="00A05BFA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00555F61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C252787" w14:textId="0396DC34" w:rsidR="00555F61" w:rsidRPr="00FA047A" w:rsidRDefault="00555F61" w:rsidP="00555F61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA047A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Je provozovna umístěna mimo záplavové území (Q100) nebo v dané lokalitě (případně individuá</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>lně pro samotnou investici) prokazatelně existuje</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA047A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> protipovodňová opatření pro průtoky Q100</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="386A59BC" w14:textId="302BEAF0" w:rsidR="00555F61" w:rsidRDefault="008B1178" w:rsidP="00555F61">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="386A59BC" w14:textId="302BEAF0" w:rsidR="00555F61" w:rsidRDefault="00E03955" w:rsidP="00555F61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-492096112"/>
                 <w:placeholder>
                   <w:docPart w:val="B823058BD49D47E3ACB280FFA137EC03"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FA24EE">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63014627" w14:textId="7F40BCB0" w:rsidR="00555F61" w:rsidRDefault="00555F61" w:rsidP="00555F61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Q100 – stoletá voda. </w:t>
             </w:r>
             <w:r w:rsidRPr="00555F61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Podle Zákona o vodách č. 254/2001 Sb. § 66 odst. 1 a odst. 2 jsou záplavová území administrativně určená území, která mohou být při výskytu přirozené povodně zaplavena vodou.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42ED4399" w14:textId="77777777" w:rsidR="00555F61" w:rsidRDefault="00555F61" w:rsidP="00555F61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="234720F8" w14:textId="77777777" w:rsidR="00555F61" w:rsidRDefault="00555F61" w:rsidP="00555F61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="123CA812" w14:textId="3285394F" w:rsidR="00FE1260" w:rsidRDefault="00FE1260" w:rsidP="001B664C">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:ind w:right="-993"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -7073,51 +6945,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Odpověď</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w14:paraId="74E60E11" w14:textId="77777777" w:rsidTr="00CF588C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9357" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26087B15" w14:textId="39BD8D7F" w:rsidR="00521C9C" w:rsidRDefault="008238C2" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidR="00521C9C" w:rsidRPr="00521C9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Čestně prohlašuji, že mezi způsobilými výdaji nejsou výdaje na sanaci kontaminované lokality.</w:t>
             </w:r>
             <w:r>
@@ -7126,437 +6997,397 @@
                 <w:i/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02A034DF" w14:textId="4166F66D" w:rsidR="00521C9C" w:rsidRPr="00521C9C" w:rsidDel="002D0EE1" w:rsidRDefault="00521C9C" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521C9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5718FE71" w14:textId="5930EC37" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="008B1178" w:rsidP="00521C9C">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5718FE71" w14:textId="5930EC37" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00E03955" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1422247555"/>
                 <w:placeholder>
                   <w:docPart w:val="3025BB2E32644A76AA1748FF38F4F061"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="IRELEVANTNÍ" w:value="IRELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E5019C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w14:paraId="65EDB309" w14:textId="77777777" w:rsidTr="00CF588C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9357" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FE26316" w14:textId="5BB76D13" w:rsidR="00521C9C" w:rsidRDefault="008238C2" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidR="00521C9C" w:rsidRPr="00521C9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Čestně prohlašuji, že projekt není zaměřen na snížení emisí skleníkových plynů v zařízení zařazeném v systému obchodování s emisními povolenkami či na energetické zpracování odpadů.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13728D5B" w14:textId="1AA3FB0A" w:rsidR="00521C9C" w:rsidRPr="00521C9C" w:rsidRDefault="00521C9C" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2CA58BB7" w14:textId="4C0A7ACA" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="008B1178" w:rsidP="00521C9C">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA58BB7" w14:textId="4C0A7ACA" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00E03955" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-193846555"/>
                 <w:placeholder>
                   <w:docPart w:val="DBD668EDD15D45AA9A635A5A7D2E7C45"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="IRELEVANTNÍ" w:value="IRELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E5019C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w14:paraId="4A8204B3" w14:textId="77777777" w:rsidTr="00CF588C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9357" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F6215C0" w14:textId="45B1AB33" w:rsidR="00521C9C" w:rsidRDefault="008238C2" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidR="00521C9C" w:rsidRPr="00521C9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Čestně prohlašuji, že v rámci projektu nejsou pro bateriovou akumulaci použity technologie na bázi olova, </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00521C9C" w:rsidRPr="00521C9C">
+              <w:t>Čestně prohlašuji, že v rámci projektu nejsou pro bateriovou akumulaci použity technologie na bázi olova, NiCd a NiMH, které by mohly způsobovat škody na životním prostředí.</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
-              <w:t>NiCd</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00521C9C" w:rsidRPr="00521C9C">
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1244E6E6" w14:textId="27EB0D18" w:rsidR="00521C9C" w:rsidRPr="00521C9C" w:rsidRDefault="00521C9C" w:rsidP="00521C9C">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve"> a </w:t>
-[...31 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="785AB295" w14:textId="57859F4A" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="008B1178" w:rsidP="00521C9C">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="785AB295" w14:textId="57859F4A" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00E03955" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1521391840"/>
                 <w:placeholder>
                   <w:docPart w:val="9EB95EF14EAD489890B01CFF1703F002"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="IRELEVANTNÍ" w:value="IRELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E5019C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w14:paraId="6BD535AA" w14:textId="77777777" w:rsidTr="00CF588C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9357" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19674E65" w14:textId="09EB1D58" w:rsidR="00521C9C" w:rsidRDefault="008238C2" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidR="00521C9C" w:rsidRPr="00521C9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Čestně prohlašuji, že v rámci projektu je nejméně 70% (hmotnostních) stavebního a demoličního odpadu připraveno k opětovnému použití, recyklaci a k jiným druhům materiálového využití.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="00521C9C" w:rsidRPr="00521C9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54C1EC66" w14:textId="404104F0" w:rsidR="00521C9C" w:rsidRPr="00521C9C" w:rsidRDefault="00521C9C" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2E96D77A" w14:textId="03486989" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="008B1178" w:rsidP="00521C9C">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E96D77A" w14:textId="03486989" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00E03955" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1796716063"/>
                 <w:placeholder>
                   <w:docPart w:val="5943A0EA024D43F89F93E62326D9928E"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="IRELEVANTNÍ" w:value="IRELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E5019C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w14:paraId="07ADCDB2" w14:textId="77777777" w:rsidTr="00CF588C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9357" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E302E10" w14:textId="2C8B03BC" w:rsidR="00521C9C" w:rsidRDefault="008238C2" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidR="00521C9C" w:rsidRPr="00521C9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Čestně prohlašuji, že v rámci projektu jsou instalovaná relevantní zařízení využívající vodu (sprchy, vany, WC atd.), která jsou certifikovaná a dosahuj</w:t>
             </w:r>
             <w:r w:rsidR="00E9558E">
@@ -7565,54 +7396,53 @@
                 <w:i/>
               </w:rPr>
               <w:t>í stanovené parametry dle Výzvy.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F296CF5" w14:textId="1720BE45" w:rsidR="00521C9C" w:rsidRPr="00521C9C" w:rsidRDefault="00521C9C" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6345CBF1" w14:textId="4242057B" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="008B1178" w:rsidP="00521C9C">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6345CBF1" w14:textId="4242057B" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00E03955" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1548761635"/>
                 <w:placeholder>
                   <w:docPart w:val="A83C9236B8594253B8455C1DCB20D64F"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="IRELEVANTNÍ" w:value="IRELEVANTNÍ"/>
                 </w:comboBox>
@@ -7620,103 +7450,101 @@
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E5019C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w14:paraId="685D55B3" w14:textId="77777777" w:rsidTr="00D812CD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9357" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71784D83" w14:textId="43FD310F" w:rsidR="00521C9C" w:rsidRDefault="005948DB" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidR="00521C9C" w:rsidRPr="00521C9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Čestně prohlašuji, že nové spotřebiče, pořízené v rámci projektu, splňují nejvyšší dostupnou energetickou třídu dle příslušné legislativy pro daný typ spotřebiče.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4228736E" w14:textId="77D996BA" w:rsidR="00521C9C" w:rsidRPr="00521C9C" w:rsidRDefault="00521C9C" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="24E10A85" w14:textId="165BDA5F" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="008B1178" w:rsidP="00521C9C">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E10A85" w14:textId="165BDA5F" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00E03955" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1105384539"/>
                 <w:placeholder>
                   <w:docPart w:val="0925DE7084744AB6A61DCB2F8020F958"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="IRELEVANTNÍ" w:value="IRELEVANTNÍ"/>
                 </w:comboBox>
@@ -8290,51 +8118,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1574270468">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="tfBIxDbMIsm1NEnNHamxvyBugvfPI5naAwobBC6seugI+MdVfTINri0Ee3j032pk/JD7yJsuK0RZtNQCaSo29w==" w:salt="3Qg1SW58p9wrDUbVrHhrYQ=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="mtC8p6vrkCcgTkzYtJK/+kxA0Xjq6PVQ2LmQqDtHRSak122ilvbgkcttqp6/Eda9SpJrrWr/GY702W7jXugf2w==" w:salt="gD/S1towhbBGvrBrm1+hPg=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MjUwtzQzNTGyNDe3MDJQ0lEKTi0uzszPAykwrAUAOeJ3jSwAAAA="/>
@@ -8408,50 +8236,51 @@
     <w:rsid w:val="00201FAA"/>
     <w:rsid w:val="002036F6"/>
     <w:rsid w:val="002215B9"/>
     <w:rsid w:val="0022196C"/>
     <w:rsid w:val="00221DC5"/>
     <w:rsid w:val="00230AA2"/>
     <w:rsid w:val="00230E50"/>
     <w:rsid w:val="002313E4"/>
     <w:rsid w:val="0023147E"/>
     <w:rsid w:val="00233D82"/>
     <w:rsid w:val="00243F05"/>
     <w:rsid w:val="0025371E"/>
     <w:rsid w:val="00255270"/>
     <w:rsid w:val="00255A20"/>
     <w:rsid w:val="00255C9B"/>
     <w:rsid w:val="00274C12"/>
     <w:rsid w:val="002751D4"/>
     <w:rsid w:val="002766D6"/>
     <w:rsid w:val="00283E88"/>
     <w:rsid w:val="00293005"/>
     <w:rsid w:val="00296F2B"/>
     <w:rsid w:val="002A2D69"/>
     <w:rsid w:val="002A5E63"/>
     <w:rsid w:val="002B2A1D"/>
     <w:rsid w:val="002B6264"/>
+    <w:rsid w:val="002B726F"/>
     <w:rsid w:val="002B7342"/>
     <w:rsid w:val="002D0EE1"/>
     <w:rsid w:val="002D3F94"/>
     <w:rsid w:val="002D6AF7"/>
     <w:rsid w:val="002E1DBA"/>
     <w:rsid w:val="002E621F"/>
     <w:rsid w:val="002F4624"/>
     <w:rsid w:val="00300251"/>
     <w:rsid w:val="00324A2F"/>
     <w:rsid w:val="00332490"/>
     <w:rsid w:val="00335F35"/>
     <w:rsid w:val="00340A18"/>
     <w:rsid w:val="00344BB3"/>
     <w:rsid w:val="00353464"/>
     <w:rsid w:val="00360ACC"/>
     <w:rsid w:val="00365E94"/>
     <w:rsid w:val="00366D60"/>
     <w:rsid w:val="00377044"/>
     <w:rsid w:val="00377A7B"/>
     <w:rsid w:val="0038471A"/>
     <w:rsid w:val="003903B6"/>
     <w:rsid w:val="00391D3C"/>
     <w:rsid w:val="00394BA7"/>
     <w:rsid w:val="0039619A"/>
     <w:rsid w:val="00397B9E"/>
@@ -8584,74 +8413,76 @@
     <w:rsid w:val="008C69B0"/>
     <w:rsid w:val="008C6B2A"/>
     <w:rsid w:val="008D01AB"/>
     <w:rsid w:val="008D4660"/>
     <w:rsid w:val="008D4C26"/>
     <w:rsid w:val="008E3C41"/>
     <w:rsid w:val="008E5CD2"/>
     <w:rsid w:val="008E6AB0"/>
     <w:rsid w:val="008F7D9D"/>
     <w:rsid w:val="00902C7E"/>
     <w:rsid w:val="009110DD"/>
     <w:rsid w:val="009166A3"/>
     <w:rsid w:val="00920040"/>
     <w:rsid w:val="00926830"/>
     <w:rsid w:val="0093089C"/>
     <w:rsid w:val="00950829"/>
     <w:rsid w:val="00950E83"/>
     <w:rsid w:val="0095344A"/>
     <w:rsid w:val="00954706"/>
     <w:rsid w:val="00956B7F"/>
     <w:rsid w:val="00973350"/>
     <w:rsid w:val="00974351"/>
     <w:rsid w:val="009774C0"/>
     <w:rsid w:val="0097768E"/>
     <w:rsid w:val="009B00AF"/>
+    <w:rsid w:val="009B57CB"/>
     <w:rsid w:val="009C0A1A"/>
     <w:rsid w:val="009C1798"/>
     <w:rsid w:val="009C1ED8"/>
     <w:rsid w:val="009C6C86"/>
     <w:rsid w:val="009D697E"/>
     <w:rsid w:val="009E12D7"/>
     <w:rsid w:val="009E1944"/>
     <w:rsid w:val="009E39BA"/>
     <w:rsid w:val="009F32BD"/>
     <w:rsid w:val="00A02FD6"/>
     <w:rsid w:val="00A05BFA"/>
     <w:rsid w:val="00A068E0"/>
     <w:rsid w:val="00A071F1"/>
     <w:rsid w:val="00A077CF"/>
     <w:rsid w:val="00A1086B"/>
     <w:rsid w:val="00A13B0E"/>
     <w:rsid w:val="00A142ED"/>
     <w:rsid w:val="00A15CDC"/>
     <w:rsid w:val="00A165F2"/>
     <w:rsid w:val="00A16DAE"/>
     <w:rsid w:val="00A24D49"/>
     <w:rsid w:val="00A2613F"/>
     <w:rsid w:val="00A302E9"/>
     <w:rsid w:val="00A4736D"/>
+    <w:rsid w:val="00A5469B"/>
     <w:rsid w:val="00A62E9C"/>
     <w:rsid w:val="00A66533"/>
     <w:rsid w:val="00A669A2"/>
     <w:rsid w:val="00A758F7"/>
     <w:rsid w:val="00A80654"/>
     <w:rsid w:val="00A864DE"/>
     <w:rsid w:val="00A907B2"/>
     <w:rsid w:val="00A94CA9"/>
     <w:rsid w:val="00AA2826"/>
     <w:rsid w:val="00AB692E"/>
     <w:rsid w:val="00AC0DFE"/>
     <w:rsid w:val="00AC1D07"/>
     <w:rsid w:val="00AC2275"/>
     <w:rsid w:val="00AC7751"/>
     <w:rsid w:val="00AD4EEA"/>
     <w:rsid w:val="00AE5700"/>
     <w:rsid w:val="00AF16B4"/>
     <w:rsid w:val="00AF3B95"/>
     <w:rsid w:val="00AF7F58"/>
     <w:rsid w:val="00B1298B"/>
     <w:rsid w:val="00B13B4A"/>
     <w:rsid w:val="00B222A0"/>
     <w:rsid w:val="00B264E7"/>
     <w:rsid w:val="00B313CD"/>
     <w:rsid w:val="00B318DD"/>
@@ -8709,50 +8540,51 @@
     <w:rsid w:val="00D135EB"/>
     <w:rsid w:val="00D212F3"/>
     <w:rsid w:val="00D21A6D"/>
     <w:rsid w:val="00D24F5B"/>
     <w:rsid w:val="00D4573D"/>
     <w:rsid w:val="00D642DA"/>
     <w:rsid w:val="00D77091"/>
     <w:rsid w:val="00D812CD"/>
     <w:rsid w:val="00D819F5"/>
     <w:rsid w:val="00D81AC5"/>
     <w:rsid w:val="00D82969"/>
     <w:rsid w:val="00D8468C"/>
     <w:rsid w:val="00D92A28"/>
     <w:rsid w:val="00D92B71"/>
     <w:rsid w:val="00D93956"/>
     <w:rsid w:val="00D974B2"/>
     <w:rsid w:val="00D97D78"/>
     <w:rsid w:val="00DA0850"/>
     <w:rsid w:val="00DA1B8A"/>
     <w:rsid w:val="00DA3E68"/>
     <w:rsid w:val="00DA51BB"/>
     <w:rsid w:val="00DE1C0D"/>
     <w:rsid w:val="00DE61AA"/>
     <w:rsid w:val="00DE63F2"/>
     <w:rsid w:val="00DF6057"/>
+    <w:rsid w:val="00E03955"/>
     <w:rsid w:val="00E05033"/>
     <w:rsid w:val="00E05569"/>
     <w:rsid w:val="00E1253E"/>
     <w:rsid w:val="00E12EB5"/>
     <w:rsid w:val="00E15B4E"/>
     <w:rsid w:val="00E23666"/>
     <w:rsid w:val="00E23D09"/>
     <w:rsid w:val="00E25584"/>
     <w:rsid w:val="00E25A0B"/>
     <w:rsid w:val="00E312E5"/>
     <w:rsid w:val="00E35256"/>
     <w:rsid w:val="00E40B85"/>
     <w:rsid w:val="00E46342"/>
     <w:rsid w:val="00E5019C"/>
     <w:rsid w:val="00E50780"/>
     <w:rsid w:val="00E51218"/>
     <w:rsid w:val="00E55315"/>
     <w:rsid w:val="00E560B8"/>
     <w:rsid w:val="00E5792E"/>
     <w:rsid w:val="00E57E9B"/>
     <w:rsid w:val="00E73812"/>
     <w:rsid w:val="00E86EEE"/>
     <w:rsid w:val="00E939BD"/>
     <w:rsid w:val="00E9558E"/>
     <w:rsid w:val="00EA7979"/>
@@ -10467,50 +10299,79 @@
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5EC6674D-02C0-4FBB-ACC8-9D83ECABC65C}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E102A0" w:rsidRDefault="008400C6" w:rsidP="008400C6">
           <w:pPr>
             <w:pStyle w:val="F94ECF6A40EC40999A837CCD89F5D44D"/>
           </w:pPr>
           <w:r w:rsidRPr="00B03A60">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E54B2B4DFEA74836AEFAF580F8C13730"/>
+        <w:category>
+          <w:name w:val="Obecné"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{49711AE9-EB0F-4F0B-90CB-5B087524F4AF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00603316" w:rsidRDefault="00603316" w:rsidP="00603316">
+          <w:pPr>
+            <w:pStyle w:val="E54B2B4DFEA74836AEFAF580F8C13730"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00450917">
+            <w:rPr>
+              <w:rStyle w:val="Zstupntext"/>
+            </w:rPr>
+            <w:t>Klikněte nebo klepněte sem a zadejte text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -10571,65 +10432,67 @@
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00535BA8"/>
     <w:rsid w:val="00032D1E"/>
     <w:rsid w:val="00052CC8"/>
     <w:rsid w:val="000A1F3A"/>
     <w:rsid w:val="000C60E9"/>
     <w:rsid w:val="000E0C77"/>
     <w:rsid w:val="00186EA0"/>
     <w:rsid w:val="00217DC5"/>
+    <w:rsid w:val="002B726F"/>
     <w:rsid w:val="002D3F94"/>
     <w:rsid w:val="002E1543"/>
     <w:rsid w:val="00312723"/>
     <w:rsid w:val="0035258C"/>
     <w:rsid w:val="00371F30"/>
     <w:rsid w:val="0038471A"/>
     <w:rsid w:val="003A7290"/>
     <w:rsid w:val="003E6597"/>
     <w:rsid w:val="00455DF7"/>
     <w:rsid w:val="0048371C"/>
     <w:rsid w:val="004A62C0"/>
     <w:rsid w:val="004E18FC"/>
     <w:rsid w:val="004F014B"/>
     <w:rsid w:val="00535BA8"/>
     <w:rsid w:val="00577E25"/>
+    <w:rsid w:val="00603316"/>
     <w:rsid w:val="00680465"/>
     <w:rsid w:val="00691998"/>
     <w:rsid w:val="006C20B9"/>
     <w:rsid w:val="006D14C2"/>
     <w:rsid w:val="006E0A52"/>
     <w:rsid w:val="00731F93"/>
     <w:rsid w:val="00750FE3"/>
     <w:rsid w:val="0076502A"/>
     <w:rsid w:val="00800820"/>
     <w:rsid w:val="00804576"/>
     <w:rsid w:val="008169AE"/>
     <w:rsid w:val="00820C38"/>
     <w:rsid w:val="008400C6"/>
     <w:rsid w:val="00844343"/>
     <w:rsid w:val="008B3C2E"/>
     <w:rsid w:val="008B6132"/>
     <w:rsid w:val="008E3B1A"/>
     <w:rsid w:val="009007B3"/>
     <w:rsid w:val="00912D84"/>
     <w:rsid w:val="00935AC1"/>
     <w:rsid w:val="009E6C41"/>
     <w:rsid w:val="00A86E47"/>
     <w:rsid w:val="00A920BC"/>
     <w:rsid w:val="00A9548C"/>
     <w:rsid w:val="00AC2D2E"/>
@@ -11086,51 +10949,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Zstupntext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="008400C6"/>
+    <w:rsid w:val="00603316"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A4EF444568648AF98A17C5A180291F4">
     <w:name w:val="9A4EF444568648AF98A17C5A180291F4"/>
     <w:rsid w:val="008E3B1A"/>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3025BB2E32644A76AA1748FF38F4F061">
     <w:name w:val="3025BB2E32644A76AA1748FF38F4F061"/>
     <w:rsid w:val="00C94662"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DBD668EDD15D45AA9A635A5A7D2E7C45">
     <w:name w:val="DBD668EDD15D45AA9A635A5A7D2E7C45"/>
     <w:rsid w:val="00C94662"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9EB95EF14EAD489890B01CFF1703F002">
     <w:name w:val="9EB95EF14EAD489890B01CFF1703F002"/>
     <w:rsid w:val="00C94662"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5943A0EA024D43F89F93E62326D9928E">
     <w:name w:val="5943A0EA024D43F89F93E62326D9928E"/>
@@ -11181,50 +11044,58 @@
     <w:rsid w:val="006D14C2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6E716EB0CCFE478EABEECE107FB5BEDB">
     <w:name w:val="6E716EB0CCFE478EABEECE107FB5BEDB"/>
     <w:rsid w:val="008400C6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C89A52509CA84E548FFEA35CB8341074">
     <w:name w:val="C89A52509CA84E548FFEA35CB8341074"/>
     <w:rsid w:val="008400C6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B7EB13ECC4804FBA9535752D817C6B35">
     <w:name w:val="B7EB13ECC4804FBA9535752D817C6B35"/>
     <w:rsid w:val="008400C6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="47D3C431530D4EA1AFB12E86A90F094A">
     <w:name w:val="47D3C431530D4EA1AFB12E86A90F094A"/>
     <w:rsid w:val="008400C6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="12AA3CF25D3B484E9910706696530C14">
     <w:name w:val="12AA3CF25D3B484E9910706696530C14"/>
     <w:rsid w:val="008400C6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F94ECF6A40EC40999A837CCD89F5D44D">
     <w:name w:val="F94ECF6A40EC40999A837CCD89F5D44D"/>
     <w:rsid w:val="008400C6"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E54B2B4DFEA74836AEFAF580F8C13730">
+    <w:name w:val="E54B2B4DFEA74836AEFAF580F8C13730"/>
+    <w:rsid w:val="00603316"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -11503,50 +11374,65 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010069FE58BB37AC684EB076B5C642B02AC9" ma:contentTypeVersion="4" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="b153e99498ce51968fb7527f13ac64e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e45245e-311e-4a2a-bb90-5a664885db8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ebb379d97bf37de870e611d0b3971c01" ns2:_="">
     <xsd:import namespace="5e45245e-311e-4a2a-bb90-5a664885db8e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e45245e-311e-4a2a-bb90-5a664885db8e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -11648,149 +11534,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7399CEE8-6329-46EE-B0BE-32B24BF7014F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47CB0A7F-B1A7-4B44-97B2-E179132DF9DF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="5e45245e-311e-4a2a-bb90-5a664885db8e"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04D42B41-1DE8-45CE-9962-4C171B6A08D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e45245e-311e-4a2a-bb90-5a664885db8e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30BD661A-6FD6-4E3E-8429-1D8DBA95D84E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1287</Words>
-  <Characters>7597</Characters>
+  <Words>1293</Words>
+  <Characters>7635</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>63</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8867</CharactersWithSpaces>
+  <CharactersWithSpaces>8911</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Karel Oktábec</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010069FE58BB37AC684EB076B5C642B02AC9</vt:lpwstr>
   </property>