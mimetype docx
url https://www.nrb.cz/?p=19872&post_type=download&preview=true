--- v1 (2025-11-29)
+++ v2 (2026-02-14)
@@ -745,77 +745,76 @@
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Je součástí projektu výstavba</w:t>
             </w:r>
             <w:r w:rsidR="00B469ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> nebo přístavba</w:t>
             </w:r>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> budovy?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E91380E" w14:textId="28A15824" w:rsidR="00A077CF" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="000B693B">
+          <w:p w14:paraId="1E91380E" w14:textId="28A15824" w:rsidR="00A077CF" w:rsidRPr="00542FA3" w:rsidRDefault="00000000" w:rsidP="000B693B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1610701049"/>
                 <w:placeholder>
                   <w:docPart w:val="6F34D7AE342844FBB6A93780F55C71B5"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003903B6" w:rsidRPr="00542FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="442034BF" w14:textId="421FA53C" w:rsidR="00A077CF" w:rsidRPr="00542FA3" w:rsidRDefault="00324A2F" w:rsidP="009E1944">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1099,77 +1098,76 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> a/nebo o drobnou stavbu dle stavebního </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00181139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">zákona </w:t>
             </w:r>
             <w:r w:rsidR="00B469ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70A79F44" w14:textId="327BD0E4" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="00023BD3">
+          <w:p w14:paraId="70A79F44" w14:textId="327BD0E4" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00000000" w:rsidP="00023BD3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1848865361"/>
                 <w:placeholder>
                   <w:docPart w:val="47D3C431530D4EA1AFB12E86A90F094A"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00023BD3" w:rsidRPr="00542FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6995E405" w14:textId="7BBF878B" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="009E1944">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A32D9">
               <w:rPr>
@@ -1381,77 +1379,76 @@
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>energetické náročnosti budov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, v platném znění</w:t>
             </w:r>
             <w:r w:rsidRPr="00542FA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C69B5C3" w14:textId="3E98784F" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="00023BD3">
+          <w:p w14:paraId="1C69B5C3" w14:textId="3E98784F" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00000000" w:rsidP="00023BD3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-660547126"/>
                 <w:placeholder>
                   <w:docPart w:val="12AA3CF25D3B484E9910706696530C14"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00023BD3" w:rsidRPr="00542FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2457" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BCFE46C" w14:textId="0DD3E12F" w:rsidR="00023BD3" w:rsidRDefault="00023BD3" w:rsidP="001B7324">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1482,74 +1479,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E6EC06D" w14:textId="2643EED7" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="009E1944">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>V případě odpovědi NE nelze výstavbu budovy zahrnout mezi způsobilé výdaje projektu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1229" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19D8CD1F" w14:textId="0491098E" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="00023BD3">
+          <w:p w14:paraId="19D8CD1F" w14:textId="0491098E" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00000000" w:rsidP="00023BD3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:alias w:val="Klikněte"/>
                 <w:tag w:val="Klikněte"/>
                 <w:id w:val="1771197909"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00023BD3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B31C52F" w14:textId="1DEC8F11" w:rsidR="00023BD3" w:rsidRPr="00542FA3" w:rsidRDefault="00023BD3" w:rsidP="00023BD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00542FA3">
@@ -1958,51 +1954,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:alias w:val="Vyberte odpověď"/>
             <w:tag w:val="Vyberte odpověď"/>
             <w:id w:val="-183520431"/>
             <w:placeholder>
               <w:docPart w:val="CC13EE9874E54043842130F744563A79"/>
             </w:placeholder>
             <w:comboBox>
               <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
               <w:listItem w:displayText="ANO" w:value="ANO"/>
               <w:listItem w:displayText="NE" w:value="NE"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1324" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4C79F7E6" w14:textId="51999354" w:rsidR="00A077CF" w:rsidRDefault="003903B6" w:rsidP="00A077CF">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -2263,51 +2258,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:alias w:val="Vyberte odpověď"/>
             <w:tag w:val="Vyberte odpověď"/>
             <w:id w:val="1527991563"/>
             <w:placeholder>
               <w:docPart w:val="F94ECF6A40EC40999A837CCD89F5D44D"/>
             </w:placeholder>
             <w:comboBox>
               <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
               <w:listItem w:displayText="ANO" w:value="ANO"/>
               <w:listItem w:displayText="NE" w:value="NE"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1324" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="485694ED" w14:textId="7D38AE15" w:rsidR="00A4736D" w:rsidRDefault="00A4736D" w:rsidP="00A077CF">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -2510,51 +2504,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>hospodaření energií?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:alias w:val="Vyberte odpověď"/>
             <w:tag w:val="Vyberte odpověď"/>
             <w:id w:val="-2105327857"/>
             <w:placeholder>
               <w:docPart w:val="18851D721CFC41E8878FC6E058A0D590"/>
             </w:placeholder>
             <w:comboBox>
               <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
               <w:listItem w:displayText="ANO" w:value="ANO"/>
               <w:listItem w:displayText="NE" w:value="NE"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1324" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="13C75D40" w14:textId="6A0593F8" w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w:rsidRDefault="00F93457" w:rsidP="00A077CF">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
@@ -2636,51 +2629,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="113647390"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1230" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5E62963A" w14:textId="7753E38F" w:rsidR="00A077CF" w:rsidRPr="00C02A0B" w:rsidRDefault="009E1944" w:rsidP="00A077CF">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -2860,51 +2852,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(např. památková ochrana, technická omezení, charakter budovy, nákladová neefektivita)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:highlight w:val="lightGray"/>
             </w:rPr>
             <w:alias w:val="Vyberte odpověď"/>
             <w:tag w:val="Vyberte odpověď"/>
             <w:id w:val="-2109797200"/>
             <w:placeholder>
               <w:docPart w:val="4BB8638E37D34AE282D02EE61856C27A"/>
             </w:placeholder>
             <w:comboBox>
               <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
               <w:listItem w:displayText="ANO" w:value="ANO"/>
               <w:listItem w:displayText="NE" w:value="NE"/>
             </w:comboBox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1324" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="05392E73" w14:textId="449ABFCE" w:rsidR="002766D6" w:rsidRDefault="00C52D2E" w:rsidP="00A077CF">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -2989,51 +2980,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> budovy zahrnout mezi způsobilé výdaje projektu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-26952860"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1230" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="07DB90D8" w14:textId="42D54C44" w:rsidR="002766D6" w:rsidRDefault="00293005" w:rsidP="00A077CF">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -3384,77 +3374,76 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2503" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75E5DF5E" w14:textId="014E9E46" w:rsidR="00A077CF" w:rsidRPr="00324A2F" w:rsidRDefault="00A077CF" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00324A2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Proběhne v rámci projektu výměna zdroje energie?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB7195B" w14:textId="5B3022ED" w:rsidR="00A077CF" w:rsidRPr="00045565" w:rsidRDefault="00E03955" w:rsidP="00795A53">
+          <w:p w14:paraId="0EB7195B" w14:textId="5B3022ED" w:rsidR="00A077CF" w:rsidRPr="00045565" w:rsidRDefault="00000000" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1408526447"/>
                 <w:placeholder>
                   <w:docPart w:val="E0277D17BAF24826A0F474489B7D2276"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003903B6" w:rsidRPr="00045565">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21546372" w14:textId="659CDED8" w:rsidR="00A077CF" w:rsidRPr="00324A2F" w:rsidRDefault="00324A2F" w:rsidP="009E1944">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -3581,77 +3570,76 @@
             <w:r w:rsidR="00CA363E" w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>budova po realizaci projektu plnit minimálně parametry energetické náročnosti definované § 6 odst. 2 vyhlášky č. 264/2020 Sb., o energetické náročnosti budov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> v platném znění</w:t>
             </w:r>
             <w:r w:rsidR="00CA363E" w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="290A91E1" w14:textId="77777777" w:rsidR="00145716" w:rsidRPr="00045565" w:rsidRDefault="00E03955" w:rsidP="00795A53">
+          <w:p w14:paraId="290A91E1" w14:textId="77777777" w:rsidR="00145716" w:rsidRPr="00045565" w:rsidRDefault="00000000" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1911875968"/>
                 <w:placeholder>
                   <w:docPart w:val="9A4EF444568648AF98A17C5A180291F4"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00145716" w:rsidRPr="00045565">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="056D3EDB" w14:textId="602FB592" w:rsidR="003B11BB" w:rsidRDefault="003B11BB" w:rsidP="003B11BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -3686,74 +3674,73 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>V případě odpovědi NE je nezbytné provést renovaci pláště budovy</w:t>
             </w:r>
             <w:r w:rsidR="00A15CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009E1944">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>(bod 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15B3B611" w14:textId="28D3130D" w:rsidR="00145716" w:rsidRPr="001B7324" w:rsidRDefault="00E03955" w:rsidP="00795A53">
+          <w:p w14:paraId="15B3B611" w14:textId="28D3130D" w:rsidR="00145716" w:rsidRPr="001B7324" w:rsidRDefault="00000000" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="32"/>
                   <w:szCs w:val="32"/>
                 </w:rPr>
                 <w:alias w:val="Klikněte"/>
                 <w:tag w:val="Klikněte"/>
                 <w:id w:val="1767658463"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003B11BB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="218F391D" w14:textId="3141726B" w:rsidR="008C69B0" w:rsidRPr="00324A2F" w:rsidRDefault="00C02A0B" w:rsidP="00CA363E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00045565">
@@ -3870,50 +3857,51 @@
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w14:paraId="4471A4E3" w14:textId="77777777" w:rsidTr="005A32D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11341" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FF7979"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FA051DE" w14:textId="51E1C2E8" w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w:rsidRDefault="00C52D2E" w:rsidP="00A15CDC">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00C02A0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Koupě budovy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C52D2E" w:rsidRPr="00C02A0B" w14:paraId="4BAAC4EB" w14:textId="77777777" w:rsidTr="005A32D9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1277" w:type="dxa"/>
@@ -4148,77 +4136,76 @@
             <w:r w:rsidRPr="00045565">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Proběhne v rámci projektu </w:t>
             </w:r>
             <w:r w:rsidR="002A2D69" w:rsidRPr="00C011AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>koupě budovy</w:t>
             </w:r>
             <w:r w:rsidRPr="00C011AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11630110" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="005A32D9">
+          <w:p w14:paraId="11630110" w14:textId="77777777" w:rsidR="00C52D2E" w:rsidRPr="00542FA3" w:rsidRDefault="00000000" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1583958206"/>
                 <w:placeholder>
                   <w:docPart w:val="6E716EB0CCFE478EABEECE107FB5BEDB"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C52D2E" w:rsidRPr="00542FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E2C8CFE" w14:textId="14E22BB7" w:rsidR="00C52D2E" w:rsidRPr="00C011AD" w:rsidRDefault="003B11BB" w:rsidP="009E1944">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -4392,77 +4379,76 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:br/>
               <w:t>do 195 MWh za rok</w:t>
             </w:r>
             <w:r w:rsidR="00181139">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> a/nebo o drobnou stavbu dle stavebního zákona</w:t>
             </w:r>
             <w:r w:rsidRPr="001B7324">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58482445" w14:textId="5D945120" w:rsidR="00C52D2E" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="005A32D9">
+          <w:p w14:paraId="58482445" w14:textId="5D945120" w:rsidR="00C52D2E" w:rsidRPr="00542FA3" w:rsidRDefault="00000000" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-438680228"/>
                 <w:placeholder>
                   <w:docPart w:val="C89A52509CA84E548FFEA35CB8341074"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C011AD" w:rsidRPr="00542FA3">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62A4632D" w14:textId="54FE8AE5" w:rsidR="00C52D2E" w:rsidRPr="001B7324" w:rsidRDefault="00C011AD" w:rsidP="009E1944">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -4624,77 +4610,76 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> nebo </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00A62E9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">C </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20FB4D07" w14:textId="2F3EF3F3" w:rsidR="002A2D69" w:rsidRPr="00542FA3" w:rsidRDefault="00E03955" w:rsidP="005A32D9">
+          <w:p w14:paraId="20FB4D07" w14:textId="2F3EF3F3" w:rsidR="002A2D69" w:rsidRPr="00542FA3" w:rsidRDefault="00000000" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-467052403"/>
                 <w:placeholder>
                   <w:docPart w:val="B7EB13ECC4804FBA9535752D817C6B35"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C011AD" w:rsidRPr="005A32D9">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12C92690" w14:textId="15A33BB5" w:rsidR="006E4423" w:rsidRDefault="006E4423" w:rsidP="005A32D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -4761,51 +4746,50 @@
             <w:r w:rsidR="00A15CDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> (bod 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="267984768"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1230" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5D9D197B" w14:textId="5A05A968" w:rsidR="002A2D69" w:rsidRPr="001B7324" w:rsidRDefault="005819D0" w:rsidP="005A32D9">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
@@ -5228,77 +5212,76 @@
                 </w:rPr>
                 <w:t>link</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008C6B2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>)?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C601D90" w14:textId="7586B5EB" w:rsidR="00FA047A" w:rsidRPr="00C02A0B" w:rsidRDefault="00FA047A" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E5AEACA" w14:textId="266BEADA" w:rsidR="00A077CF" w:rsidRDefault="00E03955" w:rsidP="00795A53">
+          <w:p w14:paraId="4E5AEACA" w14:textId="266BEADA" w:rsidR="00A077CF" w:rsidRDefault="00000000" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1441521155"/>
                 <w:placeholder>
                   <w:docPart w:val="7C7BC3CCC2F9448289356F587015C698"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003903B6">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
             </w:rPr>
             <w:id w:val="-2071644685"/>
             <w:placeholder>
               <w:docPart w:val="E54B2B4DFEA74836AEFAF580F8C13730"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
@@ -5319,51 +5302,50 @@
                   <w:rPr>
                     <w:rStyle w:val="Zstupntext"/>
                   </w:rPr>
                   <w:t>Klikněte nebo klepněte sem a zadejte text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-934198239"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1230" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="196F258A" w14:textId="5352C134" w:rsidR="00A077CF" w:rsidRDefault="008C6B2A" w:rsidP="00795A53">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -5797,77 +5779,76 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> emisí </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">po realizaci </w:t>
             </w:r>
             <w:r w:rsidR="00FE1260">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>projektu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23634A9F" w14:textId="293C24E7" w:rsidR="00FE1260" w:rsidRDefault="00E03955" w:rsidP="00795A53">
+          <w:p w14:paraId="23634A9F" w14:textId="293C24E7" w:rsidR="00FE1260" w:rsidRDefault="00000000" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte hodnotu"/>
                 <w:tag w:val="Vyberte hodnotu"/>
                 <w:id w:val="1634592380"/>
                 <w:placeholder>
                   <w:docPart w:val="30CAF407D0AA4D4FA1DECF5B1AD777B0"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte hodnotu" w:value="Vyberte hodnotu"/>
                   <w:listItem w:displayText="&gt; 20 000 " w:value="&gt; 20 000 "/>
                   <w:listItem w:displayText="≤ 20 000" w:value="≤ 20 000"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003903B6">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte hodnotu</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33326A4A" w14:textId="377931F1" w:rsidR="00FE1260" w:rsidRDefault="00D135EB" w:rsidP="00795A53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -5916,51 +5897,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">/ rok, pak nelze předložený projekt podpořit. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-2122751237"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1230" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="30245906" w14:textId="579FB433" w:rsidR="00FE1260" w:rsidRDefault="004951AD" w:rsidP="00795A53">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -6435,77 +6415,76 @@
             <w:r w:rsidRPr="004951AD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, podzemní nebo srážkov</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>é vody, j</w:t>
             </w:r>
             <w:r w:rsidR="00795A53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">aký je výsledný celkový faktor ohrožení suchem? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04E5D3FA" w14:textId="2B7D8C74" w:rsidR="00FE1260" w:rsidRDefault="00E03955" w:rsidP="00795A53">
+          <w:p w14:paraId="04E5D3FA" w14:textId="2B7D8C74" w:rsidR="00FE1260" w:rsidRDefault="00000000" w:rsidP="00795A53">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte hodnotu"/>
                 <w:tag w:val="Vyberte hodnotu"/>
                 <w:id w:val="-1531639721"/>
                 <w:placeholder>
                   <w:docPart w:val="06FFE18888DE4DBE8DE9685EA2E89E35"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte hodnotu" w:value="Vyberte hodnotu"/>
                   <w:listItem w:displayText="≥ 9" w:value="≥ 9"/>
                   <w:listItem w:displayText="&lt; 9" w:value="&lt; 9"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003903B6">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte hodnotu</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0001C65C" w14:textId="60001636" w:rsidR="00FE1260" w:rsidRDefault="00D135EB" w:rsidP="00795A53">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -6560,51 +6539,50 @@
             <w:r w:rsidR="00C9478D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">9, pak nelze předložený projekt podpořit. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-1294510710"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1230" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5F237529" w14:textId="5236A628" w:rsidR="00FE1260" w:rsidRDefault="00FA24EE" w:rsidP="00795A53">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -6724,77 +6702,76 @@
               <w:t>lně pro samotnou investici) prokazatelně existuje</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA047A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> protipovodňová opatření pro průtoky Q100</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="386A59BC" w14:textId="302BEAF0" w:rsidR="00555F61" w:rsidRDefault="00E03955" w:rsidP="00555F61">
+          <w:p w14:paraId="386A59BC" w14:textId="302BEAF0" w:rsidR="00555F61" w:rsidRDefault="00000000" w:rsidP="00555F61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-492096112"/>
                 <w:placeholder>
                   <w:docPart w:val="B823058BD49D47E3ACB280FFA137EC03"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FA24EE">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2456" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63014627" w14:textId="7F40BCB0" w:rsidR="00555F61" w:rsidRDefault="00555F61" w:rsidP="00555F61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -6999,78 +6976,77 @@
               <w:t>“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02A034DF" w14:textId="4166F66D" w:rsidR="00521C9C" w:rsidRPr="00521C9C" w:rsidDel="002D0EE1" w:rsidRDefault="00521C9C" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521C9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5718FE71" w14:textId="5930EC37" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00E03955" w:rsidP="00521C9C">
+          <w:p w14:paraId="5718FE71" w14:textId="5930EC37" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00000000" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1422247555"/>
                 <w:placeholder>
                   <w:docPart w:val="3025BB2E32644A76AA1748FF38F4F061"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="IRELEVANTNÍ" w:value="IRELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E5019C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w14:paraId="65EDB309" w14:textId="77777777" w:rsidTr="00CF588C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9357" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FE26316" w14:textId="5BB76D13" w:rsidR="00521C9C" w:rsidRDefault="008238C2" w:rsidP="00521C9C">
             <w:pPr>
@@ -7095,278 +7071,275 @@
               <w:t>Čestně prohlašuji, že projekt není zaměřen na snížení emisí skleníkových plynů v zařízení zařazeném v systému obchodování s emisními povolenkami či na energetické zpracování odpadů.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13728D5B" w14:textId="1AA3FB0A" w:rsidR="00521C9C" w:rsidRPr="00521C9C" w:rsidRDefault="00521C9C" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA58BB7" w14:textId="4C0A7ACA" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00E03955" w:rsidP="00521C9C">
+          <w:p w14:paraId="2CA58BB7" w14:textId="4C0A7ACA" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00000000" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-193846555"/>
                 <w:placeholder>
                   <w:docPart w:val="DBD668EDD15D45AA9A635A5A7D2E7C45"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="IRELEVANTNÍ" w:value="IRELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E5019C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w14:paraId="4A8204B3" w14:textId="77777777" w:rsidTr="00CF588C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9357" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F6215C0" w14:textId="45B1AB33" w:rsidR="00521C9C" w:rsidRDefault="008238C2" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidR="00521C9C" w:rsidRPr="00521C9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Čestně prohlašuji, že v rámci projektu nejsou pro bateriovou akumulaci použity technologie na bázi olova, NiCd a NiMH, které by mohly způsobovat škody na životním prostředí.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1244E6E6" w14:textId="27EB0D18" w:rsidR="00521C9C" w:rsidRPr="00521C9C" w:rsidRDefault="00521C9C" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="785AB295" w14:textId="57859F4A" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00E03955" w:rsidP="00521C9C">
+          <w:p w14:paraId="785AB295" w14:textId="57859F4A" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00000000" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1521391840"/>
                 <w:placeholder>
                   <w:docPart w:val="9EB95EF14EAD489890B01CFF1703F002"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="IRELEVANTNÍ" w:value="IRELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E5019C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w14:paraId="6BD535AA" w14:textId="77777777" w:rsidTr="00CF588C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9357" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19674E65" w14:textId="09EB1D58" w:rsidR="00521C9C" w:rsidRDefault="008238C2" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>„</w:t>
             </w:r>
             <w:r w:rsidR="00521C9C" w:rsidRPr="00521C9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Čestně prohlašuji, že v rámci projektu je nejméně 70% (hmotnostních) stavebního a demoličního odpadu připraveno k opětovnému použití, recyklaci a k jiným druhům materiálového využití.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="00521C9C" w:rsidRPr="00521C9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54C1EC66" w14:textId="404104F0" w:rsidR="00521C9C" w:rsidRPr="00521C9C" w:rsidRDefault="00521C9C" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E96D77A" w14:textId="03486989" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00E03955" w:rsidP="00521C9C">
+          <w:p w14:paraId="2E96D77A" w14:textId="03486989" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00000000" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1796716063"/>
                 <w:placeholder>
                   <w:docPart w:val="5943A0EA024D43F89F93E62326D9928E"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="IRELEVANTNÍ" w:value="IRELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E5019C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w14:paraId="07ADCDB2" w14:textId="77777777" w:rsidTr="00CF588C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9357" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E302E10" w14:textId="2C8B03BC" w:rsidR="00521C9C" w:rsidRDefault="008238C2" w:rsidP="00521C9C">
             <w:pPr>
@@ -7398,78 +7371,77 @@
               <w:t>í stanovené parametry dle Výzvy.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F296CF5" w14:textId="1720BE45" w:rsidR="00521C9C" w:rsidRPr="00521C9C" w:rsidRDefault="00521C9C" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6345CBF1" w14:textId="4242057B" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00E03955" w:rsidP="00521C9C">
+          <w:p w14:paraId="6345CBF1" w14:textId="4242057B" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00000000" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1548761635"/>
                 <w:placeholder>
                   <w:docPart w:val="A83C9236B8594253B8455C1DCB20D64F"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="IRELEVANTNÍ" w:value="IRELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E5019C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w14:paraId="685D55B3" w14:textId="77777777" w:rsidTr="00D812CD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9357" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
@@ -7500,78 +7472,77 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4228736E" w14:textId="77D996BA" w:rsidR="00521C9C" w:rsidRPr="00521C9C" w:rsidRDefault="00521C9C" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24E10A85" w14:textId="165BDA5F" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00E03955" w:rsidP="00521C9C">
+          <w:p w14:paraId="24E10A85" w14:textId="165BDA5F" w:rsidR="00521C9C" w:rsidRPr="00C02A0B" w:rsidRDefault="00000000" w:rsidP="00521C9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1105384539"/>
                 <w:placeholder>
                   <w:docPart w:val="0925DE7084744AB6A61DCB2F8020F958"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="IRELEVANTNÍ" w:value="IRELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E5019C">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005948DB" w:rsidRPr="00C02A0B" w14:paraId="4B998D46" w14:textId="77777777" w:rsidTr="00D812CD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -7815,61 +7786,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000E3466" w:rsidRPr="001A5F40" w:rsidSect="00E12EB5">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="238" w:right="1418" w:bottom="244" w:left="1418" w:header="709" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2ED1E4A9" w14:textId="77777777" w:rsidR="00DA0850" w:rsidRDefault="00DA0850" w:rsidP="009E39BA">
+    <w:p w14:paraId="3F5DF857" w14:textId="77777777" w:rsidR="00CC0A50" w:rsidRDefault="00CC0A50" w:rsidP="009E39BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="734CD44C" w14:textId="77777777" w:rsidR="00DA0850" w:rsidRDefault="00DA0850" w:rsidP="009E39BA">
+    <w:p w14:paraId="72BE259A" w14:textId="77777777" w:rsidR="00CC0A50" w:rsidRDefault="00CC0A50" w:rsidP="009E39BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -7911,104 +7882,103 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="17747259"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="4FEA87A2" w14:textId="0999CBF1" w:rsidR="00397B9E" w:rsidRDefault="00397B9E">
         <w:pPr>
           <w:pStyle w:val="Zpat"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00377044">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t>.</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="607C7662" w14:textId="77777777" w:rsidR="00397B9E" w:rsidRDefault="00397B9E" w:rsidP="00397B9E">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:ind w:left="-993"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="18A03E15" w14:textId="77777777" w:rsidR="00DA0850" w:rsidRDefault="00DA0850" w:rsidP="009E39BA">
+    <w:p w14:paraId="44B684C5" w14:textId="77777777" w:rsidR="00CC0A50" w:rsidRDefault="00CC0A50" w:rsidP="009E39BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32963E57" w14:textId="77777777" w:rsidR="00DA0850" w:rsidRDefault="00DA0850" w:rsidP="009E39BA">
+    <w:p w14:paraId="73006714" w14:textId="77777777" w:rsidR="00CC0A50" w:rsidRDefault="00CC0A50" w:rsidP="009E39BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A5D7A71" w14:textId="48CC9AE4" w:rsidR="00397B9E" w:rsidRPr="00397B9E" w:rsidRDefault="006F7834" w:rsidP="00397B9E">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="40"/>
       <w:ind w:right="-992"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -8118,51 +8088,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1574270468">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="mtC8p6vrkCcgTkzYtJK/+kxA0Xjq6PVQ2LmQqDtHRSak122ilvbgkcttqp6/Eda9SpJrrWr/GY702W7jXugf2w==" w:salt="gD/S1towhbBGvrBrm1+hPg=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="dplevJoCVFh4XGUEYWL1Adadrd4QEeCmYyNDZ9p8nzecLXeZDkrQvPExvVDZwcDA3Om8DfusSjLHbq7hfEFvcw==" w:salt="wGeeetdUap+UXbpYBkA9xw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MjUwtzQzNTGyNDe3MDJQ0lEKTi0uzszPAykwrAUAOeJ3jSwAAAA="/>
@@ -8211,99 +8181,101 @@
     <w:rsid w:val="00124492"/>
     <w:rsid w:val="0012532F"/>
     <w:rsid w:val="00137CD3"/>
     <w:rsid w:val="00144184"/>
     <w:rsid w:val="00145716"/>
     <w:rsid w:val="001524ED"/>
     <w:rsid w:val="00152CE4"/>
     <w:rsid w:val="00162625"/>
     <w:rsid w:val="00170E8D"/>
     <w:rsid w:val="00181139"/>
     <w:rsid w:val="001825A1"/>
     <w:rsid w:val="00183065"/>
     <w:rsid w:val="00183851"/>
     <w:rsid w:val="00186699"/>
     <w:rsid w:val="00192FB4"/>
     <w:rsid w:val="00196400"/>
     <w:rsid w:val="001A547D"/>
     <w:rsid w:val="001A5F40"/>
     <w:rsid w:val="001B3E13"/>
     <w:rsid w:val="001B664C"/>
     <w:rsid w:val="001B7324"/>
     <w:rsid w:val="001E1282"/>
     <w:rsid w:val="001F43A1"/>
     <w:rsid w:val="001F56AE"/>
     <w:rsid w:val="001F5CF6"/>
+    <w:rsid w:val="00201CD3"/>
     <w:rsid w:val="00201FAA"/>
     <w:rsid w:val="002036F6"/>
     <w:rsid w:val="002215B9"/>
     <w:rsid w:val="0022196C"/>
     <w:rsid w:val="00221DC5"/>
     <w:rsid w:val="00230AA2"/>
     <w:rsid w:val="00230E50"/>
     <w:rsid w:val="002313E4"/>
     <w:rsid w:val="0023147E"/>
     <w:rsid w:val="00233D82"/>
     <w:rsid w:val="00243F05"/>
     <w:rsid w:val="0025371E"/>
     <w:rsid w:val="00255270"/>
     <w:rsid w:val="00255A20"/>
     <w:rsid w:val="00255C9B"/>
     <w:rsid w:val="00274C12"/>
     <w:rsid w:val="002751D4"/>
     <w:rsid w:val="002766D6"/>
     <w:rsid w:val="00283E88"/>
     <w:rsid w:val="00293005"/>
     <w:rsid w:val="00296F2B"/>
     <w:rsid w:val="002A2D69"/>
     <w:rsid w:val="002A5E63"/>
     <w:rsid w:val="002B2A1D"/>
     <w:rsid w:val="002B6264"/>
     <w:rsid w:val="002B726F"/>
     <w:rsid w:val="002B7342"/>
     <w:rsid w:val="002D0EE1"/>
     <w:rsid w:val="002D3F94"/>
     <w:rsid w:val="002D6AF7"/>
     <w:rsid w:val="002E1DBA"/>
     <w:rsid w:val="002E621F"/>
     <w:rsid w:val="002F4624"/>
     <w:rsid w:val="00300251"/>
     <w:rsid w:val="00324A2F"/>
     <w:rsid w:val="00332490"/>
     <w:rsid w:val="00335F35"/>
     <w:rsid w:val="00340A18"/>
     <w:rsid w:val="00344BB3"/>
     <w:rsid w:val="00353464"/>
     <w:rsid w:val="00360ACC"/>
     <w:rsid w:val="00365E94"/>
     <w:rsid w:val="00366D60"/>
     <w:rsid w:val="00377044"/>
     <w:rsid w:val="00377A7B"/>
     <w:rsid w:val="0038471A"/>
     <w:rsid w:val="003903B6"/>
     <w:rsid w:val="00391D3C"/>
     <w:rsid w:val="00394BA7"/>
+    <w:rsid w:val="00395CE8"/>
     <w:rsid w:val="0039619A"/>
     <w:rsid w:val="00397B9E"/>
     <w:rsid w:val="00397EBF"/>
     <w:rsid w:val="003A40A3"/>
     <w:rsid w:val="003B11BB"/>
     <w:rsid w:val="003B73A6"/>
     <w:rsid w:val="003C3478"/>
     <w:rsid w:val="003C600E"/>
     <w:rsid w:val="003D140C"/>
     <w:rsid w:val="003D33D0"/>
     <w:rsid w:val="003D5077"/>
     <w:rsid w:val="003D52DD"/>
     <w:rsid w:val="003D727F"/>
     <w:rsid w:val="003F45A2"/>
     <w:rsid w:val="0040031C"/>
     <w:rsid w:val="00401263"/>
     <w:rsid w:val="00401DAC"/>
     <w:rsid w:val="00403719"/>
     <w:rsid w:val="00407D83"/>
     <w:rsid w:val="00425C6B"/>
     <w:rsid w:val="00432958"/>
     <w:rsid w:val="00433E92"/>
     <w:rsid w:val="00441980"/>
     <w:rsid w:val="00441A49"/>
     <w:rsid w:val="00476D61"/>
@@ -8324,160 +8296,169 @@
     <w:rsid w:val="004F42A7"/>
     <w:rsid w:val="00501103"/>
     <w:rsid w:val="005055DB"/>
     <w:rsid w:val="00517F47"/>
     <w:rsid w:val="00521C9C"/>
     <w:rsid w:val="0053126D"/>
     <w:rsid w:val="00542FA3"/>
     <w:rsid w:val="00545905"/>
     <w:rsid w:val="00550F24"/>
     <w:rsid w:val="00555F61"/>
     <w:rsid w:val="00561607"/>
     <w:rsid w:val="00562E5B"/>
     <w:rsid w:val="00570C7C"/>
     <w:rsid w:val="00574679"/>
     <w:rsid w:val="00575F43"/>
     <w:rsid w:val="00581969"/>
     <w:rsid w:val="005819D0"/>
     <w:rsid w:val="005828AE"/>
     <w:rsid w:val="00584D90"/>
     <w:rsid w:val="005948DB"/>
     <w:rsid w:val="00594EE9"/>
     <w:rsid w:val="0059517B"/>
     <w:rsid w:val="00596553"/>
     <w:rsid w:val="005976A2"/>
     <w:rsid w:val="005A11C3"/>
+    <w:rsid w:val="005A26F3"/>
     <w:rsid w:val="005A3578"/>
     <w:rsid w:val="005B4667"/>
     <w:rsid w:val="005D2ED3"/>
+    <w:rsid w:val="005D7200"/>
     <w:rsid w:val="005E046D"/>
     <w:rsid w:val="005F3FFF"/>
     <w:rsid w:val="00611FEB"/>
     <w:rsid w:val="00615906"/>
     <w:rsid w:val="00630D16"/>
     <w:rsid w:val="006417AE"/>
     <w:rsid w:val="00644084"/>
     <w:rsid w:val="00657CBE"/>
     <w:rsid w:val="00662F96"/>
     <w:rsid w:val="00680465"/>
     <w:rsid w:val="00696B09"/>
+    <w:rsid w:val="00697C35"/>
     <w:rsid w:val="006A2720"/>
     <w:rsid w:val="006A7526"/>
     <w:rsid w:val="006B0F9F"/>
     <w:rsid w:val="006C0802"/>
     <w:rsid w:val="006C6A33"/>
     <w:rsid w:val="006C7F0F"/>
     <w:rsid w:val="006E4423"/>
     <w:rsid w:val="006F4D48"/>
     <w:rsid w:val="006F7834"/>
+    <w:rsid w:val="00703F91"/>
     <w:rsid w:val="007107CB"/>
     <w:rsid w:val="007250E1"/>
     <w:rsid w:val="00731F93"/>
     <w:rsid w:val="00742B80"/>
     <w:rsid w:val="00755C26"/>
     <w:rsid w:val="007564A9"/>
     <w:rsid w:val="007806B9"/>
     <w:rsid w:val="00782664"/>
     <w:rsid w:val="007868F7"/>
     <w:rsid w:val="0079125A"/>
     <w:rsid w:val="00792E88"/>
     <w:rsid w:val="00795A53"/>
     <w:rsid w:val="007A0689"/>
     <w:rsid w:val="007B11DA"/>
     <w:rsid w:val="007B450E"/>
     <w:rsid w:val="007C1C6B"/>
     <w:rsid w:val="007D133F"/>
     <w:rsid w:val="007D1B19"/>
     <w:rsid w:val="007E32DE"/>
     <w:rsid w:val="007E4E0E"/>
     <w:rsid w:val="007F0B35"/>
     <w:rsid w:val="007F6E70"/>
     <w:rsid w:val="00803F91"/>
     <w:rsid w:val="00814D21"/>
     <w:rsid w:val="008238C2"/>
     <w:rsid w:val="00825ED9"/>
     <w:rsid w:val="00833CAF"/>
     <w:rsid w:val="00851C09"/>
     <w:rsid w:val="00863C83"/>
     <w:rsid w:val="0086455A"/>
     <w:rsid w:val="00864FED"/>
     <w:rsid w:val="0086799C"/>
+    <w:rsid w:val="00867E83"/>
     <w:rsid w:val="00873215"/>
     <w:rsid w:val="00883863"/>
+    <w:rsid w:val="00884863"/>
     <w:rsid w:val="00891271"/>
+    <w:rsid w:val="00891C77"/>
     <w:rsid w:val="00896521"/>
     <w:rsid w:val="00897A3A"/>
     <w:rsid w:val="008A1174"/>
     <w:rsid w:val="008B1178"/>
     <w:rsid w:val="008B6A7B"/>
     <w:rsid w:val="008C58C4"/>
     <w:rsid w:val="008C69B0"/>
     <w:rsid w:val="008C6B2A"/>
     <w:rsid w:val="008D01AB"/>
     <w:rsid w:val="008D4660"/>
     <w:rsid w:val="008D4C26"/>
     <w:rsid w:val="008E3C41"/>
     <w:rsid w:val="008E5CD2"/>
     <w:rsid w:val="008E6AB0"/>
     <w:rsid w:val="008F7D9D"/>
     <w:rsid w:val="00902C7E"/>
     <w:rsid w:val="009110DD"/>
     <w:rsid w:val="009166A3"/>
     <w:rsid w:val="00920040"/>
     <w:rsid w:val="00926830"/>
     <w:rsid w:val="0093089C"/>
     <w:rsid w:val="00950829"/>
     <w:rsid w:val="00950E83"/>
     <w:rsid w:val="0095344A"/>
     <w:rsid w:val="00954706"/>
     <w:rsid w:val="00956B7F"/>
     <w:rsid w:val="00973350"/>
     <w:rsid w:val="00974351"/>
     <w:rsid w:val="009774C0"/>
     <w:rsid w:val="0097768E"/>
     <w:rsid w:val="009B00AF"/>
     <w:rsid w:val="009B57CB"/>
     <w:rsid w:val="009C0A1A"/>
     <w:rsid w:val="009C1798"/>
     <w:rsid w:val="009C1ED8"/>
+    <w:rsid w:val="009C4CF4"/>
     <w:rsid w:val="009C6C86"/>
     <w:rsid w:val="009D697E"/>
     <w:rsid w:val="009E12D7"/>
     <w:rsid w:val="009E1944"/>
     <w:rsid w:val="009E39BA"/>
     <w:rsid w:val="009F32BD"/>
     <w:rsid w:val="00A02FD6"/>
     <w:rsid w:val="00A05BFA"/>
     <w:rsid w:val="00A068E0"/>
     <w:rsid w:val="00A071F1"/>
     <w:rsid w:val="00A077CF"/>
     <w:rsid w:val="00A1086B"/>
     <w:rsid w:val="00A13B0E"/>
     <w:rsid w:val="00A142ED"/>
     <w:rsid w:val="00A15CDC"/>
     <w:rsid w:val="00A165F2"/>
     <w:rsid w:val="00A16DAE"/>
+    <w:rsid w:val="00A20709"/>
     <w:rsid w:val="00A24D49"/>
     <w:rsid w:val="00A2613F"/>
     <w:rsid w:val="00A302E9"/>
     <w:rsid w:val="00A4736D"/>
     <w:rsid w:val="00A5469B"/>
     <w:rsid w:val="00A62E9C"/>
     <w:rsid w:val="00A66533"/>
     <w:rsid w:val="00A669A2"/>
     <w:rsid w:val="00A758F7"/>
     <w:rsid w:val="00A80654"/>
     <w:rsid w:val="00A864DE"/>
     <w:rsid w:val="00A907B2"/>
     <w:rsid w:val="00A94CA9"/>
     <w:rsid w:val="00AA2826"/>
     <w:rsid w:val="00AB692E"/>
     <w:rsid w:val="00AC0DFE"/>
     <w:rsid w:val="00AC1D07"/>
     <w:rsid w:val="00AC2275"/>
     <w:rsid w:val="00AC7751"/>
     <w:rsid w:val="00AD4EEA"/>
     <w:rsid w:val="00AE5700"/>
     <w:rsid w:val="00AF16B4"/>
     <w:rsid w:val="00AF3B95"/>
     <w:rsid w:val="00AF7F58"/>
     <w:rsid w:val="00B1298B"/>
@@ -8507,122 +8488,127 @@
     <w:rsid w:val="00BC1150"/>
     <w:rsid w:val="00BC6AAA"/>
     <w:rsid w:val="00BD0BE2"/>
     <w:rsid w:val="00BD7B35"/>
     <w:rsid w:val="00C011AD"/>
     <w:rsid w:val="00C027E8"/>
     <w:rsid w:val="00C02A0B"/>
     <w:rsid w:val="00C04D67"/>
     <w:rsid w:val="00C05C18"/>
     <w:rsid w:val="00C07A97"/>
     <w:rsid w:val="00C15F75"/>
     <w:rsid w:val="00C34BF9"/>
     <w:rsid w:val="00C37134"/>
     <w:rsid w:val="00C45661"/>
     <w:rsid w:val="00C52D2E"/>
     <w:rsid w:val="00C652FC"/>
     <w:rsid w:val="00C718E0"/>
     <w:rsid w:val="00C72C17"/>
     <w:rsid w:val="00C761B7"/>
     <w:rsid w:val="00C84FDD"/>
     <w:rsid w:val="00C86265"/>
     <w:rsid w:val="00C86954"/>
     <w:rsid w:val="00C9478D"/>
     <w:rsid w:val="00C95277"/>
     <w:rsid w:val="00CA363E"/>
+    <w:rsid w:val="00CC0A50"/>
     <w:rsid w:val="00CC27CF"/>
     <w:rsid w:val="00CC47DB"/>
     <w:rsid w:val="00CC723D"/>
     <w:rsid w:val="00CD49EC"/>
     <w:rsid w:val="00CE0D6B"/>
     <w:rsid w:val="00CF0507"/>
     <w:rsid w:val="00CF588C"/>
     <w:rsid w:val="00D0113D"/>
     <w:rsid w:val="00D135EB"/>
     <w:rsid w:val="00D212F3"/>
     <w:rsid w:val="00D21A6D"/>
     <w:rsid w:val="00D24F5B"/>
     <w:rsid w:val="00D4573D"/>
     <w:rsid w:val="00D642DA"/>
     <w:rsid w:val="00D77091"/>
     <w:rsid w:val="00D812CD"/>
     <w:rsid w:val="00D819F5"/>
     <w:rsid w:val="00D81AC5"/>
     <w:rsid w:val="00D82969"/>
     <w:rsid w:val="00D8468C"/>
     <w:rsid w:val="00D92A28"/>
     <w:rsid w:val="00D92B71"/>
     <w:rsid w:val="00D93956"/>
     <w:rsid w:val="00D974B2"/>
     <w:rsid w:val="00D97D78"/>
     <w:rsid w:val="00DA0850"/>
     <w:rsid w:val="00DA1B8A"/>
     <w:rsid w:val="00DA3E68"/>
     <w:rsid w:val="00DA51BB"/>
+    <w:rsid w:val="00DA730C"/>
+    <w:rsid w:val="00DD4CD0"/>
     <w:rsid w:val="00DE1C0D"/>
     <w:rsid w:val="00DE61AA"/>
     <w:rsid w:val="00DE63F2"/>
+    <w:rsid w:val="00DE7991"/>
     <w:rsid w:val="00DF6057"/>
     <w:rsid w:val="00E03955"/>
     <w:rsid w:val="00E05033"/>
     <w:rsid w:val="00E05569"/>
     <w:rsid w:val="00E1253E"/>
     <w:rsid w:val="00E12EB5"/>
     <w:rsid w:val="00E15B4E"/>
     <w:rsid w:val="00E23666"/>
     <w:rsid w:val="00E23D09"/>
     <w:rsid w:val="00E25584"/>
     <w:rsid w:val="00E25A0B"/>
     <w:rsid w:val="00E312E5"/>
     <w:rsid w:val="00E35256"/>
     <w:rsid w:val="00E40B85"/>
     <w:rsid w:val="00E46342"/>
     <w:rsid w:val="00E5019C"/>
     <w:rsid w:val="00E50780"/>
     <w:rsid w:val="00E51218"/>
     <w:rsid w:val="00E55315"/>
     <w:rsid w:val="00E560B8"/>
     <w:rsid w:val="00E5792E"/>
     <w:rsid w:val="00E57E9B"/>
     <w:rsid w:val="00E73812"/>
     <w:rsid w:val="00E86EEE"/>
     <w:rsid w:val="00E939BD"/>
     <w:rsid w:val="00E9558E"/>
     <w:rsid w:val="00EA7979"/>
     <w:rsid w:val="00EC06E4"/>
     <w:rsid w:val="00EC0DEC"/>
     <w:rsid w:val="00EC58E6"/>
     <w:rsid w:val="00EE4EB2"/>
     <w:rsid w:val="00EF0D1D"/>
     <w:rsid w:val="00EF5CB0"/>
     <w:rsid w:val="00EF7BEA"/>
     <w:rsid w:val="00F00F76"/>
     <w:rsid w:val="00F06B92"/>
     <w:rsid w:val="00F3567E"/>
     <w:rsid w:val="00F36263"/>
     <w:rsid w:val="00F562B5"/>
     <w:rsid w:val="00F612CC"/>
+    <w:rsid w:val="00F61EF7"/>
     <w:rsid w:val="00F64155"/>
     <w:rsid w:val="00F827D6"/>
     <w:rsid w:val="00F91143"/>
     <w:rsid w:val="00F93457"/>
     <w:rsid w:val="00FA047A"/>
     <w:rsid w:val="00FA1EBE"/>
     <w:rsid w:val="00FA22C1"/>
     <w:rsid w:val="00FA24EE"/>
     <w:rsid w:val="00FA2D6B"/>
     <w:rsid w:val="00FB0620"/>
     <w:rsid w:val="00FB467A"/>
     <w:rsid w:val="00FC499A"/>
     <w:rsid w:val="00FC6727"/>
     <w:rsid w:val="00FC70FF"/>
     <w:rsid w:val="00FE1260"/>
     <w:rsid w:val="00FF4123"/>
     <w:rsid w:val="00FF5DCF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -10431,114 +10417,124 @@
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00535BA8"/>
     <w:rsid w:val="00032D1E"/>
     <w:rsid w:val="00052CC8"/>
     <w:rsid w:val="000A1F3A"/>
     <w:rsid w:val="000C60E9"/>
     <w:rsid w:val="000E0C77"/>
     <w:rsid w:val="00186EA0"/>
+    <w:rsid w:val="001F56AE"/>
+    <w:rsid w:val="00201CD3"/>
     <w:rsid w:val="00217DC5"/>
     <w:rsid w:val="002B726F"/>
     <w:rsid w:val="002D3F94"/>
     <w:rsid w:val="002E1543"/>
     <w:rsid w:val="00312723"/>
     <w:rsid w:val="0035258C"/>
     <w:rsid w:val="00371F30"/>
     <w:rsid w:val="0038471A"/>
     <w:rsid w:val="003A7290"/>
     <w:rsid w:val="003E6597"/>
     <w:rsid w:val="00455DF7"/>
     <w:rsid w:val="0048371C"/>
     <w:rsid w:val="004A62C0"/>
     <w:rsid w:val="004E18FC"/>
     <w:rsid w:val="004F014B"/>
     <w:rsid w:val="00535BA8"/>
     <w:rsid w:val="00577E25"/>
     <w:rsid w:val="00603316"/>
+    <w:rsid w:val="00614B6D"/>
     <w:rsid w:val="00680465"/>
     <w:rsid w:val="00691998"/>
     <w:rsid w:val="006C20B9"/>
     <w:rsid w:val="006D14C2"/>
     <w:rsid w:val="006E0A52"/>
     <w:rsid w:val="00731F93"/>
     <w:rsid w:val="00750FE3"/>
     <w:rsid w:val="0076502A"/>
     <w:rsid w:val="00800820"/>
     <w:rsid w:val="00804576"/>
     <w:rsid w:val="008169AE"/>
     <w:rsid w:val="00820C38"/>
     <w:rsid w:val="008400C6"/>
     <w:rsid w:val="00844343"/>
+    <w:rsid w:val="00867E83"/>
+    <w:rsid w:val="00884863"/>
     <w:rsid w:val="008B3C2E"/>
     <w:rsid w:val="008B6132"/>
     <w:rsid w:val="008E3B1A"/>
     <w:rsid w:val="009007B3"/>
     <w:rsid w:val="00912D84"/>
     <w:rsid w:val="00935AC1"/>
     <w:rsid w:val="009E6C41"/>
     <w:rsid w:val="00A86E47"/>
     <w:rsid w:val="00A920BC"/>
     <w:rsid w:val="00A9548C"/>
     <w:rsid w:val="00AC2D2E"/>
     <w:rsid w:val="00AC516C"/>
     <w:rsid w:val="00BE0598"/>
     <w:rsid w:val="00BE2135"/>
     <w:rsid w:val="00C33B6B"/>
     <w:rsid w:val="00C70932"/>
     <w:rsid w:val="00C94662"/>
     <w:rsid w:val="00CC77B9"/>
     <w:rsid w:val="00CD4598"/>
     <w:rsid w:val="00CF3E04"/>
     <w:rsid w:val="00D0298C"/>
     <w:rsid w:val="00D516B4"/>
     <w:rsid w:val="00D80480"/>
+    <w:rsid w:val="00DA602F"/>
+    <w:rsid w:val="00DA730C"/>
     <w:rsid w:val="00DB2239"/>
+    <w:rsid w:val="00DD7E58"/>
     <w:rsid w:val="00DE61AA"/>
     <w:rsid w:val="00DF00A3"/>
     <w:rsid w:val="00E102A0"/>
+    <w:rsid w:val="00E460D4"/>
     <w:rsid w:val="00E56F29"/>
     <w:rsid w:val="00E72843"/>
     <w:rsid w:val="00EB7D7D"/>
     <w:rsid w:val="00ED4CB6"/>
     <w:rsid w:val="00F153E0"/>
+    <w:rsid w:val="00F61EF7"/>
     <w:rsid w:val="00FC0672"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -11374,65 +11370,69 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010069FE58BB37AC684EB076B5C642B02AC9" ma:contentTypeVersion="4" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="b153e99498ce51968fb7527f13ac64e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e45245e-311e-4a2a-bb90-5a664885db8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ebb379d97bf37de870e611d0b3971c01" ns2:_="">
     <xsd:import namespace="5e45245e-311e-4a2a-bb90-5a664885db8e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e45245e-311e-4a2a-bb90-5a664885db8e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -11534,141 +11534,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47CB0A7F-B1A7-4B44-97B2-E179132DF9DF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7399CEE8-6329-46EE-B0BE-32B24BF7014F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47CB0A7F-B1A7-4B44-97B2-E179132DF9DF}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30BD661A-6FD6-4E3E-8429-1D8DBA95D84E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04D42B41-1DE8-45CE-9962-4C171B6A08D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e45245e-311e-4a2a-bb90-5a664885db8e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1293</Words>
-  <Characters>7635</Characters>
+  <Words>1312</Words>
+  <Characters>7616</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>544</Lines>
+  <Paragraphs>202</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8911</CharactersWithSpaces>
+  <CharactersWithSpaces>8726</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Karel Oktábec</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010069FE58BB37AC684EB076B5C642B02AC9</vt:lpwstr>
   </property>
@@ -11677,27 +11666,33 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
     <vt:lpwstr>2025-07-03T09:15:20Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
     <vt:lpwstr>Veřejná informace</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
     <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
     <vt:lpwstr>16e00da5-1b8b-4540-914d-c5276591d1da</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="IX_DOC_TYPE">
+    <vt:lpwstr>F813</vt:lpwstr>
+  </property>
 </Properties>
 </file>