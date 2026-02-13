--- v0 (2025-11-03)
+++ v1 (2026-02-13)
@@ -1,89 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\SOLTES\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\sefcik\Documents\Šablony_průřezové\Revize-SUP2\doplněné_Ivetou\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7338FAF8-0616-4E83-BDA2-8F2841BD1D19}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11400"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ČP příjemce" sheetId="1" r:id="rId1"/>
-    <sheet name="Seznam komponent" sheetId="2" r:id="rId2"/>
-    <sheet name="Pokyny k vyplnění" sheetId="3" r:id="rId3"/>
+    <sheet name="Seznam komponent" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_Hlk147406986" localSheetId="1">'Seznam komponent'!#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'ČP příjemce'!$A$1:$L$48</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="76">
   <si>
     <t>Poskytovatel podpory:</t>
   </si>
   <si>
     <t xml:space="preserve">Číslo operace: </t>
   </si>
   <si>
     <t>Název komponenty:</t>
   </si>
   <si>
     <t>Název opatření:</t>
   </si>
   <si>
     <t>Pořadové číslo</t>
   </si>
   <si>
     <t>Vztah k operaci/ k žadateli/k příjemci</t>
   </si>
   <si>
     <t>Žadatel/příjemce podpory</t>
   </si>
   <si>
     <t>Podpis:</t>
   </si>
   <si>
@@ -133,399 +131,229 @@
   </si>
   <si>
     <t>Tímto prohlašuji, že:</t>
   </si>
   <si>
     <t xml:space="preserve">Zavazuji se k tomu, že v případě změny předmětných údajů budu neprodleně informovat poskytovatele podpory o změnách, které nastaly. 
 </t>
   </si>
   <si>
     <t>mám povinnost zapisovat skutečné majitele dle § 4 odst. 4 zákona č. 253/2008 Sb., zákon o některých opatřeních proti legalizaci výnosů z trestné činnosti a financování terorismu  a tito skuteční majitelé odpovídají definicím uvedených v zákoně č. 37/2021 Sb., o evidenci skutečných majitelů a v Směrnici Evropského Parlamentu a Rady (EU) č. 2015/849 ze dne 20. května 2015 o předcházení využívání finančního systému k praní peněz a financování terorismu.</t>
   </si>
   <si>
     <t>Číslo operace - komentář (např. hash kód)</t>
   </si>
   <si>
     <t>Název/názvy operace - komentář (např. název předkládaného projektu/žádosti)</t>
   </si>
   <si>
     <t xml:space="preserve"> nemám povinnost zapisovat skutečné majitele dle § 4 odst. 4 zákona č. 253/2008 Sb., zákon o některých opatřeních proti legalizaci výnosů z trestné činnosti a financování terorismu, protože naplňuji definici uvedenou v §7 zákona č. 37/2021 Sb., o evidenci skutečných majitelů a nenaplňuji definice uvedené ve Směrnici Evropského Parlamentu a Rady (EU) č. 2015/849 ze dne 20. května 2015 o předcházení využívání finančního systému k praní peněz a financování terorismu.</t>
   </si>
   <si>
     <t xml:space="preserve">Upozorňujeme, že je zakázáno jakkoli manipulovat s tímto formulářem, každý takový zásah, který následně povede k úmyslnému utajování střetu zájmů, bude posuzován jako pochybení žadatele/příjemce s dopady dle platné legislativy. Vyplňujte pouze bílá pole. Tento formulář vyplňuje každý žadatel/příjemce k té fázi operace, kdy je vyzván vlastníkem komponenty, subjektem implementace či jiným subjektem realizujícím NPO k jeho předložení a odevzdává jej k posouzení. </t>
   </si>
   <si>
     <t>Prohlašuji, že  Souhlasím se zpracováním svých osobních údajů obsažených v tomto prohlášení ve smyslu zákona č. 110/2019 Sb., o zpracování osobních údajů, z důvodů kontroly a vyloučení střetu zájmů, a to po celou dobu 10 let ode dne udělení souhlasu. Zároveň jsem si vědom svých práv podle zákona č. 110/2019 Sb., o zpracování osobních údajů.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tímto uvádím, že (zaškrtněte jednu z možností):
+ </t>
+  </si>
+  <si>
+    <t>I. Identifikace operace</t>
+  </si>
+  <si>
+    <t>II. Prohlášení žadatele/příjemce k vyloučení střetu zájmů ve smyslu čl. 61 Finančního nařízení.</t>
+  </si>
+  <si>
+    <t>III. Seznam zainteresovaných osob žadatele/příjemce</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IV. Informace žadatele/příjemce k povinnosti zápisu skutečných majitelů </t>
+  </si>
+  <si>
+    <t>V. Podpisová část</t>
+  </si>
+  <si>
+    <t>1.1 Digitální služby občanům a firmám</t>
+  </si>
+  <si>
+    <t>1.2 Digitální systémy veřejné správy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.3  Digitální vysokokapacitní sítě </t>
+  </si>
+  <si>
+    <t>1.4 Digitální ekonomika a společnost, inovativní start-upy a nové technologie</t>
+  </si>
+  <si>
+    <t>1.5 Digitální transformace podniků</t>
+  </si>
+  <si>
+    <t>1.6 Zrychlení a digitalizace stavebního řízení</t>
+  </si>
+  <si>
+    <t>2.1 Udržitelná a bezpečná doprava</t>
+  </si>
+  <si>
+    <t>2.2 Snižování spotřeby energie ve veřejném sektoru</t>
+  </si>
+  <si>
+    <t>2.3 Přechod na čistší zdroje energie</t>
+  </si>
+  <si>
+    <t>2.4 Rozvoj čisté mobility</t>
+  </si>
+  <si>
+    <t>2.5 Renovace budov a ochrana ovzduší</t>
+  </si>
+  <si>
+    <t>2.6 Ochrana přírody a adaptace na klimatickou změnu</t>
+  </si>
+  <si>
+    <t>2.7 Cirkulární ekonomika a recyklace a průmyslová voda</t>
+  </si>
+  <si>
+    <t>2.8 Revitalizace území se starou stavební zátěží</t>
+  </si>
+  <si>
+    <t>2.9 Podpora biodiverzity a boj se suchem</t>
+  </si>
+  <si>
+    <t>2.10 Dostupné bydlení</t>
+  </si>
+  <si>
+    <t>3.1 Inovace ve vzdělávání v kontextu digitalizace</t>
+  </si>
+  <si>
+    <t>3.2 Adaptace kapacity a zaměření školních programů</t>
+  </si>
+  <si>
+    <t>3.3 Modernizace služeb zaměstnanosti a rozvoj trhu práce</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.1 Systémová podpora veřejných investic  </t>
+  </si>
+  <si>
+    <t>4.2 Nové kvazikapitálové nástroje na podporu podnikání</t>
+  </si>
+  <si>
+    <t>4.3 Protikorupční opatření</t>
+  </si>
+  <si>
+    <t>4.4 Zvýšení efektivity výkonu veřejné správy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4.5 Rozvoj kulturního a kreativního sektoru </t>
+  </si>
+  <si>
+    <t>5.1 Excelentní výzkum a vývoj v prioritních oblastech veřejného zájmu ve zdravotnictví</t>
+  </si>
+  <si>
+    <t>5.2 Podpora výzkumu a vývoje v podnicích a zavádění inovací do podnikové praxe</t>
+  </si>
+  <si>
+    <t>6.1 Zvýšení odolnosti systému zdravotní péče</t>
+  </si>
+  <si>
+    <t>6.2 Národní plán na posílení onkologické prevence a péče</t>
+  </si>
+  <si>
+    <t>7.1 Infrastruktura pro obnovitelné zdroje energie a elektřinu</t>
+  </si>
+  <si>
+    <t>7.2 Podpora decentralizace a digitalizace odvětví energetiky</t>
+  </si>
+  <si>
+    <t>7.3 Komplexní reforma poradenství v oblasti renovačních vln v České republice</t>
+  </si>
+  <si>
+    <t>7.4 Adaptace škol – podpora ekologických dovedností a udržitelnosti na VŠ</t>
+  </si>
+  <si>
+    <t>7.5 Dekarbonizace silniční dopravy</t>
+  </si>
+  <si>
+    <t>7.6 Elektrifikace železniční dopravy</t>
+  </si>
+  <si>
+    <t>7.7 Zjednodušení povolovacích procesů v oblasti životního prostředí a vymezení oblastí pro rozvoj</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Zainteresované osoby na straně žadatele/příjemce podílející se na realizaci operace, jejího skutečného majitele, vztah k žadateli/příjemci, tj. realizátorovi operace. 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t>Mezi zainteresované osoby na straně žadatele/příjemce patří:</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
              - Statutární orgán či člen statutárního orgánu žadatele/příjemce (včetně prokuristů, členů dozorčích rad atd.);
              - Společník obchodní společnosti, člen družstva, který je žadatelem/příjemcem, to neplatí pokud společníkem obchodní společnosti je nebo v jeho zájmu koná stát zastoupený správcem majetku   
                 státu;                                                                                                                                                                                                                                                                                                                                                            
              - Jiné osoby, které by objektivně mohly z rodinných důvodů, z důvodů citových vazeb, z důvodů politické nebo národní spřízněnosti, z důvodu hospodářského zájmu nebo z důvodu jiného přímého či nepřímého osobního zájmu (viz výše) ohrozit nestranný a
                objektivní výkon funkcí účastníka finančních operací nebo jiné osoby dle čl. 61 odst. 1 Finančního nařízení;
-             - skuteční majitelé.                                                                                                                                                                                                                                                                                  </t>
+             - skuteční majitelé. 
+Pokud jde o čestná prohlášení předkládaná u projektů se zpětnou platností, měly by být oznámeny zainteresované osoby také z příslušného období procesu výběru projektu / zadání veřejné zakázky.                                                                                                                                                                                                                                                                                 </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Tímto uvádím, že (zaškrtněte jednu z možností):
-[...150 lines deleted...]
-Účinnost od: 28. 11. 2023</t>
+    <t>Já, žadatel/příjemce čestně prohlašuji, že u mě nedochází ke střetu zájmů ve smyslu čl. 61* Nařízení č.  2024/2509 Evropského parlamentu a Rady (EU, Euratom) ze dne 23. září 2024, kterým se stanoví finanční pravidla pro souhrnný rozpočet Unie (Finanční nařízení), a to ve vztahu k zainteresovaným osobám u dotčených subjektů NPO, které mi jsou v době podpisu Čestného prohlášení známy a že jsem se nepodílela/ nepodílím na finančních operacích (rozhodovací, kontrolní, auditní a jiné funkce) spojených s  touto operací v NPO.
+*Článek 61 uvádí mimo jiné: " Účastníci finančních operací ve smyslu kapitoly 4 hlavy IV FN a jiné osoby, včetně vnitrostátních orgánů na všech úrovních, podílející se na plnění rozpočtu v přímém, nepřímém a sdíleném řízení, včetně přípravy na tuto činnost, na auditu nebo na kontrole, se zdrží jakéhokoli jednání, jež by mohlo uvést jejich zájmy do střetu se zájmy Unie. Přijmou rovněž vhodná opatření, která u funkcí v rámci jejich odpovědnosti zamezí vzniku střetu zájmů a která řeší situace, jež lze objektivně vnímat jako střet zájmů. "</t>
+  </si>
+  <si>
+    <t>ČESTNÉ PROHLÁŠENÍ A ZÁKLADNÍ SBĚR INFORMACÍ K VYLOUČENÍ STŘETU ZÁJMŮ 
+VE VZTAHU K POSKYTOVATELI PODPORY
+Účinnost od: 11. 8. 2025</t>
   </si>
   <si>
     <t>Národní rozvojová banka, a.s., IČO: 44848943, se sídlem Přemyslovská 2845/43, Žižkov, 130 00 Praha 3</t>
-  </si>
-[...148 lines deleted...]
-    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="15" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -547,143 +375,89 @@
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="30"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="30"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...46 lines deleted...]
-    </font>
   </fonts>
-  <fills count="8">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="51">
+  <borders count="46">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1216,567 +990,466 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...47 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="144">
+  <cellXfs count="118">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...34 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
-    </xf>
-[...80 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...107 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
-    <cellStyle name="Správně 2" xfId="1"/>
+    <cellStyle name="Správně 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>419100</xdr:colOff>
           <xdr:row>40</xdr:row>
           <xdr:rowOff>457200</xdr:rowOff>
         </xdr:from>
@@ -1818,89 +1491,89 @@
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>11</xdr:col>
-      <xdr:colOff>476250</xdr:colOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>762000</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>119063</xdr:rowOff>
+      <xdr:rowOff>146276</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>11</xdr:col>
-      <xdr:colOff>2727960</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2074817</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>783908</xdr:rowOff>
+      <xdr:rowOff>811121</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Obrázek 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="12430125" y="119063"/>
-          <a:ext cx="2240280" cy="669925"/>
+          <a:off x="762000" y="146276"/>
+          <a:ext cx="2251710" cy="664845"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>2</xdr:col>
           <xdr:colOff>390525</xdr:colOff>
           <xdr:row>39</xdr:row>
           <xdr:rowOff>104775</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>952500</xdr:colOff>
           <xdr:row>39</xdr:row>
@@ -1938,154 +1611,137 @@
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>873125</xdr:colOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>530680</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>63500</xdr:rowOff>
+      <xdr:rowOff>81643</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>1</xdr:col>
-      <xdr:colOff>1958975</xdr:colOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>3018064</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>835025</xdr:rowOff>
+      <xdr:rowOff>868095</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="8" name="Obrázek 7">
+        <xdr:cNvPr id="2" name="Obrázek 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000008000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
-          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
-[...6 lines deleted...]
-        <a:srcRect/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr bwMode="auto">
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="873125" y="63500"/>
-          <a:ext cx="2022475" cy="771525"/>
+          <a:off x="11906251" y="81643"/>
+          <a:ext cx="2487384" cy="786452"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
-[...8 lines deleted...]
-        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office 2013–2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 –⁠ 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 –⁠ 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2147,51 +1803,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 –⁠ 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2289,1082 +1945,1049 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AB72"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A11" zoomScale="55" zoomScaleNormal="55" zoomScaleSheetLayoutView="55" workbookViewId="0">
-      <selection activeCell="B31" sqref="B31"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="E5" sqref="E5:L5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14" style="15" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="15"/>
+    <col min="1" max="1" width="14" customWidth="1"/>
+    <col min="2" max="2" width="36.5703125" customWidth="1"/>
+    <col min="3" max="3" width="15.28515625" customWidth="1"/>
+    <col min="4" max="4" width="24.140625" customWidth="1"/>
+    <col min="5" max="5" width="14.28515625" customWidth="1"/>
+    <col min="10" max="10" width="20.42578125" customWidth="1"/>
+    <col min="12" max="12" width="54.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="72" customHeight="1" thickBot="1" x14ac:dyDescent="0.65">
-      <c r="A1" s="126" t="s">
+      <c r="A1" s="19" t="s">
         <v>74</v>
       </c>
-      <c r="B1" s="127"/>
-[...25 lines deleted...]
-      <c r="AB1" s="14"/>
+      <c r="B1" s="20"/>
+      <c r="C1" s="20"/>
+      <c r="D1" s="20"/>
+      <c r="E1" s="20"/>
+      <c r="F1" s="20"/>
+      <c r="G1" s="20"/>
+      <c r="H1" s="20"/>
+      <c r="I1" s="20"/>
+      <c r="J1" s="20"/>
+      <c r="K1" s="20"/>
+      <c r="L1" s="21"/>
+      <c r="M1" s="7"/>
+      <c r="N1" s="5"/>
+      <c r="O1" s="6"/>
+      <c r="P1" s="6"/>
+      <c r="Q1" s="6"/>
+      <c r="R1" s="6"/>
+      <c r="S1" s="6"/>
+      <c r="T1" s="6"/>
+      <c r="U1" s="6"/>
+      <c r="V1" s="6"/>
+      <c r="W1" s="6"/>
+      <c r="X1" s="6"/>
+      <c r="Y1" s="6"/>
+      <c r="Z1" s="6"/>
+      <c r="AA1" s="6"/>
+      <c r="AB1" s="6"/>
     </row>
     <row r="2" spans="1:28" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="129" t="s">
+      <c r="A2" s="22" t="s">
         <v>29</v>
       </c>
-      <c r="B2" s="87"/>
-[...10 lines deleted...]
-      <c r="M2" s="12"/>
+      <c r="B2" s="23"/>
+      <c r="C2" s="23"/>
+      <c r="D2" s="23"/>
+      <c r="E2" s="23"/>
+      <c r="F2" s="23"/>
+      <c r="G2" s="23"/>
+      <c r="H2" s="23"/>
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+      <c r="K2" s="23"/>
+      <c r="L2" s="24"/>
+      <c r="M2" s="7"/>
     </row>
     <row r="3" spans="1:28" ht="44.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="71" t="s">
+      <c r="A3" s="25" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" s="26"/>
+      <c r="C3" s="26"/>
+      <c r="D3" s="26"/>
+      <c r="E3" s="26"/>
+      <c r="F3" s="26"/>
+      <c r="G3" s="26"/>
+      <c r="H3" s="26"/>
+      <c r="I3" s="26"/>
+      <c r="J3" s="26"/>
+      <c r="K3" s="26"/>
+      <c r="L3" s="27"/>
+      <c r="M3" s="7"/>
+    </row>
+    <row r="4" spans="1:28" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="29"/>
+      <c r="C4" s="29"/>
+      <c r="D4" s="29"/>
+      <c r="E4" s="32" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" s="32"/>
+      <c r="G4" s="32"/>
+      <c r="H4" s="32"/>
+      <c r="I4" s="32"/>
+      <c r="J4" s="32"/>
+      <c r="K4" s="32"/>
+      <c r="L4" s="33"/>
+      <c r="M4" s="7"/>
+    </row>
+    <row r="5" spans="1:28" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="30" t="s">
+        <v>1</v>
+      </c>
+      <c r="B5" s="31"/>
+      <c r="C5" s="31"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="78"/>
+      <c r="F5" s="78"/>
+      <c r="G5" s="78"/>
+      <c r="H5" s="78"/>
+      <c r="I5" s="78"/>
+      <c r="J5" s="78"/>
+      <c r="K5" s="78"/>
+      <c r="L5" s="79"/>
+      <c r="M5" s="7"/>
+    </row>
+    <row r="6" spans="1:28" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="67" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" s="68"/>
+      <c r="C6" s="68"/>
+      <c r="D6" s="69"/>
+      <c r="E6" s="80"/>
+      <c r="F6" s="81"/>
+      <c r="G6" s="81"/>
+      <c r="H6" s="81"/>
+      <c r="I6" s="81"/>
+      <c r="J6" s="81"/>
+      <c r="K6" s="81"/>
+      <c r="L6" s="82"/>
+      <c r="M6" s="7"/>
+    </row>
+    <row r="7" spans="1:28" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="30" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="31"/>
+      <c r="C7" s="31"/>
+      <c r="D7" s="31"/>
+      <c r="E7" s="78"/>
+      <c r="F7" s="78"/>
+      <c r="G7" s="78"/>
+      <c r="H7" s="78"/>
+      <c r="I7" s="78"/>
+      <c r="J7" s="78"/>
+      <c r="K7" s="78"/>
+      <c r="L7" s="79"/>
+      <c r="M7" s="7"/>
+    </row>
+    <row r="8" spans="1:28" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="30" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" s="31"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="80"/>
+      <c r="F8" s="81"/>
+      <c r="G8" s="81"/>
+      <c r="H8" s="81"/>
+      <c r="I8" s="81"/>
+      <c r="J8" s="81"/>
+      <c r="K8" s="81"/>
+      <c r="L8" s="82"/>
+      <c r="M8" s="7"/>
+    </row>
+    <row r="9" spans="1:28" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="30" t="s">
+        <v>2</v>
+      </c>
+      <c r="B9" s="31"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="31"/>
+      <c r="E9" s="78"/>
+      <c r="F9" s="78"/>
+      <c r="G9" s="78"/>
+      <c r="H9" s="78"/>
+      <c r="I9" s="78"/>
+      <c r="J9" s="78"/>
+      <c r="K9" s="78"/>
+      <c r="L9" s="79"/>
+      <c r="M9" s="7"/>
+    </row>
+    <row r="10" spans="1:28" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="70" t="s">
+        <v>3</v>
+      </c>
+      <c r="B10" s="71"/>
+      <c r="C10" s="71"/>
+      <c r="D10" s="71"/>
+      <c r="E10" s="83"/>
+      <c r="F10" s="83"/>
+      <c r="G10" s="83"/>
+      <c r="H10" s="83"/>
+      <c r="I10" s="83"/>
+      <c r="J10" s="83"/>
+      <c r="K10" s="83"/>
+      <c r="L10" s="84"/>
+      <c r="M10" s="7"/>
+    </row>
+    <row r="11" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="M11" s="4"/>
+    </row>
+    <row r="12" spans="1:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="M12" s="4"/>
+    </row>
+    <row r="13" spans="1:28" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="25" t="s">
         <v>33</v>
       </c>
-      <c r="B3" s="72"/>
-[...32 lines deleted...]
-      <c r="A5" s="51" t="s">
+      <c r="B13" s="26"/>
+      <c r="C13" s="26"/>
+      <c r="D13" s="26"/>
+      <c r="E13" s="26"/>
+      <c r="F13" s="26"/>
+      <c r="G13" s="26"/>
+      <c r="H13" s="26"/>
+      <c r="I13" s="26"/>
+      <c r="J13" s="26"/>
+      <c r="K13" s="26"/>
+      <c r="L13" s="27"/>
+      <c r="M13" s="7"/>
+    </row>
+    <row r="14" spans="1:28" ht="136.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="41" t="s">
+        <v>73</v>
+      </c>
+      <c r="B14" s="42"/>
+      <c r="C14" s="42"/>
+      <c r="D14" s="42"/>
+      <c r="E14" s="42"/>
+      <c r="F14" s="42"/>
+      <c r="G14" s="42"/>
+      <c r="H14" s="42"/>
+      <c r="I14" s="42"/>
+      <c r="J14" s="42"/>
+      <c r="K14" s="42"/>
+      <c r="L14" s="43"/>
+      <c r="M14" s="4"/>
+    </row>
+    <row r="15" spans="1:28" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="44" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" s="45"/>
+      <c r="C15" s="49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" s="49"/>
+      <c r="E15" s="49"/>
+      <c r="F15" s="49"/>
+      <c r="G15" s="49"/>
+      <c r="H15" s="49"/>
+      <c r="I15" s="49"/>
+      <c r="J15" s="49"/>
+      <c r="K15" s="49"/>
+      <c r="L15" s="50"/>
+      <c r="M15" s="4"/>
+    </row>
+    <row r="16" spans="1:28" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="44"/>
+      <c r="B16" s="45"/>
+      <c r="C16" s="49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" s="49"/>
+      <c r="E16" s="49"/>
+      <c r="F16" s="49"/>
+      <c r="G16" s="49"/>
+      <c r="H16" s="49"/>
+      <c r="I16" s="49"/>
+      <c r="J16" s="49"/>
+      <c r="K16" s="49"/>
+      <c r="L16" s="50"/>
+      <c r="M16" s="4"/>
+    </row>
+    <row r="17" spans="1:13" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="B17" s="76"/>
+      <c r="C17" s="76"/>
+      <c r="D17" s="76"/>
+      <c r="E17" s="76"/>
+      <c r="F17" s="76"/>
+      <c r="G17" s="76"/>
+      <c r="H17" s="76"/>
+      <c r="I17" s="76"/>
+      <c r="J17" s="76"/>
+      <c r="K17" s="76"/>
+      <c r="L17" s="77"/>
+      <c r="M17" s="4"/>
+    </row>
+    <row r="18" spans="1:13" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="46" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" s="47"/>
+      <c r="C18" s="47"/>
+      <c r="D18" s="47"/>
+      <c r="E18" s="47"/>
+      <c r="F18" s="47"/>
+      <c r="G18" s="47"/>
+      <c r="H18" s="47"/>
+      <c r="I18" s="47"/>
+      <c r="J18" s="47"/>
+      <c r="K18" s="47"/>
+      <c r="L18" s="48"/>
+      <c r="M18" s="4"/>
+    </row>
+    <row r="19" spans="1:13" ht="49.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="72" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" s="73"/>
+      <c r="F19" s="74"/>
+      <c r="G19" s="72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19" s="73"/>
+      <c r="I19" s="73"/>
+      <c r="J19" s="73"/>
+      <c r="K19" s="73"/>
+      <c r="L19" s="74"/>
+      <c r="M19" s="7"/>
+    </row>
+    <row r="20" spans="1:13" ht="50.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="15">
         <v>1</v>
       </c>
-      <c r="B5" s="52"/>
-[...64 lines deleted...]
-      <c r="A9" s="51" t="s">
+      <c r="B20" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" s="85"/>
+      <c r="D20" s="86"/>
+      <c r="E20" s="86"/>
+      <c r="F20" s="86"/>
+      <c r="G20" s="87"/>
+      <c r="H20" s="88"/>
+      <c r="I20" s="88"/>
+      <c r="J20" s="88"/>
+      <c r="K20" s="88"/>
+      <c r="L20" s="89"/>
+      <c r="M20" s="7"/>
+    </row>
+    <row r="21" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="8"/>
+      <c r="B21" s="8"/>
+      <c r="C21" s="8"/>
+      <c r="D21" s="8"/>
+      <c r="E21" s="8"/>
+      <c r="F21" s="8"/>
+      <c r="G21" s="8"/>
+      <c r="H21" s="8"/>
+      <c r="I21" s="8"/>
+      <c r="J21" s="8"/>
+      <c r="K21" s="8"/>
+      <c r="L21" s="8"/>
+      <c r="M21" s="4"/>
+    </row>
+    <row r="22" spans="1:13" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="8"/>
+      <c r="B22" s="8"/>
+      <c r="C22" s="8"/>
+      <c r="D22" s="8"/>
+      <c r="E22" s="8"/>
+      <c r="F22" s="8"/>
+      <c r="G22" s="8"/>
+      <c r="H22" s="8"/>
+      <c r="I22" s="8"/>
+      <c r="J22" s="8"/>
+      <c r="K22" s="8"/>
+      <c r="L22" s="8"/>
+      <c r="M22" s="4"/>
+    </row>
+    <row r="23" spans="1:13" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="51" t="s">
+        <v>34</v>
+      </c>
+      <c r="B23" s="52"/>
+      <c r="C23" s="52"/>
+      <c r="D23" s="52"/>
+      <c r="E23" s="52"/>
+      <c r="F23" s="52"/>
+      <c r="G23" s="52"/>
+      <c r="H23" s="52"/>
+      <c r="I23" s="52"/>
+      <c r="J23" s="52"/>
+      <c r="K23" s="52"/>
+      <c r="L23" s="53"/>
+      <c r="M23" s="4"/>
+    </row>
+    <row r="24" spans="1:13" ht="168.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="16" t="s">
+        <v>4</v>
+      </c>
+      <c r="B24" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" s="36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" s="37"/>
+      <c r="F24" s="38"/>
+      <c r="G24" s="36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24" s="37"/>
+      <c r="I24" s="37"/>
+      <c r="J24" s="37"/>
+      <c r="K24" s="37"/>
+      <c r="L24" s="38"/>
+      <c r="M24" s="7"/>
+    </row>
+    <row r="25" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="9">
+        <v>1</v>
+      </c>
+      <c r="B25" s="90" t="s">
+        <v>16</v>
+      </c>
+      <c r="C25" s="91"/>
+      <c r="D25" s="92"/>
+      <c r="E25" s="92"/>
+      <c r="F25" s="92"/>
+      <c r="G25" s="93"/>
+      <c r="H25" s="94"/>
+      <c r="I25" s="94"/>
+      <c r="J25" s="94"/>
+      <c r="K25" s="94"/>
+      <c r="L25" s="95"/>
+      <c r="M25" s="7"/>
+    </row>
+    <row r="26" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="3">
         <v>2</v>
       </c>
-      <c r="B9" s="52"/>
-[...15 lines deleted...]
-      <c r="A10" s="62" t="s">
+      <c r="B26" s="96" t="s">
+        <v>17</v>
+      </c>
+      <c r="C26" s="97"/>
+      <c r="D26" s="98"/>
+      <c r="E26" s="98"/>
+      <c r="F26" s="98"/>
+      <c r="G26" s="99"/>
+      <c r="H26" s="100"/>
+      <c r="I26" s="100"/>
+      <c r="J26" s="100"/>
+      <c r="K26" s="100"/>
+      <c r="L26" s="101"/>
+      <c r="M26" s="7"/>
+    </row>
+    <row r="27" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="3">
         <v>3</v>
       </c>
-      <c r="B10" s="63"/>
-[...147 lines deleted...]
-      <c r="A19" s="18" t="s">
+      <c r="B27" s="96" t="s">
+        <v>21</v>
+      </c>
+      <c r="C27" s="97"/>
+      <c r="D27" s="98"/>
+      <c r="E27" s="98"/>
+      <c r="F27" s="98"/>
+      <c r="G27" s="99"/>
+      <c r="H27" s="100"/>
+      <c r="I27" s="100"/>
+      <c r="J27" s="100"/>
+      <c r="K27" s="100"/>
+      <c r="L27" s="101"/>
+      <c r="M27" s="7"/>
+    </row>
+    <row r="28" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="3">
         <v>4</v>
       </c>
-      <c r="B19" s="18" t="s">
+      <c r="B28" s="96" t="s">
+        <v>18</v>
+      </c>
+      <c r="C28" s="97"/>
+      <c r="D28" s="98"/>
+      <c r="E28" s="98"/>
+      <c r="F28" s="98"/>
+      <c r="G28" s="99"/>
+      <c r="H28" s="100"/>
+      <c r="I28" s="100"/>
+      <c r="J28" s="100"/>
+      <c r="K28" s="100"/>
+      <c r="L28" s="101"/>
+      <c r="M28" s="7"/>
+    </row>
+    <row r="29" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="3">
         <v>5</v>
       </c>
-      <c r="C19" s="18" t="s">
-[...21 lines deleted...]
-      <c r="B20" s="20" t="s">
+      <c r="B29" s="96"/>
+      <c r="C29" s="97"/>
+      <c r="D29" s="99"/>
+      <c r="E29" s="100"/>
+      <c r="F29" s="102"/>
+      <c r="G29" s="99"/>
+      <c r="H29" s="100"/>
+      <c r="I29" s="100"/>
+      <c r="J29" s="100"/>
+      <c r="K29" s="100"/>
+      <c r="L29" s="101"/>
+      <c r="M29" s="7"/>
+    </row>
+    <row r="30" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="3">
         <v>6</v>
       </c>
-      <c r="C20" s="33"/>
-[...42 lines deleted...]
-      <c r="A23" s="74" t="s">
+      <c r="B30" s="96"/>
+      <c r="C30" s="97"/>
+      <c r="D30" s="99"/>
+      <c r="E30" s="100"/>
+      <c r="F30" s="102"/>
+      <c r="G30" s="99"/>
+      <c r="H30" s="100"/>
+      <c r="I30" s="100"/>
+      <c r="J30" s="100"/>
+      <c r="K30" s="100"/>
+      <c r="L30" s="101"/>
+      <c r="M30" s="7"/>
+    </row>
+    <row r="31" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="3">
+        <v>7</v>
+      </c>
+      <c r="B31" s="96"/>
+      <c r="C31" s="97"/>
+      <c r="D31" s="99"/>
+      <c r="E31" s="100"/>
+      <c r="F31" s="102"/>
+      <c r="G31" s="99"/>
+      <c r="H31" s="100"/>
+      <c r="I31" s="100"/>
+      <c r="J31" s="100"/>
+      <c r="K31" s="100"/>
+      <c r="L31" s="101"/>
+      <c r="M31" s="7"/>
+    </row>
+    <row r="32" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="3">
+        <v>8</v>
+      </c>
+      <c r="B32" s="96"/>
+      <c r="C32" s="97"/>
+      <c r="D32" s="99"/>
+      <c r="E32" s="100"/>
+      <c r="F32" s="102"/>
+      <c r="G32" s="99"/>
+      <c r="H32" s="100"/>
+      <c r="I32" s="100"/>
+      <c r="J32" s="100"/>
+      <c r="K32" s="100"/>
+      <c r="L32" s="101"/>
+      <c r="M32" s="7"/>
+    </row>
+    <row r="33" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="3">
+        <v>9</v>
+      </c>
+      <c r="B33" s="96"/>
+      <c r="C33" s="97"/>
+      <c r="D33" s="99"/>
+      <c r="E33" s="100"/>
+      <c r="F33" s="102"/>
+      <c r="G33" s="99"/>
+      <c r="H33" s="100"/>
+      <c r="I33" s="100"/>
+      <c r="J33" s="100"/>
+      <c r="K33" s="100"/>
+      <c r="L33" s="101"/>
+      <c r="M33" s="7"/>
+    </row>
+    <row r="34" spans="1:13" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="3">
+        <v>10</v>
+      </c>
+      <c r="B34" s="96"/>
+      <c r="C34" s="97"/>
+      <c r="D34" s="98"/>
+      <c r="E34" s="98"/>
+      <c r="F34" s="98"/>
+      <c r="G34" s="103"/>
+      <c r="H34" s="104"/>
+      <c r="I34" s="104"/>
+      <c r="J34" s="104"/>
+      <c r="K34" s="104"/>
+      <c r="L34" s="105"/>
+      <c r="M34" s="7"/>
+    </row>
+    <row r="35" spans="1:13" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="B35" s="18"/>
+      <c r="C35" s="18"/>
+      <c r="D35" s="18"/>
+      <c r="E35" s="18"/>
+      <c r="F35" s="18"/>
+      <c r="G35" s="18"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="106"/>
+      <c r="K35" s="107"/>
+      <c r="L35" s="108"/>
+      <c r="M35" s="7"/>
+    </row>
+    <row r="36" spans="1:13" ht="217.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="56" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" s="57"/>
+      <c r="C36" s="57"/>
+      <c r="D36" s="57"/>
+      <c r="E36" s="57"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="57"/>
+      <c r="H36" s="57"/>
+      <c r="I36" s="57"/>
+      <c r="J36" s="57"/>
+      <c r="K36" s="57"/>
+      <c r="L36" s="58"/>
+      <c r="M36" s="7"/>
+    </row>
+    <row r="37" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="8"/>
+      <c r="B37" s="8"/>
+      <c r="C37" s="8"/>
+      <c r="D37" s="8"/>
+      <c r="E37" s="8"/>
+      <c r="F37" s="8"/>
+      <c r="G37" s="8"/>
+      <c r="H37" s="8"/>
+      <c r="I37" s="8"/>
+      <c r="J37" s="8"/>
+      <c r="K37" s="8"/>
+      <c r="L37" s="8"/>
+      <c r="M37" s="4"/>
+    </row>
+    <row r="38" spans="1:13" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="8"/>
+      <c r="B38" s="8"/>
+      <c r="C38" s="8"/>
+      <c r="D38" s="8"/>
+      <c r="E38" s="8"/>
+      <c r="F38" s="8"/>
+      <c r="G38" s="8"/>
+      <c r="H38" s="8"/>
+      <c r="I38" s="8"/>
+      <c r="J38" s="8"/>
+      <c r="K38" s="8"/>
+      <c r="L38" s="8"/>
+      <c r="M38" s="4"/>
+    </row>
+    <row r="39" spans="1:13" ht="27.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="51" t="s">
         <v>35</v>
       </c>
-      <c r="B23" s="75"/>
-[...148 lines deleted...]
-      <c r="A31" s="25">
+      <c r="B39" s="52"/>
+      <c r="C39" s="52"/>
+      <c r="D39" s="52"/>
+      <c r="E39" s="52"/>
+      <c r="F39" s="52"/>
+      <c r="G39" s="52"/>
+      <c r="H39" s="52"/>
+      <c r="I39" s="52"/>
+      <c r="J39" s="52"/>
+      <c r="K39" s="52"/>
+      <c r="L39" s="53"/>
+      <c r="M39" s="7"/>
+    </row>
+    <row r="40" spans="1:13" ht="83.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="63" t="s">
+        <v>31</v>
+      </c>
+      <c r="B40" s="64"/>
+      <c r="C40" s="2"/>
+      <c r="D40" s="59" t="s">
+        <v>25</v>
+      </c>
+      <c r="E40" s="23"/>
+      <c r="F40" s="23"/>
+      <c r="G40" s="23"/>
+      <c r="H40" s="23"/>
+      <c r="I40" s="23"/>
+      <c r="J40" s="23"/>
+      <c r="K40" s="23"/>
+      <c r="L40" s="24"/>
+      <c r="M40" s="7"/>
+    </row>
+    <row r="41" spans="1:13" ht="96.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="65"/>
+      <c r="B41" s="66"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="60" t="s">
+        <v>28</v>
+      </c>
+      <c r="E41" s="61"/>
+      <c r="F41" s="61"/>
+      <c r="G41" s="61"/>
+      <c r="H41" s="61"/>
+      <c r="I41" s="61"/>
+      <c r="J41" s="61"/>
+      <c r="K41" s="61"/>
+      <c r="L41" s="62"/>
+      <c r="M41" s="7"/>
+    </row>
+    <row r="42" spans="1:13" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="11"/>
+      <c r="B42" s="11"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="13"/>
+      <c r="E42" s="13"/>
+      <c r="F42" s="13"/>
+      <c r="G42" s="13"/>
+      <c r="H42" s="13"/>
+      <c r="I42" s="13"/>
+      <c r="J42" s="13"/>
+      <c r="K42" s="13"/>
+      <c r="L42" s="13"/>
+      <c r="M42" s="4"/>
+    </row>
+    <row r="43" spans="1:13" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="8"/>
+      <c r="B43" s="8"/>
+      <c r="C43" s="8"/>
+      <c r="D43" s="8"/>
+      <c r="E43" s="8"/>
+      <c r="F43" s="8"/>
+      <c r="G43" s="8"/>
+      <c r="H43" s="8"/>
+      <c r="I43" s="8"/>
+      <c r="J43" s="8"/>
+      <c r="K43" s="8"/>
+      <c r="L43" s="8"/>
+      <c r="M43" s="4"/>
+    </row>
+    <row r="44" spans="1:13" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="51" t="s">
+        <v>36</v>
+      </c>
+      <c r="B44" s="52"/>
+      <c r="C44" s="52"/>
+      <c r="D44" s="52"/>
+      <c r="E44" s="52"/>
+      <c r="F44" s="52"/>
+      <c r="G44" s="52"/>
+      <c r="H44" s="52"/>
+      <c r="I44" s="52"/>
+      <c r="J44" s="52"/>
+      <c r="K44" s="52"/>
+      <c r="L44" s="53"/>
+      <c r="M44" s="4"/>
+    </row>
+    <row r="45" spans="1:13" ht="98.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" s="55"/>
+      <c r="C45" s="109"/>
+      <c r="D45" s="110"/>
+      <c r="E45" s="110"/>
+      <c r="F45" s="110"/>
+      <c r="G45" s="110"/>
+      <c r="H45" s="110"/>
+      <c r="I45" s="110"/>
+      <c r="J45" s="110"/>
+      <c r="K45" s="110"/>
+      <c r="L45" s="111"/>
+      <c r="M45" s="7"/>
+    </row>
+    <row r="46" spans="1:13" ht="40.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="B31" s="36"/>
-[...13 lines deleted...]
-      <c r="A32" s="25">
+      <c r="B46" s="40"/>
+      <c r="C46" s="112"/>
+      <c r="D46" s="113"/>
+      <c r="E46" s="113"/>
+      <c r="F46" s="113"/>
+      <c r="G46" s="113"/>
+      <c r="H46" s="113"/>
+      <c r="I46" s="113"/>
+      <c r="J46" s="113"/>
+      <c r="K46" s="113"/>
+      <c r="L46" s="114"/>
+      <c r="M46" s="7"/>
+    </row>
+    <row r="47" spans="1:13" ht="27.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="B32" s="36"/>
-[...13 lines deleted...]
-      <c r="A33" s="25">
+      <c r="B47" s="40"/>
+      <c r="C47" s="112"/>
+      <c r="D47" s="113"/>
+      <c r="E47" s="113"/>
+      <c r="F47" s="113"/>
+      <c r="G47" s="113"/>
+      <c r="H47" s="113"/>
+      <c r="I47" s="113"/>
+      <c r="J47" s="113"/>
+      <c r="K47" s="113"/>
+      <c r="L47" s="114"/>
+      <c r="M47" s="7"/>
+    </row>
+    <row r="48" spans="1:13" ht="27.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="34" t="s">
         <v>9</v>
       </c>
-      <c r="B33" s="36"/>
-[...259 lines deleted...]
-      <c r="M48" s="12"/>
+      <c r="B48" s="35"/>
+      <c r="C48" s="115"/>
+      <c r="D48" s="116"/>
+      <c r="E48" s="116"/>
+      <c r="F48" s="116"/>
+      <c r="G48" s="116"/>
+      <c r="H48" s="116"/>
+      <c r="I48" s="116"/>
+      <c r="J48" s="116"/>
+      <c r="K48" s="116"/>
+      <c r="L48" s="117"/>
+      <c r="M48" s="7"/>
     </row>
     <row r="49" spans="1:13" ht="27.4" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="21"/>
-[...11 lines deleted...]
-      <c r="M49" s="17"/>
+      <c r="A49" s="8"/>
+      <c r="B49" s="8"/>
+      <c r="C49" s="8"/>
+      <c r="D49" s="8"/>
+      <c r="E49" s="8"/>
+      <c r="F49" s="8"/>
+      <c r="G49" s="8"/>
+      <c r="H49" s="8"/>
+      <c r="I49" s="8"/>
+      <c r="J49" s="8"/>
+      <c r="K49" s="8"/>
+      <c r="L49" s="8"/>
+      <c r="M49" s="4"/>
     </row>
     <row r="50" spans="1:13" ht="27.4" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="21"/>
-[...11 lines deleted...]
-      <c r="M50" s="17"/>
+      <c r="A50" s="8"/>
+      <c r="B50" s="8"/>
+      <c r="C50" s="8"/>
+      <c r="D50" s="8"/>
+      <c r="E50" s="8"/>
+      <c r="F50" s="8"/>
+      <c r="G50" s="8"/>
+      <c r="H50" s="8"/>
+      <c r="I50" s="8"/>
+      <c r="J50" s="8"/>
+      <c r="K50" s="8"/>
+      <c r="L50" s="8"/>
+      <c r="M50" s="4"/>
     </row>
     <row r="51" spans="1:13" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="12"/>
+      <c r="A51" s="7"/>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A52" s="12"/>
+      <c r="A52" s="7"/>
     </row>
     <row r="53" spans="1:13" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="12"/>
+      <c r="A53" s="7"/>
     </row>
     <row r="54" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="12"/>
+      <c r="A54" s="7"/>
     </row>
     <row r="55" spans="1:13" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="12"/>
+      <c r="A55" s="7"/>
     </row>
     <row r="56" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="12"/>
+      <c r="A56" s="7"/>
     </row>
     <row r="57" spans="1:13" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="17"/>
+      <c r="A57" s="4"/>
     </row>
     <row r="58" spans="1:13" ht="41.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="59" spans="1:13" ht="29.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="60" spans="1:13" ht="29.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="61" spans="1:13" ht="29.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="62" spans="1:13" ht="47.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="63" spans="1:13" ht="29.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="64" spans="1:13" ht="29.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="65" spans="6:6" ht="29.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="67" spans="6:6" ht="29.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="68" spans="6:6" ht="29.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="69" spans="6:6" ht="29.1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="72" spans="6:6" x14ac:dyDescent="0.25">
-      <c r="F72" s="32"/>
+      <c r="F72" s="1"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="320Uhl+XtseJyXo+lS/IxHoD22K38k1e5+03VWtuDIhQAtafM9/TJ91Z+jGmxg/t6HuV5tduU+8yvuqbEef3vg==" saltValue="nA50X2BQlkNWFKQcmqDfYg==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatRows="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Xh0SF675aUUayRo8O48/yWiuRgS+bK3LbW0x4/+HW+K5+52aQB0TYqeGFjYfaw0Q6z7i3bIXWQCiRrabYGAfbA==" saltValue="koToDZvdpQ8fqdQYVlvsOA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="66">
-    <mergeCell ref="A1:L1"/>
-[...5 lines deleted...]
-    <mergeCell ref="E5:L5"/>
+    <mergeCell ref="D31:F31"/>
+    <mergeCell ref="D32:F32"/>
+    <mergeCell ref="D33:F33"/>
+    <mergeCell ref="J35:L35"/>
+    <mergeCell ref="D30:F30"/>
+    <mergeCell ref="D34:F34"/>
+    <mergeCell ref="A6:D6"/>
+    <mergeCell ref="E6:L6"/>
+    <mergeCell ref="A8:D8"/>
+    <mergeCell ref="E8:L8"/>
+    <mergeCell ref="G20:L20"/>
+    <mergeCell ref="E7:L7"/>
+    <mergeCell ref="E9:L9"/>
+    <mergeCell ref="E10:L10"/>
+    <mergeCell ref="A7:D7"/>
+    <mergeCell ref="A9:D9"/>
+    <mergeCell ref="A10:D10"/>
+    <mergeCell ref="D19:F19"/>
+    <mergeCell ref="D20:F20"/>
+    <mergeCell ref="G19:L19"/>
+    <mergeCell ref="A17:L17"/>
+    <mergeCell ref="A13:L13"/>
+    <mergeCell ref="A23:L23"/>
+    <mergeCell ref="D29:F29"/>
+    <mergeCell ref="D28:F28"/>
+    <mergeCell ref="G28:L28"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="C45:L45"/>
+    <mergeCell ref="A36:L36"/>
+    <mergeCell ref="D40:L40"/>
+    <mergeCell ref="D41:L41"/>
+    <mergeCell ref="A40:B41"/>
+    <mergeCell ref="A39:L39"/>
+    <mergeCell ref="A44:L44"/>
+    <mergeCell ref="G30:L30"/>
+    <mergeCell ref="G31:L31"/>
+    <mergeCell ref="G32:L32"/>
+    <mergeCell ref="G33:L33"/>
+    <mergeCell ref="A14:L14"/>
+    <mergeCell ref="A15:B16"/>
+    <mergeCell ref="A18:L18"/>
+    <mergeCell ref="C15:L15"/>
+    <mergeCell ref="C16:L16"/>
     <mergeCell ref="A48:B48"/>
     <mergeCell ref="C48:L48"/>
     <mergeCell ref="D24:F24"/>
     <mergeCell ref="G24:L24"/>
     <mergeCell ref="D26:F26"/>
     <mergeCell ref="G26:L26"/>
     <mergeCell ref="D27:F27"/>
     <mergeCell ref="G27:L27"/>
     <mergeCell ref="D25:F25"/>
     <mergeCell ref="G25:L25"/>
     <mergeCell ref="G34:L34"/>
     <mergeCell ref="A47:B47"/>
     <mergeCell ref="C47:L47"/>
     <mergeCell ref="G29:L29"/>
     <mergeCell ref="A46:B46"/>
     <mergeCell ref="C46:L46"/>
-    <mergeCell ref="A14:L14"/>
-[...41 lines deleted...]
-    <mergeCell ref="D34:F34"/>
+    <mergeCell ref="A1:L1"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A5:D5"/>
+    <mergeCell ref="E4:L4"/>
+    <mergeCell ref="E5:L5"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation showDropDown="1" showInputMessage="1" showErrorMessage="1" sqref="E10:L10"/>
+    <dataValidation showDropDown="1" showInputMessage="1" showErrorMessage="1" sqref="E10:L10" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
   </dataValidations>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="37" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="8" scale="53" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1032" r:id="rId4" name="Check Box 8">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>419100</xdr:colOff>
                     <xdr:row>40</xdr:row>
                     <xdr:rowOff>457200</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>838200</xdr:colOff>
                     <xdr:row>40</xdr:row>
                     <xdr:rowOff>685800</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
@@ -3376,490 +2999,271 @@
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0" altText="">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>390525</xdr:colOff>
                     <xdr:row>39</xdr:row>
                     <xdr:rowOff>104775</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>2</xdr:col>
                     <xdr:colOff>952500</xdr:colOff>
                     <xdr:row>39</xdr:row>
                     <xdr:rowOff>904875</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
-        <x14:dataValidation type="list">
+        <x14:dataValidation type="list" xr:uid="{844653E3-1A42-41E2-8675-2ADB97ADF1D1}">
           <x14:formula1>
             <xm:f>'Seznam komponent'!$B$1:$B$35</xm:f>
           </x14:formula1>
           <xm:sqref>E9:L9</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF3FB817-7912-494E-8E08-FA4951CF3991}">
   <dimension ref="B1:B35"/>
   <sheetViews>
     <sheetView topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="B38" sqref="B38"/>
+      <selection activeCell="B1" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="55.7109375" customWidth="1"/>
     <col min="2" max="2" width="81.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B1" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="2" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B3" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B4" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B6" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="7" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B7" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B8" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B9" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B10" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B11" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="12" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B12" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B13" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B14" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B15" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="16" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B16" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="17" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B17" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B18" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B19" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B20" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="21" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B21" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B22" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
     </row>
     <row r="23" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B23" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="24" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B24" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
     </row>
     <row r="25" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B25" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="26" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B26" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
     <row r="27" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B27" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="28" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B28" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
     </row>
     <row r="29" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B29" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B30" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="31" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B31" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="32" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B32" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
     </row>
     <row r="33" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B33" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B34" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
     </row>
     <row r="35" spans="2:2" x14ac:dyDescent="0.25">
       <c r="B35" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
-  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
-[...202 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010063FA44214207B94495ADC38EB3EA8BF0" ma:contentTypeVersion="2" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="d85c56abf25afc4f7cc630d93524351c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="981a7d58-7e9e-40e9-ae91-8166a8f0ee20" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="85acbbdb8b547b5a56fa1f9032260dca" ns2:_="">
     <xsd:import namespace="981a7d58-7e9e-40e9-ae91-8166a8f0ee20"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="981a7d58-7e9e-40e9-ae91-8166a8f0ee20" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -3947,148 +3351,182 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2192E14-028F-4CE4-B7A9-44E311403566}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="981a7d58-7e9e-40e9-ae91-8166a8f0ee20"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB80B0A9-F0FA-4564-8E37-7C2305EB7E8A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{954A0B83-11B0-4235-A7B8-B394B73E1B86}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="981a7d58-7e9e-40e9-ae91-8166a8f0ee20"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>listy</vt:lpstr>
+        <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
-[...5 lines deleted...]
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ČP příjemce</vt:lpstr>
       <vt:lpstr>Seznam komponent</vt:lpstr>
-      <vt:lpstr>Pokyny k vyplnění</vt:lpstr>
-      <vt:lpstr>'ČP příjemce'!Oblast_tisku</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nečasová Jana</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063FA44214207B94495ADC38EB3EA8BF0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1ba92a76-a6c4-4984-b898-a49fe77c5243_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1ba92a76-a6c4-4984-b898-a49fe77c5243_SetDate">
     <vt:lpwstr>2022-04-07T05:54:29Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1ba92a76-a6c4-4984-b898-a49fe77c5243_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1ba92a76-a6c4-4984-b898-a49fe77c5243_Name">
     <vt:lpwstr>Veřejné - s popiskem</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1ba92a76-a6c4-4984-b898-a49fe77c5243_SiteId">
     <vt:lpwstr>1f9775f0-c6d0-40f3-b27c-91cb5bbd294a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1ba92a76-a6c4-4984-b898-a49fe77c5243_ActionId">
     <vt:lpwstr>401fa72e-92be-4556-9ff0-8ebaf33b3e70</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_1ba92a76-a6c4-4984-b898-a49fe77c5243_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="IX_DOC_TYPE">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="IX_DOC_TYPE">
     <vt:lpwstr>F793</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="IX_ENVIRONMENT">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="IX_ENVIRONMENT">
     <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T14:59:46Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>7d925a9b-9b71-42e4-bef1-022baa6cfe09</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>