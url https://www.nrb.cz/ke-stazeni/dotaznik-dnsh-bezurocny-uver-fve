--- v0 (2025-10-15)
+++ v1 (2026-02-13)
@@ -1,93 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="11340" w:type="dxa"/>
         <w:tblInd w:w="-1139" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="8646"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F7D9D" w:rsidRPr="00277F3B" w14:paraId="04C7894D" w14:textId="77777777" w:rsidTr="002B7342">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
           </w:tcPr>
           <w:p w14:paraId="4DDF2627" w14:textId="2961287D" w:rsidR="008F7D9D" w:rsidRPr="00277F3B" w:rsidRDefault="006D77EA" w:rsidP="00CB1C16">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Dotazník DNSH a Klimatického posouzení</w:t>
             </w:r>
             <w:r w:rsidR="00AB5EFD" w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
@@ -215,51 +212,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75B38BCB" w14:textId="35697532" w:rsidR="008F7D9D" w:rsidRPr="00277F3B" w:rsidRDefault="00397B9E" w:rsidP="00542FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text1"/>
+            <w:bookmarkStart w:id="0" w:name="Text1"/>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
@@ -292,51 +289,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00542FA3" w:rsidRPr="00277F3B" w14:paraId="44ADB0A1" w14:textId="77777777" w:rsidTr="00277F3B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14768955" w14:textId="77777777" w:rsidR="00542FA3" w:rsidRPr="00277F3B" w:rsidRDefault="00542FA3" w:rsidP="00542FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -686,82 +683,81 @@
               <w:t xml:space="preserve">Jsou mezi způsobilými výdaji projektu zahrnuty výdaje na </w:t>
             </w:r>
             <w:r w:rsidRPr="000529C9">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>investice související s výrobou, zpracováním, přepravou, distribucí, skladováním nebo spalováním fosilních paliv</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1142" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D2E3C26" w14:textId="5C60719D" w:rsidR="00E1624B" w:rsidRDefault="00647679" w:rsidP="00E1624B">
+          <w:p w14:paraId="7D2E3C26" w14:textId="5C60719D" w:rsidR="00E1624B" w:rsidRDefault="00000000" w:rsidP="00E1624B">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="548039643"/>
                 <w:placeholder>
                   <w:docPart w:val="86ADEB978F674AE8BD30EB2D11A00F2C"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E1624B" w:rsidRPr="006D79F2">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71C6680D" w14:textId="2CD5BD96" w:rsidR="00E1624B" w:rsidRPr="00BF48F7" w:rsidRDefault="00E1624B" w:rsidP="00E1624B">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
@@ -862,80 +858,79 @@
               <w:t>Je projekt</w:t>
             </w:r>
             <w:r w:rsidRPr="00B242C9">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zaměřen na snižování emisí skleníkových plynů v zařízeních zařazených v systému obchodování s emisními povolenkami</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1142" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3D7DCF" w14:textId="77777777" w:rsidR="00E1624B" w:rsidRPr="006D79F2" w:rsidRDefault="00647679" w:rsidP="00E1624B">
+          <w:p w14:paraId="7F3D7DCF" w14:textId="77777777" w:rsidR="00E1624B" w:rsidRPr="006D79F2" w:rsidRDefault="00000000" w:rsidP="00E1624B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="482737006"/>
                 <w:placeholder>
                   <w:docPart w:val="CD72B948784E4A03867409E8557C8E02"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E1624B" w:rsidRPr="006D79F2">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75106F99" w14:textId="627B9178" w:rsidR="00E1624B" w:rsidRPr="006D79F2" w:rsidRDefault="00E1624B" w:rsidP="00E1624B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -1346,81 +1341,80 @@
             </w:r>
             <w:r w:rsidR="00B07E5E" w:rsidRPr="006D79F2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
             <w:r w:rsidR="00B07E5E">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0E8B6D" w14:textId="2AD982AF" w:rsidR="00B07E5E" w:rsidRPr="0013276C" w:rsidRDefault="00647679" w:rsidP="00DC35F9">
+          <w:p w14:paraId="2A0E8B6D" w14:textId="2AD982AF" w:rsidR="00B07E5E" w:rsidRPr="0013276C" w:rsidRDefault="00000000" w:rsidP="00DC35F9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1529529329"/>
                 <w:placeholder>
                   <w:docPart w:val="83194F44A53E40129FAF4A034F8F203F"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B07E5E" w:rsidRPr="0013276C">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40EAD426" w14:textId="6D219754" w:rsidR="00456ED2" w:rsidRDefault="00B07E5E" w:rsidP="005F7813">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -1941,82 +1935,81 @@
               <w:t xml:space="preserve">Je projekt zaměřen na </w:t>
             </w:r>
             <w:r w:rsidRPr="007945E1">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>energetické využití odpadů, spalování a na odstraňování odpadů skládkováním</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1142" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31F07EC4" w14:textId="6EBBF298" w:rsidR="00E1624B" w:rsidRDefault="00647679" w:rsidP="00E1624B">
+          <w:p w14:paraId="31F07EC4" w14:textId="6EBBF298" w:rsidR="00E1624B" w:rsidRDefault="00000000" w:rsidP="00E1624B">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1123414861"/>
                 <w:placeholder>
                   <w:docPart w:val="D21CBBE487744DE784BEC4A1B47EF6C5"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E1624B" w:rsidRPr="006D79F2">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="723BF4A0" w14:textId="22F10789" w:rsidR="00E1624B" w:rsidRDefault="00E1624B" w:rsidP="00E1624B">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
@@ -2490,80 +2483,79 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B14D6B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">P4 </w:t>
             </w:r>
             <w:r w:rsidRPr="00456ED2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a P3?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46A48196" w14:textId="3609D05F" w:rsidR="008B2A82" w:rsidRPr="006D79F2" w:rsidRDefault="00647679" w:rsidP="008B2A82">
+          <w:p w14:paraId="46A48196" w14:textId="3609D05F" w:rsidR="008B2A82" w:rsidRPr="006D79F2" w:rsidRDefault="00000000" w:rsidP="008B2A82">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-594325330"/>
                 <w:placeholder>
                   <w:docPart w:val="53B2EF5E122E404DAE01CE9989156FCF"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008B2A82" w:rsidRPr="006D79F2">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F5A5D24" w14:textId="6DDEA7A7" w:rsidR="008B2A82" w:rsidRPr="006D79F2" w:rsidRDefault="005F7813" w:rsidP="005F7813">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -2701,99 +2693,97 @@
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="23"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Závěrečná prohlášení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C8275D" w:rsidRPr="00D52D83" w14:paraId="4EB88493" w14:textId="77777777" w:rsidTr="00C8275D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6848DFA4" w14:textId="05D847B2" w:rsidR="00C8275D" w:rsidRPr="00C8275D" w:rsidRDefault="00C8275D" w:rsidP="00C8275D">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="458"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="23"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prohlašuji, že projekt bude realizován v souladu s platnou environmentální legislativou České republiky</w:t>
             </w:r>
             <w:r w:rsidR="00CB1C16">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> a EU</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C8275D" w:rsidRPr="00D52D83" w14:paraId="49B9A724" w14:textId="77777777" w:rsidTr="00C8275D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3343C3C2" w14:textId="1459546F" w:rsidR="00C8275D" w:rsidRDefault="00C8275D" w:rsidP="006436C7">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="458"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="23"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prohlašuji, že </w:t>
             </w:r>
             <w:r w:rsidRPr="00C8275D">
@@ -3762,89 +3752,89 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10687258" w14:textId="77777777" w:rsidR="003F4CBC" w:rsidRPr="005E3A10" w:rsidRDefault="003F4CBC" w:rsidP="006436C7">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1134"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003F4CBC" w:rsidRPr="005E3A10" w:rsidSect="00B40CF4">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="17294" w:code="9"/>
       <w:pgMar w:top="142" w:right="1417" w:bottom="0" w:left="1417" w:header="708" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7846B691" w14:textId="77777777" w:rsidR="00647679" w:rsidRDefault="00647679" w:rsidP="009E39BA">
+    <w:p w14:paraId="6C393E66" w14:textId="77777777" w:rsidR="00CB1844" w:rsidRDefault="00CB1844" w:rsidP="009E39BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C1D038F" w14:textId="77777777" w:rsidR="00647679" w:rsidRDefault="00647679" w:rsidP="009E39BA">
+    <w:p w14:paraId="1FD4C363" w14:textId="77777777" w:rsidR="00CB1844" w:rsidRDefault="00CB1844" w:rsidP="009E39BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina-Regu">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="EUAlbertina-Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Montserrat">
@@ -3859,71 +3849,70 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="17747259"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="607C7662" w14:textId="47CB1D4B" w:rsidR="00D71AE6" w:rsidRPr="005E3A10" w:rsidRDefault="00D71AE6" w:rsidP="005E3A10">
         <w:pPr>
           <w:pStyle w:val="Zpat"/>
           <w:spacing w:before="120" w:after="120"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="005E3A10">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="005E3A10">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
@@ -3948,63 +3937,63 @@
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="005E3A10">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="005E3A10">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FB608FC" w14:textId="77777777" w:rsidR="00647679" w:rsidRDefault="00647679" w:rsidP="009E39BA">
+    <w:p w14:paraId="2AB52060" w14:textId="77777777" w:rsidR="00CB1844" w:rsidRDefault="00CB1844" w:rsidP="009E39BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E879C54" w14:textId="77777777" w:rsidR="00647679" w:rsidRDefault="00647679" w:rsidP="009E39BA">
+    <w:p w14:paraId="1C3BF327" w14:textId="77777777" w:rsidR="00CB1844" w:rsidRDefault="00CB1844" w:rsidP="009E39BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="157D65FD" w14:textId="5634F7F7" w:rsidR="003F4CBC" w:rsidRPr="00800C42" w:rsidRDefault="003F4CBC" w:rsidP="003F4CBC">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="142" w:right="-709" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A09B6">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
@@ -4044,51 +4033,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A09B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>úředně ověřen</w:t>
       </w:r>
       <w:r w:rsidR="00277F3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ý podpis.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C566FAF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6E4E0FA8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="57" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="57" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -6653,105 +6642,105 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2164" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2465" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="395248495">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="384303403">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="407194409">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1196773392">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="804128509">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1661229194">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="293994506">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1954550029">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1655985546">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="647855117">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1526166027">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="329799102">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="288439146">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="854003474">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="873692348">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="403767766">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1954555674">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="467816652">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1629818536">
     <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="57" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="57" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
@@ -6836,51 +6825,51 @@
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2164" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2465" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1510677740">
     <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="57" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="57" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
@@ -6965,108 +6954,109 @@
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2164" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2465" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1617173322">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1890998058">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="637225244">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="231695310">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="2107117934">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1649361164">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="2008167414">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="989795526">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1015611977">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1254390853">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="IkwyMCzsiTVy4A+D9oNAgi0rBQEvG8Z5UKTFTa/L1ECj0NyCIr6/6MnhzieI/iFmWqjeo9PHIYg2DkCzUdDAeg==" w:salt="VybxwKW0bdo8DNprRNDObA=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MjUwtzQzNTGyNDe3MDJQ0lEKTi0uzszPAykwrAUAOeJ3jSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="0039619A"/>
     <w:rsid w:val="0000408D"/>
     <w:rsid w:val="00005917"/>
     <w:rsid w:val="00006F8D"/>
     <w:rsid w:val="000147EF"/>
     <w:rsid w:val="00017BFE"/>
     <w:rsid w:val="00023BD3"/>
     <w:rsid w:val="00023E2D"/>
     <w:rsid w:val="00027079"/>
     <w:rsid w:val="0002798F"/>
     <w:rsid w:val="000322B9"/>
     <w:rsid w:val="00045565"/>
     <w:rsid w:val="000460A1"/>
     <w:rsid w:val="00050A63"/>
     <w:rsid w:val="000529C9"/>
     <w:rsid w:val="00054BB8"/>
     <w:rsid w:val="00054FE6"/>
     <w:rsid w:val="0005777E"/>
     <w:rsid w:val="00061065"/>
@@ -7122,50 +7112,51 @@
     <w:rsid w:val="0018646F"/>
     <w:rsid w:val="00186699"/>
     <w:rsid w:val="00192FB4"/>
     <w:rsid w:val="00196400"/>
     <w:rsid w:val="001A547D"/>
     <w:rsid w:val="001A5F40"/>
     <w:rsid w:val="001B3E13"/>
     <w:rsid w:val="001B664C"/>
     <w:rsid w:val="001B7324"/>
     <w:rsid w:val="001E1282"/>
     <w:rsid w:val="001E764B"/>
     <w:rsid w:val="001F43A1"/>
     <w:rsid w:val="001F56AE"/>
     <w:rsid w:val="001F5CF6"/>
     <w:rsid w:val="00201FAA"/>
     <w:rsid w:val="002036F6"/>
     <w:rsid w:val="002215B9"/>
     <w:rsid w:val="0022188A"/>
     <w:rsid w:val="0022196C"/>
     <w:rsid w:val="00221DC5"/>
     <w:rsid w:val="00230AA2"/>
     <w:rsid w:val="00230E50"/>
     <w:rsid w:val="002313E4"/>
     <w:rsid w:val="0023147E"/>
     <w:rsid w:val="00233D82"/>
+    <w:rsid w:val="002429E1"/>
     <w:rsid w:val="00243F05"/>
     <w:rsid w:val="002500B3"/>
     <w:rsid w:val="0025371E"/>
     <w:rsid w:val="00255270"/>
     <w:rsid w:val="00255A20"/>
     <w:rsid w:val="00255C9B"/>
     <w:rsid w:val="00266B74"/>
     <w:rsid w:val="00274C12"/>
     <w:rsid w:val="002766D6"/>
     <w:rsid w:val="00277F3B"/>
     <w:rsid w:val="00283E88"/>
     <w:rsid w:val="00293005"/>
     <w:rsid w:val="00296F2B"/>
     <w:rsid w:val="002A2BFC"/>
     <w:rsid w:val="002A2D69"/>
     <w:rsid w:val="002A5E63"/>
     <w:rsid w:val="002B2A1D"/>
     <w:rsid w:val="002B6264"/>
     <w:rsid w:val="002B7342"/>
     <w:rsid w:val="002D0EE1"/>
     <w:rsid w:val="002D6AF7"/>
     <w:rsid w:val="002E030E"/>
     <w:rsid w:val="002E158A"/>
     <w:rsid w:val="002E1DBA"/>
     <w:rsid w:val="002E621F"/>
@@ -7188,185 +7179,190 @@
     <w:rsid w:val="003812A7"/>
     <w:rsid w:val="003903B6"/>
     <w:rsid w:val="00391D3C"/>
     <w:rsid w:val="00394BA7"/>
     <w:rsid w:val="0039619A"/>
     <w:rsid w:val="00397B9E"/>
     <w:rsid w:val="00397EBF"/>
     <w:rsid w:val="003A40A3"/>
     <w:rsid w:val="003A7ED4"/>
     <w:rsid w:val="003B11BB"/>
     <w:rsid w:val="003B63B3"/>
     <w:rsid w:val="003B73A6"/>
     <w:rsid w:val="003C3478"/>
     <w:rsid w:val="003C3D5D"/>
     <w:rsid w:val="003C600E"/>
     <w:rsid w:val="003C6B27"/>
     <w:rsid w:val="003D02A2"/>
     <w:rsid w:val="003D140C"/>
     <w:rsid w:val="003D33D0"/>
     <w:rsid w:val="003D5077"/>
     <w:rsid w:val="003D52DD"/>
     <w:rsid w:val="003D727F"/>
     <w:rsid w:val="003E05DE"/>
     <w:rsid w:val="003E4C1F"/>
     <w:rsid w:val="003E5D26"/>
+    <w:rsid w:val="003F34E6"/>
     <w:rsid w:val="003F45A2"/>
     <w:rsid w:val="003F4CBC"/>
     <w:rsid w:val="0040031C"/>
     <w:rsid w:val="00401263"/>
     <w:rsid w:val="00403719"/>
     <w:rsid w:val="00406A76"/>
     <w:rsid w:val="00407D83"/>
     <w:rsid w:val="00411EBC"/>
     <w:rsid w:val="00425C6B"/>
     <w:rsid w:val="00432958"/>
     <w:rsid w:val="00433E92"/>
     <w:rsid w:val="004343DC"/>
     <w:rsid w:val="00441980"/>
     <w:rsid w:val="00441A49"/>
     <w:rsid w:val="00456ED2"/>
     <w:rsid w:val="00476D61"/>
     <w:rsid w:val="00477831"/>
     <w:rsid w:val="00480421"/>
     <w:rsid w:val="00480E2D"/>
     <w:rsid w:val="00487450"/>
     <w:rsid w:val="00487536"/>
     <w:rsid w:val="004926EB"/>
     <w:rsid w:val="004940E4"/>
     <w:rsid w:val="004951AD"/>
     <w:rsid w:val="004A0018"/>
     <w:rsid w:val="004B242C"/>
     <w:rsid w:val="004C13E6"/>
     <w:rsid w:val="004C1D22"/>
     <w:rsid w:val="004C228A"/>
     <w:rsid w:val="004D5388"/>
     <w:rsid w:val="004D7162"/>
     <w:rsid w:val="004D75AC"/>
     <w:rsid w:val="004E2302"/>
     <w:rsid w:val="004F014F"/>
     <w:rsid w:val="004F1550"/>
     <w:rsid w:val="004F42A7"/>
     <w:rsid w:val="00501103"/>
     <w:rsid w:val="005055DB"/>
     <w:rsid w:val="00510688"/>
     <w:rsid w:val="005121BB"/>
     <w:rsid w:val="00517F47"/>
+    <w:rsid w:val="00520CDB"/>
     <w:rsid w:val="00521C9C"/>
     <w:rsid w:val="0053126D"/>
     <w:rsid w:val="00537E10"/>
     <w:rsid w:val="00540044"/>
     <w:rsid w:val="00542FA3"/>
     <w:rsid w:val="00545905"/>
     <w:rsid w:val="00550F24"/>
     <w:rsid w:val="00555206"/>
     <w:rsid w:val="00555F61"/>
     <w:rsid w:val="00561607"/>
     <w:rsid w:val="00562E5B"/>
     <w:rsid w:val="00570C7C"/>
     <w:rsid w:val="00575F43"/>
     <w:rsid w:val="00581969"/>
     <w:rsid w:val="005819D0"/>
     <w:rsid w:val="005828AE"/>
     <w:rsid w:val="005834CF"/>
     <w:rsid w:val="00584D90"/>
     <w:rsid w:val="005948DB"/>
     <w:rsid w:val="00594EE9"/>
     <w:rsid w:val="0059517B"/>
     <w:rsid w:val="00596553"/>
     <w:rsid w:val="005976A2"/>
     <w:rsid w:val="005A11C3"/>
     <w:rsid w:val="005A337A"/>
     <w:rsid w:val="005A3578"/>
     <w:rsid w:val="005B39BB"/>
     <w:rsid w:val="005B4667"/>
     <w:rsid w:val="005D2ED3"/>
     <w:rsid w:val="005E046D"/>
     <w:rsid w:val="005E3A10"/>
     <w:rsid w:val="005F32F6"/>
     <w:rsid w:val="005F3FFF"/>
     <w:rsid w:val="005F7813"/>
     <w:rsid w:val="00605141"/>
     <w:rsid w:val="00611FEB"/>
     <w:rsid w:val="00615906"/>
+    <w:rsid w:val="006179FD"/>
     <w:rsid w:val="00630D16"/>
     <w:rsid w:val="00634166"/>
     <w:rsid w:val="006417AE"/>
     <w:rsid w:val="006436C7"/>
     <w:rsid w:val="00644084"/>
     <w:rsid w:val="00647679"/>
     <w:rsid w:val="00650888"/>
     <w:rsid w:val="00653EC0"/>
     <w:rsid w:val="00654D6A"/>
     <w:rsid w:val="00657CBE"/>
     <w:rsid w:val="00662F96"/>
     <w:rsid w:val="0066516F"/>
     <w:rsid w:val="006957B6"/>
     <w:rsid w:val="00696B09"/>
     <w:rsid w:val="006A2720"/>
     <w:rsid w:val="006A5F1A"/>
     <w:rsid w:val="006A6A11"/>
     <w:rsid w:val="006A7526"/>
     <w:rsid w:val="006A7C1E"/>
     <w:rsid w:val="006B0F9F"/>
     <w:rsid w:val="006C0802"/>
     <w:rsid w:val="006C6A33"/>
     <w:rsid w:val="006C7F0F"/>
     <w:rsid w:val="006D77EA"/>
     <w:rsid w:val="006D79F2"/>
     <w:rsid w:val="006E4423"/>
     <w:rsid w:val="006F2A86"/>
     <w:rsid w:val="006F4D48"/>
+    <w:rsid w:val="006F530E"/>
     <w:rsid w:val="0070637D"/>
     <w:rsid w:val="007107CB"/>
     <w:rsid w:val="00710EB2"/>
     <w:rsid w:val="00716AEB"/>
     <w:rsid w:val="00724FD6"/>
     <w:rsid w:val="007250E1"/>
     <w:rsid w:val="007405CA"/>
     <w:rsid w:val="00742B80"/>
     <w:rsid w:val="00755C26"/>
     <w:rsid w:val="007564A9"/>
     <w:rsid w:val="007806B9"/>
     <w:rsid w:val="00782664"/>
     <w:rsid w:val="007868F7"/>
     <w:rsid w:val="0079125A"/>
     <w:rsid w:val="00792E88"/>
     <w:rsid w:val="007945E1"/>
     <w:rsid w:val="00795A53"/>
     <w:rsid w:val="007A0689"/>
     <w:rsid w:val="007A4BC1"/>
     <w:rsid w:val="007B450E"/>
     <w:rsid w:val="007C1C6B"/>
     <w:rsid w:val="007D133F"/>
     <w:rsid w:val="007D1B19"/>
     <w:rsid w:val="007E32DE"/>
     <w:rsid w:val="007E4E0E"/>
     <w:rsid w:val="007F0B35"/>
     <w:rsid w:val="007F34CD"/>
     <w:rsid w:val="007F6E70"/>
     <w:rsid w:val="00803F91"/>
+    <w:rsid w:val="0081064F"/>
     <w:rsid w:val="00814D21"/>
     <w:rsid w:val="008238C2"/>
     <w:rsid w:val="00825ED9"/>
     <w:rsid w:val="008270F3"/>
     <w:rsid w:val="00833CAF"/>
     <w:rsid w:val="00851C09"/>
     <w:rsid w:val="00863C83"/>
     <w:rsid w:val="0086455A"/>
     <w:rsid w:val="00864FED"/>
     <w:rsid w:val="0086799C"/>
     <w:rsid w:val="00873215"/>
     <w:rsid w:val="00873E3F"/>
     <w:rsid w:val="00877075"/>
     <w:rsid w:val="008815E6"/>
     <w:rsid w:val="00883863"/>
     <w:rsid w:val="00891271"/>
     <w:rsid w:val="00896521"/>
     <w:rsid w:val="00897A3A"/>
     <w:rsid w:val="008A1174"/>
     <w:rsid w:val="008A123D"/>
     <w:rsid w:val="008B2A82"/>
     <w:rsid w:val="008B6A7B"/>
     <w:rsid w:val="008C58C4"/>
     <w:rsid w:val="008C69B0"/>
     <w:rsid w:val="008C6B2A"/>
@@ -7379,76 +7375,79 @@
     <w:rsid w:val="008F25AB"/>
     <w:rsid w:val="008F7D9D"/>
     <w:rsid w:val="009015F2"/>
     <w:rsid w:val="00905F8D"/>
     <w:rsid w:val="00910584"/>
     <w:rsid w:val="00910D13"/>
     <w:rsid w:val="009110DD"/>
     <w:rsid w:val="009166A3"/>
     <w:rsid w:val="00920040"/>
     <w:rsid w:val="00926830"/>
     <w:rsid w:val="0093089C"/>
     <w:rsid w:val="00935705"/>
     <w:rsid w:val="00950829"/>
     <w:rsid w:val="00950E83"/>
     <w:rsid w:val="0095344A"/>
     <w:rsid w:val="00954706"/>
     <w:rsid w:val="00956B7F"/>
     <w:rsid w:val="00973350"/>
     <w:rsid w:val="00974351"/>
     <w:rsid w:val="00976B51"/>
     <w:rsid w:val="009774C0"/>
     <w:rsid w:val="0097768E"/>
     <w:rsid w:val="009824BA"/>
     <w:rsid w:val="009959C8"/>
     <w:rsid w:val="009A293E"/>
+    <w:rsid w:val="009A530C"/>
     <w:rsid w:val="009B00AF"/>
     <w:rsid w:val="009B0FFC"/>
     <w:rsid w:val="009B149A"/>
     <w:rsid w:val="009B5D0E"/>
     <w:rsid w:val="009C0A1A"/>
     <w:rsid w:val="009C1798"/>
     <w:rsid w:val="009C1ED8"/>
     <w:rsid w:val="009C6C86"/>
     <w:rsid w:val="009D697E"/>
     <w:rsid w:val="009E12D7"/>
+    <w:rsid w:val="009E18C5"/>
     <w:rsid w:val="009E1944"/>
     <w:rsid w:val="009E39BA"/>
     <w:rsid w:val="009E4A1B"/>
     <w:rsid w:val="009F2E10"/>
     <w:rsid w:val="009F32BD"/>
     <w:rsid w:val="00A0206A"/>
     <w:rsid w:val="00A02FD6"/>
     <w:rsid w:val="00A05BFA"/>
     <w:rsid w:val="00A068E0"/>
     <w:rsid w:val="00A071F1"/>
     <w:rsid w:val="00A077CF"/>
     <w:rsid w:val="00A1086B"/>
     <w:rsid w:val="00A12AA8"/>
     <w:rsid w:val="00A13B0E"/>
     <w:rsid w:val="00A142ED"/>
     <w:rsid w:val="00A15CDC"/>
+    <w:rsid w:val="00A1600D"/>
     <w:rsid w:val="00A165F2"/>
     <w:rsid w:val="00A16DAE"/>
     <w:rsid w:val="00A24D49"/>
     <w:rsid w:val="00A2613F"/>
     <w:rsid w:val="00A302E9"/>
     <w:rsid w:val="00A4736D"/>
     <w:rsid w:val="00A50B23"/>
     <w:rsid w:val="00A62E9C"/>
     <w:rsid w:val="00A66533"/>
     <w:rsid w:val="00A669A2"/>
     <w:rsid w:val="00A67182"/>
     <w:rsid w:val="00A72B1E"/>
     <w:rsid w:val="00A758F7"/>
     <w:rsid w:val="00A80654"/>
     <w:rsid w:val="00A80935"/>
     <w:rsid w:val="00A81691"/>
     <w:rsid w:val="00A864DE"/>
     <w:rsid w:val="00A907B2"/>
     <w:rsid w:val="00A94CA9"/>
     <w:rsid w:val="00AA055F"/>
     <w:rsid w:val="00AA1334"/>
     <w:rsid w:val="00AA2826"/>
     <w:rsid w:val="00AB3D0E"/>
     <w:rsid w:val="00AB5EFD"/>
     <w:rsid w:val="00AB692E"/>
@@ -7514,92 +7513,96 @@
     <w:rsid w:val="00C130AD"/>
     <w:rsid w:val="00C1517A"/>
     <w:rsid w:val="00C15F75"/>
     <w:rsid w:val="00C33104"/>
     <w:rsid w:val="00C34BF9"/>
     <w:rsid w:val="00C35253"/>
     <w:rsid w:val="00C37134"/>
     <w:rsid w:val="00C45661"/>
     <w:rsid w:val="00C51F4D"/>
     <w:rsid w:val="00C52D2E"/>
     <w:rsid w:val="00C652FC"/>
     <w:rsid w:val="00C718E0"/>
     <w:rsid w:val="00C71AD9"/>
     <w:rsid w:val="00C72C17"/>
     <w:rsid w:val="00C750EB"/>
     <w:rsid w:val="00C761B7"/>
     <w:rsid w:val="00C8275D"/>
     <w:rsid w:val="00C84FDD"/>
     <w:rsid w:val="00C86265"/>
     <w:rsid w:val="00C86954"/>
     <w:rsid w:val="00C916B8"/>
     <w:rsid w:val="00C9478D"/>
     <w:rsid w:val="00C95277"/>
     <w:rsid w:val="00C9608A"/>
     <w:rsid w:val="00CA363E"/>
+    <w:rsid w:val="00CB1844"/>
     <w:rsid w:val="00CB1C16"/>
     <w:rsid w:val="00CC27CF"/>
     <w:rsid w:val="00CC47DB"/>
     <w:rsid w:val="00CC723D"/>
     <w:rsid w:val="00CD49EC"/>
     <w:rsid w:val="00CD798D"/>
     <w:rsid w:val="00CE0D6B"/>
     <w:rsid w:val="00CE7A98"/>
     <w:rsid w:val="00CF0507"/>
     <w:rsid w:val="00CF4D03"/>
     <w:rsid w:val="00CF588C"/>
     <w:rsid w:val="00D0113D"/>
     <w:rsid w:val="00D01CF7"/>
     <w:rsid w:val="00D135EB"/>
     <w:rsid w:val="00D17BE3"/>
     <w:rsid w:val="00D21A6D"/>
     <w:rsid w:val="00D24F5B"/>
     <w:rsid w:val="00D4573D"/>
     <w:rsid w:val="00D45B48"/>
     <w:rsid w:val="00D52D83"/>
+    <w:rsid w:val="00D53C42"/>
     <w:rsid w:val="00D5479B"/>
     <w:rsid w:val="00D642DA"/>
     <w:rsid w:val="00D711B2"/>
     <w:rsid w:val="00D71AE6"/>
     <w:rsid w:val="00D77091"/>
     <w:rsid w:val="00D812CD"/>
     <w:rsid w:val="00D819F5"/>
     <w:rsid w:val="00D81AC5"/>
     <w:rsid w:val="00D82969"/>
     <w:rsid w:val="00D8468C"/>
     <w:rsid w:val="00D925EB"/>
     <w:rsid w:val="00D92A28"/>
     <w:rsid w:val="00D92B71"/>
     <w:rsid w:val="00D93956"/>
     <w:rsid w:val="00D974B2"/>
     <w:rsid w:val="00D97D78"/>
     <w:rsid w:val="00DA1B8A"/>
     <w:rsid w:val="00DA51BB"/>
     <w:rsid w:val="00DB10BE"/>
     <w:rsid w:val="00DB7A0D"/>
     <w:rsid w:val="00DC35F9"/>
+    <w:rsid w:val="00DD618A"/>
     <w:rsid w:val="00DE0153"/>
+    <w:rsid w:val="00DE0AA7"/>
     <w:rsid w:val="00DE1C0D"/>
     <w:rsid w:val="00DE63F2"/>
     <w:rsid w:val="00DF6057"/>
     <w:rsid w:val="00E05033"/>
     <w:rsid w:val="00E1253E"/>
     <w:rsid w:val="00E15B4E"/>
     <w:rsid w:val="00E1624B"/>
     <w:rsid w:val="00E23666"/>
     <w:rsid w:val="00E23D09"/>
     <w:rsid w:val="00E25269"/>
     <w:rsid w:val="00E25584"/>
     <w:rsid w:val="00E25A0B"/>
     <w:rsid w:val="00E312E5"/>
     <w:rsid w:val="00E35256"/>
     <w:rsid w:val="00E40B85"/>
     <w:rsid w:val="00E46342"/>
     <w:rsid w:val="00E5019C"/>
     <w:rsid w:val="00E50780"/>
     <w:rsid w:val="00E51218"/>
     <w:rsid w:val="00E560B8"/>
     <w:rsid w:val="00E57E9B"/>
     <w:rsid w:val="00E73812"/>
     <w:rsid w:val="00E86EEE"/>
     <w:rsid w:val="00E939BD"/>
     <w:rsid w:val="00E9558E"/>
@@ -7613,99 +7616,100 @@
     <w:rsid w:val="00EF7BEA"/>
     <w:rsid w:val="00F00F76"/>
     <w:rsid w:val="00F06B92"/>
     <w:rsid w:val="00F3567E"/>
     <w:rsid w:val="00F36263"/>
     <w:rsid w:val="00F4245F"/>
     <w:rsid w:val="00F562B5"/>
     <w:rsid w:val="00F64155"/>
     <w:rsid w:val="00F71B96"/>
     <w:rsid w:val="00F7612E"/>
     <w:rsid w:val="00F827D6"/>
     <w:rsid w:val="00F878CF"/>
     <w:rsid w:val="00F91143"/>
     <w:rsid w:val="00F93457"/>
     <w:rsid w:val="00F93A09"/>
     <w:rsid w:val="00FA047A"/>
     <w:rsid w:val="00FA22C1"/>
     <w:rsid w:val="00FA24EE"/>
     <w:rsid w:val="00FA2D6B"/>
     <w:rsid w:val="00FB0620"/>
     <w:rsid w:val="00FB467A"/>
     <w:rsid w:val="00FC6727"/>
     <w:rsid w:val="00FC70FF"/>
     <w:rsid w:val="00FC7440"/>
     <w:rsid w:val="00FE1260"/>
+    <w:rsid w:val="00FE6145"/>
     <w:rsid w:val="00FF4123"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="34B2E294"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{59F55E67-D992-4BBF-857A-F6BF70260F17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8033,50 +8037,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005948DB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -8417,51 +8426,51 @@
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Styl3">
     <w:name w:val="Styl3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B07E5E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Styl4">
     <w:name w:val="Styl4"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D52D83"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="125896662">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="143084679">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8643,51 +8652,51 @@
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sekm.cz/portal/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://heis.vuv.cz/data/webmap/isapi.dll?map=isvs_zapluz&amp;lon=15.648827&amp;lat=49.8319623&amp;scale=1336060" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="83194F44A53E40129FAF4A034F8F203F"/>
         <w:category>
           <w:name w:val="Obecné"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{24C8DB36-163C-4A3A-91A7-4901D16FBE87}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00DF621B" w:rsidRDefault="000D42DB" w:rsidP="000D42DB">
           <w:pPr>
             <w:pStyle w:val="83194F44A53E40129FAF4A034F8F203F"/>
           </w:pPr>
           <w:r w:rsidRPr="00B03A60">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8810,64 +8819,64 @@
         </w:behaviors>
         <w:guid w:val="{B58B4CEF-3874-46BE-B900-1D49673D1256}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00453436" w:rsidRDefault="00347574" w:rsidP="00347574">
           <w:pPr>
             <w:pStyle w:val="D21CBBE487744DE784BEC4A1B47EF6C5"/>
           </w:pPr>
           <w:r w:rsidRPr="00B03A60">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina-Regu">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="EUAlbertina-Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Montserrat">
@@ -8882,195 +8891,216 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00535BA8"/>
     <w:rsid w:val="00032D1E"/>
     <w:rsid w:val="00040112"/>
     <w:rsid w:val="00052CC8"/>
     <w:rsid w:val="00094280"/>
     <w:rsid w:val="000A1F3A"/>
     <w:rsid w:val="000C60E9"/>
     <w:rsid w:val="000D42DB"/>
     <w:rsid w:val="000E0C77"/>
     <w:rsid w:val="00217DC5"/>
     <w:rsid w:val="00224A07"/>
     <w:rsid w:val="002E1543"/>
     <w:rsid w:val="00312723"/>
     <w:rsid w:val="00316E10"/>
     <w:rsid w:val="00347574"/>
     <w:rsid w:val="0035258C"/>
     <w:rsid w:val="00371F30"/>
     <w:rsid w:val="003A7290"/>
+    <w:rsid w:val="003B73EE"/>
     <w:rsid w:val="003E6597"/>
+    <w:rsid w:val="003F34E6"/>
     <w:rsid w:val="00453436"/>
     <w:rsid w:val="00455DF7"/>
     <w:rsid w:val="0048371C"/>
     <w:rsid w:val="004A4527"/>
     <w:rsid w:val="004A62C0"/>
     <w:rsid w:val="004C14AF"/>
     <w:rsid w:val="004E18FC"/>
     <w:rsid w:val="004F014B"/>
+    <w:rsid w:val="00520CDB"/>
     <w:rsid w:val="00535BA8"/>
     <w:rsid w:val="00577E25"/>
     <w:rsid w:val="0062479C"/>
     <w:rsid w:val="006904DE"/>
     <w:rsid w:val="00691998"/>
     <w:rsid w:val="006C20B9"/>
     <w:rsid w:val="006D14C2"/>
     <w:rsid w:val="006D5824"/>
     <w:rsid w:val="006E0A52"/>
+    <w:rsid w:val="006F530E"/>
     <w:rsid w:val="00750FE3"/>
     <w:rsid w:val="0076502A"/>
     <w:rsid w:val="007F14D4"/>
     <w:rsid w:val="00800820"/>
     <w:rsid w:val="00804576"/>
     <w:rsid w:val="008169AE"/>
     <w:rsid w:val="00820C38"/>
     <w:rsid w:val="008400C6"/>
     <w:rsid w:val="00844343"/>
     <w:rsid w:val="008B3C2E"/>
     <w:rsid w:val="008B6132"/>
     <w:rsid w:val="008E3B1A"/>
     <w:rsid w:val="009007B3"/>
     <w:rsid w:val="00912D84"/>
     <w:rsid w:val="00935AC1"/>
+    <w:rsid w:val="009623E7"/>
     <w:rsid w:val="009E6C41"/>
     <w:rsid w:val="00A84892"/>
     <w:rsid w:val="00A86E47"/>
     <w:rsid w:val="00A920BC"/>
     <w:rsid w:val="00A94979"/>
     <w:rsid w:val="00A9548C"/>
     <w:rsid w:val="00AC2D2E"/>
     <w:rsid w:val="00AC516C"/>
     <w:rsid w:val="00BD1944"/>
     <w:rsid w:val="00BE0598"/>
     <w:rsid w:val="00BE2135"/>
     <w:rsid w:val="00C339DC"/>
     <w:rsid w:val="00C33B6B"/>
     <w:rsid w:val="00C6648C"/>
     <w:rsid w:val="00C70932"/>
     <w:rsid w:val="00C94662"/>
     <w:rsid w:val="00CC77B9"/>
     <w:rsid w:val="00CD4598"/>
     <w:rsid w:val="00CF3E04"/>
     <w:rsid w:val="00D0298C"/>
+    <w:rsid w:val="00D0717E"/>
     <w:rsid w:val="00D516B4"/>
     <w:rsid w:val="00D80480"/>
     <w:rsid w:val="00DB2239"/>
     <w:rsid w:val="00DB53BD"/>
     <w:rsid w:val="00DC3FE2"/>
+    <w:rsid w:val="00DE0AA7"/>
     <w:rsid w:val="00DF00A3"/>
     <w:rsid w:val="00DF621B"/>
     <w:rsid w:val="00E102A0"/>
     <w:rsid w:val="00E56F29"/>
     <w:rsid w:val="00E72843"/>
     <w:rsid w:val="00EB7D7D"/>
     <w:rsid w:val="00ED4CB6"/>
+    <w:rsid w:val="00EE56FF"/>
     <w:rsid w:val="00F153E0"/>
     <w:rsid w:val="00FF1090"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9398,50 +9428,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -9476,51 +9511,51 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="86ADEB978F674AE8BD30EB2D11A00F2C">
     <w:name w:val="86ADEB978F674AE8BD30EB2D11A00F2C"/>
     <w:rsid w:val="00347574"/>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD72B948784E4A03867409E8557C8E02">
     <w:name w:val="CD72B948784E4A03867409E8557C8E02"/>
     <w:rsid w:val="00347574"/>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D21CBBE487744DE784BEC4A1B47EF6C5">
     <w:name w:val="D21CBBE487744DE784BEC4A1B47EF6C5"/>
     <w:rsid w:val="00347574"/>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
@@ -9793,56 +9828,69 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010069FE58BB37AC684EB076B5C642B02AC9" ma:contentTypeVersion="4" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="b153e99498ce51968fb7527f13ac64e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e45245e-311e-4a2a-bb90-5a664885db8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ebb379d97bf37de870e611d0b3971c01" ns2:_="">
     <xsd:import namespace="5e45245e-311e-4a2a-bb90-5a664885db8e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e45245e-311e-4a2a-bb90-5a664885db8e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -9944,175 +9992,165 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7399CEE8-6329-46EE-B0BE-32B24BF7014F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CB69605-7B01-43FC-8572-18BF8AF29ACF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47CB0A7F-B1A7-4B44-97B2-E179132DF9DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04D42B41-1DE8-45CE-9962-4C171B6A08D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e45245e-311e-4a2a-bb90-5a664885db8e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2362</Characters>
+  <Pages>2</Pages>
+  <Words>399</Words>
+  <Characters>2361</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>196</Lines>
+  <Paragraphs>86</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2757</CharactersWithSpaces>
+  <CharactersWithSpaces>2674</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Karel Oktábec</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010069FE58BB37AC684EB076B5C642B02AC9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_BARCODE">
     <vt:lpwstr>*000000000*  </vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT ">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="IX_DOC_TYPE">
+    <vt:lpwstr>F813</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_SetDate">
-    <vt:lpwstr>2024-07-29T15:24:31Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2026-01-06T09:07:53Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_Method">
-    <vt:lpwstr>Standard</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_Name">
-    <vt:lpwstr>Interní informace</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
     <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_ActionId">
-    <vt:lpwstr>87d3020e-c5bd-4c05-a7d3-0fc773793f0c</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>03d24768-3c75-48ba-b096-4da0987a451f</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="IX_ENVIRONMENT ">
-[...3 lines deleted...]
-    <vt:lpwstr>F841</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>