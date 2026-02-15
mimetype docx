--- v0 (2025-10-03)
+++ v1 (2026-02-15)
@@ -1,72 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3840"/>
         <w:gridCol w:w="5220"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F0195C" w:rsidRPr="008429F6" w14:paraId="4460E21E" w14:textId="77777777" w:rsidTr="00BA6580">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -597,410 +596,396 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) Přechod na oběhové hospodářství, zákon č. 541/2020 Sb., o odpadech </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA6580" w:rsidRPr="008429F6" w14:paraId="7AE35514" w14:textId="77777777" w:rsidTr="00BA6580">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="872" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B867253" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2886" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FDCB68A" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bude nejméně 70 % (hmotnostních) stavebního a demoličního odpadu neklasifikovaného jako nebezpečný vzniklého na staveništi připraveno k opětovnému použití, recyklaci a k jiným druhům materiálového využití?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1183" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3153A48D" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00F77DB9" w:rsidP="00BA6580">
+          <w:p w14:paraId="3153A48D" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00000000" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="191659709"/>
                 <w:placeholder>
                   <w:docPart w:val="797AC1F05D0D427A8116D667A8D7BC03"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="NERELEVANTNÍ" w:value="NERELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidDel="00C10377">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BA6580" w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2856" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70DC7595" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Doložte např. záznamem ve stavebním deníku, jak bylo s odpadem naloženo, který bude potvrzen TDI nebo potvrzením firmy s povolením k nakládání s odpady, že stavební a demoliční odpady budou využity v souladu s hierarchií odpadů</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5497D674" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2583" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="600B0DC2" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vztahuje se pouze pro renovace budov zahrnující práci na obálce. V případě pouhé výměny oken či dveří se nepoužije.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="231BC1B7" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Pozn., zde je nutné uvést ANO, v opačném případě nesplní projekt parametr DNSH. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA6580" w:rsidRPr="008429F6" w14:paraId="363C211D" w14:textId="77777777" w:rsidTr="00BA6580">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="872" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E43EB08" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2886" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E9C7B09" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bude nahrazovaná technologie zlikvidována v souladu  s hierarchií způsobů nakládání s odpady?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1183" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2428B5C1" w14:textId="10A5A83E" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00F77DB9" w:rsidP="00A61C91">
+          <w:p w14:paraId="2428B5C1" w14:textId="10A5A83E" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00000000" w:rsidP="00A61C91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="428869698"/>
                 <w:placeholder>
                   <w:docPart w:val="0FD96AF156BE407596157C11E1B9F7B1"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="NERELEVANTNÍ" w:value="NERELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00480437" w:rsidRPr="008429F6" w:rsidDel="00C10377">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2856" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48D16A68" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Doložte dokladem o ekologické likvidaci nebo předáním do oprávněného zařízení</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24EBE196" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2583" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="083A0E1D" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Platí pro projekty výměny technologií </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="184"/>
@@ -1036,207 +1021,200 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="163BED59" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="00BA6580" w:rsidRDefault="00BA6580" w:rsidP="000C5B43">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6580">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Soulad projektu se zásadami DNSH </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA6580" w:rsidRPr="008429F6" w14:paraId="08A0D4F2" w14:textId="77777777" w:rsidTr="00BA6580">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="323" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55AA0021" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="00BA6580" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6580">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75D3E54D" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="00BA6580" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6580">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Otázka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="592" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D10A9B7" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="00BA6580" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6580">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Odpověď*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="970" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="634BBD4D" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="00BA6580" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6580">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Požadavek</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BAA1B6C" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="00BA6580" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6580">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Doložení**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77EAE003" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="00BA6580" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6580">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Doplňující komentář/poznámka***</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA6580" w:rsidRPr="008429F6" w14:paraId="03A0CAC5" w14:textId="77777777" w:rsidTr="00BA6580">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D15F326" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="00BA6580" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6580">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>*    Žadatel vybírá se ze třech možných odpovědí „</w:t>
             </w:r>
             <w:r w:rsidRPr="00B132B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ANO</w:t>
             </w:r>
@@ -1328,51 +1306,50 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5CD21C9E" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="00BA6580" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA6580">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:t>*** Sloupec obsahuje případné vysvětlivky nebo návod, jak vyplňovat jednotlivé části dotazníku. Do tohoto sloupce je také možné vyplnit vlastní připomínky k jednotlivým skutečnostem, které např. znemožňují v současné době poskytnutí dokumentu. Pro přehlednost vyplňujte prosím odlišně od předdefinovaného textu (např. barevně).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA6580" w:rsidRPr="008429F6" w14:paraId="01363271" w14:textId="77777777" w:rsidTr="00BA6580">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A8F9439" w14:textId="77777777" w:rsidR="00BA6580" w:rsidRPr="008429F6" w:rsidRDefault="00BA6580" w:rsidP="00BA6580">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="538D95E3" w14:textId="77777777" w:rsidR="00021342" w:rsidRPr="008429F6" w:rsidRDefault="00021342">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00021342" w:rsidRPr="008429F6" w:rsidSect="00B51A0C">
           <w:headerReference w:type="even" r:id="rId9"/>
           <w:headerReference w:type="default" r:id="rId10"/>
@@ -1491,143 +1468,141 @@
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Bude se v rámci projektu nacházet jedna či více nebezpečných látek nebo nebezpečných odpadů, kdy zacházení s nimi vyžaduje zvláštní povolení? </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="060CFCDE" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4D7E5B" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00F77DB9" w:rsidP="00B754B5">
+          <w:p w14:paraId="3B4D7E5B" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00000000" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1702204961"/>
                 <w:placeholder>
                   <w:docPart w:val="6ADE9F4F372445788D4CB46A35F3A74F"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="NERELEVANTNÍ" w:value="NERELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidDel="00C10377">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F53B42" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Doložte prosím čestné prohlášení, kde je uvedeno, že v rámci projektu není nakládáno s nebezpečnými látkami nebo nebezpečnými odpady.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28EF106B" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00F77DB9" w:rsidP="00B754B5">
+          <w:p w14:paraId="28EF106B" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00000000" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:tag w:val="goog_rdk_0"/>
                 <w:id w:val="-220133466"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B754B5" w:rsidRPr="008429F6">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Arial Unicode MS" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2044" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7655B09C" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -1742,377 +1717,364 @@
           <w:p w14:paraId="7EB883C0" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">3) Zmírňování změny klimatu </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B754B5" w:rsidRPr="008429F6" w14:paraId="1E0115E4" w14:textId="77777777" w:rsidTr="00B754B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="821" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2331775F" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Otázka č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BBD2CDC" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Otázka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="636EDA59" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Odpověď*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EBB6DC9" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Požadavek</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="983" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="676F8F9C" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Doložení**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2035" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DE53A79" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Doplňující komentář/poznámka</w:t>
             </w:r>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>***</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B754B5" w:rsidRPr="008429F6" w14:paraId="725174A0" w14:textId="77777777" w:rsidTr="00B754B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="821" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AB18ED1" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">3.1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78C0AA3C" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Slouží budova k těžbě, skladování, přepravě nebo výrobě fosilních paliv?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="124FB67D" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00F77DB9" w:rsidP="00B754B5">
+          <w:p w14:paraId="124FB67D" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00000000" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1181082696"/>
                 <w:placeholder>
                   <w:docPart w:val="29C3A0E68D9649E2B5B956AFC7A1EC72"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="NERELEVANTNÍ" w:value="NERELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidDel="00C10377">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17188219" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Doložte prosím čestné prohlášení, kde je uvedeno, že renovovaný objekt neslouží k těžbě, skladování, přepravě nebo výrobě fosilních paliv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="983" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2243C4C3" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2035" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CE031DA" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Použije se na činnost renovace stávajících budov. V případě odpovědi „NE“ je čestné prohlášení vyžadováno</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FE536D5" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2138,172 +2100,167 @@
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>V případě ANO nelze projekt podpořit.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="777583E2" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B754B5" w:rsidRPr="008429F6" w14:paraId="79FBCF85" w14:textId="77777777" w:rsidTr="00B754B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="821" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39F42453" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="662243EA" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Jsou u nové pořizované technologie/stroje nulové přímé (výfukové) emise CO</w:t>
             </w:r>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B9457F3" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00F77DB9" w:rsidP="00B754B5">
+          <w:p w14:paraId="4B9457F3" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00000000" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1093055199"/>
                 <w:placeholder>
                   <w:docPart w:val="8C38DC2181E54B188A0CF0654F8FACC4"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="NERELEVANTNÍ" w:value="NERELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidDel="00C10377">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14FEED5B" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Doložte prosím čestné prohlášení, kde je uvedeno, že  u nově pořizované  technologie/stroje jsou nulové přímé (výfukové) emise CO</w:t>
             </w:r>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2313,76 +2270,74 @@
             </w:r>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>“.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12E47B00" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="983" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="624F78A7" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2035" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DD48DB7" w14:textId="194177F5" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Použije se na projekty náhrady výrobních technologií a strojů. V případě odpovědi „</w:t>
             </w:r>
             <w:r w:rsidR="0091180D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ANO</w:t>
@@ -2552,205 +2507,198 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4) Přizpůsobování se změně klimatu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B754B5" w:rsidRPr="008429F6" w14:paraId="3F1412AA" w14:textId="77777777" w:rsidTr="00B754B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="815" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3348357B" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2118" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74388865" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Byla zjištěna významná potenciální klimatická rizika a navržena adaptační opatření pro přizpůsobení se změně klimatu?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37D58D4B" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00F77DB9" w:rsidP="00B754B5">
+          <w:p w14:paraId="37D58D4B" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00000000" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:highlight w:val="lightGray"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-499586432"/>
                 <w:placeholder>
                   <w:docPart w:val="C425ACED69BF48359271E820F04B6BA6"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                   <w:listItem w:displayText="NERELEVANTNÍ" w:value="NERELEVANTNÍ"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidDel="00C10377">
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:highlight w:val="lightGray"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2010" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="169A40CD" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vyhodnoťte případná klimatická rizika za pomoci tabulky níže</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="983" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36B4C80C" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2035" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="506B4A74" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">V případě, že z hodnocení neplyne významné klimatické riziko, vyberte odpověď „NE“ a v popisu projektu uveďte zdůvodnění. Pokud bylo významné riziko identifikováno, vyplňte ANO a v popisu projektu uveďte přijatá adaptační opatření nebo vysvětlete důvody, proč přijata nebyla. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
@@ -2784,51 +2732,50 @@
           <w:p w14:paraId="2D6228D1" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Postup při posouzení významně nepoškozovat environmetální cíle – přizpůsobení se změně klimatu. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B754B5" w:rsidRPr="008429F6" w14:paraId="3339B9A2" w14:textId="77777777" w:rsidTr="00B754B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9063" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77207B2E" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:ind w:left="23"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008429F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Při posuzování projektu se zjišťují fyzická rizika spojená s klimatem, jež jsou pro danou hospodářskou činnost podstatná. Dále se zjišťují klimatická rizika spojená s danou lokalitou, ve které se projekt realizuje. Klimatická rizika jsou identifikována ze seznamu (v tabulce uvedené níže) na základě důkladného posouzení relevantnosti pro daný projekt. Identifikace rizik zahrnuje tyto kroky: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3422799D" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="008429F6" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3249,52 +3196,50 @@
     <w:p w14:paraId="62FB5022" w14:textId="77777777" w:rsidR="00F77DB9" w:rsidRDefault="00F77DB9" w:rsidP="00886285">
       <w:pPr>
         <w:spacing w:before="120" w:after="200"/>
         <w:ind w:left="-1134" w:right="-992" w:firstLine="1134"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18A613D3" w14:textId="1AFC7AAF" w:rsidR="000D4E47" w:rsidRPr="00886285" w:rsidRDefault="000D4E47" w:rsidP="00886285">
       <w:pPr>
         <w:spacing w:before="120" w:after="200"/>
         <w:ind w:left="-1134" w:right="-992" w:firstLine="1134"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00886285">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Nejvýznamnější fyzická rizika spojená s klimatem pro posuzování rizik spojených s projektem</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D46F57" w14:textId="3289CFBD" w:rsidR="00021342" w:rsidRPr="008429F6" w:rsidRDefault="00021342" w:rsidP="00F77DB9">
       <w:pPr>
         <w:spacing w:before="120" w:after="200"/>
         <w:ind w:left="-1134" w:right="-992"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -4659,50 +4604,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE18F56" w14:textId="5254EC25" w:rsidR="00F0195C" w:rsidRPr="008429F6" w:rsidRDefault="00F0195C" w:rsidP="00493EF6">
       <w:pPr>
         <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Montserrat" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008429F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Montserrat" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Analýza zranitelnosti projektu</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4140"/>
         <w:gridCol w:w="870"/>
         <w:gridCol w:w="803"/>
         <w:gridCol w:w="848"/>
         <w:gridCol w:w="774"/>
         <w:gridCol w:w="1267"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F0195C" w:rsidRPr="008429F6" w14:paraId="17F6F8F8" w14:textId="77777777" w:rsidTr="00F0195C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6131,51 +6077,50 @@
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">V případě, že při kontrole projektu bude zjištěn opak, jsem si vědom právních následků, které mohou nastat v případě podání nepravdivých informací. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AA1C907" w14:textId="7BA9D979" w:rsidR="00AE6924" w:rsidRPr="008429F6" w:rsidRDefault="00AE6924" w:rsidP="00C44350">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tag w:val="goog_rdk_2"/>
         <w:id w:val="1345973139"/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="2DD1EAB4" w14:textId="77777777" w:rsidR="00C44350" w:rsidRPr="008429F6" w:rsidRDefault="00C44350" w:rsidP="00C44350">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:i/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="008429F6">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:i/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Podpis: </w:t>
           </w:r>
           <w:r w:rsidRPr="008429F6">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:i/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
@@ -6215,244 +6160,235 @@
               <w:i/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:tab/>
           </w:r>
           <w:r w:rsidRPr="008429F6">
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:i/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:tab/>
             <w:t>Datum:   </w:t>
           </w:r>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:tag w:val="goog_rdk_1"/>
               <w:id w:val="-991864712"/>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidRPr="008429F6">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 </w:rPr>
                 <w:t xml:space="preserve">     </w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:sectPr w:rsidR="00C44350" w:rsidRPr="008429F6" w:rsidSect="00C44350">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="17294"/>
       <w:pgMar w:top="142" w:right="1417" w:bottom="0" w:left="1417" w:header="708" w:footer="1012" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32CF0AEA" w14:textId="77777777" w:rsidR="0057040D" w:rsidRDefault="0057040D">
+    <w:p w14:paraId="0CA86104" w14:textId="77777777" w:rsidR="00AC0AB8" w:rsidRDefault="00AC0AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CAF9919" w14:textId="77777777" w:rsidR="0057040D" w:rsidRDefault="0057040D">
+    <w:p w14:paraId="0A517C47" w14:textId="77777777" w:rsidR="00AC0AB8" w:rsidRDefault="00AC0AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina-Regu">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="EUAlbertina-Bold">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EBFB599" w14:textId="77777777" w:rsidR="00341A7C" w:rsidRDefault="00341A7C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7C962261" w14:textId="2CCA8C65" w:rsidR="00341A7C" w:rsidRDefault="006D0A77">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006D0A77">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <w:drawing>
@@ -6567,75 +6503,75 @@
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:ins>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="516E146B" w14:textId="77777777" w:rsidR="00341A7C" w:rsidRDefault="00341A7C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7EBCFB74" w14:textId="4FA162AA" w:rsidR="00341A7C" w:rsidRDefault="00C44350">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C44350">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <w:drawing>
@@ -6750,114 +6686,114 @@
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:ins>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15F44BC7" w14:textId="77777777" w:rsidR="0057040D" w:rsidRDefault="0057040D">
+    <w:p w14:paraId="6D96EBE8" w14:textId="77777777" w:rsidR="00AC0AB8" w:rsidRDefault="00AC0AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A0C42C2" w14:textId="77777777" w:rsidR="0057040D" w:rsidRDefault="0057040D">
+    <w:p w14:paraId="5D58ABC2" w14:textId="77777777" w:rsidR="00AC0AB8" w:rsidRDefault="00AC0AB8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="489337CB" w14:textId="77777777" w:rsidR="00B754B5" w:rsidRPr="00C44350" w:rsidRDefault="00B754B5" w:rsidP="00B754B5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C44350">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C44350">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> https://www.klimatickazmena.cz/cs/o-nas/aktuality/ocekavane-klimaticke-podminky-v-ceske-republice-cast-i-zmena-zakladnich-parametru/</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7099407B" w14:textId="61B3A8E1" w:rsidR="00341A7C" w:rsidRDefault="00F0195C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <mc:AlternateContent>
@@ -6909,51 +6845,51 @@
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="09EA85A2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textové pole 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:50pt;height:50pt;z-index:251656192;visibility:hidden;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJBH7wAQIAAOsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU91u0zAUvkfiHSzf02RDTChqOpWNcTNg&#10;Ujvt+tR2GkPsY2y3SR+J5+DFOHbSroK7aTeRfWx/P+d8mV8PpmN75YNGW/OLWcmZsgKlttuaP67v&#10;3n3kLESwEjq0quYHFfj14u2bee8qdYktdlJ5RiA2VL2reRujq4oiiFYZCDN0ytJhg95ApK3fFtJD&#10;T+imKy7L8qro0UvnUagQqHo7HvJFxm8aJeL3pgkqsq7mpC3mr8/fTfoWizlUWw+u1WKSAS9QYUBb&#10;Ij1B3UIEtvP6PyijhceATZwJNAU2jRYqeyA3F+U/blYtOJW9UHOCO7UpvB6s+LZ/8EzLmtOgLBga&#10;0VoNEfd/fjOHnWJUbrWUKk03dat3oaJHK0fP4vAJh1RPzoO7R/EzMIsr1VHfU502Ny3YrVp6j32r&#10;QJL0s3I2uD44Ys3VRP1Z6vyWuIozspE5JNpN/xUlPYFdxEw9NN4kCdRORnpozofTbAmRCSpevf9Q&#10;lnQi6GhaJwaojo+dD/GLQsPSouaeLGRw2N+HOF49XpmUJTGjrA3KAwnrKUc1D7924BV535kbpNiR&#10;s8ajeaKgLn22lrQmrPXwBN5NhJGUPnTHHGXWHCg5jQXkDwIyHcVzDx1LbnJ8ycJ0mVbPqONIltSi&#10;O53lp16OOif5lKjcgCn9KbLn+3zr+R9d/AUAAP//AwBQSwMEFAAGAAgAAAAhACPuRqXYAAAABQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLAzEQhe+C/yGM4M0memjLutlSlOKlsFi9eEs34+5qMlk2&#10;aZv9906LoJdhHm94871ylb0TRxxjH0jD/UyBQGqC7anV8P62uVuCiMmQNS4Qapgwwqq6vipNYcOJ&#10;XvG4S63gEIqF0dClNBRSxqZDb+IsDEjsfYbRm8RybKUdzYnDvZMPSs2lNz3xh84M+NRh8707eA31&#10;fF1/2Y+8eKm32T0vt1Pe1JPWtzd5/QgiYU5/x3DGZ3SomGkfDmSjcBq4SLrMs6cUy/3vIqtS/qev&#10;fgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBJBH7wAQIAAOsDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAj7kal2AAAAAUBAAAPAAAAAAAAAAAA&#10;AAAAAFsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" filled="f" stroked="f">
               <o:lock v:ext="edit" selection="t" text="t" shapetype="t"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4124D00E" w14:textId="7C6810A4" w:rsidR="00100B63" w:rsidRDefault="006D0A77">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F5364D4" wp14:editId="03AC4497">
@@ -7057,51 +6993,69 @@
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0034201F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Montserrat" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve">Příloha č. </w:t>
     </w:r>
     <w:r w:rsidR="00C44350" w:rsidRPr="0034201F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Montserrat" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="0034201F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Montserrat" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Výzvy I - Nové úspory energie -</w:t>
+      <w:t xml:space="preserve"> – Výzvy </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="0034201F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Montserrat" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t>I - Nové</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="0034201F">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Montserrat" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> úspory energie -</w:t>
     </w:r>
     <w:r w:rsidR="00F0195C">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D181439" wp14:editId="6D3A764A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="635000" cy="635000"/>
               <wp:effectExtent l="0" t="0" r="3175" b="3175"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="Textové pole 7" hidden="1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noSelect="1"/>
@@ -7153,51 +7107,51 @@
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="0034201F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Montserrat" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> Dotazník k naplnění zásady „významně nepoškozovat“ DNSH </w:t>
     </w:r>
     <w:r w:rsidRPr="0034201F">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Montserrat" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:cr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="124C8DC5" w14:textId="574A7062" w:rsidR="00341A7C" w:rsidRDefault="00F0195C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <mc:AlternateContent>
@@ -7249,51 +7203,51 @@
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="416B5666" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textové pole 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:50pt;height:50pt;z-index:251658240;visibility:hidden;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCW3nazAQIAAOsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNNlFVChquiq7LJcF&#10;VmpXe57aTmOIPcZ2m/SReA5ejLGTdiu4IS6RPba/n5kvi5vBdOygfNBoa341KzlTVqDUdlfzp839&#10;m/echQhWQodW1fyoAr9Zvn616F2lrrHFTirPCMSGqnc1b2N0VVEE0SoDYYZOWTps0BuItPW7Qnro&#10;Cd10xXVZzosevXQehQqBqnfjIV9m/KZRIn5tmqAi62pO2mL++vzdpm+xXEC18+BaLSYZ8A8qDGhL&#10;pGeoO4jA9l7/BWW08BiwiTOBpsCm0UJlD+TmqvzDzboFp7IXak5w5zaF/wcrvhwePdOy5nPOLBga&#10;0UYNEQ+/fjKHnWJUbrWUKk03dat3oaJHa0fP4vABh1RPzoN7QPE9MItr1VHfU502ty3YnVp5j32r&#10;QJL0i3I2uDk6Ys3VRP1R6vyWuIoLspE5JNpt/xklPYF9xEw9NN4kCdRORnpozsfzbAmRCSrO374r&#10;SzoRdDStEwNUp8fOh/hJoWFpUXNPFjI4HB5CHK+erkzKkphR1hblkYT1lKOahx978Iq8780tUuzI&#10;WePRPFNQVz5bS1oT1mZ4Bu8mwkhKH7tTjjJrDpScxgLyGwGZjuJ5gI4lNzm+ZGG6TKsX1HEkK2rR&#10;vc7yUy9HnZN8SlRuwJT+FNnLfb718o8ufwMAAP//AwBQSwMEFAAGAAgAAAAhACPuRqXYAAAABQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLAzEQhe+C/yGM4M0memjLutlSlOKlsFi9eEs34+5qMlk2&#10;aZv9906LoJdhHm94871ylb0TRxxjH0jD/UyBQGqC7anV8P62uVuCiMmQNS4Qapgwwqq6vipNYcOJ&#10;XvG4S63gEIqF0dClNBRSxqZDb+IsDEjsfYbRm8RybKUdzYnDvZMPSs2lNz3xh84M+NRh8707eA31&#10;fF1/2Y+8eKm32T0vt1Pe1JPWtzd5/QgiYU5/x3DGZ3SomGkfDmSjcBq4SLrMs6cUy/3vIqtS/qev&#10;fgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCW3nazAQIAAOsDAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAj7kal2AAAAAUBAAAPAAAAAAAAAAAA&#10;AAAAAFsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYAUAAAAA&#10;" filled="f" stroked="f">
               <o:lock v:ext="edit" selection="t" text="t" shapetype="t"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="61A2A06A" w14:textId="654B9238" w:rsidR="00341A7C" w:rsidRDefault="00BA6580">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <mc:AlternateContent>
@@ -7345,51 +7299,51 @@
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="488A43AC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textové pole 11" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:50pt;height:50pt;z-index:251659264;visibility:hidden;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBw/KaAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNOkiVihquiq7LJcF&#10;VmpXe57aTmOIPcZ2m/SReA5ejLGTdiu4IS6RPba/n5kvi5vBdOygfNBoaz6flZwpK1Bqu6v50+b+&#10;zXvOQgQroUOran5Ugd8sX79a9K5SV9hiJ5VnBGJD1buatzG6qiiCaJWBMEOnLB026A1E2vpdIT30&#10;hG664qosr4sevXQehQqBqnfjIV9m/KZRIn5tmqAi62pO2mL++vzdpm+xXEC18+BaLSYZ8A8qDGhL&#10;pGeoO4jA9l7/BWW08BiwiTOBpsCm0UJlD+RmXv7hZt2CU9kLNSe4c5vC/4MVXw6PnmlJs5tzZsHQ&#10;jDZqiHj49ZM57BRL9VZLqdJ8U796Fyp6tnb0MA4fcEj15D24BxTfA7O4Vh11PtVpc9uC3amV99i3&#10;CiSJvyhni5ujI9pcTdwfpc5viau4IBuZQ6Ld9p9R0hPYR8zUQ+NNkkANZaSHJn08T5cQmaDi9dt3&#10;ZUkngo6mdWKA6vTY+RA/KTQsLWruyUIGh8NDiOPV05VJWRIzytqiPJKwnpJU8/BjD16R9725RQoe&#10;OWs8mmeK6spna0lrwtoMz+DdRBhJ6WN3SlJmzZGS01xAfiMg01FAD9Cx5CYHmCxMl2n1gjqOZEUt&#10;utdZfurlqHOST5nKDZjyn0J7uc+3Xv7S5W8AAAD//wMAUEsDBBQABgAIAAAAIQAj7kal2AAAAAUB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BSwMxEIXvgv8hjODNJnpoy7rZUpTipbBYvXhLN+PuajJZ&#10;Nmmb/fdOi6CXYR5vePO9cpW9E0ccYx9Iw/1MgUBqgu2p1fD+trlbgojJkDUuEGqYMMKqur4qTWHD&#10;iV7xuEut4BCKhdHQpTQUUsamQ2/iLAxI7H2G0ZvEcmylHc2Jw72TD0rNpTc98YfODPjUYfO9O3gN&#10;9Xxdf9mPvHipt9k9L7dT3tST1rc3ef0IImFOf8dwxmd0qJhpHw5ko3AauEi6zLOnFMv97yKrUv6n&#10;r34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwcPymgICAADtAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAI+5GpdgAAAAFAQAADwAAAAAAAAAA&#10;AAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" stroked="f">
               <o:lock v:ext="edit" selection="t" text="t" shapetype="t"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="50EEB7C1" w14:textId="4A72E369" w:rsidR="00341A7C" w:rsidRDefault="00C44350">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02D1D5ED" wp14:editId="6DAED461">
@@ -7520,51 +7474,51 @@
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="229DEBEA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textové pole 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:50pt;height:50pt;z-index:251660288;visibility:hidden;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCoELqnAgIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU91u0zAUvkfiHSzf02RDTChqOpWNcTNg&#10;Ujvt+tR2GkPsY2y3SR+J5+DFOHbSroK7aTeRfWx/P+d8mV8PpmN75YNGW/OLWcmZsgKlttuaP67v&#10;3n3kLESwEjq0quYHFfj14u2bee8qdYktdlJ5RiA2VL2reRujq4oiiFYZCDN0ytJhg95ApK3fFtJD&#10;T+imKy7L8qro0UvnUagQqHo7HvJFxm8aJeL3pgkqsq7mpC3mr8/fTfoWizlUWw+u1WKSAS9QYUBb&#10;Ij1B3UIEtvP6PyijhceATZwJNAU2jRYqeyA3F+U/blYtOJW9UHOCO7UpvB6s+LZ/8ExLmh21x4Kh&#10;Ga3VEHH/5zdz2CmW6q2WUqX5pn71LlT0bOXoYRw+4ZDqyXtw9yh+BmZxpTrqfKrT5qYFu1VL77Fv&#10;FUgSf1bOFtcHR7S5mrg/S53fEldxRjYyh0S76b+ipCewi5iph8abJIEaykgPST6cpkuITFDx6v2H&#10;sqQTQUfTOjFAdXzsfIhfFBqWFjX3ZCGDw/4+xPHq8cqkLIkZZW1QHkhYT0mqefi1A6/I+87cIAWP&#10;nDUezRNFdemztaQ1Ya2HJ/BuIoyk9KE7Jimz5kjJaS4gfxCQ6Sige+hYcpMDTBamy7R6Rh1HsqQW&#10;3eksP/Vy1DnJp0zlBkz5T6E93+dbz3/p4i8AAAD//wMAUEsDBBQABgAIAAAAIQAj7kal2AAAAAUB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BSwMxEIXvgv8hjODNJnpoy7rZUpTipbBYvXhLN+PuajJZ&#10;Nmmb/fdOi6CXYR5vePO9cpW9E0ccYx9Iw/1MgUBqgu2p1fD+trlbgojJkDUuEGqYMMKqur4qTWHD&#10;iV7xuEut4BCKhdHQpTQUUsamQ2/iLAxI7H2G0ZvEcmylHc2Jw72TD0rNpTc98YfODPjUYfO9O3gN&#10;9Xxdf9mPvHipt9k9L7dT3tST1rc3ef0IImFOf8dwxmd0qJhpHw5ko3AauEi6zLOnFMv97yKrUv6n&#10;r34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqBC6pwICAADtAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAI+5GpdgAAAAFAQAADwAAAAAAAAAA&#10;AAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" stroked="f">
               <o:lock v:ext="edit" selection="t" text="t" shapetype="t"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="46149B0F" w14:textId="07ECBD72" w:rsidR="00341A7C" w:rsidRDefault="00BA6580">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <mc:AlternateContent>
@@ -7616,51 +7570,51 @@
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="13701FD4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Textové pole 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:50pt;height:50pt;z-index:251661312;visibility:hidden;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQJhrfAgIAAOsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU91u0zAUvkfiHSzf02RDTBA1ncrGuBkw&#10;qUW7PrWdxhD7GNtt0kfiOXgxjp20q+Bu2k1kH9vfzzlf5teD6dhe+aDR1vxiVnKmrECp7bbm39d3&#10;b95zFiJYCR1aVfODCvx68frVvHeVusQWO6k8IxAbqt7VvI3RVUURRKsMhBk6ZemwQW8g0tZvC+mh&#10;J3TTFZdleVX06KXzKFQIVL0dD/ki4zeNEvFb0wQVWVdz0hbz1+fvJn2LxRyqrQfXajHJgGeoMKAt&#10;kZ6gbiEC23n9H5TRwmPAJs4EmgKbRguVPZCbi/IfN6sWnMpeqDnBndoUXg5WfN0/eKZlzT9wZsHQ&#10;iNZqiLj/85s57BSjcqulVGm6qVu9CxU9Wjl6FoePOKR6ch7cPYqfgVlcqY76nuq0uWnBbtXSe+xb&#10;BZKkn5WzwfXBEWuuJupPUue3xFWckY3MIdFu+i8o6QnsImbqofEmSaB2MtJDcz6cZkuITFDx6u27&#10;sqQTQUfTOjFAdXzsfIifFRqWFjX3ZCGDw/4+xPHq8cqkLIkZZW1QHkhYTzmqefi1A6/I+87cIMWO&#10;nDUezSMFdemztaQ1Ya2HR/BuIoyk9KE75iiz5kDJaSwgfxCQ6Siee+hYcpPjSxamy7R6Qh1HsqQW&#10;3eksP/Vy1DnJp0TlBkzpT5E93+dbT//o4i8AAAD//wMAUEsDBBQABgAIAAAAIQAj7kal2AAAAAUB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BSwMxEIXvgv8hjODNJnpoy7rZUpTipbBYvXhLN+PuajJZ&#10;Nmmb/fdOi6CXYR5vePO9cpW9E0ccYx9Iw/1MgUBqgu2p1fD+trlbgojJkDUuEGqYMMKqur4qTWHD&#10;iV7xuEut4BCKhdHQpTQUUsamQ2/iLAxI7H2G0ZvEcmylHc2Jw72TD0rNpTc98YfODPjUYfO9O3gN&#10;9Xxdf9mPvHipt9k9L7dT3tST1rc3ef0IImFOf8dwxmd0qJhpHw5ko3AauEi6zLOnFMv97yKrUv6n&#10;r34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUCYa3wICAADrAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAI+5GpdgAAAAFAQAADwAAAAAAAAAA&#10;AAAAAABcBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGEFAAAAAA==&#10;" filled="f" stroked="f">
               <o:lock v:ext="edit" selection="t" text="t" shapetype="t"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="494D5C13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7406737C"/>
     <w:lvl w:ilvl="0" w:tplc="959E6AA4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Arial" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7954,236 +7908,244 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1606771199">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="621115412">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1904634551">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1767924168">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Piklová Halířová Dana">
     <w15:presenceInfo w15:providerId="None" w15:userId="Piklová Halířová Dana"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00021342"/>
     <w:rsid w:val="00021342"/>
     <w:rsid w:val="0007561B"/>
     <w:rsid w:val="000A035E"/>
     <w:rsid w:val="000C5B43"/>
     <w:rsid w:val="000D4E47"/>
     <w:rsid w:val="00100B63"/>
     <w:rsid w:val="00184A9A"/>
+    <w:rsid w:val="0019365B"/>
     <w:rsid w:val="002C080D"/>
     <w:rsid w:val="00341A7C"/>
     <w:rsid w:val="0034201F"/>
     <w:rsid w:val="003B4FCB"/>
     <w:rsid w:val="003C1278"/>
+    <w:rsid w:val="003F34E6"/>
     <w:rsid w:val="00476824"/>
     <w:rsid w:val="00480437"/>
     <w:rsid w:val="00493EF6"/>
     <w:rsid w:val="0054353A"/>
+    <w:rsid w:val="00557F84"/>
     <w:rsid w:val="0057040D"/>
     <w:rsid w:val="005C5119"/>
     <w:rsid w:val="005C58C4"/>
     <w:rsid w:val="0068177A"/>
     <w:rsid w:val="006C6443"/>
     <w:rsid w:val="006D0A77"/>
     <w:rsid w:val="0074548A"/>
     <w:rsid w:val="007B3592"/>
     <w:rsid w:val="008021D6"/>
     <w:rsid w:val="008040ED"/>
     <w:rsid w:val="008429F6"/>
     <w:rsid w:val="00886285"/>
+    <w:rsid w:val="008918B1"/>
     <w:rsid w:val="008D7112"/>
     <w:rsid w:val="0091180D"/>
     <w:rsid w:val="00981FE3"/>
+    <w:rsid w:val="00987C0F"/>
     <w:rsid w:val="009B3373"/>
     <w:rsid w:val="009D54B5"/>
     <w:rsid w:val="009F5F3B"/>
     <w:rsid w:val="00A61C91"/>
+    <w:rsid w:val="00AC0AB8"/>
     <w:rsid w:val="00AD6359"/>
     <w:rsid w:val="00AE594A"/>
     <w:rsid w:val="00AE6924"/>
     <w:rsid w:val="00B05117"/>
     <w:rsid w:val="00B132B9"/>
     <w:rsid w:val="00B51A0C"/>
     <w:rsid w:val="00B754B5"/>
     <w:rsid w:val="00BA6580"/>
     <w:rsid w:val="00BD0741"/>
     <w:rsid w:val="00C324ED"/>
     <w:rsid w:val="00C44350"/>
     <w:rsid w:val="00C779AA"/>
     <w:rsid w:val="00CB645F"/>
     <w:rsid w:val="00CC2747"/>
     <w:rsid w:val="00DB705B"/>
+    <w:rsid w:val="00DD16DF"/>
     <w:rsid w:val="00E13217"/>
     <w:rsid w:val="00E5092A"/>
     <w:rsid w:val="00E82BA7"/>
     <w:rsid w:val="00F0195C"/>
     <w:rsid w:val="00F1494D"/>
     <w:rsid w:val="00F17328"/>
     <w:rsid w:val="00F535B2"/>
     <w:rsid w:val="00F622F9"/>
     <w:rsid w:val="00F77DB9"/>
     <w:rsid w:val="00FC21CC"/>
     <w:rsid w:val="00FC27BE"/>
     <w:rsid w:val="00FD050D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="759CE79A"/>
   <w15:docId w15:val="{C657CA3A-FEE6-43AA-9677-97B47D37AC20}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8511,50 +8473,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000B0854"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normln"/>
@@ -9163,51 +9130,51 @@
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="100" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hypertextovodkaz">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008040ED"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="145905061">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="594897552">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9231,79 +9198,81 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2071342046">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="797AC1F05D0D427A8116D667A8D7BC03"/>
         <w:category>
           <w:name w:val="Obecné"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2AF62D0A-702D-40BE-9A0A-21BC47720813}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00612538" w:rsidRDefault="00EA5321" w:rsidP="00EA5321">
           <w:pPr>
             <w:pStyle w:val="797AC1F05D0D427A8116D667A8D7BC03"/>
           </w:pPr>
           <w:r w:rsidRPr="00B03A60">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9458,227 +9427,245 @@
         </w:behaviors>
         <w:guid w:val="{7E98A222-AF64-4D79-B9EA-C66C10E70CA9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004916CA" w:rsidRDefault="0070073D" w:rsidP="0070073D">
           <w:pPr>
             <w:pStyle w:val="0FD96AF156BE407596157C11E1B9F7B1"/>
           </w:pPr>
           <w:r w:rsidRPr="00B03A60">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina-Regu">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="EUAlbertina-Bold">
+    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD30D3"/>
+    <w:rsid w:val="003F34E6"/>
     <w:rsid w:val="004916CA"/>
     <w:rsid w:val="00494889"/>
     <w:rsid w:val="005928E6"/>
     <w:rsid w:val="00611792"/>
     <w:rsid w:val="00612538"/>
+    <w:rsid w:val="00651641"/>
     <w:rsid w:val="0070073D"/>
     <w:rsid w:val="007A7C81"/>
     <w:rsid w:val="00AD30D3"/>
     <w:rsid w:val="00B2167E"/>
+    <w:rsid w:val="00C25487"/>
+    <w:rsid w:val="00DD16DF"/>
     <w:rsid w:val="00EA5321"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10006,229 +9993,126 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Zstupntext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0070073D"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3FDBB2254F1B412392747523DFE2DB29">
-[...30 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="797AC1F05D0D427A8116D667A8D7BC03">
     <w:name w:val="797AC1F05D0D427A8116D667A8D7BC03"/>
-    <w:rsid w:val="00EA5321"/>
-[...66 lines deleted...]
-    <w:name w:val="F025AB39BF26408FB1FC230AC3394240"/>
     <w:rsid w:val="00EA5321"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6ADE9F4F372445788D4CB46A35F3A74F">
     <w:name w:val="6ADE9F4F372445788D4CB46A35F3A74F"/>
     <w:rsid w:val="00EA5321"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="29C3A0E68D9649E2B5B956AFC7A1EC72">
     <w:name w:val="29C3A0E68D9649E2B5B956AFC7A1EC72"/>
     <w:rsid w:val="00EA5321"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8C38DC2181E54B188A0CF0654F8FACC4">
     <w:name w:val="8C38DC2181E54B188A0CF0654F8FACC4"/>
     <w:rsid w:val="00EA5321"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9E479E9891740068AEDE880C3B53ED4">
-[...6 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C425ACED69BF48359271E820F04B6BA6">
     <w:name w:val="C425ACED69BF48359271E820F04B6BA6"/>
     <w:rsid w:val="00EA5321"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0FD96AF156BE407596157C11E1B9F7B1">
     <w:name w:val="0FD96AF156BE407596157C11E1B9F7B1"/>
     <w:rsid w:val="0070073D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -10525,74 +10409,107 @@
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{699D3073-D5EB-4A71-B9AF-B7527EDBE761}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1366</Words>
-  <Characters>8065</Characters>
+  <Words>1364</Words>
+  <Characters>8067</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>672</Lines>
+  <Paragraphs>294</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>CMZRB, a.s.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9413</CharactersWithSpaces>
+  <CharactersWithSpaces>9137</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Karel Oktábec</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010069FE58BB37AC684EB076B5C642B02AC9</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_DOC_TYPE">
+    <vt:lpwstr>F813</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2026-01-06T09:08:18Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>b3cf4b47-2ef9-4028-97cd-27711090ba73</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>