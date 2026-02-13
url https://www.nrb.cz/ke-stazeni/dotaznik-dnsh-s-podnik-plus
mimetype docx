--- v0 (2025-11-14)
+++ v1 (2026-02-13)
@@ -11,51 +11,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="11340" w:type="dxa"/>
         <w:tblInd w:w="-1139" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2694"/>
         <w:gridCol w:w="8646"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F7D9D" w:rsidRPr="00277F3B" w14:paraId="04C7894D" w14:textId="77777777" w:rsidTr="002B7342">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="0070C0"/>
           </w:tcPr>
           <w:p w14:paraId="4DDF2627" w14:textId="5908EA3E" w:rsidR="008F7D9D" w:rsidRPr="00277F3B" w:rsidRDefault="006D77EA" w:rsidP="003C6B27">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
@@ -225,97 +225,95 @@
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text1"/>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00277F3B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008068FF" w:rsidRPr="00277F3B" w14:paraId="2161E055" w14:textId="77777777" w:rsidTr="00277F3B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47737CDB" w14:textId="66257A26" w:rsidR="008068FF" w:rsidRPr="00277F3B" w:rsidRDefault="008068FF" w:rsidP="003C6B27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
@@ -839,81 +837,80 @@
           <w:p w14:paraId="26034F10" w14:textId="572E3DA0" w:rsidR="00C130AD" w:rsidRPr="006D79F2" w:rsidRDefault="00C130AD" w:rsidP="006D79F2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D79F2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Je součástí projektu investice do infrastruktury s životností delší než 5 let?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67FCD2A8" w14:textId="0E6E15C7" w:rsidR="00C130AD" w:rsidRPr="006D79F2" w:rsidRDefault="00F214A9" w:rsidP="006D79F2">
+          <w:p w14:paraId="67FCD2A8" w14:textId="0E6E15C7" w:rsidR="00C130AD" w:rsidRPr="006D79F2" w:rsidRDefault="00000000" w:rsidP="006D79F2">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-424572025"/>
                 <w:placeholder>
                   <w:docPart w:val="0B19C8AE4E504882AF2B64EF9132342C"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C130AD" w:rsidRPr="006D79F2">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AE76A12" w14:textId="3B08CE28" w:rsidR="00C130AD" w:rsidRPr="006D79F2" w:rsidRDefault="00555206" w:rsidP="00B55881">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
@@ -1066,81 +1063,80 @@
           </w:tcPr>
           <w:p w14:paraId="67797C9B" w14:textId="540B682A" w:rsidR="00B07E5E" w:rsidRPr="006A6A11" w:rsidRDefault="00B07E5E" w:rsidP="00DC35F9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Je provozovna (provozovny) realizace projektu napojena na veřejný vodovod?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AAE40F8" w14:textId="57ECDF0B" w:rsidR="00B07E5E" w:rsidRPr="006A6A11" w:rsidRDefault="00F214A9" w:rsidP="00DC35F9">
+          <w:p w14:paraId="3AAE40F8" w14:textId="57ECDF0B" w:rsidR="00B07E5E" w:rsidRPr="006A6A11" w:rsidRDefault="00000000" w:rsidP="00DC35F9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1127823485"/>
                 <w:placeholder>
                   <w:docPart w:val="E4F54C85D04E43EDB5D426B3C0092A97"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B07E5E" w:rsidRPr="0013276C">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A3BA22E" w14:textId="4052B625" w:rsidR="00B07E5E" w:rsidRDefault="00B07E5E" w:rsidP="00DC35F9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -1338,81 +1334,80 @@
           </w:tcPr>
           <w:p w14:paraId="673E274C" w14:textId="2625C716" w:rsidR="00B07E5E" w:rsidRDefault="00B07E5E" w:rsidP="00DC35F9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Jaký je celkový faktor ohrožení suchem podle výpočtu v příloze S – Posouzení sucho?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56766B25" w14:textId="29E98073" w:rsidR="00B07E5E" w:rsidRPr="0013276C" w:rsidRDefault="00F214A9" w:rsidP="00DC35F9">
+          <w:p w14:paraId="56766B25" w14:textId="29E98073" w:rsidR="00B07E5E" w:rsidRPr="0013276C" w:rsidRDefault="00000000" w:rsidP="00DC35F9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1289703203"/>
                 <w:placeholder>
                   <w:docPart w:val="5093B107B5894EBD944E8E6B89DDBC81"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="&lt; 9" w:value="&lt; 9"/>
                   <w:listItem w:displayText="&gt;= 9" w:value="&gt;= 9"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B07E5E" w:rsidRPr="0013276C">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17F950CC" w14:textId="31803A87" w:rsidR="00B07E5E" w:rsidRDefault="00B07E5E" w:rsidP="00DC35F9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -1439,51 +1434,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>otazníku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-1511900213"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1142" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="529D5A3B" w14:textId="028A207A" w:rsidR="00B07E5E" w:rsidRPr="006D79F2" w:rsidRDefault="0084724A" w:rsidP="00DC35F9">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -1583,81 +1577,80 @@
             </w:r>
             <w:r w:rsidRPr="006D79F2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A0E8B6D" w14:textId="2AD982AF" w:rsidR="00B07E5E" w:rsidRPr="0013276C" w:rsidRDefault="00F214A9" w:rsidP="00DC35F9">
+          <w:p w14:paraId="2A0E8B6D" w14:textId="2AD982AF" w:rsidR="00B07E5E" w:rsidRPr="0013276C" w:rsidRDefault="00000000" w:rsidP="00DC35F9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1529529329"/>
                 <w:placeholder>
                   <w:docPart w:val="83194F44A53E40129FAF4A034F8F203F"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B07E5E" w:rsidRPr="0013276C">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B07AB85" w14:textId="7A18570D" w:rsidR="00B07E5E" w:rsidRDefault="00B07E5E" w:rsidP="003B63B3">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -1959,81 +1952,80 @@
             </w:r>
             <w:r w:rsidRPr="0013276C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
             <w:r w:rsidRPr="006D79F2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67FF69D3" w14:textId="5E2069BB" w:rsidR="00B07E5E" w:rsidRPr="0013276C" w:rsidRDefault="00F214A9" w:rsidP="00DC35F9">
+          <w:p w14:paraId="67FF69D3" w14:textId="5E2069BB" w:rsidR="00B07E5E" w:rsidRPr="0013276C" w:rsidRDefault="00000000" w:rsidP="00DC35F9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1141728291"/>
                 <w:placeholder>
                   <w:docPart w:val="9781424FFC0A44849C845FD89D1B4E61"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B07E5E" w:rsidRPr="0013276C">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C8BB937" w14:textId="50AC17CB" w:rsidR="00B07E5E" w:rsidRDefault="00B07E5E" w:rsidP="00DC35F9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -2061,51 +2053,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> je nutné tato opatření doložit, například potvrzením vodoprávního úřadu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="1989515915"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1142" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="274D4C99" w14:textId="0F67EB0E" w:rsidR="00B07E5E" w:rsidRPr="006A6A11" w:rsidRDefault="00E64702" w:rsidP="00DC35F9">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -2348,51 +2339,50 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prohlašuji, že mezi výdaji projektu </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-2015764044"/>
                 <w:placeholder>
                   <w:docPart w:val="3466D5C5B53843DEB64BB98B6F98F73B"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="budou" w:value="budou"/>
                   <w:listItem w:displayText="nebudou" w:value="nebudou"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="008B1A13">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="008B1A13">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2498,51 +2488,50 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prohlašuji, že projekt </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="528619059"/>
                 <w:placeholder>
                   <w:docPart w:val="CAC59322C9B74DDFA8E6B820808AE15C"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="bude" w:value="bude"/>
                   <w:listItem w:displayText="nebude" w:value="nebude"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="008B1A13">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000529C9">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2866,81 +2855,80 @@
           <w:p w14:paraId="538AA1A4" w14:textId="09439921" w:rsidR="00A72B1E" w:rsidRPr="00F7612E" w:rsidRDefault="00A72B1E" w:rsidP="00A72B1E">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F7612E">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Je součástí projektu výstavba budovy?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0868046C" w14:textId="2B55D520" w:rsidR="00A72B1E" w:rsidRPr="00F7612E" w:rsidRDefault="00F214A9" w:rsidP="00A72B1E">
+          <w:p w14:paraId="0868046C" w14:textId="2B55D520" w:rsidR="00A72B1E" w:rsidRPr="00F7612E" w:rsidRDefault="00000000" w:rsidP="00A72B1E">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="328024815"/>
                 <w:placeholder>
                   <w:docPart w:val="96FAF6B2CD75456685602546923C5FE7"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A72B1E" w:rsidRPr="00F7612E">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="197E4FAB" w14:textId="3849CD18" w:rsidR="00A72B1E" w:rsidRPr="00F7612E" w:rsidRDefault="003B63B3" w:rsidP="003B63B3">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
@@ -3077,80 +3065,79 @@
             </w:r>
             <w:r w:rsidR="00F7612E" w:rsidRPr="00F7612E">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00F7612E" w:rsidRPr="00F7612E">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> nebo o sklad, průmyslový a výrobní provoz či dílenskou provozovnu s odhadovanou spotřebou energie do 195 MWh za rok?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB4D271" w14:textId="779F1836" w:rsidR="00F7612E" w:rsidRPr="00F7612E" w:rsidRDefault="00F214A9" w:rsidP="00DC35F9">
+          <w:p w14:paraId="4DB4D271" w14:textId="779F1836" w:rsidR="00F7612E" w:rsidRPr="00F7612E" w:rsidRDefault="00000000" w:rsidP="00DC35F9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="347601399"/>
                 <w:placeholder>
                   <w:docPart w:val="5E86B7B39D8F48E39E6427FA75DA3BD5"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F7612E" w:rsidRPr="00F7612E">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CFA07F4" w14:textId="4A794AE8" w:rsidR="00EB41E4" w:rsidRPr="00F7612E" w:rsidRDefault="00EB41E4" w:rsidP="00605141">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -3219,51 +3206,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> tohoto Dotazníku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="904877466"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1142" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0F0FD963" w14:textId="0F3ED3D3" w:rsidR="00F7612E" w:rsidRPr="00F7612E" w:rsidRDefault="00E64702" w:rsidP="00DC35F9">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -3394,80 +3380,79 @@
               <w:t>téměř nulovou spotřebou energií</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A337A">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>dle § 6 odst. 1 vyhlášky č. 264/2020 Sb., o energetické náročnosti budov, v platném znění?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B759B48" w14:textId="16ED0310" w:rsidR="005A337A" w:rsidRPr="00F7612E" w:rsidRDefault="00F214A9" w:rsidP="00DC35F9">
+          <w:p w14:paraId="0B759B48" w14:textId="16ED0310" w:rsidR="005A337A" w:rsidRPr="00F7612E" w:rsidRDefault="00000000" w:rsidP="00DC35F9">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-961798523"/>
                 <w:placeholder>
                   <w:docPart w:val="1E93512AEA3442D698803456F87D46E5"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005A337A" w:rsidRPr="00F7612E">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39D2CC09" w14:textId="37E6AB34" w:rsidR="005A337A" w:rsidRPr="00F7612E" w:rsidRDefault="005A337A" w:rsidP="0011021E">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -3560,51 +3545,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> pro stav po realizaci projektu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-581767933"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1142" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="66EA358E" w14:textId="307AB61E" w:rsidR="005A337A" w:rsidRPr="00F7612E" w:rsidRDefault="005A337A" w:rsidP="00DC35F9">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F7612E">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -3935,81 +3919,80 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Je součástí projektu koupě budovy</w:t>
             </w:r>
             <w:r w:rsidR="00605141" w:rsidRPr="00C35253">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19700C14" w14:textId="07997297" w:rsidR="00605141" w:rsidRPr="00C35253" w:rsidRDefault="00F214A9" w:rsidP="00605141">
+          <w:p w14:paraId="19700C14" w14:textId="07997297" w:rsidR="00605141" w:rsidRPr="00C35253" w:rsidRDefault="00000000" w:rsidP="00605141">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1105644413"/>
                 <w:placeholder>
                   <w:docPart w:val="E57F1B7658FA4C5BBDC038B2A4E0908C"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00605141" w:rsidRPr="00C35253">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A8C1242" w14:textId="1E01673F" w:rsidR="00605141" w:rsidRPr="00C35253" w:rsidRDefault="00605141" w:rsidP="00FC7440">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
@@ -4170,80 +4153,79 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nebo</w:t>
             </w:r>
             <w:r w:rsidRPr="00C35253">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> o sklad, průmyslový a výrobní provoz či dílenskou provozovnu s odhadovanou spotřebou energie do 195 MWh za rok?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BCD9C50" w14:textId="71B56C21" w:rsidR="00605141" w:rsidRPr="00C35253" w:rsidRDefault="00F214A9" w:rsidP="00605141">
+          <w:p w14:paraId="7BCD9C50" w14:textId="71B56C21" w:rsidR="00605141" w:rsidRPr="00C35253" w:rsidRDefault="00000000" w:rsidP="00605141">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1951966875"/>
                 <w:placeholder>
                   <w:docPart w:val="494D07B28EB1477F8AFA18BEE7AE7CC3"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00605141" w:rsidRPr="00C35253">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19F29603" w14:textId="3357D630" w:rsidR="00605141" w:rsidRPr="00C35253" w:rsidRDefault="00605141" w:rsidP="00605141">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -4312,51 +4294,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> tohoto Dotazníku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-39826444"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1142" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0A71A8C4" w14:textId="1501E0F0" w:rsidR="00605141" w:rsidRPr="00C35253" w:rsidRDefault="00605141" w:rsidP="00605141">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F7612E">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -4439,80 +4420,79 @@
           </w:tcPr>
           <w:p w14:paraId="068721C0" w14:textId="5F19CDF9" w:rsidR="00605141" w:rsidRPr="00F7612E" w:rsidRDefault="00605141" w:rsidP="00605141">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E4A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Spadá budova podle PENB do klasifikační třídy A, B nebo C?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09268032" w14:textId="549B0EBC" w:rsidR="00605141" w:rsidRPr="00F7612E" w:rsidRDefault="00F214A9" w:rsidP="00605141">
+          <w:p w14:paraId="09268032" w14:textId="549B0EBC" w:rsidR="00605141" w:rsidRPr="00F7612E" w:rsidRDefault="00000000" w:rsidP="00605141">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="577555557"/>
                 <w:placeholder>
                   <w:docPart w:val="6E2DE49A6514453791260747487703FF"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00605141" w:rsidRPr="00F7612E">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2510AF8B" w14:textId="24212F3B" w:rsidR="00605141" w:rsidRPr="00F7612E" w:rsidRDefault="00605141" w:rsidP="005121BB">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -4548,51 +4528,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PENB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-1927335154"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1142" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0C2B35E0" w14:textId="0008B9B1" w:rsidR="00605141" w:rsidRPr="00F7612E" w:rsidRDefault="00605141" w:rsidP="00605141">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F7612E">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -4936,81 +4915,80 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Je součástí projektu rekonstrukce s renovací obálky </w:t>
             </w:r>
             <w:r w:rsidR="005121BB">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>budovy (zásahem do obálky budovy)</w:t>
             </w:r>
             <w:r w:rsidRPr="009959C8">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6135AB2B" w14:textId="0C27F5E0" w:rsidR="006436C7" w:rsidRPr="009959C8" w:rsidRDefault="00F214A9" w:rsidP="006436C7">
+          <w:p w14:paraId="6135AB2B" w14:textId="0C27F5E0" w:rsidR="006436C7" w:rsidRPr="009959C8" w:rsidRDefault="00000000" w:rsidP="006436C7">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="737755453"/>
                 <w:placeholder>
                   <w:docPart w:val="15C4C214D88046B88BCDD4C47880FACA"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006436C7" w:rsidRPr="009959C8">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62F48210" w14:textId="738C143E" w:rsidR="006436C7" w:rsidRPr="009959C8" w:rsidRDefault="006436C7" w:rsidP="006436C7">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
@@ -5247,80 +5225,79 @@
               <w:t xml:space="preserve"> o sklad, průmyslový a výrobní provoz či dílenskou provozovnu s odhadovanou spotřebou energie do 195</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> MWh za </w:t>
             </w:r>
             <w:r w:rsidRPr="009959C8">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rok?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7464618E" w14:textId="47D92562" w:rsidR="009959C8" w:rsidRPr="009959C8" w:rsidRDefault="00F214A9" w:rsidP="004940E4">
+          <w:p w14:paraId="7464618E" w14:textId="47D92562" w:rsidR="009959C8" w:rsidRPr="009959C8" w:rsidRDefault="00000000" w:rsidP="004940E4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1138998371"/>
                 <w:placeholder>
                   <w:docPart w:val="6316277077364DD787A689B3072D73D9"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009959C8" w:rsidRPr="009959C8">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49FF67CA" w14:textId="6C539DE2" w:rsidR="009959C8" w:rsidRPr="009959C8" w:rsidRDefault="009959C8" w:rsidP="004940E4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -5389,51 +5366,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> tohoto Dotazníku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="1474644768"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1142" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="663D9D1A" w14:textId="2048F308" w:rsidR="009959C8" w:rsidRPr="009959C8" w:rsidRDefault="009959C8" w:rsidP="004940E4">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F7612E">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -5573,80 +5549,79 @@
               <w:t xml:space="preserve"> primární energie, dle definice zákona č.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00653EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>406/2000 Sb., o hospodaření energií?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="128F12EE" w14:textId="36045687" w:rsidR="00DC35F9" w:rsidRPr="009959C8" w:rsidRDefault="00F214A9" w:rsidP="004940E4">
+          <w:p w14:paraId="128F12EE" w14:textId="36045687" w:rsidR="00DC35F9" w:rsidRPr="009959C8" w:rsidRDefault="00000000" w:rsidP="004940E4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-370770857"/>
                 <w:placeholder>
                   <w:docPart w:val="4690E7642E744C05B83B14A8873551AD"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DC35F9" w:rsidRPr="009959C8">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15D5F055" w14:textId="31237016" w:rsidR="00DC35F9" w:rsidRPr="009959C8" w:rsidRDefault="00DC35F9" w:rsidP="004940E4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -5699,51 +5674,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> tohoto Dotazníku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-455327993"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1142" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4B71A560" w14:textId="5A481EA8" w:rsidR="00DC35F9" w:rsidRPr="009959C8" w:rsidRDefault="00DC35F9" w:rsidP="004940E4">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F7612E">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -5848,80 +5822,79 @@
           </w:tcPr>
           <w:p w14:paraId="646717EB" w14:textId="18D8BA42" w:rsidR="00EE1F2D" w:rsidRPr="009959C8" w:rsidRDefault="000C2C59" w:rsidP="000C2C59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Existují objektivní důvody, pro které není možné úspory ve spotřebě primární energie ve výši 10 % dosáhnout?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="620D9100" w14:textId="28DD7336" w:rsidR="00EE1F2D" w:rsidRPr="009959C8" w:rsidRDefault="00F214A9" w:rsidP="004940E4">
+          <w:p w14:paraId="620D9100" w14:textId="28DD7336" w:rsidR="00EE1F2D" w:rsidRPr="009959C8" w:rsidRDefault="00000000" w:rsidP="004940E4">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1243252709"/>
                 <w:placeholder>
                   <w:docPart w:val="76F7549E56834038A5527A806F97C103"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EE1F2D" w:rsidRPr="009959C8">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D8085CA" w14:textId="54BD6001" w:rsidR="00EE1F2D" w:rsidRPr="009959C8" w:rsidRDefault="00EE1F2D" w:rsidP="000C2C59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -5957,51 +5930,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>je nutné předložit vstupní energetický posudek, kde budou proti bodu 5.3 navíc uvedeny důvody, proč nelze úspory dosáhnout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="-1586835875"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1142" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="06997997" w14:textId="10F5AADD" w:rsidR="00EE1F2D" w:rsidRPr="009959C8" w:rsidRDefault="00EE1F2D" w:rsidP="004940E4">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F7612E">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -6350,81 +6322,80 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Je součástí</w:t>
             </w:r>
             <w:r w:rsidR="00EE1F2D" w:rsidRPr="00EE1F2D">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> projektu výměna zdroje energie?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0577F006" w14:textId="671FB8D1" w:rsidR="00EE1F2D" w:rsidRPr="009959C8" w:rsidRDefault="00F214A9" w:rsidP="00EE1F2D">
+          <w:p w14:paraId="0577F006" w14:textId="671FB8D1" w:rsidR="00EE1F2D" w:rsidRPr="009959C8" w:rsidRDefault="00000000" w:rsidP="00EE1F2D">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-686836710"/>
                 <w:placeholder>
                   <w:docPart w:val="E7B88D01292F40688CB7F7C49AAFBA96"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EE1F2D" w:rsidRPr="009959C8">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="653FB978" w14:textId="11E09F28" w:rsidR="00EE1F2D" w:rsidRPr="009959C8" w:rsidRDefault="009A293E" w:rsidP="009A293E">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
@@ -6569,80 +6540,79 @@
               <w:t xml:space="preserve"> § 6 odst. 2 vyhlášky č. 264/2020 Sb., o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE1F2D">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>energetické náročnosti budov v platném znění?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3489158D" w14:textId="752D29DC" w:rsidR="00EE1F2D" w:rsidRPr="009959C8" w:rsidRDefault="00F214A9" w:rsidP="00EE1F2D">
+          <w:p w14:paraId="3489158D" w14:textId="752D29DC" w:rsidR="00EE1F2D" w:rsidRPr="009959C8" w:rsidRDefault="00000000" w:rsidP="00EE1F2D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1312912142"/>
                 <w:placeholder>
                   <w:docPart w:val="A305900524934A14BA5FDC4AD79A6B11"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00EE1F2D" w:rsidRPr="009959C8">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2569" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E0023B0" w14:textId="0BEB6CE3" w:rsidR="00EE1F2D" w:rsidRPr="009959C8" w:rsidRDefault="00EE1F2D" w:rsidP="00EE1F2D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -6670,51 +6640,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> doložte tuto skutečnost průkazem energetické náročnosti budovy pro stav po realizaci projektu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:alias w:val="Klikněte"/>
             <w:tag w:val="Klikněte"/>
             <w:id w:val="997845151"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1142" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="0665E6AA" w14:textId="03E5B0D1" w:rsidR="00EE1F2D" w:rsidRPr="009959C8" w:rsidRDefault="00EE1F2D" w:rsidP="00EE1F2D">
                 <w:pPr>
                   <w:spacing w:before="60" w:after="60"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00F7612E">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -7025,81 +6994,80 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Jsou</w:t>
             </w:r>
             <w:r w:rsidR="00125F95">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> součástí způsobilých výdajů projektu výdaje na zařízení využívající vodu jako sprchy, vany, WC apod.?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1142" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41633502" w14:textId="77777777" w:rsidR="00125F95" w:rsidRPr="006D79F2" w:rsidRDefault="00F214A9" w:rsidP="00125F95">
+          <w:p w14:paraId="41633502" w14:textId="77777777" w:rsidR="00125F95" w:rsidRPr="006D79F2" w:rsidRDefault="00000000" w:rsidP="00125F95">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1151789179"/>
                 <w:placeholder>
                   <w:docPart w:val="16DD1AC442314D3589E553257603440F"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00125F95" w:rsidRPr="006D79F2">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15F56D43" w14:textId="2D1310FF" w:rsidR="00125F95" w:rsidRPr="006D79F2" w:rsidRDefault="00125F95" w:rsidP="0022188A">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
@@ -7208,51 +7176,50 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prohlašuji, že zařízení využívající vodu, zařazená mezi způsobilé výdaje projektu </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="325169638"/>
                 <w:placeholder>
                   <w:docPart w:val="29F2081857434ADE9330F3CB567FD580"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="bude" w:value="bude"/>
                   <w:listItem w:displayText="nebude" w:value="nebude"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="006D79F2">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> splňovat parametry stanovené bodem 3.1.1 písm. e) Výzvy týkající se zejména maximálního průtoku vody</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
@@ -7503,51 +7470,50 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prohlašuji, že projekt </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1605310345"/>
                 <w:placeholder>
                   <w:docPart w:val="F3EAEBC5550846D6B94F3BEFB9AF0878"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="bude" w:value="bude"/>
                   <w:listItem w:displayText="nebude" w:value="nebude"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="006D79F2">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> zaměřen na </w:t>
             </w:r>
             <w:r w:rsidRPr="007945E1">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7647,80 +7613,79 @@
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="007945E1">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rojekt demoliční či stavební práce</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1142" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="597060CA" w14:textId="77777777" w:rsidR="007945E1" w:rsidRPr="006D79F2" w:rsidRDefault="00F214A9" w:rsidP="0013276C">
+          <w:p w14:paraId="597060CA" w14:textId="77777777" w:rsidR="007945E1" w:rsidRPr="006D79F2" w:rsidRDefault="00000000" w:rsidP="0013276C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1248003740"/>
                 <w:placeholder>
                   <w:docPart w:val="698630697A444D6494F6FB7B52977489"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="Vyberte odpověď" w:value="Vyberte odpověď"/>
                   <w:listItem w:displayText="ANO" w:value="ANO"/>
                   <w:listItem w:displayText="NE" w:value="NE"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007945E1" w:rsidRPr="006D79F2">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="473E0EF5" w14:textId="65DA290F" w:rsidR="007945E1" w:rsidRPr="006D79F2" w:rsidRDefault="007945E1" w:rsidP="007945E1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -7792,51 +7757,50 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 70 % (hmotnostních) stavebního a demoličního odpadu neklasifikovaného jako nebezpečný vzniklého na staveništi </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="1001858561"/>
                 <w:placeholder>
                   <w:docPart w:val="126391859D224784897D3D2EEDD62EA1"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="bude" w:value="bude"/>
                   <w:listItem w:displayText="nebude" w:value="nebude"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="006D79F2">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007945E1">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8103,51 +8067,50 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="-1945376178"/>
                 <w:placeholder>
                   <w:docPart w:val="F34720A9ECBC41AFA37C327B8F8A8493"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="zahrnuje" w:value="zahrnuje"/>
                   <w:listItem w:displayText="nezahrnuje" w:value="nezahrnuje"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="006D79F2">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B95B02">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
@@ -8243,51 +8206,50 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prohlašuji, že projekt </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:alias w:val="Vyberte odpověď"/>
                 <w:tag w:val="Vyberte odpověď"/>
                 <w:id w:val="838742760"/>
                 <w:placeholder>
                   <w:docPart w:val="14A24E17E95E4A8BB1C30FE882A6A3A3"/>
                 </w:placeholder>
                 <w:comboBox>
                   <w:listItem w:displayText="bude" w:value="bude"/>
                   <w:listItem w:displayText="nebude" w:value="nebude"/>
                 </w:comboBox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="006D79F2">
                   <w:rPr>
                     <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                     <w:color w:val="0000FF"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>Vyberte odpověď</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> realizován v kontaminované lokalitě a nezahrnuje sanaci kontaminované lokality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2401" w:type="dxa"/>
@@ -8405,51 +8367,50 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Doplňující informace a upřesnění (nepovinné)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB3D0E" w:rsidRPr="00D52D83" w14:paraId="20718EE3" w14:textId="77777777" w:rsidTr="0015279A">
         <w:trPr>
           <w:trHeight w:val="4535"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14D091AE" w14:textId="46F6704E" w:rsidR="00AB3D0E" w:rsidRPr="00C8275D" w:rsidRDefault="00AB3D0E" w:rsidP="00AB3D0E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="458"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="23"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F4CBC">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -8559,99 +8520,97 @@
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="23"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Závěrečná prohlášení</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C8275D" w:rsidRPr="00D52D83" w14:paraId="4EB88493" w14:textId="77777777" w:rsidTr="00B50448">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10632" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6848DFA4" w14:textId="31F85F6A" w:rsidR="00C8275D" w:rsidRPr="00C8275D" w:rsidRDefault="00C8275D" w:rsidP="00C8275D">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="458"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="23"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prohlašuji, že projekt bude realizován v souladu s platnou environmentální legislativou České republiky</w:t>
             </w:r>
             <w:r w:rsidR="00837C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> a Evropské Unie</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C8275D" w:rsidRPr="00D52D83" w14:paraId="49B9A724" w14:textId="77777777" w:rsidTr="00B50448">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10632" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3343C3C2" w14:textId="1459546F" w:rsidR="00C8275D" w:rsidRDefault="00C8275D" w:rsidP="006436C7">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="458"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="23"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prohlašuji, že </w:t>
             </w:r>
             <w:r w:rsidRPr="00C8275D">
@@ -9613,154 +9572,154 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="10687258" w14:textId="77777777" w:rsidR="003F4CBC" w:rsidRPr="005E3A10" w:rsidRDefault="003F4CBC" w:rsidP="006436C7">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0"/>
         <w:ind w:left="-1134"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003F4CBC" w:rsidRPr="005E3A10" w:rsidSect="00E66812">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="238" w:right="1418" w:bottom="244" w:left="1418" w:header="709" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="049DAA91" w14:textId="77777777" w:rsidR="00F214A9" w:rsidRDefault="00F214A9" w:rsidP="009E39BA">
+    <w:p w14:paraId="4781D009" w14:textId="77777777" w:rsidR="00633B0B" w:rsidRDefault="00633B0B" w:rsidP="009E39BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CFBF372" w14:textId="77777777" w:rsidR="00F214A9" w:rsidRDefault="00F214A9" w:rsidP="009E39BA">
+    <w:p w14:paraId="389DBFF2" w14:textId="77777777" w:rsidR="00633B0B" w:rsidRDefault="00633B0B" w:rsidP="009E39BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina-Regu">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="EUAlbertina-Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Montserrat">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="17747259"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="52BB2CDE" w14:textId="12CCC120" w:rsidR="00E66812" w:rsidRDefault="00D71AE6" w:rsidP="005E3A10">
         <w:pPr>
           <w:pStyle w:val="Zpat"/>
           <w:spacing w:before="120" w:after="120"/>
           <w:jc w:val="center"/>
@@ -9824,63 +9783,63 @@
         <w:pPr>
           <w:pStyle w:val="Zpat"/>
           <w:spacing w:before="120" w:after="120"/>
           <w:ind w:left="-1134"/>
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00E66812">
           <w:rPr>
             <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t>verze šablony 1.1</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="562BECBD" w14:textId="77777777" w:rsidR="00F214A9" w:rsidRDefault="00F214A9" w:rsidP="009E39BA">
+    <w:p w14:paraId="50EB0348" w14:textId="77777777" w:rsidR="00633B0B" w:rsidRDefault="00633B0B" w:rsidP="009E39BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F948554" w14:textId="77777777" w:rsidR="00F214A9" w:rsidRDefault="00F214A9" w:rsidP="009E39BA">
+    <w:p w14:paraId="3B222109" w14:textId="77777777" w:rsidR="00633B0B" w:rsidRDefault="00633B0B" w:rsidP="009E39BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="157D65FD" w14:textId="5634F7F7" w:rsidR="003F4CBC" w:rsidRPr="00800C42" w:rsidRDefault="003F4CBC" w:rsidP="003F4CBC">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="142" w:right="-709" w:hanging="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A09B6">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
@@ -9920,51 +9879,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A09B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>úředně ověřen</w:t>
       </w:r>
       <w:r w:rsidR="00277F3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ý podpis.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C566FAF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6E4E0FA8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="57" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="57" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
@@ -12529,105 +12488,105 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2164" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2465" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="14311109">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="503129751">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="661465802">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="629475268">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1599368839">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1433818787">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="827399829">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="849103314">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1092050429">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="890389081">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1338145429">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="622081307">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1877615332">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1381976350">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="277877784">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1361272654">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1951738060">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="906232276">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1279219541">
     <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="57" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="57" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
@@ -12712,51 +12671,51 @@
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2164" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2465" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="266276016">
     <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="57" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="57" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
@@ -12841,125 +12800,128 @@
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2164" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="2465" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1569804394">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1956057317">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="112480407">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1794591675">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="420177143">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1507861548">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1745486762">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="2058317112">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1292513191">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1700819262">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="vKYSRgOT+F8fA+kpwDoZ6K7jWvFRosXnUkU7tYAdqQ9oql4NJpon35U7SDXv5hiL1d+mmqyjm074dnlAC9yong==" w:salt="w6Z6nJbBZxe3EpHv59XQ4A=="/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="gO0rq4vl5gtTDr2oGBzouftkpeAp0W9XImvRSZhvP8WFCEuHN4CkkNKlX8UDLaP1ttIFe4E+4RkHe6cqV1o8tg==" w:salt="xfHntNzxjlJFgSMfXzBK7w=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MjUwtzQzNTGyNDe3MDJQ0lEKTi0uzszPAykwrAUAOeJ3jSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="0039619A"/>
     <w:rsid w:val="0000408D"/>
     <w:rsid w:val="00005917"/>
     <w:rsid w:val="00006F8D"/>
     <w:rsid w:val="000147EF"/>
     <w:rsid w:val="00023BD3"/>
     <w:rsid w:val="00023E2D"/>
     <w:rsid w:val="00027079"/>
     <w:rsid w:val="0002798F"/>
     <w:rsid w:val="000322B9"/>
     <w:rsid w:val="00045565"/>
     <w:rsid w:val="000460A1"/>
+    <w:rsid w:val="00046C0A"/>
     <w:rsid w:val="00050A63"/>
     <w:rsid w:val="000529C9"/>
     <w:rsid w:val="00054BB8"/>
     <w:rsid w:val="00054FE6"/>
     <w:rsid w:val="0005777E"/>
     <w:rsid w:val="00061065"/>
     <w:rsid w:val="00062143"/>
     <w:rsid w:val="00062168"/>
     <w:rsid w:val="00063391"/>
     <w:rsid w:val="000672FD"/>
     <w:rsid w:val="00074AAA"/>
     <w:rsid w:val="000767BA"/>
     <w:rsid w:val="000832E1"/>
     <w:rsid w:val="00087D7B"/>
     <w:rsid w:val="0009617A"/>
     <w:rsid w:val="00096E56"/>
     <w:rsid w:val="000971D7"/>
     <w:rsid w:val="000A428E"/>
     <w:rsid w:val="000B0362"/>
     <w:rsid w:val="000B0854"/>
     <w:rsid w:val="000B51F7"/>
     <w:rsid w:val="000B63A4"/>
     <w:rsid w:val="000B693B"/>
     <w:rsid w:val="000B6A2E"/>
     <w:rsid w:val="000C2C59"/>
@@ -13022,160 +12984,167 @@
     <w:rsid w:val="00255C9B"/>
     <w:rsid w:val="00266B74"/>
     <w:rsid w:val="00274C12"/>
     <w:rsid w:val="002766D6"/>
     <w:rsid w:val="00277F3B"/>
     <w:rsid w:val="00283E88"/>
     <w:rsid w:val="002841DC"/>
     <w:rsid w:val="00293005"/>
     <w:rsid w:val="00296F2B"/>
     <w:rsid w:val="002A2BFC"/>
     <w:rsid w:val="002A2D69"/>
     <w:rsid w:val="002A5E63"/>
     <w:rsid w:val="002B2A1D"/>
     <w:rsid w:val="002B6264"/>
     <w:rsid w:val="002B7342"/>
     <w:rsid w:val="002D0EE1"/>
     <w:rsid w:val="002D6AF7"/>
     <w:rsid w:val="002E030E"/>
     <w:rsid w:val="002E1DBA"/>
     <w:rsid w:val="002E621F"/>
     <w:rsid w:val="002F4624"/>
     <w:rsid w:val="00300080"/>
     <w:rsid w:val="00300251"/>
     <w:rsid w:val="003042F6"/>
     <w:rsid w:val="00314996"/>
+    <w:rsid w:val="0031753B"/>
     <w:rsid w:val="00324A2F"/>
     <w:rsid w:val="00332490"/>
     <w:rsid w:val="00335F35"/>
     <w:rsid w:val="00344BB3"/>
+    <w:rsid w:val="003454F6"/>
+    <w:rsid w:val="00345894"/>
     <w:rsid w:val="00345E19"/>
     <w:rsid w:val="00353464"/>
     <w:rsid w:val="0035414E"/>
     <w:rsid w:val="00360ACC"/>
     <w:rsid w:val="00365E94"/>
     <w:rsid w:val="00366D60"/>
     <w:rsid w:val="00377A7B"/>
     <w:rsid w:val="003903B6"/>
     <w:rsid w:val="00391D3C"/>
     <w:rsid w:val="00394BA7"/>
     <w:rsid w:val="0039619A"/>
     <w:rsid w:val="00397B9E"/>
     <w:rsid w:val="00397EBF"/>
     <w:rsid w:val="003A40A3"/>
     <w:rsid w:val="003A7ED4"/>
     <w:rsid w:val="003B11BB"/>
     <w:rsid w:val="003B63B3"/>
     <w:rsid w:val="003B73A6"/>
     <w:rsid w:val="003C3478"/>
     <w:rsid w:val="003C3D5D"/>
     <w:rsid w:val="003C600E"/>
     <w:rsid w:val="003C6B27"/>
     <w:rsid w:val="003D02A2"/>
     <w:rsid w:val="003D140C"/>
     <w:rsid w:val="003D33D0"/>
     <w:rsid w:val="003D5077"/>
     <w:rsid w:val="003D52DD"/>
     <w:rsid w:val="003D727F"/>
     <w:rsid w:val="003E05DE"/>
     <w:rsid w:val="003E4C1F"/>
     <w:rsid w:val="003E5D26"/>
+    <w:rsid w:val="003F34E6"/>
     <w:rsid w:val="003F45A2"/>
     <w:rsid w:val="003F4CBC"/>
     <w:rsid w:val="0040031C"/>
     <w:rsid w:val="00401263"/>
     <w:rsid w:val="00403719"/>
     <w:rsid w:val="00406A76"/>
     <w:rsid w:val="00407D83"/>
     <w:rsid w:val="00425C6B"/>
     <w:rsid w:val="00432958"/>
     <w:rsid w:val="00433E92"/>
     <w:rsid w:val="004343DC"/>
     <w:rsid w:val="00441980"/>
     <w:rsid w:val="00441A49"/>
     <w:rsid w:val="00476D61"/>
     <w:rsid w:val="00480421"/>
     <w:rsid w:val="00480E2D"/>
     <w:rsid w:val="00487450"/>
     <w:rsid w:val="00487536"/>
     <w:rsid w:val="004926EB"/>
     <w:rsid w:val="004940E4"/>
     <w:rsid w:val="004951AD"/>
     <w:rsid w:val="004A0018"/>
     <w:rsid w:val="004B242C"/>
     <w:rsid w:val="004C13E6"/>
     <w:rsid w:val="004C1D22"/>
     <w:rsid w:val="004C228A"/>
     <w:rsid w:val="004D33D1"/>
     <w:rsid w:val="004D5388"/>
     <w:rsid w:val="004D7162"/>
     <w:rsid w:val="004D75AC"/>
     <w:rsid w:val="004F014F"/>
     <w:rsid w:val="004F1550"/>
     <w:rsid w:val="004F42A7"/>
     <w:rsid w:val="00501103"/>
     <w:rsid w:val="005055DB"/>
     <w:rsid w:val="00510688"/>
+    <w:rsid w:val="005120A9"/>
     <w:rsid w:val="005121BB"/>
     <w:rsid w:val="00517F47"/>
+    <w:rsid w:val="00520CDB"/>
     <w:rsid w:val="00521C9C"/>
     <w:rsid w:val="0053126D"/>
     <w:rsid w:val="00537E10"/>
     <w:rsid w:val="00540044"/>
     <w:rsid w:val="00542FA3"/>
     <w:rsid w:val="00545905"/>
     <w:rsid w:val="00550F24"/>
     <w:rsid w:val="00555206"/>
     <w:rsid w:val="00555F61"/>
     <w:rsid w:val="00561607"/>
     <w:rsid w:val="00562E5B"/>
     <w:rsid w:val="00570C7C"/>
     <w:rsid w:val="00575F43"/>
     <w:rsid w:val="00581969"/>
     <w:rsid w:val="005819D0"/>
     <w:rsid w:val="005828AE"/>
     <w:rsid w:val="005834CF"/>
     <w:rsid w:val="00584D90"/>
     <w:rsid w:val="005948DB"/>
     <w:rsid w:val="00594EE9"/>
     <w:rsid w:val="0059517B"/>
     <w:rsid w:val="00596553"/>
     <w:rsid w:val="005976A2"/>
     <w:rsid w:val="005A11C3"/>
     <w:rsid w:val="005A337A"/>
     <w:rsid w:val="005A3578"/>
     <w:rsid w:val="005B39BB"/>
     <w:rsid w:val="005B4667"/>
     <w:rsid w:val="005D2ED3"/>
     <w:rsid w:val="005E046D"/>
     <w:rsid w:val="005E3A10"/>
     <w:rsid w:val="005F32F6"/>
     <w:rsid w:val="005F3FFF"/>
     <w:rsid w:val="00605141"/>
     <w:rsid w:val="00611FEB"/>
     <w:rsid w:val="00615906"/>
     <w:rsid w:val="00630D16"/>
+    <w:rsid w:val="00633B0B"/>
     <w:rsid w:val="00634166"/>
     <w:rsid w:val="006417AE"/>
     <w:rsid w:val="006436C7"/>
     <w:rsid w:val="00644084"/>
     <w:rsid w:val="00650888"/>
     <w:rsid w:val="00653EC0"/>
     <w:rsid w:val="00654D6A"/>
     <w:rsid w:val="00657CBE"/>
     <w:rsid w:val="00662F96"/>
     <w:rsid w:val="0066516F"/>
     <w:rsid w:val="00672060"/>
     <w:rsid w:val="006957B6"/>
     <w:rsid w:val="00696B09"/>
     <w:rsid w:val="006A2720"/>
     <w:rsid w:val="006A5F1A"/>
     <w:rsid w:val="006A6A11"/>
     <w:rsid w:val="006A7526"/>
     <w:rsid w:val="006A7C1E"/>
     <w:rsid w:val="006B0F9F"/>
     <w:rsid w:val="006C0802"/>
     <w:rsid w:val="006C6A33"/>
     <w:rsid w:val="006C7F0F"/>
     <w:rsid w:val="006D77EA"/>
     <w:rsid w:val="006D79F2"/>
     <w:rsid w:val="006E4423"/>
@@ -13191,50 +13160,51 @@
     <w:rsid w:val="00755C26"/>
     <w:rsid w:val="007564A9"/>
     <w:rsid w:val="007806B9"/>
     <w:rsid w:val="00782664"/>
     <w:rsid w:val="007868F7"/>
     <w:rsid w:val="0079125A"/>
     <w:rsid w:val="00792E88"/>
     <w:rsid w:val="007945E1"/>
     <w:rsid w:val="00795A53"/>
     <w:rsid w:val="007A0689"/>
     <w:rsid w:val="007A4BC1"/>
     <w:rsid w:val="007B450E"/>
     <w:rsid w:val="007C1C6B"/>
     <w:rsid w:val="007D133F"/>
     <w:rsid w:val="007D1B19"/>
     <w:rsid w:val="007E32DE"/>
     <w:rsid w:val="007E4E0E"/>
     <w:rsid w:val="007F0B35"/>
     <w:rsid w:val="007F34CD"/>
     <w:rsid w:val="007F6E70"/>
     <w:rsid w:val="00803F91"/>
     <w:rsid w:val="008068FF"/>
     <w:rsid w:val="00811BB5"/>
     <w:rsid w:val="0081479C"/>
     <w:rsid w:val="00814D21"/>
+    <w:rsid w:val="00821F33"/>
     <w:rsid w:val="008238C2"/>
     <w:rsid w:val="00825ED9"/>
     <w:rsid w:val="008270F3"/>
     <w:rsid w:val="00833CAF"/>
     <w:rsid w:val="00837C6E"/>
     <w:rsid w:val="0084724A"/>
     <w:rsid w:val="00851C09"/>
     <w:rsid w:val="00863C83"/>
     <w:rsid w:val="0086455A"/>
     <w:rsid w:val="00864FED"/>
     <w:rsid w:val="0086799C"/>
     <w:rsid w:val="00873215"/>
     <w:rsid w:val="00873E3F"/>
     <w:rsid w:val="00877075"/>
     <w:rsid w:val="008815E6"/>
     <w:rsid w:val="00883863"/>
     <w:rsid w:val="00891271"/>
     <w:rsid w:val="00896521"/>
     <w:rsid w:val="00897A3A"/>
     <w:rsid w:val="008A1174"/>
     <w:rsid w:val="008A123D"/>
     <w:rsid w:val="008B1A13"/>
     <w:rsid w:val="008B6A7B"/>
     <w:rsid w:val="008C58C4"/>
     <w:rsid w:val="008C69B0"/>
@@ -13363,50 +13333,51 @@
     <w:rsid w:val="00B9621E"/>
     <w:rsid w:val="00BA3B24"/>
     <w:rsid w:val="00BA635B"/>
     <w:rsid w:val="00BA756D"/>
     <w:rsid w:val="00BB5F88"/>
     <w:rsid w:val="00BB5FDD"/>
     <w:rsid w:val="00BC6AAA"/>
     <w:rsid w:val="00BD0BE2"/>
     <w:rsid w:val="00C011AD"/>
     <w:rsid w:val="00C027E8"/>
     <w:rsid w:val="00C02A0B"/>
     <w:rsid w:val="00C04D67"/>
     <w:rsid w:val="00C05C18"/>
     <w:rsid w:val="00C07A97"/>
     <w:rsid w:val="00C130AD"/>
     <w:rsid w:val="00C1517A"/>
     <w:rsid w:val="00C15F75"/>
     <w:rsid w:val="00C33104"/>
     <w:rsid w:val="00C34BF9"/>
     <w:rsid w:val="00C35253"/>
     <w:rsid w:val="00C37134"/>
     <w:rsid w:val="00C45661"/>
     <w:rsid w:val="00C51F4D"/>
     <w:rsid w:val="00C52D2E"/>
     <w:rsid w:val="00C652FC"/>
+    <w:rsid w:val="00C67986"/>
     <w:rsid w:val="00C718E0"/>
     <w:rsid w:val="00C71AD9"/>
     <w:rsid w:val="00C72C17"/>
     <w:rsid w:val="00C750EB"/>
     <w:rsid w:val="00C761B7"/>
     <w:rsid w:val="00C8275D"/>
     <w:rsid w:val="00C84FDD"/>
     <w:rsid w:val="00C86265"/>
     <w:rsid w:val="00C86954"/>
     <w:rsid w:val="00C9478D"/>
     <w:rsid w:val="00C95277"/>
     <w:rsid w:val="00CA363E"/>
     <w:rsid w:val="00CC27CF"/>
     <w:rsid w:val="00CC47DB"/>
     <w:rsid w:val="00CC723D"/>
     <w:rsid w:val="00CD49EC"/>
     <w:rsid w:val="00CD798D"/>
     <w:rsid w:val="00CE0D6B"/>
     <w:rsid w:val="00CE7A98"/>
     <w:rsid w:val="00CF0507"/>
     <w:rsid w:val="00CF4D03"/>
     <w:rsid w:val="00CF588C"/>
     <w:rsid w:val="00D0113D"/>
     <w:rsid w:val="00D01CF7"/>
     <w:rsid w:val="00D10810"/>
@@ -13490,81 +13461,81 @@
     <w:rsid w:val="00FA2D6B"/>
     <w:rsid w:val="00FB0620"/>
     <w:rsid w:val="00FB467A"/>
     <w:rsid w:val="00FC6727"/>
     <w:rsid w:val="00FC70FF"/>
     <w:rsid w:val="00FC7440"/>
     <w:rsid w:val="00FE1260"/>
     <w:rsid w:val="00FF4123"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="34B2E294"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{59F55E67-D992-4BBF-857A-F6BF70260F17}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13892,50 +13863,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005948DB"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -14276,51 +14252,51 @@
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Styl3">
     <w:name w:val="Styl3"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B07E5E"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="Styl4">
     <w:name w:val="Styl4"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D52D83"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="125896662">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="143084679">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14502,51 +14478,51 @@
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sekm.cz/portal/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://heis.vuv.cz/data/webmap/isapi.dll?map=isvs_zapluz&amp;" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0B19C8AE4E504882AF2B64EF9132342C"/>
         <w:category>
           <w:name w:val="Obecné"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{214950CD-3A70-4E3E-85AD-62AA8AC340AB}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00DF621B" w:rsidRDefault="000D42DB" w:rsidP="000D42DB">
           <w:pPr>
             <w:pStyle w:val="0B19C8AE4E504882AF2B64EF9132342C"/>
           </w:pPr>
           <w:r w:rsidRPr="00B03A60">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15341,262 +15317,281 @@
         </w:behaviors>
         <w:guid w:val="{2B97DF6B-0172-4929-814F-D1ACB7346756}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="002E41FE" w:rsidRDefault="00530DDD" w:rsidP="00530DDD">
           <w:pPr>
             <w:pStyle w:val="29F2081857434ADE9330F3CB567FD580"/>
           </w:pPr>
           <w:r w:rsidRPr="00B03A60">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina-Regu">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="EUAlbertina-Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Montserrat">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00535BA8"/>
     <w:rsid w:val="00032D1E"/>
     <w:rsid w:val="00052CC8"/>
     <w:rsid w:val="00094280"/>
     <w:rsid w:val="000A1F3A"/>
     <w:rsid w:val="000C60E9"/>
     <w:rsid w:val="000D42DB"/>
     <w:rsid w:val="00217DC5"/>
     <w:rsid w:val="00224A07"/>
     <w:rsid w:val="00241C8C"/>
     <w:rsid w:val="002868F0"/>
     <w:rsid w:val="002E1543"/>
     <w:rsid w:val="002E41FE"/>
     <w:rsid w:val="00312723"/>
     <w:rsid w:val="00316E10"/>
+    <w:rsid w:val="0031753B"/>
     <w:rsid w:val="0035258C"/>
     <w:rsid w:val="00371F30"/>
     <w:rsid w:val="003A7290"/>
     <w:rsid w:val="003E6597"/>
+    <w:rsid w:val="003F34E6"/>
     <w:rsid w:val="00455DF7"/>
     <w:rsid w:val="0048371C"/>
     <w:rsid w:val="004A4527"/>
     <w:rsid w:val="004A62C0"/>
     <w:rsid w:val="004C14AF"/>
     <w:rsid w:val="004E18FC"/>
     <w:rsid w:val="004F014B"/>
+    <w:rsid w:val="00520CDB"/>
     <w:rsid w:val="00530DDD"/>
     <w:rsid w:val="00535BA8"/>
     <w:rsid w:val="00577E25"/>
     <w:rsid w:val="0062479C"/>
     <w:rsid w:val="006904DE"/>
     <w:rsid w:val="00691998"/>
     <w:rsid w:val="006C20B9"/>
     <w:rsid w:val="006D14C2"/>
     <w:rsid w:val="006E0A52"/>
     <w:rsid w:val="00750FE3"/>
     <w:rsid w:val="0076502A"/>
     <w:rsid w:val="0078369A"/>
     <w:rsid w:val="00800820"/>
     <w:rsid w:val="00804576"/>
     <w:rsid w:val="008169AE"/>
     <w:rsid w:val="00820C38"/>
     <w:rsid w:val="00836348"/>
     <w:rsid w:val="008400C6"/>
     <w:rsid w:val="00844343"/>
     <w:rsid w:val="008B3C2E"/>
     <w:rsid w:val="008B6132"/>
     <w:rsid w:val="008E2DE6"/>
     <w:rsid w:val="008E3B1A"/>
     <w:rsid w:val="009007B3"/>
     <w:rsid w:val="00912D84"/>
     <w:rsid w:val="00935AC1"/>
     <w:rsid w:val="009E6C41"/>
+    <w:rsid w:val="00A10483"/>
     <w:rsid w:val="00A86E47"/>
     <w:rsid w:val="00A920BC"/>
     <w:rsid w:val="00A9548C"/>
     <w:rsid w:val="00AC2D2E"/>
     <w:rsid w:val="00AC516C"/>
+    <w:rsid w:val="00B84847"/>
     <w:rsid w:val="00BE0598"/>
     <w:rsid w:val="00BE2135"/>
     <w:rsid w:val="00C33B6B"/>
     <w:rsid w:val="00C70932"/>
     <w:rsid w:val="00C94662"/>
     <w:rsid w:val="00CC77B9"/>
     <w:rsid w:val="00CD4598"/>
     <w:rsid w:val="00CF3E04"/>
     <w:rsid w:val="00D0298C"/>
     <w:rsid w:val="00D516B4"/>
     <w:rsid w:val="00D80480"/>
     <w:rsid w:val="00DB2239"/>
     <w:rsid w:val="00DB53BD"/>
     <w:rsid w:val="00DC3FE2"/>
     <w:rsid w:val="00DF00A3"/>
     <w:rsid w:val="00DF621B"/>
     <w:rsid w:val="00E102A0"/>
     <w:rsid w:val="00E56F29"/>
     <w:rsid w:val="00E72843"/>
     <w:rsid w:val="00EB7D7D"/>
     <w:rsid w:val="00ED4CB6"/>
     <w:rsid w:val="00F153E0"/>
+    <w:rsid w:val="00FA4ABF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -15924,1556 +15919,206 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Zstupntext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00530DDD"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A4EF444568648AF98A17C5A180291F4">
-[...1057 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B19C8AE4E504882AF2B64EF9132342C">
     <w:name w:val="0B19C8AE4E504882AF2B64EF9132342C"/>
-    <w:rsid w:val="000D42DB"/>
-[...34 lines deleted...]
-    <w:name w:val="985255DE152343ADA9B194AC47B342E6"/>
     <w:rsid w:val="000D42DB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E4F54C85D04E43EDB5D426B3C0092A97">
     <w:name w:val="E4F54C85D04E43EDB5D426B3C0092A97"/>
     <w:rsid w:val="000D42DB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5093B107B5894EBD944E8E6B89DDBC81">
     <w:name w:val="5093B107B5894EBD944E8E6B89DDBC81"/>
     <w:rsid w:val="000D42DB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="83194F44A53E40129FAF4A034F8F203F">
     <w:name w:val="83194F44A53E40129FAF4A034F8F203F"/>
     <w:rsid w:val="000D42DB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9781424FFC0A44849C845FD89D1B4E61">
     <w:name w:val="9781424FFC0A44849C845FD89D1B4E61"/>
     <w:rsid w:val="000D42DB"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5173D9B560B7442DBD3AE055554E94B8">
-[...2 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="96FAF6B2CD75456685602546923C5FE7">
     <w:name w:val="96FAF6B2CD75456685602546923C5FE7"/>
-    <w:rsid w:val="000D42DB"/>
-[...14 lines deleted...]
-    <w:name w:val="28EB2977D48F4A01BE5B4932E152804B"/>
     <w:rsid w:val="000D42DB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5E86B7B39D8F48E39E6427FA75DA3BD5">
     <w:name w:val="5E86B7B39D8F48E39E6427FA75DA3BD5"/>
     <w:rsid w:val="000D42DB"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACE80413934D45A0B9A85BE9FB3413D4">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E93512AEA3442D698803456F87D46E5">
     <w:name w:val="1E93512AEA3442D698803456F87D46E5"/>
-    <w:rsid w:val="000D42DB"/>
-[...82 lines deleted...]
-    <w:name w:val="E656ACE92140496D9C006B1FEE0949FD"/>
     <w:rsid w:val="000D42DB"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6316277077364DD787A689B3072D73D9">
     <w:name w:val="6316277077364DD787A689B3072D73D9"/>
     <w:rsid w:val="000D42DB"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6BF2CC581AF04B7A862C4224EBD26061">
-[...6 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4690E7642E744C05B83B14A8873551AD">
     <w:name w:val="4690E7642E744C05B83B14A8873551AD"/>
     <w:rsid w:val="000D42DB"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8BA0497CD31C41EABEBF3E8BD6B2F41D">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E7B88D01292F40688CB7F7C49AAFBA96">
     <w:name w:val="E7B88D01292F40688CB7F7C49AAFBA96"/>
-    <w:rsid w:val="00DF621B"/>
-[...34 lines deleted...]
-    <w:name w:val="86E54B96ED9342949ED9FEBAB9487627"/>
     <w:rsid w:val="00DF621B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A305900524934A14BA5FDC4AD79A6B11">
     <w:name w:val="A305900524934A14BA5FDC4AD79A6B11"/>
     <w:rsid w:val="00DF621B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="76F7549E56834038A5527A806F97C103">
     <w:name w:val="76F7549E56834038A5527A806F97C103"/>
     <w:rsid w:val="00DF621B"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0377460DBF1344CA897998F3712D99FC">
-[...34 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="698630697A444D6494F6FB7B52977489">
     <w:name w:val="698630697A444D6494F6FB7B52977489"/>
-    <w:rsid w:val="00DF621B"/>
-[...22 lines deleted...]
-    <w:name w:val="01084A9AFE56437AB13F288377394E03"/>
     <w:rsid w:val="00DF621B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E57F1B7658FA4C5BBDC038B2A4E0908C">
     <w:name w:val="E57F1B7658FA4C5BBDC038B2A4E0908C"/>
     <w:rsid w:val="00DF621B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="494D07B28EB1477F8AFA18BEE7AE7CC3">
     <w:name w:val="494D07B28EB1477F8AFA18BEE7AE7CC3"/>
     <w:rsid w:val="00DF621B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6E2DE49A6514453791260747487703FF">
     <w:name w:val="6E2DE49A6514453791260747487703FF"/>
     <w:rsid w:val="00DF621B"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="16DD1AC442314D3589E553257603440F">
     <w:name w:val="16DD1AC442314D3589E553257603440F"/>
     <w:rsid w:val="00DF621B"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="574A334C79444E0E8A461350E0696659">
-[...2 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="15C4C214D88046B88BCDD4C47880FACA">
     <w:name w:val="15C4C214D88046B88BCDD4C47880FACA"/>
     <w:rsid w:val="00DB53BD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F34720A9ECBC41AFA37C327B8F8A8493">
     <w:name w:val="F34720A9ECBC41AFA37C327B8F8A8493"/>
     <w:rsid w:val="00530DDD"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3C6DA10E60244F1A75E16AB66E5285A">
-[...2 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="14A24E17E95E4A8BB1C30FE882A6A3A3">
     <w:name w:val="14A24E17E95E4A8BB1C30FE882A6A3A3"/>
-    <w:rsid w:val="00530DDD"/>
-[...10 lines deleted...]
-    <w:name w:val="64793557EDBF4EAC9BCC4323BABE2C61"/>
     <w:rsid w:val="00530DDD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3466D5C5B53843DEB64BB98B6F98F73B">
     <w:name w:val="3466D5C5B53843DEB64BB98B6F98F73B"/>
     <w:rsid w:val="00530DDD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CAC59322C9B74DDFA8E6B820808AE15C">
     <w:name w:val="CAC59322C9B74DDFA8E6B820808AE15C"/>
     <w:rsid w:val="00530DDD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F3EAEBC5550846D6B94F3BEFB9AF0878">
     <w:name w:val="F3EAEBC5550846D6B94F3BEFB9AF0878"/>
     <w:rsid w:val="00530DDD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="126391859D224784897D3D2EEDD62EA1">
     <w:name w:val="126391859D224784897D3D2EEDD62EA1"/>
     <w:rsid w:val="00530DDD"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C34E8B1C7D03498EAD7B16A29A6A7A56">
-[...2 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="29F2081857434ADE9330F3CB567FD580">
     <w:name w:val="29F2081857434ADE9330F3CB567FD580"/>
-    <w:rsid w:val="00530DDD"/>
-[...2 lines deleted...]
-    <w:name w:val="AA9BC70809E04B4AB135013383D96FF3"/>
     <w:rsid w:val="00530DDD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
@@ -17746,53 +16391,56 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010069FE58BB37AC684EB076B5C642B02AC9" ma:contentTypeVersion="4" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="b153e99498ce51968fb7527f13ac64e2">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e45245e-311e-4a2a-bb90-5a664885db8e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ebb379d97bf37de870e611d0b3971c01" ns2:_="">
     <xsd:import namespace="5e45245e-311e-4a2a-bb90-5a664885db8e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e45245e-311e-4a2a-bb90-5a664885db8e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -17898,147 +16546,174 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47CB0A7F-B1A7-4B44-97B2-E179132DF9DF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7399CEE8-6329-46EE-B0BE-32B24BF7014F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04D42B41-1DE8-45CE-9962-4C171B6A08D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5e45245e-311e-4a2a-bb90-5a664885db8e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7399CEE8-6329-46EE-B0BE-32B24BF7014F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47CB0A7F-B1A7-4B44-97B2-E179132DF9DF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1569EF1-D5C7-4251-9349-817677CE6B38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1335</Words>
-  <Characters>7881</Characters>
+  <Characters>7879</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>65</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9198</CharactersWithSpaces>
+  <CharactersWithSpaces>9196</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Karel Oktábec</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010069FE58BB37AC684EB076B5C642B02AC9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_BARCODE">
     <vt:lpwstr>*000000000*  </vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_DOC_TYPE">
+    <vt:lpwstr>F813</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2026-01-06T09:07:44Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>327b0704-ba0c-4d29-a05d-d2be95195db1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>