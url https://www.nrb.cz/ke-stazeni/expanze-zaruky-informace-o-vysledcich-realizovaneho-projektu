--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -1,199 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.ms-word.attachedToolbars"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3261"/>
         <w:gridCol w:w="6520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B5808" w:rsidTr="003B6986">
+      <w:tr w:rsidR="008B5808" w14:paraId="5CBD20B4" w14:textId="77777777" w:rsidTr="003B6986">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF19BC" w:rsidRDefault="001C2892" w:rsidP="009F525D">
+          <w:p w14:paraId="3D756C00" w14:textId="77777777" w:rsidR="00FF19BC" w:rsidRDefault="001C2892" w:rsidP="009F525D">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Informace o </w:t>
             </w:r>
             <w:r w:rsidR="00106E90">
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">výsledcích </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">realizace </w:t>
             </w:r>
             <w:r w:rsidR="00203CBB">
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>rojektu</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337E58" w:rsidTr="003B6986">
+      <w:tr w:rsidR="00337E58" w14:paraId="33B567D4" w14:textId="77777777" w:rsidTr="003B6986">
         <w:trPr>
           <w:trHeight w:val="218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00337E58" w:rsidRPr="00696195" w:rsidRDefault="00337E58">
+          <w:p w14:paraId="5E9C7806" w14:textId="77777777" w:rsidR="00337E58" w:rsidRPr="00696195" w:rsidRDefault="00337E58">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidTr="003B6986">
+      <w:tr w:rsidR="008B5808" w:rsidRPr="00C56525" w14:paraId="0580F67C" w14:textId="77777777" w:rsidTr="003B6986">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="0044485E" w:rsidP="00C60740">
+          <w:p w14:paraId="515D0E33" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="0044485E" w:rsidP="00C60740">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00C56525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -205,63 +203,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>a č</w:t>
             </w:r>
             <w:r w:rsidR="00840EA0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00C56525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-        <w:bookmarkEnd w:id="2"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="00F31830" w:rsidP="00F31830">
+          <w:p w14:paraId="79F6A0BA" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="00F31830" w:rsidP="00F31830">
             <w:pPr>
               <w:pStyle w:val="ZAHLAVICISOBCHPRIP"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="3899"/>
               </w:tabs>
               <w:ind w:left="72"/>
             </w:pPr>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
@@ -315,114 +311,114 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5808" w:rsidRPr="00E30963" w:rsidTr="003B6986">
+      <w:tr w:rsidR="008B5808" w:rsidRPr="00E30963" w14:paraId="27067B38" w14:textId="77777777" w:rsidTr="003B6986">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="00030A41" w:rsidP="00C030A5">
+          <w:p w14:paraId="3F7CB0B7" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="00030A41" w:rsidP="00C030A5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Klient</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00C56525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="00F31830" w:rsidP="00F31830">
+          <w:p w14:paraId="2D9422C4" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="00F31830" w:rsidP="00F31830">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -472,107 +468,107 @@
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023F19" w:rsidRPr="00E30963" w:rsidTr="003B6986">
+      <w:tr w:rsidR="00023F19" w:rsidRPr="00E30963" w14:paraId="59741256" w14:textId="77777777" w:rsidTr="003B6986">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="00EA7CC4" w:rsidP="00C030A5">
+          <w:p w14:paraId="3EB1C7CB" w14:textId="77777777" w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="00EA7CC4" w:rsidP="00C030A5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>IČO/RČ:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="00F31830" w:rsidP="00F31830">
+          <w:p w14:paraId="454A9648" w14:textId="77777777" w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="00F31830" w:rsidP="00F31830">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -622,59 +618,59 @@
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00030A41" w:rsidRDefault="00030A41">
+    <w:p w14:paraId="54F04056" w14:textId="77777777" w:rsidR="00030A41" w:rsidRDefault="00030A41">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00002F9B" w:rsidRDefault="00A1501F">
+    <w:p w14:paraId="1FE10DF1" w14:textId="77777777" w:rsidR="00002F9B" w:rsidRDefault="00A1501F">
       <w:pPr>
         <w:ind w:left="-85"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pojmy začínající velkým písmenem mají stejný význam jako ve Smlouvě o </w:t>
       </w:r>
       <w:r w:rsidR="00C60740">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>poskytnutí bankovní zá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -693,312 +689,300 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, není-li uvedeno jinak.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="1983"/>
         <w:gridCol w:w="710"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="4677"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00765E09" w:rsidRPr="00E166B2" w:rsidTr="000978DC">
+      <w:tr w:rsidR="00765E09" w:rsidRPr="00E166B2" w14:paraId="1FE1D4C3" w14:textId="77777777" w:rsidTr="000978DC">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00765E09" w:rsidRPr="00513A16" w:rsidRDefault="00765E09" w:rsidP="00AC363F">
+          <w:p w14:paraId="17E0A335" w14:textId="77777777" w:rsidR="00765E09" w:rsidRPr="00513A16" w:rsidRDefault="00765E09" w:rsidP="00AC363F">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00513A16">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Prohlášení </w:t>
             </w:r>
             <w:r w:rsidR="00625883">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r w:rsidRPr="00513A16">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF6AF0" w:rsidRPr="00BD286C" w:rsidTr="00BD286C">
+      <w:tr w:rsidR="00FF6AF0" w:rsidRPr="00BD286C" w14:paraId="2553A9DE" w14:textId="77777777" w:rsidTr="00BD286C">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF19BC" w:rsidRDefault="00002F9B" w:rsidP="0035325F">
+          <w:p w14:paraId="35AC12A2" w14:textId="77777777" w:rsidR="00FF19BC" w:rsidRDefault="00002F9B" w:rsidP="0035325F">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002F9B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Klient prohlašuje, že za uzavřené účetní</w:t>
             </w:r>
             <w:r w:rsidRPr="00002F9B">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r w:rsidRPr="00002F9B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> období:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD286C" w:rsidRPr="00BD286C" w:rsidTr="003B6986">
+      <w:tr w:rsidR="00BD286C" w:rsidRPr="00BD286C" w14:paraId="2A05ABB9" w14:textId="77777777" w:rsidTr="003B6986">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD286C" w:rsidRPr="00A1501F" w:rsidRDefault="00002F9B">
+          <w:p w14:paraId="15A87B66" w14:textId="77777777" w:rsidR="00BD286C" w:rsidRPr="00A1501F" w:rsidRDefault="00002F9B">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:ind w:right="170"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00002F9B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>od</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1983" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD286C" w:rsidRPr="00BD286C" w:rsidRDefault="00BD286C" w:rsidP="00FF6AF0">
+          <w:p w14:paraId="7B92B20C" w14:textId="77777777" w:rsidR="00BD286C" w:rsidRPr="00BD286C" w:rsidRDefault="00BD286C" w:rsidP="00FF6AF0">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD286C" w:rsidRPr="00A1501F" w:rsidRDefault="00002F9B" w:rsidP="00C32205">
+          <w:p w14:paraId="45C566D4" w14:textId="77777777" w:rsidR="00BD286C" w:rsidRPr="00A1501F" w:rsidRDefault="00002F9B" w:rsidP="00C32205">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:ind w:right="227"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00002F9B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>do</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD286C" w:rsidRPr="00BD286C" w:rsidRDefault="00BD286C" w:rsidP="00FF6AF0">
+          <w:p w14:paraId="41069F38" w14:textId="77777777" w:rsidR="00BD286C" w:rsidRPr="00BD286C" w:rsidRDefault="00BD286C" w:rsidP="00FF6AF0">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD286C" w:rsidRPr="00BD286C" w:rsidRDefault="00BD286C" w:rsidP="00FF6AF0">
+          <w:p w14:paraId="3616F6C5" w14:textId="77777777" w:rsidR="00BD286C" w:rsidRPr="00BD286C" w:rsidRDefault="00BD286C" w:rsidP="00FF6AF0">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00030A41" w:rsidRPr="00C53FE1" w:rsidRDefault="00030A41">
+    <w:p w14:paraId="3699AEFA" w14:textId="77777777" w:rsidR="00030A41" w:rsidRPr="00C53FE1" w:rsidRDefault="00030A41">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="1844"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="3118"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C32205" w:rsidRPr="00F91615" w:rsidTr="000978DC">
+      <w:tr w:rsidR="00C32205" w:rsidRPr="00F91615" w14:paraId="16A13EC8" w14:textId="77777777" w:rsidTr="000978DC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF19BC" w:rsidRDefault="00BD286C">
+          <w:p w14:paraId="40DA6D55" w14:textId="77777777" w:rsidR="00FF19BC" w:rsidRDefault="00BD286C">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">dosáhl </w:t>
             </w:r>
             <w:r w:rsidR="00FD6086">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>v přímé souvislosti s realizací Pro</w:t>
             </w:r>
             <w:r w:rsidR="00C60740">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1008,172 +992,172 @@
             </w:r>
             <w:r w:rsidR="00FD6086">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> indikátorů</w:t>
             </w:r>
             <w:r w:rsidR="00F95783" w:rsidRPr="002A6AE0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r w:rsidR="00C60740">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidTr="008E3037">
+      <w:tr w:rsidR="00624BFD" w:rsidRPr="00AC363F" w14:paraId="3B686516" w14:textId="77777777" w:rsidTr="008E3037">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00C60740" w:rsidP="00952ECF">
+          <w:p w14:paraId="42F23D85" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00C60740" w:rsidP="00952ECF">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00624BFD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>řidaná hodnota</w:t>
             </w:r>
             <w:r w:rsidR="00624BFD" w:rsidRPr="00AC363F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00624BFD" w:rsidP="00952ECF">
+          <w:p w14:paraId="622F005D" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00624BFD" w:rsidP="00952ECF">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00624BFD" w:rsidP="00952ECF">
+          <w:p w14:paraId="402DE2F3" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00624BFD" w:rsidP="00952ECF">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC363F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kč</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidTr="008E3037">
+      <w:tr w:rsidR="00624BFD" w:rsidRPr="00AC363F" w14:paraId="29957482" w14:textId="77777777" w:rsidTr="008E3037">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00C60740" w:rsidP="00D445C2">
+          <w:p w14:paraId="2EFACA8B" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00C60740" w:rsidP="00D445C2">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Z</w:t>
             </w:r>
             <w:r w:rsidR="00624BFD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">výšení počtu zaměstnanců </w:t>
             </w:r>
@@ -1189,317 +1173,317 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
             <w:r w:rsidR="00624BFD" w:rsidRPr="000B1F19">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00624BFD" w:rsidP="00952ECF">
+          <w:p w14:paraId="66391042" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00624BFD" w:rsidP="00952ECF">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00624BFD" w:rsidP="00952ECF">
+          <w:p w14:paraId="3631A50B" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00624BFD" w:rsidP="00952ECF">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>osob</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidTr="00C53FE1">
+      <w:tr w:rsidR="00624BFD" w:rsidRPr="00AC363F" w14:paraId="0E44C07E" w14:textId="77777777" w:rsidTr="00C53FE1">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00C60740" w:rsidP="0069606E">
+          <w:p w14:paraId="65A36D13" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00C60740" w:rsidP="0069606E">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00624BFD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>očet nově vytvořených pracovních míst – ženy</w:t>
             </w:r>
             <w:r w:rsidR="00624BFD" w:rsidRPr="000B1F19">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00624BFD" w:rsidP="00952ECF">
+          <w:p w14:paraId="499C678A" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00624BFD" w:rsidP="00952ECF">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00A73A74" w:rsidP="00952ECF">
+          <w:p w14:paraId="103CF9B8" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00AC363F" w:rsidRDefault="00A73A74" w:rsidP="00952ECF">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="00624BFD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>íst</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A73A74" w:rsidRPr="00AC363F" w:rsidTr="00A73A74">
+      <w:tr w:rsidR="00A73A74" w:rsidRPr="00AC363F" w14:paraId="7A6F06D8" w14:textId="77777777" w:rsidTr="00A73A74">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00A73A74" w:rsidRDefault="00C60740" w:rsidP="0069606E">
+          <w:p w14:paraId="7E996189" w14:textId="77777777" w:rsidR="00A73A74" w:rsidRDefault="00C60740" w:rsidP="0069606E">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00A73A74">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>očet nových a modernizovaných přípojek sítí NGA</w:t>
             </w:r>
             <w:r w:rsidR="00323CA4">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00A73A74" w:rsidRPr="00AC363F" w:rsidRDefault="00A73A74" w:rsidP="00952ECF">
+          <w:p w14:paraId="5D3FB4B6" w14:textId="77777777" w:rsidR="00A73A74" w:rsidRPr="00AC363F" w:rsidRDefault="00A73A74" w:rsidP="00952ECF">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00A73A74" w:rsidRDefault="00A73A74" w:rsidP="00952ECF">
+          <w:p w14:paraId="70049257" w14:textId="77777777" w:rsidR="00A73A74" w:rsidRDefault="00A73A74" w:rsidP="00952ECF">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00002F9B" w:rsidRPr="00C53FE1" w:rsidRDefault="00002F9B" w:rsidP="00C53FE1">
+    <w:p w14:paraId="10667466" w14:textId="77777777" w:rsidR="00002F9B" w:rsidRPr="00C53FE1" w:rsidRDefault="00002F9B" w:rsidP="00C53FE1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00002F9B" w:rsidRDefault="00625883">
+    <w:p w14:paraId="458C1E22" w14:textId="77777777" w:rsidR="00002F9B" w:rsidRDefault="00625883">
       <w:pPr>
         <w:ind w:left="-113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Klient dále prohlašuje, že </w:t>
       </w:r>
       <w:r w:rsidR="00002F9B" w:rsidRPr="00002F9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>plní</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1509,57 +1493,57 @@
       </w:r>
       <w:r w:rsidR="00002F9B" w:rsidRPr="0089668B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="0089668B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007D0108">
-[...5 lines deleted...]
-      <w:r w:rsidR="007D0108">
+      <w:r w:rsidR="00002F9B" w:rsidRPr="0089668B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00002F9B" w:rsidRPr="0089668B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00002F9B" w:rsidRPr="0089668B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00002F9B" w:rsidRPr="00002F9B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
@@ -1575,57 +1559,57 @@
       </w:r>
       <w:r w:rsidR="00002F9B" w:rsidRPr="0089668B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="0089668B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="007D0108">
-[...5 lines deleted...]
-      <w:r w:rsidR="007D0108">
+      <w:r w:rsidR="00002F9B" w:rsidRPr="0089668B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00002F9B" w:rsidRPr="0089668B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00002F9B" w:rsidRPr="0089668B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00C60740">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> podmínky P</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -1659,312 +1643,312 @@
         </w:rPr>
         <w:t xml:space="preserve"> článku „Podmínky Programu“ </w:t>
       </w:r>
       <w:r w:rsidR="00C60740">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Smlouv</w:t>
       </w:r>
       <w:r w:rsidR="000C7BDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00002F9B" w:rsidRPr="00C53FE1" w:rsidRDefault="00002F9B" w:rsidP="00C53FE1">
+    <w:p w14:paraId="2B6CD738" w14:textId="77777777" w:rsidR="00002F9B" w:rsidRPr="00C53FE1" w:rsidRDefault="00002F9B" w:rsidP="00C53FE1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00002F9B" w:rsidRDefault="00C60740">
+    <w:p w14:paraId="09894328" w14:textId="77777777" w:rsidR="00002F9B" w:rsidRDefault="00C60740">
       <w:pPr>
         <w:ind w:left="-113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Komentář k plnění podmínek P</w:t>
       </w:r>
       <w:r w:rsidR="00625883">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>rogramu (uvádí se povinně, pokud některá z podmínek není plněna):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9663"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED0DBD" w:rsidRPr="00ED0DBD" w:rsidTr="00A73A74">
+      <w:tr w:rsidR="00ED0DBD" w:rsidRPr="00ED0DBD" w14:paraId="09B6A9ED" w14:textId="77777777" w:rsidTr="00A73A74">
         <w:trPr>
           <w:trHeight w:val="1531"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00625883" w:rsidRPr="00ED0DBD" w:rsidRDefault="00625883" w:rsidP="00287A4B">
+          <w:p w14:paraId="71E217C4" w14:textId="77777777" w:rsidR="00625883" w:rsidRPr="00ED0DBD" w:rsidRDefault="00625883" w:rsidP="00287A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00625883" w:rsidRDefault="00625883">
+    <w:p w14:paraId="3FA195FB" w14:textId="77777777" w:rsidR="00625883" w:rsidRDefault="00625883">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="4876"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00624BFD" w:rsidRPr="00624BFD" w:rsidTr="00A1501F">
+      <w:tr w:rsidR="00624BFD" w:rsidRPr="00624BFD" w14:paraId="50B8DD54" w14:textId="77777777" w:rsidTr="00A1501F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00624BFD" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
+          <w:p w14:paraId="35039075" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00624BFD" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00624BFD" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
+          <w:p w14:paraId="64C99CE9" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00624BFD" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00624BFD" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
+          <w:p w14:paraId="259590A1" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00624BFD" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00624BFD" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
+          <w:p w14:paraId="75DA3F3C" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00624BFD" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00624BFD" w:rsidRPr="00C53FE1" w:rsidRDefault="00624BFD" w:rsidP="00FD6086">
+    <w:p w14:paraId="5F0FB528" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00C53FE1" w:rsidRDefault="00624BFD" w:rsidP="00FD6086">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="2858"/>
         <w:gridCol w:w="3237"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidTr="00E555DC">
+      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w14:paraId="7D720232" w14:textId="77777777" w:rsidTr="00E555DC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00625883">
+          <w:p w14:paraId="78A5B0F8" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00625883">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Jméno a příjmení osoby oprávněné zastupovat </w:t>
             </w:r>
             <w:r w:rsidR="00625883">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00C245E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>lienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00625883">
+          <w:p w14:paraId="07831A73" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00625883">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Podpis</w:t>
             </w:r>
             <w:r w:rsidR="00FB5F6C">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1978,308 +1962,308 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00C245E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>lienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00625883">
+          <w:p w14:paraId="4B9A6719" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00625883">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Razítko </w:t>
             </w:r>
             <w:r w:rsidR="00625883">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00C245E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>lienta, pokud je součástí podpisu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidTr="00931E83">
+      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w14:paraId="535086C6" w14:textId="77777777" w:rsidTr="00931E83">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="19CB2962" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="21FF59C3" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="5C235A6A" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidTr="00931E83">
+      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w14:paraId="41D676A7" w14:textId="77777777" w:rsidTr="00931E83">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="534F33D8" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="2084BE1C" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="1F7E0D71" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidTr="00931E83">
+      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w14:paraId="5AF8E47D" w14:textId="77777777" w:rsidTr="00931E83">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="5B92ACE6" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="24FFD14B" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="050CE6A4" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00002F9B" w:rsidRDefault="00EC1A14" w:rsidP="00002F9B">
+    <w:p w14:paraId="1962711F" w14:textId="77777777" w:rsidR="00002F9B" w:rsidRDefault="00EC1A14" w:rsidP="00002F9B">
       <w:pPr>
         <w:spacing w:before="240" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Příloh</w:t>
       </w:r>
       <w:r w:rsidR="00A1501F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC1A14" w:rsidRPr="00FD6086" w:rsidRDefault="00A1501F" w:rsidP="00132B68">
+    <w:p w14:paraId="709A6057" w14:textId="77777777" w:rsidR="00EC1A14" w:rsidRPr="00FD6086" w:rsidRDefault="00A1501F" w:rsidP="00132B68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r w:rsidR="0069606E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">opie </w:t>
       </w:r>
       <w:r w:rsidR="00A61B74">
         <w:rPr>
@@ -2289,107 +2273,107 @@
         <w:t>pracovní</w:t>
       </w:r>
       <w:r w:rsidR="0069606E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ch</w:t>
       </w:r>
       <w:r w:rsidR="00A61B74">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> smluv nově přijatých zaměstnanců</w:t>
       </w:r>
       <w:r w:rsidR="00A61B74">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD6086" w:rsidRPr="00A9031F" w:rsidRDefault="00D45292" w:rsidP="00F91615">
+    <w:p w14:paraId="6D6EDEA4" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00A9031F" w:rsidRDefault="00D45292" w:rsidP="00F91615">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00A9031F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vysvětlivky k vyplnění </w:t>
       </w:r>
       <w:r w:rsidR="00A9031F" w:rsidRPr="00A9031F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>indikátorů</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE0318" w:rsidRPr="00FE0318" w:rsidRDefault="00FE0318" w:rsidP="00F91615">
+    <w:p w14:paraId="51602F4A" w14:textId="77777777" w:rsidR="00FE0318" w:rsidRPr="00FE0318" w:rsidRDefault="00FE0318" w:rsidP="00F91615">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Přidaná hodnota</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D445C2" w:rsidRDefault="00D445C2" w:rsidP="00555762">
+    <w:p w14:paraId="72031182" w14:textId="77777777" w:rsidR="00D445C2" w:rsidRDefault="00D445C2" w:rsidP="00555762">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Vyplní pouze </w:t>
       </w:r>
       <w:r w:rsidR="00625883">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Kli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2421,384 +2405,384 @@
       </w:r>
       <w:r w:rsidR="00625883">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Kli</w:t>
       </w:r>
       <w:r w:rsidR="00F95783" w:rsidRPr="00F95783">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ent uvede hodnotu 0</w:t>
       </w:r>
       <w:r w:rsidR="00BC0F1C" w:rsidRPr="00D445C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE0318" w:rsidRPr="00FE0318" w:rsidRDefault="00FE0318" w:rsidP="00F91615">
+    <w:p w14:paraId="7AC38A14" w14:textId="77777777" w:rsidR="00FE0318" w:rsidRPr="00FE0318" w:rsidRDefault="00FE0318" w:rsidP="00F91615">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Z</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">výšení počtu zaměstnanců </w:t>
       </w:r>
       <w:r w:rsidR="00625883">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Kli</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>enta</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E555DC" w:rsidRDefault="00FE0318" w:rsidP="00101DB7">
+    <w:p w14:paraId="3A952A29" w14:textId="77777777" w:rsidR="00E555DC" w:rsidRDefault="00FE0318" w:rsidP="00101DB7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00101DB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Počet nově vytvořených pracovních míst </w:t>
       </w:r>
       <w:r w:rsidR="00E555DC" w:rsidRPr="00E555DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>na plný pracovní úvazek, částečný pracovní úvazek i míst sezónního charakteru. Částečné úvazky a pracovní místa sez</w:t>
       </w:r>
       <w:r w:rsidR="00E555DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
       <w:r w:rsidR="00E555DC" w:rsidRPr="00E555DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nního charakteru je nutné přepočítat na plné pracovní úvazky. Pracovní místa musí být trvalá s ohledem na průmyslově-technologické znaky výroby, sezónní práce musí být opakující se.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00101DB7" w:rsidRPr="00101DB7" w:rsidRDefault="00FE0318" w:rsidP="00101DB7">
+    <w:p w14:paraId="077F3B58" w14:textId="77777777" w:rsidR="00101DB7" w:rsidRPr="00101DB7" w:rsidRDefault="00FE0318" w:rsidP="00101DB7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00101DB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pracovní místa musí být obsazena a </w:t>
       </w:r>
       <w:r w:rsidR="00BC0F1C" w:rsidRPr="00101DB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>představovat celkové zvýšení pracovních míst podniku</w:t>
       </w:r>
       <w:r w:rsidR="00101DB7" w:rsidRPr="00101DB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>. Pokud nedojde ke zvýšení celkové zaměstnanosti v podniku, vykáže se hodnota 0.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00101DB7" w:rsidRPr="00101DB7" w:rsidRDefault="00101DB7" w:rsidP="00101DB7">
+    <w:p w14:paraId="37144748" w14:textId="77777777" w:rsidR="00101DB7" w:rsidRPr="00101DB7" w:rsidRDefault="00101DB7" w:rsidP="00101DB7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00101DB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Údaje o navýšení zaměstnanosti je </w:t>
       </w:r>
       <w:r w:rsidR="009F525D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Klient</w:t>
       </w:r>
       <w:r w:rsidRPr="00101DB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> povinen doložit pracovními smlouvami.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE0318" w:rsidRPr="00A9031F" w:rsidRDefault="00A9031F" w:rsidP="00F91615">
+    <w:p w14:paraId="1FFF645C" w14:textId="77777777" w:rsidR="00FE0318" w:rsidRPr="00A9031F" w:rsidRDefault="00A9031F" w:rsidP="00F91615">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FE0318" w:rsidRPr="00A9031F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>očet nově vytvořených pracovních míst – ženy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E555DC" w:rsidRDefault="00FE0318" w:rsidP="00555762">
+    <w:p w14:paraId="23B9D0AD" w14:textId="77777777" w:rsidR="00E555DC" w:rsidRDefault="00FE0318" w:rsidP="00555762">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Počet nově vytvořených </w:t>
       </w:r>
       <w:r w:rsidR="00E555DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">a obsazených </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">pracovních míst pro ženy, přepočtený na plné úvazky. Pracovní místa musí být </w:t>
       </w:r>
       <w:r w:rsidR="00E555DC" w:rsidRPr="00FE0318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>trvalá s ohledem na průmyslově-technologické znaky výroby, sezónní práce musí být opakující se</w:t>
       </w:r>
       <w:r w:rsidR="00E555DC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00101DB7" w:rsidRDefault="00101DB7" w:rsidP="00555762">
+    <w:p w14:paraId="2A87399E" w14:textId="77777777" w:rsidR="00101DB7" w:rsidRDefault="00101DB7" w:rsidP="00555762">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Počet vytvořených pracovních míst musí představovat čisté přírůstky pracovních míst v</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0318">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>organizaci oproti průměru za posledních 12 měsíců</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, jinak se vykáže 0.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A61B74" w:rsidRDefault="00A61B74" w:rsidP="00F91615">
+    <w:p w14:paraId="20BA21CA" w14:textId="77777777" w:rsidR="00A61B74" w:rsidRDefault="00A61B74" w:rsidP="00F91615">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00101DB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Údaje o navýšení zaměstnanosti je </w:t>
       </w:r>
       <w:r w:rsidR="009F525D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Klient</w:t>
       </w:r>
       <w:r w:rsidRPr="00101DB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> povinen doložit pracovními smlouvami.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00342D23" w:rsidRPr="002C1E27" w:rsidRDefault="00342D23" w:rsidP="002C1E27">
+    <w:p w14:paraId="1FAF0F7C" w14:textId="77777777" w:rsidR="00342D23" w:rsidRPr="002C1E27" w:rsidRDefault="00342D23" w:rsidP="002C1E27">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00342D23">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="002C1E27">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>očet nových a modernizovaných přípojek sítí NGA</w:t>
       </w:r>
       <w:r w:rsidR="00323CA4">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00342D23" w:rsidRPr="002C1E27" w:rsidRDefault="00342D23" w:rsidP="00342D23">
+    <w:p w14:paraId="19F1DE5E" w14:textId="77777777" w:rsidR="00342D23" w:rsidRPr="002C1E27" w:rsidRDefault="00342D23" w:rsidP="00342D23">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>NGA (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00342D23">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Next</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -2853,67 +2837,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Národního plánu rozvoje sítí nové generace</w:t>
       </w:r>
       <w:r w:rsidRPr="00342D23">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">např. </w:t>
       </w:r>
       <w:r w:rsidRPr="00342D23">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">k přenosu informací používají optická vlákna, reálná přenosová rychlost dosahuje minimálně 30 </w:t>
-[...15 lines deleted...]
-        <w:t>/s</w:t>
+        <w:t>k přenosu informací používají optická vlákna, reálná přenosová rychlost dosahuje minimálně 30 Mbit/s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">). Týká se pouze projektů </w:t>
       </w:r>
       <w:r w:rsidRPr="00342D23">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>zahrnující</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ch</w:t>
       </w:r>
       <w:r w:rsidRPr="00342D23">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2932,70 +2900,70 @@
     <w:sectPr w:rsidR="00342D23" w:rsidRPr="002C1E27" w:rsidSect="009F525D">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="849" w:bottom="1276" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:toolbars>
     <wne:toolbarData r:id="rId1"/>
   </wne:toolbars>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E0170F" w:rsidRDefault="00E0170F">
+    <w:p w14:paraId="6EC7E083" w14:textId="77777777" w:rsidR="007C0AF9" w:rsidRDefault="007C0AF9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E0170F" w:rsidRDefault="00E0170F">
+    <w:p w14:paraId="759A2430" w14:textId="77777777" w:rsidR="007C0AF9" w:rsidRDefault="007C0AF9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3020,102 +2988,102 @@
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00794381" w:rsidRDefault="00002F9B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6026A6CF" w14:textId="77777777" w:rsidR="00794381" w:rsidRDefault="00002F9B">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00794381">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00794381" w:rsidRDefault="00794381">
+  <w:p w14:paraId="45DA3F2C" w14:textId="77777777" w:rsidR="00794381" w:rsidRDefault="00794381">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00794381" w:rsidRPr="00C80F4A" w:rsidRDefault="00002F9B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4C686544" w14:textId="77777777" w:rsidR="00794381" w:rsidRPr="00C80F4A" w:rsidRDefault="00002F9B">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00F95783" w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -3138,108 +3106,108 @@
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00794381" w:rsidRDefault="00794381">
+  <w:p w14:paraId="5C01BDDD" w14:textId="77777777" w:rsidR="00794381" w:rsidRDefault="00794381">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00FF19BC" w:rsidRDefault="00C60740">
+  <w:p w14:paraId="49DDB129" w14:textId="77777777" w:rsidR="00FF19BC" w:rsidRDefault="00C60740">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:spacing w:before="60"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00002F9B" w:rsidRPr="00002F9B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">erze šablony </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00002F9B" w:rsidRPr="00002F9B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="009F525D" w:rsidRPr="00C80F4A" w:rsidRDefault="009F525D" w:rsidP="009F525D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="31D0DCDF" w14:textId="77777777" w:rsidR="009F525D" w:rsidRPr="00C80F4A" w:rsidRDefault="009F525D" w:rsidP="009F525D">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -3262,238 +3230,238 @@
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009F525D" w:rsidRDefault="009F525D" w:rsidP="009F525D">
+  <w:p w14:paraId="34B6314D" w14:textId="77777777" w:rsidR="009F525D" w:rsidRDefault="009F525D" w:rsidP="009F525D">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="009F525D" w:rsidRPr="009F525D" w:rsidRDefault="00C60740">
+  <w:p w14:paraId="4C8E2C17" w14:textId="77777777" w:rsidR="009F525D" w:rsidRPr="009F525D" w:rsidRDefault="00C60740">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:spacing w:before="60"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="009F525D" w:rsidRPr="00002F9B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">erze šablony </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="009F525D" w:rsidRPr="00002F9B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E0170F" w:rsidRDefault="00E0170F">
+    <w:p w14:paraId="1E6F251F" w14:textId="77777777" w:rsidR="007C0AF9" w:rsidRDefault="007C0AF9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E0170F" w:rsidRDefault="00E0170F">
+    <w:p w14:paraId="1570E2ED" w14:textId="77777777" w:rsidR="007C0AF9" w:rsidRDefault="007C0AF9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00F95783" w:rsidRPr="00337799" w:rsidRDefault="000B1BC5" w:rsidP="00F95783">
+    <w:p w14:paraId="41CED050" w14:textId="77777777" w:rsidR="00F95783" w:rsidRPr="00337799" w:rsidRDefault="000B1BC5" w:rsidP="00F95783">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337799">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00337799">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0000280E" w:rsidRPr="00337799">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Podnikatel vedoucí daňovou evidenci použije zdaňovací období.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00F95783" w:rsidRPr="00337799" w:rsidRDefault="000B1BC5" w:rsidP="00F95783">
+    <w:p w14:paraId="361A6A0D" w14:textId="77777777" w:rsidR="00F95783" w:rsidRPr="00337799" w:rsidRDefault="000B1BC5" w:rsidP="00F95783">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337799">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00337799">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0000280E" w:rsidRPr="00337799">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Vysvětlivky viz </w:t>
       </w:r>
       <w:r w:rsidR="00287A4B" w:rsidRPr="00337799">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>následující stránka.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="00323CA4" w:rsidRPr="00C53FE1" w:rsidRDefault="00323CA4">
+    <w:p w14:paraId="2E633829" w14:textId="77777777" w:rsidR="00323CA4" w:rsidRPr="00C53FE1" w:rsidRDefault="00323CA4">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C53FE1">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C53FE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pouze projekty zaměřené na zřízení či modernizaci přípojek k vysokorychlostnímu internetu v sítích nové generace (NGA).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="00FB5F6C" w:rsidRPr="00A466D3" w:rsidRDefault="00FB5F6C" w:rsidP="00FB5F6C">
+    <w:p w14:paraId="2F6E42A7" w14:textId="77777777" w:rsidR="00FB5F6C" w:rsidRPr="00A466D3" w:rsidRDefault="00FB5F6C" w:rsidP="00FB5F6C">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A466D3">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A466D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3528,51 +3496,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> s Bankou uzavřenu platnou SMLOUVU o využívání aplikace E-podatelna</w:t>
       </w:r>
       <w:r w:rsidRPr="0014468D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> V ostatních případech ponechat prázdné.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w:rsidR="00514D6C" w:rsidRPr="00337799" w:rsidRDefault="00F95783">
+    <w:p w14:paraId="33FFDEA1" w14:textId="77777777" w:rsidR="00514D6C" w:rsidRPr="00337799" w:rsidRDefault="00F95783">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337799">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00337799">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
@@ -3583,128 +3551,128 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Jen pokud </w:t>
       </w:r>
       <w:r w:rsidR="00625883" w:rsidRPr="00337799">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Kli</w:t>
       </w:r>
       <w:r w:rsidR="0000280E" w:rsidRPr="00337799">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ent dosáhl zvýšení počtu zaměstnanců nebo vytvořil nová pracovní místa pro ženy (viz bod 2).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w:rsidR="00323CA4" w:rsidRPr="00C53FE1" w:rsidRDefault="00323CA4">
+    <w:p w14:paraId="7A0C97C8" w14:textId="77777777" w:rsidR="00323CA4" w:rsidRPr="00C53FE1" w:rsidRDefault="00323CA4">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C53FE1">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00C53FE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pouze projekty zaměřené na zřízení či modernizaci přípojek k vysokorychlostnímu internetu v sítích nové generace (NGA).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00794381" w:rsidRDefault="00794381" w:rsidP="008941D0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4E5EF652" w14:textId="77777777" w:rsidR="00794381" w:rsidRDefault="00794381" w:rsidP="008941D0">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10207" w:type="dxa"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="28" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="5387"/>
     </w:tblGrid>
-    <w:tr w:rsidR="007D0108" w:rsidTr="004E2007">
+    <w:tr w:rsidR="007D0108" w14:paraId="588CC2F0" w14:textId="77777777" w:rsidTr="004E2007">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="007D0108" w:rsidRDefault="007D0108" w:rsidP="007D0108">
+        <w:p w14:paraId="7A893399" w14:textId="77777777" w:rsidR="007D0108" w:rsidRDefault="007D0108" w:rsidP="007D0108">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="092CF28F" wp14:editId="1C61FBB1">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16BEF2E4" wp14:editId="3678D844">
                 <wp:extent cx="1666875" cy="581025"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Obrázek 2" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -3715,109 +3683,109 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1666875" cy="581025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="007D0108" w:rsidRDefault="007D0108" w:rsidP="007D0108">
+        <w:p w14:paraId="7C8D6C9D" w14:textId="77777777" w:rsidR="007D0108" w:rsidRDefault="007D0108" w:rsidP="007D0108">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7601816D" wp14:editId="32CF216B">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="550D6E76" wp14:editId="7F5382D3">
                 <wp:extent cx="2293200" cy="500400"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Obrázek 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1" name=""/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2293200" cy="500400"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="009F525D" w:rsidRPr="007D0108" w:rsidRDefault="009F525D" w:rsidP="007D0108">
+  <w:p w14:paraId="2B1F4D6D" w14:textId="77777777" w:rsidR="009F525D" w:rsidRPr="007D0108" w:rsidRDefault="009F525D" w:rsidP="007D0108">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C415AE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01F09C30"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5558,131 +5526,132 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2083332979">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1424378011">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1720012647">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1607272963">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1563324962">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1953904227">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="237330757">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1675953614">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1221136859">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1345590831">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="629094722">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="663896828">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="403335183">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="258755297">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1575894523">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1695687230">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7169"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00624BFD"/>
     <w:rsid w:val="0000280E"/>
     <w:rsid w:val="00002F9B"/>
     <w:rsid w:val="000156BB"/>
     <w:rsid w:val="00023D96"/>
     <w:rsid w:val="00023F19"/>
     <w:rsid w:val="00030A41"/>
     <w:rsid w:val="00040301"/>
     <w:rsid w:val="00041F1F"/>
     <w:rsid w:val="00064A80"/>
     <w:rsid w:val="00071DE1"/>
     <w:rsid w:val="000729C0"/>
     <w:rsid w:val="000763D2"/>
     <w:rsid w:val="00082DA9"/>
     <w:rsid w:val="000872DF"/>
     <w:rsid w:val="000910E4"/>
     <w:rsid w:val="00093E6C"/>
     <w:rsid w:val="000978DC"/>
     <w:rsid w:val="000A24B0"/>
     <w:rsid w:val="000A2C6D"/>
     <w:rsid w:val="000A3736"/>
     <w:rsid w:val="000B1BC5"/>
     <w:rsid w:val="000B1F19"/>
@@ -5690,90 +5659,92 @@
     <w:rsid w:val="000C07B7"/>
     <w:rsid w:val="000C5814"/>
     <w:rsid w:val="000C7748"/>
     <w:rsid w:val="000C7BDB"/>
     <w:rsid w:val="000D697D"/>
     <w:rsid w:val="000D6DCD"/>
     <w:rsid w:val="000F0F30"/>
     <w:rsid w:val="000F15F1"/>
     <w:rsid w:val="000F1A87"/>
     <w:rsid w:val="00101DB7"/>
     <w:rsid w:val="00102D03"/>
     <w:rsid w:val="00106B02"/>
     <w:rsid w:val="00106E90"/>
     <w:rsid w:val="00132B68"/>
     <w:rsid w:val="001356E8"/>
     <w:rsid w:val="001356ED"/>
     <w:rsid w:val="00135A51"/>
     <w:rsid w:val="001402DD"/>
     <w:rsid w:val="0014340D"/>
     <w:rsid w:val="0014443A"/>
     <w:rsid w:val="00151C84"/>
     <w:rsid w:val="001636FA"/>
     <w:rsid w:val="00163989"/>
     <w:rsid w:val="00185A91"/>
     <w:rsid w:val="0019500E"/>
+    <w:rsid w:val="00195ABB"/>
     <w:rsid w:val="00195B1E"/>
     <w:rsid w:val="001A1702"/>
     <w:rsid w:val="001A2DA6"/>
     <w:rsid w:val="001A69CA"/>
     <w:rsid w:val="001A6F07"/>
     <w:rsid w:val="001A7FD6"/>
     <w:rsid w:val="001B4092"/>
     <w:rsid w:val="001B4AFA"/>
     <w:rsid w:val="001B7B1D"/>
     <w:rsid w:val="001C2892"/>
     <w:rsid w:val="001C7ED8"/>
     <w:rsid w:val="001D31CC"/>
     <w:rsid w:val="001D493E"/>
     <w:rsid w:val="001D6D53"/>
     <w:rsid w:val="001E0345"/>
     <w:rsid w:val="001E1D35"/>
     <w:rsid w:val="001F16BB"/>
     <w:rsid w:val="001F41CD"/>
     <w:rsid w:val="00203CBB"/>
     <w:rsid w:val="00210BC4"/>
     <w:rsid w:val="00211F0B"/>
     <w:rsid w:val="00216E43"/>
     <w:rsid w:val="0021720E"/>
     <w:rsid w:val="002174AC"/>
     <w:rsid w:val="002336BA"/>
     <w:rsid w:val="00235975"/>
     <w:rsid w:val="00241058"/>
     <w:rsid w:val="00245E5D"/>
     <w:rsid w:val="0025430C"/>
     <w:rsid w:val="00256397"/>
     <w:rsid w:val="002636A4"/>
     <w:rsid w:val="002708B7"/>
     <w:rsid w:val="00277468"/>
     <w:rsid w:val="0028087B"/>
     <w:rsid w:val="00282507"/>
     <w:rsid w:val="00283CE4"/>
     <w:rsid w:val="00287A4B"/>
     <w:rsid w:val="002927AF"/>
     <w:rsid w:val="00294A95"/>
     <w:rsid w:val="0029570D"/>
+    <w:rsid w:val="002979B0"/>
     <w:rsid w:val="002A301A"/>
     <w:rsid w:val="002A6AE0"/>
     <w:rsid w:val="002B100B"/>
     <w:rsid w:val="002B2C10"/>
     <w:rsid w:val="002B310E"/>
     <w:rsid w:val="002C0C3E"/>
     <w:rsid w:val="002C1E27"/>
     <w:rsid w:val="002C1E93"/>
     <w:rsid w:val="002C2003"/>
     <w:rsid w:val="002D0459"/>
     <w:rsid w:val="002D4273"/>
     <w:rsid w:val="002E0A5E"/>
     <w:rsid w:val="002E6D1B"/>
     <w:rsid w:val="002F13A5"/>
     <w:rsid w:val="002F215C"/>
     <w:rsid w:val="002F25B7"/>
     <w:rsid w:val="002F4B5A"/>
     <w:rsid w:val="002F5BF4"/>
     <w:rsid w:val="00305F46"/>
     <w:rsid w:val="0031417A"/>
     <w:rsid w:val="00314E8F"/>
     <w:rsid w:val="00321E26"/>
     <w:rsid w:val="00321FA1"/>
     <w:rsid w:val="00323CA4"/>
     <w:rsid w:val="00325A06"/>
@@ -5793,50 +5764,51 @@
     <w:rsid w:val="003A0BC5"/>
     <w:rsid w:val="003A0DC8"/>
     <w:rsid w:val="003A2720"/>
     <w:rsid w:val="003B3830"/>
     <w:rsid w:val="003B6986"/>
     <w:rsid w:val="003C1A36"/>
     <w:rsid w:val="003C24A0"/>
     <w:rsid w:val="003D14C3"/>
     <w:rsid w:val="003D28AC"/>
     <w:rsid w:val="003E34E9"/>
     <w:rsid w:val="003E5B25"/>
     <w:rsid w:val="003F60A6"/>
     <w:rsid w:val="00402BB2"/>
     <w:rsid w:val="00412946"/>
     <w:rsid w:val="004162C3"/>
     <w:rsid w:val="00416922"/>
     <w:rsid w:val="004201BB"/>
     <w:rsid w:val="004331EB"/>
     <w:rsid w:val="004441A1"/>
     <w:rsid w:val="0044485E"/>
     <w:rsid w:val="00445949"/>
     <w:rsid w:val="00447BF2"/>
     <w:rsid w:val="004615AD"/>
     <w:rsid w:val="004618D9"/>
     <w:rsid w:val="0046243F"/>
+    <w:rsid w:val="00477A58"/>
     <w:rsid w:val="00481CA9"/>
     <w:rsid w:val="00483E27"/>
     <w:rsid w:val="004851CD"/>
     <w:rsid w:val="00485337"/>
     <w:rsid w:val="00487475"/>
     <w:rsid w:val="00491863"/>
     <w:rsid w:val="00494AD7"/>
     <w:rsid w:val="00494DC3"/>
     <w:rsid w:val="00496EC0"/>
     <w:rsid w:val="004A05E3"/>
     <w:rsid w:val="004A2B1D"/>
     <w:rsid w:val="004A7490"/>
     <w:rsid w:val="004E1D83"/>
     <w:rsid w:val="004E66CB"/>
     <w:rsid w:val="004F46FC"/>
     <w:rsid w:val="00505197"/>
     <w:rsid w:val="00506C7A"/>
     <w:rsid w:val="00506FEF"/>
     <w:rsid w:val="00512592"/>
     <w:rsid w:val="00513A16"/>
     <w:rsid w:val="0051431E"/>
     <w:rsid w:val="00514697"/>
     <w:rsid w:val="00514D6C"/>
     <w:rsid w:val="00527264"/>
     <w:rsid w:val="005353B4"/>
@@ -5864,91 +5836,93 @@
     <w:rsid w:val="005A4F9A"/>
     <w:rsid w:val="005A6113"/>
     <w:rsid w:val="005C19B5"/>
     <w:rsid w:val="005D6554"/>
     <w:rsid w:val="005E0C42"/>
     <w:rsid w:val="005E686D"/>
     <w:rsid w:val="005F2A3E"/>
     <w:rsid w:val="005F6885"/>
     <w:rsid w:val="00601447"/>
     <w:rsid w:val="0060442A"/>
     <w:rsid w:val="006064CE"/>
     <w:rsid w:val="006114B9"/>
     <w:rsid w:val="00621C24"/>
     <w:rsid w:val="00622FFB"/>
     <w:rsid w:val="006241D3"/>
     <w:rsid w:val="0062434B"/>
     <w:rsid w:val="00624BFD"/>
     <w:rsid w:val="00625883"/>
     <w:rsid w:val="0064181A"/>
     <w:rsid w:val="00643145"/>
     <w:rsid w:val="006441B9"/>
     <w:rsid w:val="00647BF4"/>
     <w:rsid w:val="00653893"/>
     <w:rsid w:val="0065457F"/>
     <w:rsid w:val="006568CE"/>
+    <w:rsid w:val="0067014B"/>
     <w:rsid w:val="006708B6"/>
     <w:rsid w:val="00671DD9"/>
     <w:rsid w:val="00684E1E"/>
     <w:rsid w:val="00695908"/>
     <w:rsid w:val="0069606E"/>
     <w:rsid w:val="00696195"/>
     <w:rsid w:val="006977B7"/>
     <w:rsid w:val="006A341D"/>
     <w:rsid w:val="006B12ED"/>
     <w:rsid w:val="006B29CE"/>
     <w:rsid w:val="006B63B5"/>
     <w:rsid w:val="006C3CE3"/>
     <w:rsid w:val="006D4EF4"/>
     <w:rsid w:val="006E2678"/>
     <w:rsid w:val="006F1CBD"/>
     <w:rsid w:val="006F3D90"/>
     <w:rsid w:val="006F68D6"/>
     <w:rsid w:val="00705337"/>
     <w:rsid w:val="00712062"/>
     <w:rsid w:val="007133CD"/>
     <w:rsid w:val="00715081"/>
     <w:rsid w:val="00715238"/>
     <w:rsid w:val="00715DC4"/>
     <w:rsid w:val="00722869"/>
     <w:rsid w:val="00723A5B"/>
     <w:rsid w:val="00726EEB"/>
     <w:rsid w:val="00742286"/>
     <w:rsid w:val="00743DAF"/>
     <w:rsid w:val="00743F36"/>
     <w:rsid w:val="007527D1"/>
     <w:rsid w:val="00753784"/>
     <w:rsid w:val="00765E09"/>
     <w:rsid w:val="00772665"/>
     <w:rsid w:val="0077289D"/>
     <w:rsid w:val="007908B8"/>
     <w:rsid w:val="00794381"/>
     <w:rsid w:val="007967AB"/>
     <w:rsid w:val="007B03CF"/>
     <w:rsid w:val="007B0BFA"/>
     <w:rsid w:val="007C0399"/>
     <w:rsid w:val="007C0AD2"/>
+    <w:rsid w:val="007C0AF9"/>
     <w:rsid w:val="007C10BF"/>
     <w:rsid w:val="007C161F"/>
     <w:rsid w:val="007C1FC7"/>
     <w:rsid w:val="007D0108"/>
     <w:rsid w:val="007D7499"/>
     <w:rsid w:val="007E041C"/>
     <w:rsid w:val="007E7E4D"/>
     <w:rsid w:val="007F7BE3"/>
     <w:rsid w:val="007F7D27"/>
     <w:rsid w:val="00802863"/>
     <w:rsid w:val="00824100"/>
     <w:rsid w:val="008331A3"/>
     <w:rsid w:val="00834FA5"/>
     <w:rsid w:val="00840EA0"/>
     <w:rsid w:val="00847EEC"/>
     <w:rsid w:val="0085261A"/>
     <w:rsid w:val="008545D7"/>
     <w:rsid w:val="00854E91"/>
     <w:rsid w:val="00855297"/>
     <w:rsid w:val="0085591A"/>
     <w:rsid w:val="00863A44"/>
     <w:rsid w:val="00863F3D"/>
     <w:rsid w:val="0086604B"/>
     <w:rsid w:val="00866431"/>
     <w:rsid w:val="008670BF"/>
@@ -6008,50 +5982,51 @@
     <w:rsid w:val="00A847DB"/>
     <w:rsid w:val="00A8574A"/>
     <w:rsid w:val="00A87D50"/>
     <w:rsid w:val="00A9031F"/>
     <w:rsid w:val="00A93C1F"/>
     <w:rsid w:val="00AB479D"/>
     <w:rsid w:val="00AB62C4"/>
     <w:rsid w:val="00AC0A07"/>
     <w:rsid w:val="00AC29D5"/>
     <w:rsid w:val="00AC363F"/>
     <w:rsid w:val="00AC763F"/>
     <w:rsid w:val="00AD354F"/>
     <w:rsid w:val="00AD65D9"/>
     <w:rsid w:val="00AE5A31"/>
     <w:rsid w:val="00AF3D6F"/>
     <w:rsid w:val="00AF57DC"/>
     <w:rsid w:val="00AF78EA"/>
     <w:rsid w:val="00B02677"/>
     <w:rsid w:val="00B0513C"/>
     <w:rsid w:val="00B14349"/>
     <w:rsid w:val="00B16CCB"/>
     <w:rsid w:val="00B2792B"/>
     <w:rsid w:val="00B32AF3"/>
     <w:rsid w:val="00B34890"/>
     <w:rsid w:val="00B35F86"/>
+    <w:rsid w:val="00B403BD"/>
     <w:rsid w:val="00B411F6"/>
     <w:rsid w:val="00B42648"/>
     <w:rsid w:val="00B44CBC"/>
     <w:rsid w:val="00B451AF"/>
     <w:rsid w:val="00B45A7F"/>
     <w:rsid w:val="00B539AD"/>
     <w:rsid w:val="00B5478B"/>
     <w:rsid w:val="00B56237"/>
     <w:rsid w:val="00B57FB3"/>
     <w:rsid w:val="00B62CED"/>
     <w:rsid w:val="00B66657"/>
     <w:rsid w:val="00B703F9"/>
     <w:rsid w:val="00B71EC7"/>
     <w:rsid w:val="00B73A66"/>
     <w:rsid w:val="00B73C65"/>
     <w:rsid w:val="00B81319"/>
     <w:rsid w:val="00B84D8C"/>
     <w:rsid w:val="00B9029A"/>
     <w:rsid w:val="00B913BD"/>
     <w:rsid w:val="00B94A01"/>
     <w:rsid w:val="00B965A9"/>
     <w:rsid w:val="00B97EBD"/>
     <w:rsid w:val="00BA02A6"/>
     <w:rsid w:val="00BA26AF"/>
     <w:rsid w:val="00BA3CCD"/>
@@ -6199,74 +6174,75 @@
     <w:rsid w:val="00FB5F6C"/>
     <w:rsid w:val="00FD1F0F"/>
     <w:rsid w:val="00FD6086"/>
     <w:rsid w:val="00FE0147"/>
     <w:rsid w:val="00FE0318"/>
     <w:rsid w:val="00FF19BC"/>
     <w:rsid w:val="00FF6AF0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7169"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="32EE4620"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6BA07223-1622-419F-AF33-C6FF4D90DFD1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6497,50 +6473,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F33852"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:qFormat/>
     <w:rsid w:val="00F33852"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
@@ -6973,67 +6954,69 @@
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextpoznpodarouChar">
     <w:name w:val="Text pozn. pod čarou Char"/>
     <w:link w:val="Textpoznpodarou"/>
     <w:semiHidden/>
     <w:rsid w:val="00FB5F6C"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
     <w:name w:val="Záhlaví Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zhlav"/>
     <w:rsid w:val="007D0108"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="289825247">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/customizations.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/attachedToolbars" Target="attachedToolbars.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -7287,77 +7270,107 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\HarvardAnglia2008OfficeOnline.xsl" StyleName="Harvard – Anglia 2008"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C57C9717-36F3-4093-80A2-6ED2E5C348E9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>395</Words>
-  <Characters>2565</Characters>
+  <Words>428</Words>
+  <Characters>2532</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Informace o výsledcích realizace projektu</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ČMZRB, a.s.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2955</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informace o výsledcích realizace projektu</dc:title>
   <dc:subject/>
   <dc:creator>Šefčík</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_DOC_TYPE">
     <vt:lpwstr>F011d</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T11:02:23Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>25a1b847-5f9e-445f-9340-5ebec84b8923</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>