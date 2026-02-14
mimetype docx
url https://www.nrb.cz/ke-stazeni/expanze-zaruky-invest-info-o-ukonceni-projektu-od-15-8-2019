--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -1,205 +1,203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.ms-word.attachedToolbars"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9709" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3331"/>
         <w:gridCol w:w="6378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B5808" w:rsidTr="00924F9E">
+      <w:tr w:rsidR="008B5808" w14:paraId="41CAFEBC" w14:textId="77777777" w:rsidTr="00924F9E">
         <w:trPr>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00440AFC" w:rsidRDefault="001C2892" w:rsidP="00EF5AC0">
+          </w:tcPr>
+          <w:p w14:paraId="0F120730" w14:textId="77777777" w:rsidR="00440AFC" w:rsidRDefault="001C2892" w:rsidP="00EF5AC0">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Informace o ukončení realizace </w:t>
             </w:r>
             <w:r w:rsidR="006C3FEF">
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>rojektu</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00440AFC" w:rsidRDefault="00AD1FC8" w:rsidP="00EF5AC0">
+          <w:p w14:paraId="41AA6AAB" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00440AFC" w:rsidRDefault="00AD1FC8" w:rsidP="00EF5AC0">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(dále jen „Informace“)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337E58" w:rsidTr="003A2720">
+      <w:tr w:rsidR="00337E58" w14:paraId="14F04CFB" w14:textId="77777777" w:rsidTr="003A2720">
         <w:trPr>
           <w:trHeight w:val="218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00337E58" w:rsidRPr="00696195" w:rsidRDefault="00337E58">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="239B3942" w14:textId="77777777" w:rsidR="00337E58" w:rsidRPr="00696195" w:rsidRDefault="00337E58">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidTr="00AA208E">
+      <w:tr w:rsidR="008B5808" w:rsidRPr="00C56525" w14:paraId="054B8B4A" w14:textId="77777777" w:rsidTr="00AA208E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="0044485E" w:rsidP="00881BDD">
+          <w:p w14:paraId="61C5EEE8" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="0044485E" w:rsidP="00881BDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00C56525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -219,63 +217,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> č</w:t>
             </w:r>
             <w:r w:rsidR="00602175">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00C56525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-        <w:bookmarkEnd w:id="2"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="000D0687" w:rsidP="000D0687">
+          <w:p w14:paraId="016B1D31" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="000D0687" w:rsidP="000D0687">
             <w:pPr>
               <w:pStyle w:val="ZAHLAVICISOBCHPRIP"/>
             </w:pPr>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -324,114 +320,114 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5808" w:rsidRPr="00E30963" w:rsidTr="00AA208E">
+      <w:tr w:rsidR="008B5808" w:rsidRPr="00E30963" w14:paraId="7CF70ED5" w14:textId="77777777" w:rsidTr="00AA208E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="008D67F3" w:rsidP="00532E8E">
+          <w:p w14:paraId="3E2B48FC" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="008D67F3" w:rsidP="00532E8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Klient</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00C56525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="000D0687" w:rsidP="000D0687">
+          <w:p w14:paraId="1D9BCC3D" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="000D0687" w:rsidP="000D0687">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -480,107 +476,107 @@
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023F19" w:rsidRPr="00E30963" w:rsidTr="00AA208E">
+      <w:tr w:rsidR="00023F19" w:rsidRPr="00E30963" w14:paraId="55E8EF42" w14:textId="77777777" w:rsidTr="00AA208E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="00D0022A" w:rsidP="00532E8E">
+          <w:p w14:paraId="2D00F6F1" w14:textId="77777777" w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="00D0022A" w:rsidP="00532E8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>IČO/RČ:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="000D0687" w:rsidP="000D0687">
+          <w:p w14:paraId="190E553E" w14:textId="77777777" w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="000D0687" w:rsidP="000D0687">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -629,60 +625,60 @@
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004670DE">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E" w:rsidP="001A736E">
+    <w:p w14:paraId="642F989B" w14:textId="77777777" w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E" w:rsidP="001A736E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E">
+    <w:p w14:paraId="10FE6627" w14:textId="77777777" w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Pojmy začínající velkým písmenem mají stejný význam jako ve Smlouvě o </w:t>
       </w:r>
       <w:r w:rsidR="00881BDD" w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">poskytnutí bankovní </w:t>
       </w:r>
       <w:r w:rsidRPr="00F45125">
         <w:rPr>
@@ -719,544 +715,528 @@
       <w:r w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00881BDD" w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>není-li uvedeno jinak.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E">
+    <w:p w14:paraId="0AA1929B" w14:textId="77777777" w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="440"/>
         <w:gridCol w:w="410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B0BFA" w:rsidRPr="007F71DE" w:rsidTr="00142AD6">
+      <w:tr w:rsidR="007B0BFA" w:rsidRPr="007F71DE" w14:paraId="5A651EB3" w14:textId="77777777" w:rsidTr="00142AD6">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007B0BFA" w:rsidRPr="007F71DE" w:rsidRDefault="007B0BFA" w:rsidP="007F71DE">
+          </w:tcPr>
+          <w:p w14:paraId="7381ECC4" w14:textId="77777777" w:rsidR="007B0BFA" w:rsidRPr="007F71DE" w:rsidRDefault="007B0BFA" w:rsidP="007F71DE">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F71DE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Prohlášení </w:t>
             </w:r>
             <w:r w:rsidR="00426885">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r w:rsidRPr="007F71DE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E2678" w:rsidRPr="00E166B2" w:rsidTr="00DF39C4">
+      <w:tr w:rsidR="006E2678" w:rsidRPr="00E166B2" w14:paraId="6327EC97" w14:textId="77777777" w:rsidTr="00DF39C4">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E2678" w:rsidRPr="00561CA4" w:rsidRDefault="00696195" w:rsidP="00924F9E">
+          </w:tcPr>
+          <w:p w14:paraId="7457B0D6" w14:textId="77777777" w:rsidR="006E2678" w:rsidRPr="00561CA4" w:rsidRDefault="00696195" w:rsidP="00924F9E">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Klient </w:t>
             </w:r>
             <w:r w:rsidR="00447BF2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>prohlašuje</w:t>
             </w:r>
             <w:r w:rsidR="00093E6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, že</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A104BA" w:rsidRPr="00827EC4" w:rsidTr="00DF39C4">
+      <w:tr w:rsidR="00A104BA" w:rsidRPr="00827EC4" w14:paraId="398F1F83" w14:textId="77777777" w:rsidTr="00DF39C4">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRPr="006B7BCC" w:rsidRDefault="00A104BA">
+          <w:p w14:paraId="0DAC3799" w14:textId="77777777" w:rsidR="009E7403" w:rsidRPr="006B7BCC" w:rsidRDefault="00A104BA">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827EC4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ukončil realizaci Projektu </w:t>
             </w:r>
             <w:r w:rsidR="00AD1FC8" w:rsidRPr="00827EC4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dne</w:t>
             </w:r>
             <w:r w:rsidR="00440AFC" w:rsidRPr="006B7BCC">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00440AFC" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC" w:rsidP="00165395">
+          <w:p w14:paraId="22DD9AC9" w14:textId="77777777" w:rsidR="00440AFC" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC" w:rsidP="00165395">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00440AFC" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC" w:rsidP="00B0714A">
+          <w:p w14:paraId="2A87DF52" w14:textId="77777777" w:rsidR="00440AFC" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC" w:rsidP="00B0714A">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF39C4" w:rsidRPr="00827EC4" w:rsidTr="00DF39C4">
+      <w:tr w:rsidR="00DF39C4" w:rsidRPr="00827EC4" w14:paraId="4B224F5F" w14:textId="77777777" w:rsidTr="00DF39C4">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00C86210" w:rsidP="00C86210">
+          <w:p w14:paraId="42B8AC72" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00C86210" w:rsidP="00C86210">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>celkové</w:t>
             </w:r>
             <w:r w:rsidR="00165395" w:rsidRPr="00827EC4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> výdaje </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Projektu čini</w:t>
             </w:r>
             <w:r w:rsidR="00165395">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B2191B">
+          <w:p w14:paraId="41BC72AC" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B2191B">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="-5" w:right="-135"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B0714A">
+          <w:p w14:paraId="7588017B" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B0714A">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827EC4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kč</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, z toho vlastní zdroje Klienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1858" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B2191B">
+          <w:p w14:paraId="7DADB315" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B2191B">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="00827EC4" w:rsidRDefault="00165395" w:rsidP="00B0714A">
+          <w:p w14:paraId="0BBC1FF2" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="00827EC4" w:rsidRDefault="00165395" w:rsidP="00B0714A">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF39C4" w:rsidRPr="004D3C34" w:rsidTr="00DF39C4">
+      <w:tr w:rsidR="00DF39C4" w:rsidRPr="004D3C34" w14:paraId="798E7775" w14:textId="77777777" w:rsidTr="00DF39C4">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="7E4BBBC9" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="3A700AC7" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="775A3866" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1858" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="5B32A587" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="41050B47" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00696195" w:rsidRPr="00E166B2" w:rsidTr="00DF39C4">
+      <w:tr w:rsidR="00696195" w:rsidRPr="00E166B2" w14:paraId="669B77B0" w14:textId="77777777" w:rsidTr="00DF39C4">
         <w:trPr>
           <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00696195" w:rsidRPr="005A10C7" w:rsidRDefault="00A104BA" w:rsidP="00C86210">
+          <w:p w14:paraId="6989CD72" w14:textId="77777777" w:rsidR="00696195" w:rsidRPr="005A10C7" w:rsidRDefault="00A104BA" w:rsidP="00C86210">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A104BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">plní podmínky </w:t>
             </w:r>
             <w:r w:rsidR="006B7BCC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1285,64 +1265,64 @@
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ánku</w:t>
             </w:r>
             <w:r w:rsidRPr="00A104BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> „Podmínky Programu“ Smlouvy takto</w:t>
             </w:r>
             <w:r w:rsidR="00643145">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165395" w:rsidRPr="000F1847" w:rsidTr="00DF39C4">
+      <w:tr w:rsidR="00165395" w:rsidRPr="000F1847" w14:paraId="67BF6081" w14:textId="77777777" w:rsidTr="00DF39C4">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00E52D77">
+          <w:p w14:paraId="754B7CA4" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00E52D77">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1375,228 +1355,228 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="008D67F3" w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve znění pozdějších předpisů</w:t>
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="6BF99A62" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00B2191B">
+          <w:p w14:paraId="61A496B6" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00B2191B">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Zaškrtávací1"/>
+            <w:bookmarkStart w:id="2" w:name="Zaškrtávací1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="0236C0BA" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="098C55AC" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165395" w:rsidTr="00DF39C4">
+      <w:tr w:rsidR="00165395" w14:paraId="2C51845A" w14:textId="77777777" w:rsidTr="00DF39C4">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00071DE1">
+          <w:p w14:paraId="33E62E77" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00071DE1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1628,231 +1608,231 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>odporovaných ekonomických činností</w:t>
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="20914E38" w14:textId="77777777" w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-180"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="01727CA9" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="2025095B" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="47E4B71C" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165395" w:rsidTr="00DF39C4">
+      <w:tr w:rsidR="00165395" w14:paraId="1076E09B" w14:textId="77777777" w:rsidTr="00DF39C4">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00DF39C4" w:rsidP="00F45125">
+          <w:p w14:paraId="4E4F4451" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00DF39C4" w:rsidP="00F45125">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00174555">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1906,225 +1886,225 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – podle konkrétního ustanovení Smlouvy</w:t>
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00475519" w:rsidDel="00DF39C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="51FCA62D" w14:textId="77777777" w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="647FE283" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="1921B773" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="3D8773EB" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165395" w:rsidTr="00DF39C4">
+      <w:tr w:rsidR="00165395" w14:paraId="781A0CC4" w14:textId="77777777" w:rsidTr="00DF39C4">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="004D3E02">
+          <w:p w14:paraId="3B9352CE" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="004D3E02">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3E02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -2187,51 +2167,51 @@
               </w:rPr>
               <w:t>aručova</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3E02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ného úvěru</w:t>
             </w:r>
             <w:r w:rsidR="00440AFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> používá takto</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00440AFC">
+          <w:p w14:paraId="1DDC8107" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00440AFC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="1145" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2245,51 +2225,51 @@
               </w:rPr>
               <w:t>převážně</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> k </w:t>
             </w:r>
             <w:r w:rsidR="00CC328C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>odporovaným ekonomickým činnostem,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C3FEF" w:rsidRDefault="00440AFC" w:rsidP="00CC328C">
+          <w:p w14:paraId="2F4EBB5E" w14:textId="77777777" w:rsidR="006C3FEF" w:rsidRDefault="00440AFC" w:rsidP="00CC328C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="1145" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D3E02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2303,51 +2283,51 @@
               </w:rPr>
               <w:t>výhradně</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3E02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC328C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>k podporovaným ekonomickým činnostem</w:t>
             </w:r>
             <w:r w:rsidR="006C3FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="006C3FEF" w:rsidP="00D87E1B">
+          <w:p w14:paraId="7A76C61C" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="006C3FEF" w:rsidP="00D87E1B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="1145" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2358,541 +2338,541 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">epoužívá </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>jej k zakázaným ekonomickým činnostem (podle Smlouvy)</w:t>
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="399B0C85" w14:textId="77777777" w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="0C3C16F9" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="7849FAF6" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="492DAB86" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00326DBD" w:rsidTr="00DF39C4">
+      <w:tr w:rsidR="00326DBD" w14:paraId="39BEE9DD" w14:textId="77777777" w:rsidTr="00DF39C4">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="006973FF" w:rsidRDefault="007E446F" w:rsidP="00475519">
+          <w:p w14:paraId="1A68BA49" w14:textId="77777777" w:rsidR="006973FF" w:rsidRDefault="007E446F" w:rsidP="00475519">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Projekt </w:t>
             </w:r>
             <w:r w:rsidR="006973FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>zahrnuje</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> pořízení a/nebo techn</w:t>
             </w:r>
             <w:r w:rsidR="006973FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ické zhodnocení nemovitých věcí,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E446F" w:rsidRDefault="006973FF" w:rsidP="006973FF">
+          <w:p w14:paraId="3EBF3865" w14:textId="77777777" w:rsidR="007E446F" w:rsidRDefault="006973FF" w:rsidP="006973FF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="709"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">v rámci takového Projektu pořídil </w:t>
             </w:r>
             <w:r w:rsidR="007E446F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>též stroje a/nebo zařízení (je-li tato podmínka sjednána ve Smlouvě);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00326DBD" w:rsidRPr="000F1847" w:rsidRDefault="00326DBD" w:rsidP="00475519">
+          <w:p w14:paraId="48E3452B" w14:textId="77777777" w:rsidR="00326DBD" w:rsidRPr="000F1847" w:rsidRDefault="00326DBD" w:rsidP="00475519">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>vykonává podnikatelskou činnost v některém z </w:t>
             </w:r>
             <w:r w:rsidR="00475519">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>následujících</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> odvětví</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00326DBD" w:rsidRPr="00AD1FC8" w:rsidRDefault="00326DBD" w:rsidP="00326DBD">
+          <w:p w14:paraId="51E17197" w14:textId="77777777" w:rsidR="00326DBD" w:rsidRPr="00AD1FC8" w:rsidRDefault="00326DBD" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00326DBD" w:rsidRPr="00E52D77" w:rsidRDefault="00326DBD" w:rsidP="00326DBD">
+          <w:p w14:paraId="50CF8812" w14:textId="77777777" w:rsidR="00326DBD" w:rsidRPr="00E52D77" w:rsidRDefault="00326DBD" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00326DBD" w:rsidRPr="00AD1FC8" w:rsidRDefault="00326DBD" w:rsidP="00326DBD">
+          <w:p w14:paraId="44A3E8B0" w14:textId="77777777" w:rsidR="00326DBD" w:rsidRPr="00AD1FC8" w:rsidRDefault="00326DBD" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006973FF" w:rsidRDefault="00326DBD" w:rsidP="00326DBD">
+          <w:p w14:paraId="5F229315" w14:textId="77777777" w:rsidR="006973FF" w:rsidRDefault="00326DBD" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006973FF" w:rsidRPr="006973FF" w:rsidRDefault="006973FF" w:rsidP="00326DBD">
+          <w:p w14:paraId="4C718317" w14:textId="77777777" w:rsidR="006973FF" w:rsidRPr="006973FF" w:rsidRDefault="006973FF" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2DED" w:rsidTr="008535DB">
+      <w:tr w:rsidR="001E2DED" w14:paraId="081FB02D" w14:textId="77777777" w:rsidTr="008535DB">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E2DED" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
+          <w:p w14:paraId="6C1E9B53" w14:textId="77777777" w:rsidR="001E2DED" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="709"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>prvovýrob</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2990,225 +2970,225 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 47.26)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E2DED" w:rsidRPr="00AD1FC8" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
+          <w:p w14:paraId="6D39A966" w14:textId="77777777" w:rsidR="001E2DED" w:rsidRPr="00AD1FC8" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E2DED" w:rsidRPr="00E52D77" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
+          <w:p w14:paraId="58249DC6" w14:textId="77777777" w:rsidR="001E2DED" w:rsidRPr="00E52D77" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E2DED" w:rsidRPr="00AD1FC8" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
+          <w:p w14:paraId="0FC5882E" w14:textId="77777777" w:rsidR="001E2DED" w:rsidRPr="00AD1FC8" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E2DED" w:rsidRPr="00E52D77" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
+          <w:p w14:paraId="2805F89F" w14:textId="77777777" w:rsidR="001E2DED" w:rsidRPr="00E52D77" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E2DED" w:rsidTr="00DF39C4">
+      <w:tr w:rsidR="001E2DED" w14:paraId="274DC81D" w14:textId="77777777" w:rsidTr="00DF39C4">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1062"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="001E2DED" w:rsidRPr="000F1847" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
+          <w:p w14:paraId="42B65B9B" w14:textId="77777777" w:rsidR="001E2DED" w:rsidRPr="000F1847" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="709"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Klient, který činnost v některém z těchto odvětví vykonává, prohlašuje, že </w:t>
             </w:r>
             <w:r w:rsidRPr="004152FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3235,225 +3215,225 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> žádném z uvedených </w:t>
             </w:r>
             <w:r w:rsidRPr="004152FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>odvětví</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> podporu poskytovanou z Programu nevyužívaly.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E2DED" w:rsidRPr="00AD1FC8" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
+          <w:p w14:paraId="68E5180E" w14:textId="77777777" w:rsidR="001E2DED" w:rsidRPr="00AD1FC8" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E2DED" w:rsidRPr="00E52D77" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
+          <w:p w14:paraId="37D8CD9E" w14:textId="77777777" w:rsidR="001E2DED" w:rsidRPr="00E52D77" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E2DED" w:rsidRPr="00AD1FC8" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
+          <w:p w14:paraId="1354FBE5" w14:textId="77777777" w:rsidR="001E2DED" w:rsidRPr="00AD1FC8" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E2DED" w:rsidRPr="00E52D77" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
+          <w:p w14:paraId="3E503D55" w14:textId="77777777" w:rsidR="001E2DED" w:rsidRPr="00E52D77" w:rsidRDefault="001E2DED" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C0A12" w:rsidTr="00D87E1B">
+      <w:tr w:rsidR="009C0A12" w14:paraId="3371EC8E" w14:textId="77777777" w:rsidTr="00D87E1B">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="568"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="009C0A12" w:rsidRDefault="009C0A12" w:rsidP="00D87E1B">
+          <w:p w14:paraId="6E02B907" w14:textId="77777777" w:rsidR="009C0A12" w:rsidRDefault="009C0A12" w:rsidP="00D87E1B">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">plní cíle Projektu a business plán </w:t>
             </w:r>
             <w:r w:rsidR="00237F92">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3464,285 +3444,285 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dle přílohy Projekt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C0A12" w:rsidRPr="00A64829" w:rsidRDefault="009C0A12" w:rsidP="009C0A12">
+          <w:p w14:paraId="79814018" w14:textId="77777777" w:rsidR="009C0A12" w:rsidRPr="00A64829" w:rsidRDefault="009C0A12" w:rsidP="009C0A12">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C0A12" w:rsidRPr="00856AEE" w:rsidRDefault="009C0A12" w:rsidP="009C0A12">
+          <w:p w14:paraId="6E84D0FA" w14:textId="77777777" w:rsidR="009C0A12" w:rsidRPr="00856AEE" w:rsidRDefault="009C0A12" w:rsidP="009C0A12">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C0A12" w:rsidRPr="00A64829" w:rsidRDefault="009C0A12" w:rsidP="009C0A12">
+          <w:p w14:paraId="7851F530" w14:textId="77777777" w:rsidR="009C0A12" w:rsidRPr="00A64829" w:rsidRDefault="009C0A12" w:rsidP="009C0A12">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009C0A12" w:rsidRPr="00856AEE" w:rsidRDefault="009C0A12" w:rsidP="009C0A12">
+          <w:p w14:paraId="7B3821B4" w14:textId="77777777" w:rsidR="009C0A12" w:rsidRPr="00856AEE" w:rsidRDefault="009C0A12" w:rsidP="009C0A12">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00310E8A">
-[...5 lines deleted...]
-            <w:r w:rsidR="00310E8A">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009C0A12" w:rsidRDefault="009C0A12">
+    <w:p w14:paraId="348CC84C" w14:textId="77777777" w:rsidR="009C0A12" w:rsidRDefault="009C0A12">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4E26" w:rsidRDefault="001F4E26">
+    <w:p w14:paraId="17ECD4BE" w14:textId="77777777" w:rsidR="001F4E26" w:rsidRDefault="001F4E26">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D1D0B" w:rsidRDefault="009D1D0B">
+    <w:p w14:paraId="73AA3B49" w14:textId="77777777" w:rsidR="009D1D0B" w:rsidRDefault="009D1D0B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
+    <w:p w14:paraId="64B15D8C" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Doplňující informace a komentář</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
+    <w:p w14:paraId="035EB1C9" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Uveďte:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005774C1" w:rsidRDefault="005774C1" w:rsidP="00772665">
+    <w:p w14:paraId="62D70B0A" w14:textId="77777777" w:rsidR="005774C1" w:rsidRDefault="005774C1" w:rsidP="00772665">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005774C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>příčin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3794,51 +3774,51 @@
       <w:r w:rsidRPr="005774C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>proti plánu</w:t>
       </w:r>
       <w:r w:rsidR="00A71FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pokud nastala)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C7775" w:rsidRDefault="00DE1C13" w:rsidP="00415294">
+    <w:p w14:paraId="6ECF601D" w14:textId="77777777" w:rsidR="001C7775" w:rsidRDefault="00DE1C13" w:rsidP="00415294">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE1C13">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">komentář k plnění podmínek </w:t>
       </w:r>
       <w:r w:rsidR="006B7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -3936,312 +3916,312 @@
         </w:rPr>
         <w:t xml:space="preserve"> jak bylo naloženo s výtěžkem, </w:t>
       </w:r>
       <w:r w:rsidR="00390914">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pokud byl</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE1C13">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> tento majetek prodán</w:t>
       </w:r>
       <w:r w:rsidR="001C7775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005774C1" w:rsidRPr="005774C1" w:rsidRDefault="001C7775" w:rsidP="00772665">
+    <w:p w14:paraId="24A71E71" w14:textId="77777777" w:rsidR="005774C1" w:rsidRPr="005774C1" w:rsidRDefault="001C7775" w:rsidP="00772665">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C7775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>případné další relevantní informace související s realizací Projektu.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="391"/>
         <w:gridCol w:w="4787"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2035"/>
         <w:gridCol w:w="1280"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA3CCD" w:rsidTr="00310E8A">
+      <w:tr w:rsidR="00BA3CCD" w14:paraId="657B72A5" w14:textId="77777777" w:rsidTr="00310E8A">
         <w:trPr>
           <w:trHeight w:val="5151"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00B2191B" w:rsidRPr="00AB62C4" w:rsidRDefault="00B2191B">
+          <w:p w14:paraId="3A4789BA" w14:textId="77777777" w:rsidR="00B2191B" w:rsidRPr="00AB62C4" w:rsidRDefault="00B2191B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidTr="00AB434F">
+      <w:tr w:rsidR="0024720A" w:rsidRPr="0024720A" w14:paraId="2F2EEFC6" w14:textId="77777777" w:rsidTr="00AB434F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1305" w:type="dxa"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
+          <w:p w14:paraId="4BEA081F" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024720A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
+          <w:p w14:paraId="6C46617B" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
+          <w:p w14:paraId="63168BD1" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024720A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
+          <w:p w14:paraId="72FEAC8F" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0024720A" w:rsidRPr="008D67F3" w:rsidRDefault="0024720A" w:rsidP="008D67F3">
+    <w:p w14:paraId="36B1424B" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="008D67F3" w:rsidRDefault="0024720A" w:rsidP="008D67F3">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="2858"/>
         <w:gridCol w:w="2954"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidTr="00AA778A">
+      <w:tr w:rsidR="00D60056" w:rsidRPr="00713A8D" w14:paraId="5078A7D5" w14:textId="77777777" w:rsidTr="00AA778A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
+          <w:p w14:paraId="4948F609" w14:textId="77777777" w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Jméno a příjmení osoby oprávněné zastupovat </w:t>
             </w:r>
             <w:r w:rsidR="00426885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
+          <w:p w14:paraId="0F13995B" w14:textId="77777777" w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Podpis</w:t>
             </w:r>
             <w:r w:rsidR="008E048C">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -4261,459 +4241,459 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
+          <w:p w14:paraId="7DEEE29D" w14:textId="77777777" w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Razítko </w:t>
             </w:r>
             <w:r w:rsidR="00426885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta, pokud je součástí podpisu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidTr="00F03AFD">
+      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w14:paraId="2465D540" w14:textId="77777777" w:rsidTr="00F03AFD">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="3FCB6787" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="794F7504" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="78490586" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidTr="00F03AFD">
+      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w14:paraId="78147690" w14:textId="77777777" w:rsidTr="00F03AFD">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="71B2BD8E" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="711EF176" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="4B2225E4" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidTr="00F03AFD">
+      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w14:paraId="23571884" w14:textId="77777777" w:rsidTr="00F03AFD">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="4415713E" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="05A625FA" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="520BA21D" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00083EC4" w:rsidRDefault="0016129F" w:rsidP="0016129F">
+    <w:p w14:paraId="5F543B98" w14:textId="77777777" w:rsidR="00083EC4" w:rsidRDefault="0016129F" w:rsidP="0016129F">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Příloha</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC40A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0016129F" w:rsidRDefault="0025581B" w:rsidP="00D1065A">
+    <w:p w14:paraId="3D7F2689" w14:textId="77777777" w:rsidR="0016129F" w:rsidRDefault="0025581B" w:rsidP="00D1065A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Výdaje uhrazené ze zaručovaného investičního úvěru </w:t>
       </w:r>
       <w:r w:rsidRPr="00415294">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>– přehled + doklady</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00083EC4" w:rsidRPr="00D1065A" w:rsidRDefault="00083EC4" w:rsidP="00D1065A">
+    <w:p w14:paraId="51F63A53" w14:textId="77777777" w:rsidR="00083EC4" w:rsidRPr="00D1065A" w:rsidRDefault="00083EC4" w:rsidP="00D1065A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="60"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D1065A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Souhlas místně příslušného krajského úřadu s provozem zařízení na sběr, třídění, úpravu, zpracování, využití či nakládání s odpady pořízených, modernizovaných či technicky zhodnocených v rámci Projektu podle § 14 zákona č. 185/2001 Sb., o odpadech a o změně některých dalších zákonů, ve znění pozdějších předpisů</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1065A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="0025581B">
+    <w:p w14:paraId="6E2852D9" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="0025581B">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="0025581B" w:rsidSect="00310E8A">
           <w:footerReference w:type="even" r:id="rId9"/>
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:headerReference w:type="first" r:id="rId11"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1134" w:right="1418" w:bottom="1276" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0025581B" w:rsidRPr="00324D66" w:rsidRDefault="0025581B" w:rsidP="0025581B">
+    <w:p w14:paraId="1BFF40BA" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00324D66" w:rsidRDefault="0025581B" w:rsidP="0025581B">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00324D66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Příloha Informace o ukončení realizace projektu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="0025581B">
+    <w:p w14:paraId="2A62D6A5" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="0025581B">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Výdaje uhrazené ze zaručovaného úvěru</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0025581B" w:rsidRPr="007F42A7" w:rsidRDefault="0025581B" w:rsidP="0025581B">
+    <w:p w14:paraId="2CD13ED3" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="007F42A7" w:rsidRDefault="0025581B" w:rsidP="0025581B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F42A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Přehled účetních dokladů (faktura, kupní nebo jiná smlouva) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="007F42A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4765,2297 +4745,2297 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14741" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="2751"/>
         <w:gridCol w:w="4903"/>
         <w:gridCol w:w="1605"/>
         <w:gridCol w:w="1935"/>
         <w:gridCol w:w="1809"/>
         <w:gridCol w:w="887"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0025581B" w:rsidRPr="008325CD" w:rsidTr="00DC347E">
+      <w:tr w:rsidR="0025581B" w:rsidRPr="008325CD" w14:paraId="46A4FF49" w14:textId="77777777" w:rsidTr="00DC347E">
         <w:trPr>
           <w:trHeight w:val="945"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="7263F80B" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="002FC492" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D0055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Název a číslo účetního dokladu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4394D135" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D0055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Název a číslo dokladu o jeho úhradě</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="3F2AB2A0" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Datum úhrady</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="64137A37" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D0055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Výše čerpání zaručovaného úvěru </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">v měně úvěru </w:t>
             </w:r>
             <w:r w:rsidRPr="00D4791D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>včetně DPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="5A4484DE" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D0055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Výše čerpání zaručovaného úvěru v</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> měně úvěru </w:t>
             </w:r>
             <w:r w:rsidRPr="00D4791D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>bez DPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="11AA2047" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Měna úvěru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="7B83F513" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="42E275E7" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="04D1E55B" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="03587DA6" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="74D8F582" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="424F82DF" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="7F5C8E95" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="1CD6E7B6" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="38F67297" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="105DD071" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF02C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="7A12404F" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="293A1EEC" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="35C0FFE7" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="48261549" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="780B7F96" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="6C2A972C" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="3BECF9D3" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="6196CB38" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF02C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="70FEFE4E" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="016EE3CF" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="16263E37" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="542D786E" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="6F71FEFE" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="03505581" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="34E1D715" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="0D38E3D5" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF02C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="5A891421" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="57D62734" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4DAAE156" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="2F938C37" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4A76EA01" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4EFC01E7" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="2AE7ED89" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="57050423" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="767CA5CD" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="26F1A9AD" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="20072399" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4CED5E93" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="49521DDF" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="6E50C023" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="749ACA0B" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="1E906D20" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="25B71BA0" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="7CAB8909" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="5BB51C26" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4E05BDA3" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4D48FC44" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="0402A5AF" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="0EE7B9A5" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="7145ECEC" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="229F0D5A" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4ACFF3A9" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="26C37C8D" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="348E051D" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="476705D9" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="56582747" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="0AFCB04F" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="6AC9A32A" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="54857340" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="1EA334CB" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="762D21B7" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="3C735EBE" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="31068334" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="61E4361C" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="5977731C" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="1B047BE7" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="1611FF0C" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4B7236B1" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="77A8FB24" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="28B781ED" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="23001FAA" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="56CB89EF" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="4477093E" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="5687D87B" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="3488C252" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="7D93A33F" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="23EA9176" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="78DB3328" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="0C4676D4" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="064948B5" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="293768CD" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="25AA5FEC" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="142EB6C1" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="5F25D1AB" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="48E978DE" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="3FCEBE21" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="7960DDE3" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="142D4EDE" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="6E0D7693" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4DBC4542" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4AB9C513" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="53CA4A69" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="12957630" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="0AE3D353" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="612EE05B" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="5E61EEA7" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="681A6DD5" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="158AD38D" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="09E27C4D" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="50C752AA" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="09BB228C" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="6B28FFB7" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="1EE70BCA" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="20BC050C" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="73A18EC4" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="58F4615D" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="32481696" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="12973E41" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4F3BFB36" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4B2117EA" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="4F9F48EB" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="2CBD4234" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="0E69ED40" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00415294">
+          <w:p w14:paraId="17EEF928" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00415294">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="001C36F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2751" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="45D92210" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="35FC91EF" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="35775AA9" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="3EDDE142" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="61176EFA" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="5B094A08" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025581B" w:rsidTr="00B2191B">
+      <w:tr w:rsidR="0025581B" w14:paraId="5294319C" w14:textId="77777777" w:rsidTr="00B2191B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="10BF69A6" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00BF02C0" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7654" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="1A44BE07" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="006D0055" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CELKEM v měně úvěru</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="5A3AD946" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1935" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="1EAE3E41" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="1D9705B4" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="887" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
+          <w:p w14:paraId="45C285CF" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B" w:rsidP="00DC347E">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0025581B" w:rsidRPr="008D67F3" w:rsidRDefault="0025581B" w:rsidP="00415294">
+    <w:p w14:paraId="1A401E97" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="008D67F3" w:rsidRDefault="0025581B" w:rsidP="00415294">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0025581B" w:rsidRPr="008D67F3" w:rsidSect="00F90FEA">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1276" w:left="1276" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:toolbars>
     <wne:toolbarData r:id="rId1"/>
   </wne:toolbars>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008E4294" w:rsidRDefault="008E4294">
+    <w:p w14:paraId="16ACB116" w14:textId="77777777" w:rsidR="00AB0E8C" w:rsidRDefault="00AB0E8C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008E4294" w:rsidRDefault="008E4294">
+    <w:p w14:paraId="2C9ED729" w14:textId="77777777" w:rsidR="00AB0E8C" w:rsidRDefault="00AB0E8C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="008E4294" w:rsidRDefault="008E4294"/>
+    <w:p w14:paraId="78F01612" w14:textId="77777777" w:rsidR="00AB0E8C" w:rsidRDefault="00AB0E8C"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monotype Sorts">
     <w:altName w:val="ZapfDingbats"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002AFF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4E6F8FB2" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B">
+  <w:p w14:paraId="28E88AAA" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="0025581B" w:rsidRDefault="0025581B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="674BE91E" w14:textId="77777777" w:rsidR="0025581B" w:rsidRDefault="0025581B">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
@@ -7063,111 +7043,111 @@
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00310E8A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0025581B" w:rsidRPr="00D1065A" w:rsidRDefault="00083EC4">
+  <w:p w14:paraId="663B21B3" w14:textId="77777777" w:rsidR="0025581B" w:rsidRPr="00D1065A" w:rsidRDefault="00083EC4">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D1065A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>Verze šablony 2.0</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00BA3CCD" w:rsidRDefault="00AD1FC8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2592D629" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRDefault="00AD1FC8">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00BA3CCD">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD">
+  <w:p w14:paraId="0D2EA74F" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00BA3CCD" w:rsidRPr="00A820AF" w:rsidRDefault="00AD1FC8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7A773BC0" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRPr="00A820AF" w:rsidRDefault="00AD1FC8">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00BA3CCD" w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
@@ -7183,106 +7163,106 @@
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00705BDB">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD">
+  <w:p w14:paraId="4B3C3148" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00EF5AC0" w:rsidRPr="00EF5AC0" w:rsidRDefault="00881BDD">
+  <w:p w14:paraId="5F3B6CCC" w14:textId="77777777" w:rsidR="00EF5AC0" w:rsidRPr="00EF5AC0" w:rsidRDefault="00881BDD">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00E772F7" w:rsidRPr="00AD1FC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">erze šablony </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00E772F7" w:rsidRPr="00AD1FC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">.0 </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00475519" w:rsidRPr="00A820AF" w:rsidRDefault="00475519" w:rsidP="00475519">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E830B37" w14:textId="77777777" w:rsidR="00475519" w:rsidRPr="00A820AF" w:rsidRDefault="00475519" w:rsidP="00475519">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
@@ -7298,59 +7278,59 @@
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00705BDB">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00475519" w:rsidRDefault="00475519" w:rsidP="00475519">
+  <w:p w14:paraId="64523251" w14:textId="77777777" w:rsidR="00475519" w:rsidRDefault="00475519" w:rsidP="00475519">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00475519" w:rsidRPr="00475519" w:rsidRDefault="00881BDD" w:rsidP="00D1065A">
+  <w:p w14:paraId="40614623" w14:textId="77777777" w:rsidR="00475519" w:rsidRPr="00475519" w:rsidRDefault="00881BDD" w:rsidP="00D1065A">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="2505"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00475519" w:rsidRPr="00AD1FC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
@@ -7364,70 +7344,70 @@
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00475519" w:rsidRPr="00AD1FC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">.0 </w:t>
     </w:r>
     <w:r w:rsidR="00083EC4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="008E4294" w:rsidRDefault="008E4294">
+    <w:p w14:paraId="4B590209" w14:textId="77777777" w:rsidR="00AB0E8C" w:rsidRDefault="00AB0E8C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="008E4294" w:rsidRDefault="008E4294">
+    <w:p w14:paraId="665671CB" w14:textId="77777777" w:rsidR="00AB0E8C" w:rsidRDefault="00AB0E8C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="008E4294" w:rsidRDefault="008E4294"/>
+    <w:p w14:paraId="62A3FC4C" w14:textId="77777777" w:rsidR="00AB0E8C" w:rsidRDefault="00AB0E8C"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00A62070" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC">
+    <w:p w14:paraId="76E185AB" w14:textId="77777777" w:rsidR="00A62070" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E7403" w:rsidRPr="006B7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Den, kdy byl </w:t>
       </w:r>
@@ -7556,51 +7536,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>lo</w:t>
       </w:r>
       <w:r w:rsidR="009E7403" w:rsidRPr="006B7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> později.</w:t>
       </w:r>
       <w:r w:rsidR="00C31FB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> U záruk za provozní úvěr nejdéle ke dni ukončení platnosti záruky za provozní úvěr.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="008E048C" w:rsidRPr="00A466D3" w:rsidRDefault="008E048C" w:rsidP="008E048C">
+    <w:p w14:paraId="44D1EDCD" w14:textId="77777777" w:rsidR="008E048C" w:rsidRPr="00A466D3" w:rsidRDefault="008E048C" w:rsidP="008E048C">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A466D3">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A466D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -7635,134 +7615,134 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> s Bankou uzavřenu platnou SMLOUVU o využívání aplikace E-podatelna</w:t>
       </w:r>
       <w:r w:rsidRPr="0014468D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> V ostatních případech ponechat prázdné.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="00083EC4" w:rsidRPr="00753133" w:rsidRDefault="00083EC4" w:rsidP="00083EC4">
+    <w:p w14:paraId="449CB4E7" w14:textId="77777777" w:rsidR="00083EC4" w:rsidRPr="00753133" w:rsidRDefault="00083EC4" w:rsidP="00083EC4">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D1065A">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00D1065A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Jen u Projektů v rámci zvláštní podporované aktivity </w:t>
       </w:r>
       <w:r w:rsidRPr="00D1065A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Materiálové a energetické využití odpadů</w:t>
       </w:r>
       <w:r w:rsidRPr="00D1065A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10207" w:type="dxa"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="28" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="5387"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00310E8A" w:rsidTr="004E2007">
+    <w:tr w:rsidR="00310E8A" w14:paraId="0E48521F" w14:textId="77777777" w:rsidTr="004E2007">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00310E8A" w:rsidRDefault="00310E8A" w:rsidP="00310E8A">
+        <w:p w14:paraId="6C83DAC9" w14:textId="77777777" w:rsidR="00310E8A" w:rsidRDefault="00310E8A" w:rsidP="00310E8A">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="092CF28F" wp14:editId="1C61FBB1">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A9D338B" wp14:editId="5BCF351C">
                 <wp:extent cx="1666875" cy="581025"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Obrázek 2" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -7773,137 +7753,137 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1666875" cy="581025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00310E8A" w:rsidRDefault="00310E8A" w:rsidP="00310E8A">
+        <w:p w14:paraId="196D399F" w14:textId="77777777" w:rsidR="00310E8A" w:rsidRDefault="00310E8A" w:rsidP="00310E8A">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7601816D" wp14:editId="32CF216B">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3735564E" wp14:editId="143CADBA">
                 <wp:extent cx="2293200" cy="500400"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Obrázek 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1" name=""/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2293200" cy="500400"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00310E8A" w:rsidRDefault="00310E8A">
+  <w:p w14:paraId="07831C13" w14:textId="77777777" w:rsidR="00310E8A" w:rsidRDefault="00310E8A">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD" w:rsidP="008941D0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="51F88C00" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD" w:rsidP="008941D0">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00475519" w:rsidRPr="00475519" w:rsidRDefault="00475519" w:rsidP="00415294">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="27C65E37" w14:textId="77777777" w:rsidR="00475519" w:rsidRPr="00475519" w:rsidRDefault="00475519" w:rsidP="00415294">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2115"/>
       </w:tabs>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B5C7D2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6B78414A"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9828,136 +9808,137 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1295212797">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1534686661">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="991985516">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1156723504">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1522476497">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="798642935">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1654599444">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1625698174">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="65346502">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1503205678">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="2138989231">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1094016042">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1534998792">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1027021845">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1378580119">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1228223754">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="153448816">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11265"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F03AFD"/>
     <w:rsid w:val="000005E2"/>
     <w:rsid w:val="000156BB"/>
     <w:rsid w:val="00023F19"/>
     <w:rsid w:val="00040301"/>
     <w:rsid w:val="00041F1F"/>
     <w:rsid w:val="00045ED8"/>
     <w:rsid w:val="000541E5"/>
     <w:rsid w:val="00055089"/>
     <w:rsid w:val="00064A80"/>
     <w:rsid w:val="00067736"/>
     <w:rsid w:val="00071DE1"/>
     <w:rsid w:val="000729C0"/>
     <w:rsid w:val="00082BFE"/>
     <w:rsid w:val="00082DA9"/>
     <w:rsid w:val="00083EC4"/>
     <w:rsid w:val="000872DF"/>
     <w:rsid w:val="00093E6C"/>
     <w:rsid w:val="000A24B0"/>
     <w:rsid w:val="000A2C6D"/>
     <w:rsid w:val="000A3736"/>
     <w:rsid w:val="000B373D"/>
     <w:rsid w:val="000B48FC"/>
@@ -9991,71 +9972,73 @@
     <w:rsid w:val="00163989"/>
     <w:rsid w:val="00165395"/>
     <w:rsid w:val="00185A91"/>
     <w:rsid w:val="001A2DA6"/>
     <w:rsid w:val="001A6F07"/>
     <w:rsid w:val="001A736E"/>
     <w:rsid w:val="001A7FD6"/>
     <w:rsid w:val="001B4AFA"/>
     <w:rsid w:val="001B7B1D"/>
     <w:rsid w:val="001C2892"/>
     <w:rsid w:val="001C36F6"/>
     <w:rsid w:val="001C3E87"/>
     <w:rsid w:val="001C7775"/>
     <w:rsid w:val="001D20E9"/>
     <w:rsid w:val="001D31CC"/>
     <w:rsid w:val="001D493E"/>
     <w:rsid w:val="001D6D53"/>
     <w:rsid w:val="001E1D35"/>
     <w:rsid w:val="001E2DED"/>
     <w:rsid w:val="001E634E"/>
     <w:rsid w:val="001F3B4C"/>
     <w:rsid w:val="001F41CD"/>
     <w:rsid w:val="001F4E26"/>
     <w:rsid w:val="001F544B"/>
     <w:rsid w:val="00237F92"/>
+    <w:rsid w:val="00240C5A"/>
     <w:rsid w:val="00241058"/>
     <w:rsid w:val="002418F5"/>
     <w:rsid w:val="00245E5D"/>
     <w:rsid w:val="0024720A"/>
     <w:rsid w:val="00252AE2"/>
     <w:rsid w:val="0025430C"/>
     <w:rsid w:val="0025581B"/>
     <w:rsid w:val="00256397"/>
     <w:rsid w:val="002636A4"/>
     <w:rsid w:val="00272C65"/>
     <w:rsid w:val="0027309E"/>
     <w:rsid w:val="00276077"/>
     <w:rsid w:val="00277468"/>
     <w:rsid w:val="0028087B"/>
     <w:rsid w:val="00283CE4"/>
     <w:rsid w:val="002927AF"/>
     <w:rsid w:val="00293E1B"/>
     <w:rsid w:val="00294A95"/>
     <w:rsid w:val="002B100B"/>
     <w:rsid w:val="002B2C10"/>
     <w:rsid w:val="002B310E"/>
+    <w:rsid w:val="002B616E"/>
     <w:rsid w:val="002C0C3E"/>
     <w:rsid w:val="002D0459"/>
     <w:rsid w:val="002E6D1B"/>
     <w:rsid w:val="002F13A5"/>
     <w:rsid w:val="002F215C"/>
     <w:rsid w:val="002F25B7"/>
     <w:rsid w:val="002F4B5A"/>
     <w:rsid w:val="002F5BF4"/>
     <w:rsid w:val="00304285"/>
     <w:rsid w:val="00305F46"/>
     <w:rsid w:val="00310E8A"/>
     <w:rsid w:val="0031417A"/>
     <w:rsid w:val="00321793"/>
     <w:rsid w:val="00321E26"/>
     <w:rsid w:val="00321FA1"/>
     <w:rsid w:val="00325A06"/>
     <w:rsid w:val="00326CEB"/>
     <w:rsid w:val="00326DBD"/>
     <w:rsid w:val="00331543"/>
     <w:rsid w:val="003348DA"/>
     <w:rsid w:val="00334EF9"/>
     <w:rsid w:val="00337E58"/>
     <w:rsid w:val="00341FB7"/>
     <w:rsid w:val="00351E00"/>
     <w:rsid w:val="003614DC"/>
@@ -10253,80 +10236,84 @@
     <w:rsid w:val="008E49DA"/>
     <w:rsid w:val="008E58F4"/>
     <w:rsid w:val="008F2E7B"/>
     <w:rsid w:val="008F33EA"/>
     <w:rsid w:val="009071B4"/>
     <w:rsid w:val="00916ACD"/>
     <w:rsid w:val="00920BBC"/>
     <w:rsid w:val="0092295C"/>
     <w:rsid w:val="009237AF"/>
     <w:rsid w:val="00924F9E"/>
     <w:rsid w:val="009349F4"/>
     <w:rsid w:val="0093686F"/>
     <w:rsid w:val="00941F37"/>
     <w:rsid w:val="00942002"/>
     <w:rsid w:val="00944723"/>
     <w:rsid w:val="00946E36"/>
     <w:rsid w:val="0096556B"/>
     <w:rsid w:val="00972F95"/>
     <w:rsid w:val="00973490"/>
     <w:rsid w:val="00975577"/>
     <w:rsid w:val="0097774B"/>
     <w:rsid w:val="00985039"/>
     <w:rsid w:val="0099207F"/>
     <w:rsid w:val="00995ED9"/>
     <w:rsid w:val="009A4FD4"/>
+    <w:rsid w:val="009B3422"/>
     <w:rsid w:val="009C0A12"/>
     <w:rsid w:val="009C399F"/>
     <w:rsid w:val="009C5488"/>
     <w:rsid w:val="009D1495"/>
     <w:rsid w:val="009D1D0B"/>
     <w:rsid w:val="009E7403"/>
     <w:rsid w:val="009F33A8"/>
     <w:rsid w:val="009F4FAD"/>
     <w:rsid w:val="009F59C3"/>
     <w:rsid w:val="00A065E7"/>
+    <w:rsid w:val="00A06B8F"/>
     <w:rsid w:val="00A104BA"/>
     <w:rsid w:val="00A10C0A"/>
     <w:rsid w:val="00A1447E"/>
     <w:rsid w:val="00A3344C"/>
     <w:rsid w:val="00A35111"/>
     <w:rsid w:val="00A476D5"/>
     <w:rsid w:val="00A57487"/>
     <w:rsid w:val="00A62070"/>
     <w:rsid w:val="00A66459"/>
     <w:rsid w:val="00A677E5"/>
     <w:rsid w:val="00A71FF7"/>
     <w:rsid w:val="00A769C4"/>
     <w:rsid w:val="00A77598"/>
     <w:rsid w:val="00A820AF"/>
     <w:rsid w:val="00A847DB"/>
     <w:rsid w:val="00A91404"/>
     <w:rsid w:val="00A93C1F"/>
+    <w:rsid w:val="00A963D0"/>
     <w:rsid w:val="00AA208E"/>
     <w:rsid w:val="00AA5DA4"/>
     <w:rsid w:val="00AA778A"/>
+    <w:rsid w:val="00AB0E8C"/>
     <w:rsid w:val="00AB434F"/>
     <w:rsid w:val="00AB479D"/>
     <w:rsid w:val="00AB62C4"/>
     <w:rsid w:val="00AC0A07"/>
     <w:rsid w:val="00AC29D5"/>
     <w:rsid w:val="00AD1FC8"/>
     <w:rsid w:val="00AD354F"/>
     <w:rsid w:val="00AD65D9"/>
     <w:rsid w:val="00AF47FF"/>
     <w:rsid w:val="00AF57DC"/>
     <w:rsid w:val="00B02677"/>
     <w:rsid w:val="00B0714A"/>
     <w:rsid w:val="00B14349"/>
     <w:rsid w:val="00B16CCB"/>
     <w:rsid w:val="00B2191B"/>
     <w:rsid w:val="00B276A5"/>
     <w:rsid w:val="00B32AF3"/>
     <w:rsid w:val="00B34890"/>
     <w:rsid w:val="00B354C1"/>
     <w:rsid w:val="00B35F86"/>
     <w:rsid w:val="00B411F6"/>
     <w:rsid w:val="00B45A7F"/>
     <w:rsid w:val="00B539AD"/>
     <w:rsid w:val="00B5411A"/>
     <w:rsid w:val="00B54475"/>
@@ -10485,74 +10472,75 @@
     <w:rsid w:val="00FA4512"/>
     <w:rsid w:val="00FA75C9"/>
     <w:rsid w:val="00FB1DC6"/>
     <w:rsid w:val="00FB2ABD"/>
     <w:rsid w:val="00FD1F0F"/>
     <w:rsid w:val="00FE0147"/>
     <w:rsid w:val="00FE4FD4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11265"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2C2B2E1E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EF349FEA-EFB7-4EDB-9AAD-B061C06B3E01}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:uiPriority="99"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10785,50 +10773,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D01F79"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:qFormat/>
     <w:rsid w:val="00D01F79"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
@@ -11259,52 +11252,54 @@
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
     <w:name w:val="Záhlaví Char"/>
     <w:link w:val="Zhlav"/>
     <w:rsid w:val="0025581B"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
     <w:name w:val="Zápatí Char"/>
     <w:link w:val="Zpat"/>
     <w:rsid w:val="0025581B"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/customizations.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/attachedToolbars" Target="attachedToolbars.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -11558,78 +11553,108 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\HarvardAnglia2008OfficeOnline.xsl" StyleName="Harvard – Anglia 2008"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B4F799E-C2CD-4C1E-8AE7-2ADCFC993486}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>521</Words>
-  <Characters>3453</Characters>
+  <Words>575</Words>
+  <Characters>3399</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>28</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Informace o ukončení realizace projektu (BV)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ČMZRB, a.s.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3967</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informace o ukončení realizace projektu (BV)</dc:title>
   <dc:subject/>
   <dc:creator>Šefčík</dc:creator>
   <cp:keywords/>
   <dc:description>od 1.4.2006</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_DOC_TYPE">
     <vt:lpwstr>F011c</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T10:35:40Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>0db32dd2-e8bf-457a-b1b9-521a605dc9ff</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>