--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -1,201 +1,200 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.ms-word.attachedToolbars"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9709" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3331"/>
         <w:gridCol w:w="6378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B5808" w:rsidTr="00924F9E">
+      <w:tr w:rsidR="008B5808" w14:paraId="1A99A706" w14:textId="77777777" w:rsidTr="00924F9E">
         <w:trPr>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00440AFC" w:rsidRDefault="001C2892" w:rsidP="00EF5AC0">
+          </w:tcPr>
+          <w:p w14:paraId="41A0BCEC" w14:textId="77777777" w:rsidR="00440AFC" w:rsidRDefault="001C2892" w:rsidP="00EF5AC0">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Informace o ukončení realizace </w:t>
             </w:r>
             <w:r w:rsidR="006C3FEF">
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>rojektu</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00440AFC" w:rsidRDefault="00AD1FC8" w:rsidP="00EF5AC0">
+          <w:p w14:paraId="4E7C88D1" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00440AFC" w:rsidRDefault="00AD1FC8" w:rsidP="00EF5AC0">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(dále jen „Informace“)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337E58" w:rsidTr="003A2720">
+      <w:tr w:rsidR="00337E58" w14:paraId="626D93AA" w14:textId="77777777" w:rsidTr="003A2720">
         <w:trPr>
           <w:trHeight w:val="218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00337E58" w:rsidRPr="00696195" w:rsidRDefault="00337E58">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A956A4" w14:textId="77777777" w:rsidR="00337E58" w:rsidRPr="00696195" w:rsidRDefault="00337E58">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidTr="00AA208E">
+      <w:tr w:rsidR="008B5808" w:rsidRPr="00C56525" w14:paraId="27EEDC6A" w14:textId="77777777" w:rsidTr="00AA208E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="0044485E" w:rsidP="00881BDD">
+          <w:p w14:paraId="20C6C28B" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="0044485E" w:rsidP="00881BDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00C56525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -225,240 +224,238 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00C56525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="008E7F41" w:rsidP="00532E8E">
+          <w:p w14:paraId="0422038D" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="008E7F41" w:rsidP="00532E8E">
             <w:pPr>
               <w:pStyle w:val="ZAHLAVICISOBCHPRIP"/>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5808" w:rsidRPr="00E30963" w:rsidTr="00AA208E">
+      <w:tr w:rsidR="008B5808" w:rsidRPr="00E30963" w14:paraId="4DB4C4BB" w14:textId="77777777" w:rsidTr="00AA208E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="008D67F3" w:rsidP="00532E8E">
+          <w:p w14:paraId="118A9E16" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="008D67F3" w:rsidP="00532E8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Klient</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00C56525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="008E7F41" w:rsidP="00532E8E">
+          <w:p w14:paraId="0DDF61BA" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="008E7F41" w:rsidP="00532E8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023F19" w:rsidRPr="00E30963" w:rsidTr="00AA208E">
+      <w:tr w:rsidR="00023F19" w:rsidRPr="00E30963" w14:paraId="351F5D38" w14:textId="77777777" w:rsidTr="00AA208E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="00D0022A" w:rsidP="00532E8E">
+          <w:p w14:paraId="2AEC2190" w14:textId="77777777" w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="00D0022A" w:rsidP="00532E8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>IČO/RČ:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="008E7F41" w:rsidP="00532E8E">
+          <w:p w14:paraId="3FD04CCE" w14:textId="77777777" w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="008E7F41" w:rsidP="00532E8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E" w:rsidP="001A736E">
+    <w:p w14:paraId="0F47F3C8" w14:textId="77777777" w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E" w:rsidP="001A736E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E">
+    <w:p w14:paraId="565FE93E" w14:textId="77777777" w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Pojmy začínající velkým písmenem mají stejný význam jako ve Smlouvě o </w:t>
       </w:r>
       <w:r w:rsidR="00881BDD" w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">poskytnutí bankovní </w:t>
       </w:r>
       <w:r w:rsidRPr="00F45125">
         <w:rPr>
@@ -495,557 +492,541 @@
       <w:r w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00881BDD" w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>není-li uvedeno jinak.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E">
+    <w:p w14:paraId="3883C218" w14:textId="77777777" w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="440"/>
         <w:gridCol w:w="410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B0BFA" w:rsidRPr="007F71DE" w:rsidTr="003274F1">
+      <w:tr w:rsidR="007B0BFA" w:rsidRPr="007F71DE" w14:paraId="79CD6EBF" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047681D" w:rsidRDefault="0047681D" w:rsidP="007F71DE">
+          </w:tcPr>
+          <w:p w14:paraId="31B9F301" w14:textId="77777777" w:rsidR="0047681D" w:rsidRDefault="0047681D" w:rsidP="007F71DE">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007B0BFA" w:rsidRPr="007F71DE" w:rsidRDefault="007B0BFA" w:rsidP="007F71DE">
+          <w:p w14:paraId="45AC3080" w14:textId="77777777" w:rsidR="007B0BFA" w:rsidRPr="007F71DE" w:rsidRDefault="007B0BFA" w:rsidP="007F71DE">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F71DE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Prohlášení </w:t>
             </w:r>
             <w:r w:rsidR="00426885">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r w:rsidRPr="007F71DE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E2678" w:rsidRPr="00E166B2" w:rsidTr="003274F1">
+      <w:tr w:rsidR="006E2678" w:rsidRPr="00E166B2" w14:paraId="02B45255" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E2678" w:rsidRPr="00561CA4" w:rsidRDefault="00696195" w:rsidP="00924F9E">
+          </w:tcPr>
+          <w:p w14:paraId="591E83D4" w14:textId="77777777" w:rsidR="006E2678" w:rsidRPr="00561CA4" w:rsidRDefault="00696195" w:rsidP="00924F9E">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Klient </w:t>
             </w:r>
             <w:r w:rsidR="00447BF2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>prohlašuje</w:t>
             </w:r>
             <w:r w:rsidR="00093E6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, že</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A104BA" w:rsidRPr="00827EC4" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00A104BA" w:rsidRPr="00827EC4" w14:paraId="62318C01" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRPr="006B7BCC" w:rsidRDefault="00A104BA">
+          <w:p w14:paraId="5AC73316" w14:textId="77777777" w:rsidR="009E7403" w:rsidRPr="006B7BCC" w:rsidRDefault="00A104BA">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827EC4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ukončil realizaci Projektu </w:t>
             </w:r>
             <w:r w:rsidR="00AD1FC8" w:rsidRPr="00827EC4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dne</w:t>
             </w:r>
             <w:r w:rsidR="00440AFC" w:rsidRPr="006B7BCC">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00440AFC" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC" w:rsidP="00165395">
+          <w:p w14:paraId="26FFB347" w14:textId="77777777" w:rsidR="00440AFC" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC" w:rsidP="00165395">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00440AFC" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC" w:rsidP="00B0714A">
+          <w:p w14:paraId="3A8D84EF" w14:textId="77777777" w:rsidR="00440AFC" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC" w:rsidP="00B0714A">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF39C4" w:rsidRPr="00827EC4" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00DF39C4" w:rsidRPr="00827EC4" w14:paraId="4471FC93" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00C86210" w:rsidP="00C86210">
+          <w:p w14:paraId="21D4F1A2" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00C86210" w:rsidP="00C86210">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>celkové</w:t>
             </w:r>
             <w:r w:rsidR="00165395" w:rsidRPr="00827EC4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> výdaje </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Projektu čini</w:t>
             </w:r>
             <w:r w:rsidR="00165395">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00AD1FC8">
+          <w:p w14:paraId="0146A394" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00AD1FC8">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="213" w:right="780"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B0714A">
+          <w:p w14:paraId="0DFE226F" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B0714A">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827EC4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kč</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, z toho vlastní zdroje Klienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1858" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B0714A">
+          <w:p w14:paraId="697BC29B" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B0714A">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="00827EC4" w:rsidRDefault="00165395" w:rsidP="00B0714A">
+          <w:p w14:paraId="4BE5A82F" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="00827EC4" w:rsidRDefault="00165395" w:rsidP="00B0714A">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF39C4" w:rsidRPr="004D3C34" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00DF39C4" w:rsidRPr="004D3C34" w14:paraId="74F42B60" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="63F363A6" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="0B42C5C1" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="1BA9268D" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1858" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="4338B3DB" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="7158C115" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00696195" w:rsidRPr="00E166B2" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00696195" w:rsidRPr="00E166B2" w14:paraId="30CD8F27" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00696195" w:rsidRPr="005A10C7" w:rsidRDefault="00A104BA" w:rsidP="00C86210">
+          <w:p w14:paraId="5630FFAE" w14:textId="77777777" w:rsidR="00696195" w:rsidRPr="005A10C7" w:rsidRDefault="00A104BA" w:rsidP="00C86210">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A104BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">plní podmínky </w:t>
             </w:r>
             <w:r w:rsidR="006B7BCC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1074,64 +1055,64 @@
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ánku</w:t>
             </w:r>
             <w:r w:rsidRPr="00A104BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> „Podmínky Programu“ Smlouvy takto</w:t>
             </w:r>
             <w:r w:rsidR="00643145">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165395" w:rsidRPr="000F1847" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00165395" w:rsidRPr="000F1847" w14:paraId="62B8A7A9" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00E52D77">
+          <w:p w14:paraId="58F995F2" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00E52D77">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1164,226 +1145,226 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="008D67F3" w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve znění pozdějších předpisů</w:t>
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="79FA4964" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="11DE716D" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00214D0F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00214D0F">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="1DB20BE3" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="527EBA29" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00214D0F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00214D0F">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165395" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00165395" w14:paraId="65EBA568" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00071DE1">
+          <w:p w14:paraId="6104E665" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00071DE1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1415,231 +1396,231 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>odporovaných ekonomických činností</w:t>
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="14078F07" w14:textId="77777777" w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-180"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="0106CD53" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00214D0F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00214D0F">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="7CFF8B17" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="7287FC6C" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00214D0F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00214D0F">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165395" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00165395" w14:paraId="37E4EBAE" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00DF39C4" w:rsidP="00F45125">
+          <w:p w14:paraId="1C356F75" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00DF39C4" w:rsidP="00F45125">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00174555">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1693,331 +1674,331 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – podle konkrétního ustanovení Smlouvy</w:t>
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00475519" w:rsidDel="00DF39C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="4901ABD4" w14:textId="77777777" w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="6029B310" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00214D0F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00214D0F">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="3AC75EDB" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="0D8EBC92" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00214D0F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00214D0F">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047681D" w:rsidTr="003274F1">
+      <w:tr w:rsidR="0047681D" w14:paraId="7D86760A" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="000F1847" w:rsidRDefault="0047681D" w:rsidP="00475519">
+          <w:p w14:paraId="6432465B" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="000F1847" w:rsidRDefault="0047681D" w:rsidP="00475519">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>vykonává podnikatelskou činnost v některém z následujících odvětví</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
+          <w:p w14:paraId="77C1EA38" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
+          <w:p w14:paraId="65436C63" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
+          <w:p w14:paraId="66A21084" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="006973FF" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
+          <w:p w14:paraId="72609023" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="006973FF" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047681D" w:rsidTr="003274F1">
+      <w:tr w:rsidR="0047681D" w14:paraId="52D7A81F" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="2A6B4A0E" w14:textId="77777777" w:rsidR="0047681D" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="709"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>prvovýrob</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2115,225 +2096,225 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 47.26)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="7104CEA1" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="6077E4A2" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00214D0F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00214D0F">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="728AF54A" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="57F0FAF0" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00214D0F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00214D0F">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047681D" w:rsidTr="003274F1">
+      <w:tr w:rsidR="0047681D" w14:paraId="6F808E4D" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1062"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="000F1847" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="36598C6C" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="000F1847" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="709"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Klient, který činnost v některém z těchto odvětví vykonává, prohlašuje, že </w:t>
             </w:r>
             <w:r w:rsidRPr="004152FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2360,488 +2341,488 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> žádném z uvedených </w:t>
             </w:r>
             <w:r w:rsidRPr="004152FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>odvětví</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> podporu poskytovanou z Programu nevyužívaly.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="246CD8F0" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="7ECB3085" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00214D0F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00214D0F">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="54116D81" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="3BA2CC33" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00214D0F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00214D0F">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047681D" w:rsidTr="003274F1">
+      <w:tr w:rsidR="0047681D" w14:paraId="46387A14" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="568"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRDefault="0047681D" w:rsidP="00D87E1B">
+          <w:p w14:paraId="31E00EA5" w14:textId="77777777" w:rsidR="0047681D" w:rsidRDefault="0047681D" w:rsidP="00D87E1B">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>plní cíle Projektu a business plán podle přílohy Projekt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00A64829" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
+          <w:p w14:paraId="7B9E8E5A" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00A64829" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00856AEE" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
+          <w:p w14:paraId="0CC81EAA" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00856AEE" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00214D0F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00214D0F">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00A64829" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
+          <w:p w14:paraId="744D1EEB" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00A64829" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00856AEE" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
+          <w:p w14:paraId="4DA8224B" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00856AEE" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00214D0F">
-[...5 lines deleted...]
-            <w:r w:rsidR="00214D0F">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0047681D" w:rsidRDefault="0047681D">
+    <w:p w14:paraId="7FB01B24" w14:textId="77777777" w:rsidR="0047681D" w:rsidRDefault="0047681D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912730" w:rsidRDefault="00912730">
+    <w:p w14:paraId="220E3807" w14:textId="77777777" w:rsidR="00912730" w:rsidRDefault="00912730">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
+    <w:p w14:paraId="16883971" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Doplňující informace a komentář</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A62070" w:rsidRDefault="00AD1FC8" w:rsidP="00C3531B">
+    <w:p w14:paraId="03104FD0" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00AD1FC8" w:rsidP="00C3531B">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Uveďte:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055721E" w:rsidRDefault="0055721E" w:rsidP="00C3531B">
+    <w:p w14:paraId="23D2950A" w14:textId="77777777" w:rsidR="0055721E" w:rsidRDefault="0055721E" w:rsidP="00C3531B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>informaci o realizaci investice související s</w:t>
       </w:r>
       <w:r w:rsidR="0016129F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -2884,51 +2865,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0016129F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>úvěrem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005774C1" w:rsidRDefault="005774C1" w:rsidP="00C3531B">
+    <w:p w14:paraId="60AC5622" w14:textId="77777777" w:rsidR="005774C1" w:rsidRDefault="005774C1" w:rsidP="00C3531B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005774C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>příčin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -2979,51 +2960,51 @@
       <w:r w:rsidRPr="005774C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>proti plánu</w:t>
       </w:r>
       <w:r w:rsidR="00A71FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pokud nastala)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C7775" w:rsidRDefault="00DE1C13" w:rsidP="00C3531B">
+    <w:p w14:paraId="4E713B5B" w14:textId="77777777" w:rsidR="001C7775" w:rsidRDefault="00DE1C13" w:rsidP="00C3531B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE1C13">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">komentář k plnění podmínek </w:t>
       </w:r>
       <w:r w:rsidR="006B7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -3043,319 +3024,319 @@
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="001E2DED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AB434F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> této Informace</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE1C13">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005774C1" w:rsidRPr="005774C1" w:rsidRDefault="001C7775" w:rsidP="00772665">
+    <w:p w14:paraId="68FEE633" w14:textId="77777777" w:rsidR="005774C1" w:rsidRPr="005774C1" w:rsidRDefault="001C7775" w:rsidP="00772665">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C7775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>případné další relevantní informace související s realizací Projektu.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA3CCD" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00BA3CCD" w14:paraId="3BD722C5" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="5767"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3CCD" w:rsidRPr="00AB62C4" w:rsidRDefault="00BA3CCD">
+          <w:p w14:paraId="15D2320F" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRPr="00AB62C4" w:rsidRDefault="00BA3CCD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C7775" w:rsidRDefault="001C7775" w:rsidP="00601447">
+    <w:p w14:paraId="475DB7AF" w14:textId="77777777" w:rsidR="001C7775" w:rsidRDefault="001C7775" w:rsidP="00601447">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="4876"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidTr="00AB434F">
+      <w:tr w:rsidR="0024720A" w:rsidRPr="0024720A" w14:paraId="0B55CB39" w14:textId="77777777" w:rsidTr="00AB434F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
+          <w:p w14:paraId="715C7F6D" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024720A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
+          <w:p w14:paraId="0491640C" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
+          <w:p w14:paraId="58B7E61E" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024720A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
+          <w:p w14:paraId="2203EADC" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0024720A" w:rsidRPr="008D67F3" w:rsidRDefault="0024720A" w:rsidP="008D67F3">
+    <w:p w14:paraId="75620040" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="008D67F3" w:rsidRDefault="0024720A" w:rsidP="008D67F3">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="2858"/>
         <w:gridCol w:w="2954"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidTr="00AA778A">
+      <w:tr w:rsidR="00D60056" w:rsidRPr="00713A8D" w14:paraId="059AD318" w14:textId="77777777" w:rsidTr="00AA778A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
+          <w:p w14:paraId="4BB0A071" w14:textId="77777777" w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Jméno a příjmení osoby oprávněné zastupovat </w:t>
             </w:r>
             <w:r w:rsidR="00426885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
+          <w:p w14:paraId="5207FF5E" w14:textId="77777777" w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Podpis</w:t>
             </w:r>
             <w:r w:rsidR="008E048C">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -3375,303 +3356,303 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
+          <w:p w14:paraId="17DC9DB4" w14:textId="77777777" w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Razítko </w:t>
             </w:r>
             <w:r w:rsidR="00426885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta, pokud je součástí podpisu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidTr="00F03AFD">
+      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w14:paraId="06973501" w14:textId="77777777" w:rsidTr="00F03AFD">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="1FA0E4E3" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="7A798F89" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="24846804" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidTr="00F03AFD">
+      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w14:paraId="44C318CE" w14:textId="77777777" w:rsidTr="00F03AFD">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="71D908C7" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="2E32BAF2" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="6B3AAB1B" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidTr="00F03AFD">
+      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w14:paraId="292C327C" w14:textId="77777777" w:rsidTr="00F03AFD">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="0B9B6331" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="633905CC" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="1DA04964" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C65927" w:rsidRDefault="0016129F" w:rsidP="00C91F30">
+    <w:p w14:paraId="1F997885" w14:textId="77777777" w:rsidR="00C65927" w:rsidRDefault="0016129F" w:rsidP="00C91F30">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003274F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Příloh</w:t>
       </w:r>
       <w:r w:rsidR="00790E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>y</w:t>
@@ -3719,92 +3700,92 @@
       </w:r>
       <w:r w:rsidR="00D158BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00C65927">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">rojektu </w:t>
       </w:r>
       <w:r w:rsidR="00C65927" w:rsidRPr="003274F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>– přehled</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00444E25" w:rsidRDefault="0016129F" w:rsidP="00C91F30">
+    <w:p w14:paraId="5DB14601" w14:textId="77777777" w:rsidR="00444E25" w:rsidRDefault="0016129F" w:rsidP="00C91F30">
       <w:pPr>
         <w:ind w:left="709" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C91F30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Účetní </w:t>
       </w:r>
       <w:r w:rsidR="00745096" w:rsidRPr="00C91F30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">výkazy </w:t>
       </w:r>
       <w:r w:rsidR="00444E25" w:rsidRPr="00C91F30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>o čerpání zaručovaného provozního úvěru</w:t>
       </w:r>
       <w:r w:rsidR="00444E25" w:rsidRPr="003274F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> na způsobilé výdaje</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0016129F" w:rsidRPr="003274F1" w:rsidRDefault="00444E25" w:rsidP="00C91F30">
+    <w:p w14:paraId="74D77D56" w14:textId="77777777" w:rsidR="0016129F" w:rsidRPr="003274F1" w:rsidRDefault="00444E25" w:rsidP="00C91F30">
       <w:pPr>
         <w:ind w:left="709" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00745096">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">oklad o </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3852,190 +3833,189 @@
       <w:tblGrid>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C65927">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="5994A3E1" w14:textId="77777777" w:rsidTr="00C65927">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9200" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C26320" w:rsidRDefault="00C26320" w:rsidP="00C65927">
+          <w:p w14:paraId="09F03871" w14:textId="77777777" w:rsidR="00C26320" w:rsidRDefault="00C26320" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C26320" w:rsidRDefault="00C26320" w:rsidP="00C65927">
+          <w:p w14:paraId="5FB2059D" w14:textId="77777777" w:rsidR="00C26320" w:rsidRDefault="00C26320" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
+          <w:p w14:paraId="4B8E4B93" w14:textId="77777777" w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
+          <w:p w14:paraId="2CF623B1" w14:textId="77777777" w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
+          <w:p w14:paraId="79C3F63E" w14:textId="77777777" w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
+          <w:p w14:paraId="6DCAAA86" w14:textId="77777777" w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
+          <w:p w14:paraId="12FCB637" w14:textId="77777777" w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
+          <w:p w14:paraId="03E7263D" w14:textId="77777777" w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
+          <w:p w14:paraId="55B2A5DC" w14:textId="77777777" w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
+          <w:p w14:paraId="4191CF80" w14:textId="77777777" w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
+          <w:p w14:paraId="11D22E88" w14:textId="77777777" w:rsidR="00D011E9" w:rsidRDefault="00D011E9" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C91F30">
+          <w:p w14:paraId="474FC064" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C91F30">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003274F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Výdaje </w:t>
             </w:r>
             <w:r w:rsidRPr="003274F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4118,780 +4098,750 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(seznam nákladů </w:t>
             </w:r>
             <w:r w:rsidR="00D158BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="003274F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>rojektu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C65927">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="14310075" w14:textId="77777777" w:rsidTr="00C65927">
         <w:trPr>
           <w:trHeight w:val="75"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="365FC9A1" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="13C6E5A1" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="5064178C" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="2AE82955" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="278662B2" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="6984FEB5" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="2E2C60DD" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="778CC278" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="6E0D5AAB" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="115C53AD" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="1E02C993" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="6BFBC8F1" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="3558BCC3" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="284E5E62" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="61878B66" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="27FBB1EE" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="7DE5C42F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="72A43F46" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="221C588B" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="347D8691" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="4EA039BF" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="73D442C1" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="3111D54F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00587E86">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="7914BB81" w14:textId="77777777" w:rsidTr="00587E86">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="36EB4A4B" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="7B8DE527" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zařazení</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="0D9CF511" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Zaručovaný úvěr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="5972563B" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jiné zdroje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="1262F319" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Výdaje celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="3103DB3A" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="2B6A3143" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="23F0924F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dlouhodobý</w:t>
             </w:r>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
@@ -4939,2391 +4889,2308 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>software)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00587E86">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F29B8AA" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00587E86">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E9E3509" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76658DF5" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="6036457C" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="7BFE1735" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="5DCD55F8" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dlouhodobý hmotný majetek (resp. hmotný majetek)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00587E86">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="296805E7" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00587E86">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16B73D98" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC2BF6C" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="7813768D" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="1D14892E" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="37DF691A" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">      z toho: nemovité věci celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00587E86">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10CFD78D" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00587E86">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="108CEC2E" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="094D5DC8" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="50BA32DE" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="1DB80892" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="382D7A91" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                     koupě zastavěných stavebních pozemků včetně staveb na nich umístěných</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C3E8FD" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DCE035B" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7363A4E7" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="1A524BC4" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="123E5FB8" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="7DEACCFD" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                          pořízení nezastavěných pozemků                  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="33C6FA20" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73766CF9" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="213F7403" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="151322E1" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="62316C47" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="1D13C3F9" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                          výstavba</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A51FBAE" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5630FBFB" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="303FA7BF" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="075A02EA" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="1A2DD913" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="6BED5E61" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                          technické zhodnocení staveb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4A9D16" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2579138F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F02220" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="2DBB31F9" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="232E83F5" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="4A890347" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                stroje a zařízení celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="054F9A41" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59DD72D3" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8ADFDF" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="154EED97" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="0178EDA2" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="174120F8" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                          nové stroje a zařízení</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="389A77A7" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18ED116F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C27D54" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="1149DBD7" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="0FFD66D1" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="075E12CE" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Investiční projekt celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F042920" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DAA849F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AE92FE" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="1B313D09" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="5983781B" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="23A39C12" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003274F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Oběžná aktiva celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A72678" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="657BB1D1" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5561922A" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="1AF58E6B" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="4AFF4BB3" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="3F07EC2B" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003274F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">      z toho: zásoby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DFBF4CE" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35EB4BBE" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC587C0" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="166426EB" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="59656527" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="21E6718C" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003274F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Osobní náklady</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="209EBC50" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04AB023D" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8181FA" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="3CC5F380" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="1B35C9B5" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="7987F167" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003274F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nájemné</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F44F5A6" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4390DD9C" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="279290B3" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="26D1469F" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="111B527D" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="603848D8" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003274F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dodávky elektrické energie, plynu, vody, stočné</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4F7297" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04EBE8D2" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="694F6B39" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="5B332740" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="458EFE3B" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="19BBE751" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003274F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Provozní projekt celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A5C5A6" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9C461F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="083B04C8" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="144A1A3E" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="54759DBD" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="3F312D2F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Výdaje celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C9F2F87" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61EF2482" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E588098" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="00601447">
+    <w:p w14:paraId="79DD79E3" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="00601447">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidSect="00475519">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1276" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:toolbars>
     <wne:toolbarData r:id="rId1"/>
   </wne:toolbars>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F82E2C" w:rsidRDefault="00F82E2C">
+    <w:p w14:paraId="72586070" w14:textId="77777777" w:rsidR="000C1440" w:rsidRDefault="000C1440">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F82E2C" w:rsidRDefault="00F82E2C">
+    <w:p w14:paraId="0541F808" w14:textId="77777777" w:rsidR="000C1440" w:rsidRDefault="000C1440">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00F82E2C" w:rsidRDefault="00F82E2C"/>
+    <w:p w14:paraId="5D63596F" w14:textId="77777777" w:rsidR="000C1440" w:rsidRDefault="000C1440"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7348,102 +7215,102 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00BA3CCD" w:rsidRDefault="00AD1FC8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2F3B6276" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRDefault="00AD1FC8">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00BA3CCD">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD">
+  <w:p w14:paraId="143D1419" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00BA3CCD" w:rsidRPr="00A820AF" w:rsidRDefault="00AD1FC8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4ADCC54F" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRPr="00A820AF" w:rsidRDefault="00AD1FC8">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00BA3CCD" w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
@@ -7459,59 +7326,59 @@
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00705BDB">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD">
+  <w:p w14:paraId="128A3999" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00EF5AC0" w:rsidRPr="00EF5AC0" w:rsidRDefault="00881BDD">
+  <w:p w14:paraId="5BD06A83" w14:textId="77777777" w:rsidR="00EF5AC0" w:rsidRPr="00EF5AC0" w:rsidRDefault="00881BDD">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00E772F7" w:rsidRPr="00AD1FC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">erze šablony </w:t>
     </w:r>
     <w:r>
@@ -7529,52 +7396,52 @@
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00CC65EA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00E772F7" w:rsidRPr="00AD1FC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00475519" w:rsidRPr="00A820AF" w:rsidRDefault="00475519" w:rsidP="00475519">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26CD45A5" w14:textId="77777777" w:rsidR="00475519" w:rsidRPr="00A820AF" w:rsidRDefault="00475519" w:rsidP="00475519">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
@@ -7590,59 +7457,59 @@
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00705BDB">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00475519" w:rsidRDefault="00475519" w:rsidP="00475519">
+  <w:p w14:paraId="2BF59AAB" w14:textId="77777777" w:rsidR="00475519" w:rsidRDefault="00475519" w:rsidP="00475519">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00475519" w:rsidRPr="00475519" w:rsidRDefault="00881BDD">
+  <w:p w14:paraId="083B4FCA" w14:textId="77777777" w:rsidR="00475519" w:rsidRPr="00475519" w:rsidRDefault="00881BDD">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00475519" w:rsidRPr="00AD1FC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">erze šablony </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -7659,70 +7526,70 @@
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00CC65EA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00475519" w:rsidRPr="00AD1FC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F82E2C" w:rsidRDefault="00F82E2C">
+    <w:p w14:paraId="05AC979C" w14:textId="77777777" w:rsidR="000C1440" w:rsidRDefault="000C1440">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F82E2C" w:rsidRDefault="00F82E2C">
+    <w:p w14:paraId="5AC19ADF" w14:textId="77777777" w:rsidR="000C1440" w:rsidRDefault="000C1440">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00F82E2C" w:rsidRDefault="00F82E2C"/>
+    <w:p w14:paraId="7376F072" w14:textId="77777777" w:rsidR="000C1440" w:rsidRDefault="000C1440"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00A62070" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC">
+    <w:p w14:paraId="7F1AF77F" w14:textId="77777777" w:rsidR="00A62070" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E7403" w:rsidRPr="006B7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Den, kdy byl </w:t>
       </w:r>
@@ -7867,51 +7734,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>lo</w:t>
       </w:r>
       <w:r w:rsidR="009E7403" w:rsidRPr="006B7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> později.</w:t>
       </w:r>
       <w:r w:rsidR="00C31FB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> U záruk za provozní úvěr nejdéle ke dni ukončení platnosti záruky za provozní úvěr.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="008E048C" w:rsidRPr="00A466D3" w:rsidRDefault="008E048C" w:rsidP="008E048C">
+    <w:p w14:paraId="4895B627" w14:textId="77777777" w:rsidR="008E048C" w:rsidRPr="00A466D3" w:rsidRDefault="008E048C" w:rsidP="008E048C">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A466D3">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A466D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -7949,96 +7816,96 @@
         </w:rPr>
         <w:t xml:space="preserve"> s Bankou uzavřenu platnou SMLOUVU o využívání aplikace E-podatelna</w:t>
       </w:r>
       <w:r w:rsidRPr="0014468D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> V ostatních případech ponechat prázdné.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD" w:rsidP="008941D0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0A2F216D" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD" w:rsidP="008941D0">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10207" w:type="dxa"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="28" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="5387"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00214D0F" w:rsidTr="004E2007">
+    <w:tr w:rsidR="00214D0F" w14:paraId="2AF045AE" w14:textId="77777777" w:rsidTr="004E2007">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00214D0F" w:rsidRDefault="00214D0F" w:rsidP="00214D0F">
+        <w:p w14:paraId="55391DCD" w14:textId="77777777" w:rsidR="00214D0F" w:rsidRDefault="00214D0F" w:rsidP="00214D0F">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="092CF28F" wp14:editId="1C61FBB1">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="175ABB2B" wp14:editId="0ECB19CB">
                 <wp:extent cx="1666875" cy="581025"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Obrázek 2" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -8049,109 +7916,109 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1666875" cy="581025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00214D0F" w:rsidRDefault="00214D0F" w:rsidP="00214D0F">
+        <w:p w14:paraId="0B392940" w14:textId="77777777" w:rsidR="00214D0F" w:rsidRDefault="00214D0F" w:rsidP="00214D0F">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7601816D" wp14:editId="32CF216B">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20A94AED" wp14:editId="19AC3932">
                 <wp:extent cx="2293200" cy="500400"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Obrázek 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1" name=""/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2293200" cy="500400"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00475519" w:rsidRPr="00214D0F" w:rsidRDefault="00475519" w:rsidP="00214D0F">
+  <w:p w14:paraId="5EADFE59" w14:textId="77777777" w:rsidR="00475519" w:rsidRPr="00214D0F" w:rsidRDefault="00475519" w:rsidP="00214D0F">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C622B95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7DA3BA8"/>
     <w:lvl w:ilvl="0" w:tplc="A8D23400">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -9850,156 +9717,158 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1336415211">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1600024747">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1073308989">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1582911824">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1026515634">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1643651334">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1431124465">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1783379383">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1299922206">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="918095780">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="469980004">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="485097822">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="768544793">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1199973690">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="460921810">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5121"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F03AFD"/>
     <w:rsid w:val="000005E2"/>
     <w:rsid w:val="000156BB"/>
     <w:rsid w:val="00023F19"/>
     <w:rsid w:val="00040301"/>
     <w:rsid w:val="00041F1F"/>
     <w:rsid w:val="00045ED8"/>
     <w:rsid w:val="000541E5"/>
     <w:rsid w:val="00055089"/>
     <w:rsid w:val="00064A80"/>
     <w:rsid w:val="00067736"/>
     <w:rsid w:val="00071DE1"/>
     <w:rsid w:val="000729C0"/>
     <w:rsid w:val="00082BFE"/>
     <w:rsid w:val="00082DA9"/>
     <w:rsid w:val="000872DF"/>
     <w:rsid w:val="00093E6C"/>
     <w:rsid w:val="000A24B0"/>
     <w:rsid w:val="000A2C6D"/>
     <w:rsid w:val="000A3736"/>
     <w:rsid w:val="000B373D"/>
     <w:rsid w:val="000B48FC"/>
     <w:rsid w:val="000C0116"/>
     <w:rsid w:val="000C07B7"/>
+    <w:rsid w:val="000C1440"/>
     <w:rsid w:val="000C29BF"/>
     <w:rsid w:val="000C3F3B"/>
     <w:rsid w:val="000C5814"/>
     <w:rsid w:val="000C7748"/>
     <w:rsid w:val="000D697D"/>
     <w:rsid w:val="000D6DCD"/>
     <w:rsid w:val="000F15F1"/>
     <w:rsid w:val="000F1847"/>
     <w:rsid w:val="000F1A87"/>
     <w:rsid w:val="0010534E"/>
     <w:rsid w:val="00106B02"/>
     <w:rsid w:val="00113476"/>
     <w:rsid w:val="00121E19"/>
     <w:rsid w:val="001356E8"/>
     <w:rsid w:val="001356ED"/>
     <w:rsid w:val="00135A51"/>
     <w:rsid w:val="00142AD6"/>
     <w:rsid w:val="0014340D"/>
     <w:rsid w:val="0014443A"/>
     <w:rsid w:val="00151C84"/>
     <w:rsid w:val="0016129F"/>
     <w:rsid w:val="00162273"/>
     <w:rsid w:val="001636FA"/>
     <w:rsid w:val="00163989"/>
     <w:rsid w:val="00165395"/>
@@ -10139,50 +10008,51 @@
     <w:rsid w:val="00551D78"/>
     <w:rsid w:val="00552035"/>
     <w:rsid w:val="005543AD"/>
     <w:rsid w:val="00556967"/>
     <w:rsid w:val="0055721E"/>
     <w:rsid w:val="00561CA4"/>
     <w:rsid w:val="005639BB"/>
     <w:rsid w:val="005725DB"/>
     <w:rsid w:val="005774C1"/>
     <w:rsid w:val="00580D6B"/>
     <w:rsid w:val="005814D3"/>
     <w:rsid w:val="005824E9"/>
     <w:rsid w:val="005861C1"/>
     <w:rsid w:val="00587E86"/>
     <w:rsid w:val="0059241D"/>
     <w:rsid w:val="00594AD2"/>
     <w:rsid w:val="00597251"/>
     <w:rsid w:val="00597E35"/>
     <w:rsid w:val="005A0168"/>
     <w:rsid w:val="005A6113"/>
     <w:rsid w:val="005B2BBE"/>
     <w:rsid w:val="005C19B5"/>
     <w:rsid w:val="005C2675"/>
     <w:rsid w:val="005D1681"/>
     <w:rsid w:val="005D6554"/>
+    <w:rsid w:val="005D7062"/>
     <w:rsid w:val="005D7D5B"/>
     <w:rsid w:val="005E0C42"/>
     <w:rsid w:val="005E686D"/>
     <w:rsid w:val="005F6621"/>
     <w:rsid w:val="00601447"/>
     <w:rsid w:val="00602175"/>
     <w:rsid w:val="0060442A"/>
     <w:rsid w:val="0060505F"/>
     <w:rsid w:val="00614912"/>
     <w:rsid w:val="0062097F"/>
     <w:rsid w:val="00622FFB"/>
     <w:rsid w:val="006241D3"/>
     <w:rsid w:val="0062434B"/>
     <w:rsid w:val="00627395"/>
     <w:rsid w:val="00643145"/>
     <w:rsid w:val="00647277"/>
     <w:rsid w:val="00647BF4"/>
     <w:rsid w:val="00653893"/>
     <w:rsid w:val="0065457F"/>
     <w:rsid w:val="006568CE"/>
     <w:rsid w:val="006708B6"/>
     <w:rsid w:val="0068036F"/>
     <w:rsid w:val="00684E1E"/>
     <w:rsid w:val="00695908"/>
     <w:rsid w:val="00696195"/>
@@ -10281,50 +10151,51 @@
     <w:rsid w:val="00920BBC"/>
     <w:rsid w:val="0092295C"/>
     <w:rsid w:val="009237AF"/>
     <w:rsid w:val="00924F9E"/>
     <w:rsid w:val="009331FC"/>
     <w:rsid w:val="009349F4"/>
     <w:rsid w:val="0093686F"/>
     <w:rsid w:val="00942002"/>
     <w:rsid w:val="00944723"/>
     <w:rsid w:val="00946E36"/>
     <w:rsid w:val="00972F95"/>
     <w:rsid w:val="00973490"/>
     <w:rsid w:val="00975577"/>
     <w:rsid w:val="0097774B"/>
     <w:rsid w:val="00985039"/>
     <w:rsid w:val="0099207F"/>
     <w:rsid w:val="00995ED9"/>
     <w:rsid w:val="009A4FD4"/>
     <w:rsid w:val="009C0A12"/>
     <w:rsid w:val="009C399F"/>
     <w:rsid w:val="009C5488"/>
     <w:rsid w:val="009D1495"/>
     <w:rsid w:val="009E7403"/>
     <w:rsid w:val="009F4FAD"/>
     <w:rsid w:val="00A065E7"/>
+    <w:rsid w:val="00A06B8F"/>
     <w:rsid w:val="00A104BA"/>
     <w:rsid w:val="00A13CAF"/>
     <w:rsid w:val="00A1447E"/>
     <w:rsid w:val="00A3344C"/>
     <w:rsid w:val="00A334F0"/>
     <w:rsid w:val="00A35111"/>
     <w:rsid w:val="00A36CF2"/>
     <w:rsid w:val="00A476D5"/>
     <w:rsid w:val="00A57487"/>
     <w:rsid w:val="00A62070"/>
     <w:rsid w:val="00A66459"/>
     <w:rsid w:val="00A677E5"/>
     <w:rsid w:val="00A71FF7"/>
     <w:rsid w:val="00A77598"/>
     <w:rsid w:val="00A820AF"/>
     <w:rsid w:val="00A847DB"/>
     <w:rsid w:val="00A91404"/>
     <w:rsid w:val="00A93C1F"/>
     <w:rsid w:val="00A95790"/>
     <w:rsid w:val="00AA208E"/>
     <w:rsid w:val="00AA5DA4"/>
     <w:rsid w:val="00AA778A"/>
     <w:rsid w:val="00AB434F"/>
     <w:rsid w:val="00AB479D"/>
     <w:rsid w:val="00AB62C4"/>
@@ -10349,50 +10220,51 @@
     <w:rsid w:val="00B539AD"/>
     <w:rsid w:val="00B5411A"/>
     <w:rsid w:val="00B54475"/>
     <w:rsid w:val="00B5478B"/>
     <w:rsid w:val="00B56237"/>
     <w:rsid w:val="00B57FB3"/>
     <w:rsid w:val="00B703F9"/>
     <w:rsid w:val="00B71EC7"/>
     <w:rsid w:val="00B7297C"/>
     <w:rsid w:val="00B73A66"/>
     <w:rsid w:val="00B73C65"/>
     <w:rsid w:val="00B77D17"/>
     <w:rsid w:val="00B81319"/>
     <w:rsid w:val="00B86680"/>
     <w:rsid w:val="00B9029A"/>
     <w:rsid w:val="00BA02A6"/>
     <w:rsid w:val="00BA26AF"/>
     <w:rsid w:val="00BA3CCD"/>
     <w:rsid w:val="00BA5AB9"/>
     <w:rsid w:val="00BC083C"/>
     <w:rsid w:val="00BC3768"/>
     <w:rsid w:val="00BC51C3"/>
     <w:rsid w:val="00BC62D4"/>
     <w:rsid w:val="00BF0958"/>
     <w:rsid w:val="00BF209B"/>
+    <w:rsid w:val="00C0172C"/>
     <w:rsid w:val="00C0592E"/>
     <w:rsid w:val="00C06603"/>
     <w:rsid w:val="00C11C2B"/>
     <w:rsid w:val="00C25441"/>
     <w:rsid w:val="00C26320"/>
     <w:rsid w:val="00C301E1"/>
     <w:rsid w:val="00C31FB4"/>
     <w:rsid w:val="00C34DDE"/>
     <w:rsid w:val="00C3531B"/>
     <w:rsid w:val="00C43D64"/>
     <w:rsid w:val="00C4498C"/>
     <w:rsid w:val="00C51413"/>
     <w:rsid w:val="00C51B02"/>
     <w:rsid w:val="00C53B21"/>
     <w:rsid w:val="00C56525"/>
     <w:rsid w:val="00C57547"/>
     <w:rsid w:val="00C633FA"/>
     <w:rsid w:val="00C65669"/>
     <w:rsid w:val="00C65927"/>
     <w:rsid w:val="00C674E0"/>
     <w:rsid w:val="00C7095A"/>
     <w:rsid w:val="00C74378"/>
     <w:rsid w:val="00C76FEF"/>
     <w:rsid w:val="00C852EB"/>
     <w:rsid w:val="00C85BCA"/>
@@ -10441,149 +10313,152 @@
     <w:rsid w:val="00D56B89"/>
     <w:rsid w:val="00D60056"/>
     <w:rsid w:val="00D61A71"/>
     <w:rsid w:val="00D75C41"/>
     <w:rsid w:val="00D81619"/>
     <w:rsid w:val="00D82C97"/>
     <w:rsid w:val="00D83B80"/>
     <w:rsid w:val="00D85456"/>
     <w:rsid w:val="00D86F16"/>
     <w:rsid w:val="00D87E1B"/>
     <w:rsid w:val="00D92C2C"/>
     <w:rsid w:val="00DA16FB"/>
     <w:rsid w:val="00DB35B0"/>
     <w:rsid w:val="00DB5260"/>
     <w:rsid w:val="00DC6B5C"/>
     <w:rsid w:val="00DD2DDA"/>
     <w:rsid w:val="00DE0936"/>
     <w:rsid w:val="00DE1C13"/>
     <w:rsid w:val="00DE6487"/>
     <w:rsid w:val="00DF39C4"/>
     <w:rsid w:val="00DF4BEB"/>
     <w:rsid w:val="00DF603B"/>
     <w:rsid w:val="00E04296"/>
     <w:rsid w:val="00E11FEF"/>
     <w:rsid w:val="00E166B2"/>
+    <w:rsid w:val="00E23115"/>
     <w:rsid w:val="00E24A8C"/>
     <w:rsid w:val="00E267B6"/>
     <w:rsid w:val="00E2692E"/>
     <w:rsid w:val="00E30963"/>
     <w:rsid w:val="00E33149"/>
     <w:rsid w:val="00E52D77"/>
     <w:rsid w:val="00E5332E"/>
     <w:rsid w:val="00E64F5D"/>
     <w:rsid w:val="00E70B86"/>
     <w:rsid w:val="00E71B3C"/>
     <w:rsid w:val="00E725AC"/>
     <w:rsid w:val="00E772F7"/>
     <w:rsid w:val="00E77886"/>
     <w:rsid w:val="00E836B6"/>
     <w:rsid w:val="00E9270D"/>
     <w:rsid w:val="00E92EB2"/>
     <w:rsid w:val="00EB28B7"/>
     <w:rsid w:val="00EC53B3"/>
     <w:rsid w:val="00EC6FBA"/>
     <w:rsid w:val="00ED577A"/>
     <w:rsid w:val="00EE4C25"/>
     <w:rsid w:val="00EE6AEC"/>
     <w:rsid w:val="00EE7ADD"/>
     <w:rsid w:val="00EF1E6B"/>
     <w:rsid w:val="00EF42C9"/>
     <w:rsid w:val="00EF5AC0"/>
     <w:rsid w:val="00F03AFD"/>
     <w:rsid w:val="00F06AD1"/>
     <w:rsid w:val="00F1103A"/>
     <w:rsid w:val="00F13AD2"/>
     <w:rsid w:val="00F1434C"/>
     <w:rsid w:val="00F23C30"/>
     <w:rsid w:val="00F23F67"/>
     <w:rsid w:val="00F245CA"/>
+    <w:rsid w:val="00F3053E"/>
     <w:rsid w:val="00F37005"/>
     <w:rsid w:val="00F41BF5"/>
     <w:rsid w:val="00F42BE2"/>
     <w:rsid w:val="00F42DA2"/>
     <w:rsid w:val="00F45125"/>
     <w:rsid w:val="00F54F71"/>
     <w:rsid w:val="00F57977"/>
     <w:rsid w:val="00F65037"/>
     <w:rsid w:val="00F82E2C"/>
     <w:rsid w:val="00F91018"/>
     <w:rsid w:val="00F913D5"/>
     <w:rsid w:val="00F93E45"/>
     <w:rsid w:val="00F95636"/>
     <w:rsid w:val="00F971C1"/>
     <w:rsid w:val="00FA3DB3"/>
     <w:rsid w:val="00FA4512"/>
     <w:rsid w:val="00FA75C9"/>
     <w:rsid w:val="00FB1DC6"/>
     <w:rsid w:val="00FB2ABD"/>
     <w:rsid w:val="00FD109F"/>
     <w:rsid w:val="00FD1F0F"/>
     <w:rsid w:val="00FE0147"/>
     <w:rsid w:val="00FE4FD4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5121"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="003A4A82"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{562BEC50-2592-4ED1-8591-B354C1143E16}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:uiPriority="99"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10816,50 +10691,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D01F79"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:qFormat/>
     <w:rsid w:val="00D01F79"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
@@ -11281,93 +11161,95 @@
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextpoznpodarouChar">
     <w:name w:val="Text pozn. pod čarou Char"/>
     <w:link w:val="Textpoznpodarou"/>
     <w:semiHidden/>
     <w:rsid w:val="008E048C"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
     <w:name w:val="Záhlaví Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zhlav"/>
     <w:rsid w:val="00214D0F"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1202404066">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1234926147">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1991052327">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/customizations.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/attachedToolbars" Target="attachedToolbars.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -11621,70 +11503,108 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\HarvardAnglia2008OfficeOnline.xsl" StyleName="Harvard – Anglia 2008"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7C2DD75-60D2-45DD-AFF9-8F5EED8A01FE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>410</Words>
-  <Characters>2941</Characters>
+  <Words>485</Words>
+  <Characters>2866</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Informace o ukončení realizace projektu (BV)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ČMZRB, a.s.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3345</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informace o ukončení realizace projektu (BV)</dc:title>
   <dc:subject/>
   <dc:creator>Šefčík</dc:creator>
   <cp:keywords/>
   <dc:description>od 1.4.2006</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_DOC_TYPE">
+    <vt:lpwstr>F011c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T10:36:01Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>0d267f7b-eace-40f0-a8c6-658ea02566e4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>