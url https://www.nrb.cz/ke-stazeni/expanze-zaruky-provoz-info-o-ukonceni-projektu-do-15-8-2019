--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -1,201 +1,200 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.ms-word.attachedToolbars"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/customizations.xml" ContentType="application/vnd.ms-word.keyMapCustomizations+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9709" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3331"/>
         <w:gridCol w:w="6378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B5808" w:rsidTr="00924F9E">
+      <w:tr w:rsidR="008B5808" w14:paraId="41413D08" w14:textId="77777777" w:rsidTr="00924F9E">
         <w:trPr>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00440AFC" w:rsidRDefault="001C2892" w:rsidP="00EF5AC0">
+          </w:tcPr>
+          <w:p w14:paraId="1A7E64A5" w14:textId="77777777" w:rsidR="00440AFC" w:rsidRDefault="001C2892" w:rsidP="00EF5AC0">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Informace o ukončení realizace </w:t>
             </w:r>
             <w:r w:rsidR="006C3FEF">
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>rojektu</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00440AFC" w:rsidRDefault="00AD1FC8" w:rsidP="00EF5AC0">
+          <w:p w14:paraId="7DE7D0C6" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00440AFC" w:rsidRDefault="00AD1FC8" w:rsidP="00EF5AC0">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(dále jen „Informace“)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00337E58" w:rsidTr="003A2720">
+      <w:tr w:rsidR="00337E58" w14:paraId="6E1FB420" w14:textId="77777777" w:rsidTr="003A2720">
         <w:trPr>
           <w:trHeight w:val="218"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00337E58" w:rsidRPr="00696195" w:rsidRDefault="00337E58">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ECF348B" w14:textId="77777777" w:rsidR="00337E58" w:rsidRPr="00696195" w:rsidRDefault="00337E58">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidTr="00AA208E">
+      <w:tr w:rsidR="008B5808" w:rsidRPr="00C56525" w14:paraId="78014660" w14:textId="77777777" w:rsidTr="00AA208E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="0044485E" w:rsidP="00881BDD">
+          <w:p w14:paraId="514E24BD" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="0044485E" w:rsidP="00881BDD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00C56525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -225,240 +224,238 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00C56525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="007E137E" w:rsidP="00532E8E">
+          <w:p w14:paraId="3DE43CE7" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="007E137E" w:rsidP="00532E8E">
             <w:pPr>
               <w:pStyle w:val="ZAHLAVICISOBCHPRIP"/>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5808" w:rsidRPr="00E30963" w:rsidTr="00AA208E">
+      <w:tr w:rsidR="008B5808" w:rsidRPr="00E30963" w14:paraId="0F7AF55C" w14:textId="77777777" w:rsidTr="00AA208E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="008D67F3" w:rsidP="00532E8E">
+          <w:p w14:paraId="63F5D69F" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="008D67F3" w:rsidP="00532E8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Klient</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00C56525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="007E137E" w:rsidP="00532E8E">
+          <w:p w14:paraId="69377471" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00C56525" w:rsidRDefault="007E137E" w:rsidP="00532E8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023F19" w:rsidRPr="00E30963" w:rsidTr="00AA208E">
+      <w:tr w:rsidR="00023F19" w:rsidRPr="00E30963" w14:paraId="1141631E" w14:textId="77777777" w:rsidTr="00AA208E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3331" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="00D0022A" w:rsidP="00532E8E">
+          <w:p w14:paraId="7B2389E2" w14:textId="77777777" w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="00D0022A" w:rsidP="00532E8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>IČO/RČ:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="007E137E" w:rsidP="00532E8E">
+          <w:p w14:paraId="1D6D9D89" w14:textId="77777777" w:rsidR="00023F19" w:rsidRPr="00C56525" w:rsidRDefault="007E137E" w:rsidP="00532E8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E" w:rsidP="001A736E">
+    <w:p w14:paraId="14844147" w14:textId="77777777" w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E" w:rsidP="001A736E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E">
+    <w:p w14:paraId="30C9104B" w14:textId="77777777" w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Pojmy začínající velkým písmenem mají stejný význam jako ve Smlouvě o </w:t>
       </w:r>
       <w:r w:rsidR="00881BDD" w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">poskytnutí bankovní </w:t>
       </w:r>
       <w:r w:rsidRPr="00F45125">
         <w:rPr>
@@ -495,557 +492,541 @@
       <w:r w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00881BDD" w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F45125">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>není-li uvedeno jinak.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E">
+    <w:p w14:paraId="2C82DC5F" w14:textId="77777777" w:rsidR="001A736E" w:rsidRPr="00F45125" w:rsidRDefault="001A736E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="440"/>
         <w:gridCol w:w="410"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B0BFA" w:rsidRPr="007F71DE" w:rsidTr="003274F1">
+      <w:tr w:rsidR="007B0BFA" w:rsidRPr="007F71DE" w14:paraId="20C62209" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0047681D" w:rsidRDefault="0047681D" w:rsidP="007F71DE">
+          </w:tcPr>
+          <w:p w14:paraId="334CFB29" w14:textId="77777777" w:rsidR="0047681D" w:rsidRDefault="0047681D" w:rsidP="007F71DE">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007B0BFA" w:rsidRPr="007F71DE" w:rsidRDefault="007B0BFA" w:rsidP="007F71DE">
+          <w:p w14:paraId="2B4C14C9" w14:textId="77777777" w:rsidR="007B0BFA" w:rsidRPr="007F71DE" w:rsidRDefault="007B0BFA" w:rsidP="007F71DE">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F71DE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Prohlášení </w:t>
             </w:r>
             <w:r w:rsidR="00426885">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r w:rsidRPr="007F71DE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E2678" w:rsidRPr="00E166B2" w:rsidTr="003274F1">
+      <w:tr w:rsidR="006E2678" w:rsidRPr="00E166B2" w14:paraId="6A14ACC0" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006E2678" w:rsidRPr="00561CA4" w:rsidRDefault="00696195" w:rsidP="00924F9E">
+          </w:tcPr>
+          <w:p w14:paraId="6C1483E4" w14:textId="77777777" w:rsidR="006E2678" w:rsidRPr="00561CA4" w:rsidRDefault="00696195" w:rsidP="00924F9E">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Klient </w:t>
             </w:r>
             <w:r w:rsidR="00447BF2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>prohlašuje</w:t>
             </w:r>
             <w:r w:rsidR="00093E6C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, že</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A104BA" w:rsidRPr="00827EC4" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00A104BA" w:rsidRPr="00827EC4" w14:paraId="433552A3" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRPr="006B7BCC" w:rsidRDefault="00A104BA">
+          <w:p w14:paraId="36342362" w14:textId="77777777" w:rsidR="009E7403" w:rsidRPr="006B7BCC" w:rsidRDefault="00A104BA">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827EC4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ukončil realizaci Projektu </w:t>
             </w:r>
             <w:r w:rsidR="00AD1FC8" w:rsidRPr="00827EC4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dne</w:t>
             </w:r>
             <w:r w:rsidR="00440AFC" w:rsidRPr="006B7BCC">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00440AFC" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC" w:rsidP="00165395">
+          <w:p w14:paraId="093E3415" w14:textId="77777777" w:rsidR="00440AFC" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC" w:rsidP="00165395">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00440AFC" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC" w:rsidP="00B0714A">
+          <w:p w14:paraId="3260B610" w14:textId="77777777" w:rsidR="00440AFC" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC" w:rsidP="00B0714A">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF39C4" w:rsidRPr="00827EC4" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00DF39C4" w:rsidRPr="00827EC4" w14:paraId="2D97E6FF" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00C86210" w:rsidP="00C86210">
+          <w:p w14:paraId="6FB01459" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00C86210" w:rsidP="00C86210">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>celkové</w:t>
             </w:r>
             <w:r w:rsidR="00165395" w:rsidRPr="00827EC4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> výdaje </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Projektu čini</w:t>
             </w:r>
             <w:r w:rsidR="00165395">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00AD1FC8">
+          <w:p w14:paraId="51099211" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00AD1FC8">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="213" w:right="780"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B0714A">
+          <w:p w14:paraId="77357A34" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B0714A">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00827EC4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kč</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, z toho vlastní zdroje Klienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1858" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B0714A">
+          <w:p w14:paraId="599E0989" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="006B7BCC" w:rsidRDefault="00165395" w:rsidP="00B0714A">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00165395" w:rsidRPr="00827EC4" w:rsidRDefault="00165395" w:rsidP="00B0714A">
+          <w:p w14:paraId="1EE0B54C" w14:textId="77777777" w:rsidR="00165395" w:rsidRPr="00827EC4" w:rsidRDefault="00165395" w:rsidP="00B0714A">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF39C4" w:rsidRPr="004D3C34" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00DF39C4" w:rsidRPr="004D3C34" w14:paraId="77C86121" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="37859BEE" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="1BBBC464" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="0D69FC62" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1858" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="3603FD17" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
+          <w:p w14:paraId="52112BC1" w14:textId="77777777" w:rsidR="00827EC4" w:rsidRPr="004D3C34" w:rsidRDefault="00827EC4" w:rsidP="00975577">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00696195" w:rsidRPr="00E166B2" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00696195" w:rsidRPr="00E166B2" w14:paraId="72B8DC1A" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00696195" w:rsidRPr="005A10C7" w:rsidRDefault="00A104BA" w:rsidP="00C86210">
+          <w:p w14:paraId="5D431CE8" w14:textId="77777777" w:rsidR="00696195" w:rsidRPr="005A10C7" w:rsidRDefault="00A104BA" w:rsidP="00C86210">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A104BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">plní podmínky </w:t>
             </w:r>
             <w:r w:rsidR="006B7BCC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1074,64 +1055,64 @@
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ánku</w:t>
             </w:r>
             <w:r w:rsidRPr="00A104BA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> „Podmínky Programu“ Smlouvy takto</w:t>
             </w:r>
             <w:r w:rsidR="00643145">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165395" w:rsidRPr="000F1847" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00165395" w:rsidRPr="000F1847" w14:paraId="2AE8C915" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00E52D77">
+          <w:p w14:paraId="38E0B9E5" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00E52D77">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120" w:after="60"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1164,226 +1145,226 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="008D67F3" w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve znění pozdějších předpisů</w:t>
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="20486820" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="14CF569D" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006F7A1B">
-[...5 lines deleted...]
-            <w:r w:rsidR="006F7A1B">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="713A8758" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="6D6731A7" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006F7A1B">
-[...5 lines deleted...]
-            <w:r w:rsidR="006F7A1B">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165395" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00165395" w14:paraId="5C4A15C3" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00071DE1">
+          <w:p w14:paraId="3F76F662" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00071DE1">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1415,231 +1396,231 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>odporovaných ekonomických činností</w:t>
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="51D6D994" w14:textId="77777777" w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="-180"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="3A65E3A6" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006F7A1B">
-[...5 lines deleted...]
-            <w:r w:rsidR="006F7A1B">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="71DB2BD2" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="002D134D" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006F7A1B">
-[...5 lines deleted...]
-            <w:r w:rsidR="006F7A1B">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00165395" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00165395" w14:paraId="3D2E4FFF" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00A62070" w:rsidRDefault="00DF39C4" w:rsidP="00F45125">
+          <w:p w14:paraId="2131BACD" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00DF39C4" w:rsidP="00F45125">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00174555">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1693,331 +1674,331 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> – podle konkrétního ustanovení Smlouvy</w:t>
             </w:r>
             <w:r w:rsidR="00C86210">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00475519" w:rsidDel="00DF39C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="0BD80DFD" w14:textId="77777777" w:rsidR="009E7403" w:rsidRPr="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="7A9D4945" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006F7A1B">
-[...5 lines deleted...]
-            <w:r w:rsidR="006F7A1B">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
+          <w:p w14:paraId="7F10DC44" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00AD1FC8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1FC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E7403" w:rsidRDefault="00326DBD">
+          <w:p w14:paraId="44DF14D0" w14:textId="77777777" w:rsidR="009E7403" w:rsidRDefault="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006F7A1B">
-[...5 lines deleted...]
-            <w:r w:rsidR="006F7A1B">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047681D" w:rsidTr="003274F1">
+      <w:tr w:rsidR="0047681D" w14:paraId="46A0F0E6" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="000F1847" w:rsidRDefault="0047681D" w:rsidP="00475519">
+          <w:p w14:paraId="34BFBAB6" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="000F1847" w:rsidRDefault="0047681D" w:rsidP="00475519">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="709" w:hanging="283"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>vykonává podnikatelskou činnost v některém z následujících odvětví</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
+          <w:p w14:paraId="3A6AA020" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
+          <w:p w14:paraId="278DB475" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
+          <w:p w14:paraId="0250B543" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="006973FF" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
+          <w:p w14:paraId="6D468D20" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="006973FF" w:rsidRDefault="0047681D" w:rsidP="00326DBD">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047681D" w:rsidTr="003274F1">
+      <w:tr w:rsidR="0047681D" w14:paraId="46AF5424" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="27468418" w14:textId="77777777" w:rsidR="0047681D" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="709"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>prvovýrob</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2115,225 +2096,225 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="000F1847">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 47.26)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="57464CB5" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="3EF99A3D" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006F7A1B">
-[...5 lines deleted...]
-            <w:r w:rsidR="006F7A1B">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="089EF1E0" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="54B1DE70" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006F7A1B">
-[...5 lines deleted...]
-            <w:r w:rsidR="006F7A1B">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047681D" w:rsidTr="003274F1">
+      <w:tr w:rsidR="0047681D" w14:paraId="4592255F" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1062"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="000F1847" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="4F3BC0AB" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="000F1847" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="709"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Klient, který činnost v některém z těchto odvětví vykonává, prohlašuje, že </w:t>
             </w:r>
             <w:r w:rsidRPr="004152FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2360,488 +2341,488 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> žádném z uvedených </w:t>
             </w:r>
             <w:r w:rsidRPr="004152FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>odvětví</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> podporu poskytovanou z Programu nevyužívaly.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="425B46EC" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="42BCADAA" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006F7A1B">
-[...5 lines deleted...]
-            <w:r w:rsidR="006F7A1B">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="5B5F3C1B" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00AD1FC8" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
+          <w:p w14:paraId="6F91C07B" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00E52D77" w:rsidRDefault="0047681D" w:rsidP="001E2DED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006F7A1B">
-[...5 lines deleted...]
-            <w:r w:rsidR="006F7A1B">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0047681D" w:rsidTr="003274F1">
+      <w:tr w:rsidR="0047681D" w14:paraId="6DD5B8CC" w14:textId="77777777" w:rsidTr="003274F1">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="568"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7797" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRDefault="0047681D" w:rsidP="00D87E1B">
+          <w:p w14:paraId="12B07C90" w14:textId="77777777" w:rsidR="0047681D" w:rsidRDefault="0047681D" w:rsidP="00D87E1B">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>plní cíle Projektu a business plán podle přílohy Projekt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00A64829" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
+          <w:p w14:paraId="17A76BFE" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00A64829" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ano</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00856AEE" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
+          <w:p w14:paraId="0CE6B449" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00856AEE" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006F7A1B">
-[...5 lines deleted...]
-            <w:r w:rsidR="006F7A1B">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00A64829" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
+          <w:p w14:paraId="099F132A" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00A64829" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A64829">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0047681D" w:rsidRPr="00856AEE" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
+          <w:p w14:paraId="36AEE00A" w14:textId="77777777" w:rsidR="0047681D" w:rsidRPr="00856AEE" w:rsidRDefault="0047681D" w:rsidP="009C0A12">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006F7A1B">
-[...5 lines deleted...]
-            <w:r w:rsidR="006F7A1B">
+            <w:r w:rsidRPr="00856AEE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00856AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0047681D" w:rsidRDefault="0047681D">
+    <w:p w14:paraId="3B1F49CB" w14:textId="77777777" w:rsidR="0047681D" w:rsidRDefault="0047681D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00912730" w:rsidRDefault="00912730">
+    <w:p w14:paraId="3A5EC8F0" w14:textId="77777777" w:rsidR="00912730" w:rsidRDefault="00912730">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
+    <w:p w14:paraId="614F7102" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00AD1FC8">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Doplňující informace a komentář</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A62070" w:rsidRDefault="00AD1FC8" w:rsidP="00B90937">
+    <w:p w14:paraId="3FAF410E" w14:textId="77777777" w:rsidR="00A62070" w:rsidRDefault="00AD1FC8" w:rsidP="00B90937">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD1FC8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Uveďte:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0055721E" w:rsidRDefault="0055721E" w:rsidP="00B90937">
+    <w:p w14:paraId="415F7C12" w14:textId="77777777" w:rsidR="0055721E" w:rsidRDefault="0055721E" w:rsidP="00B90937">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>informaci o realizaci investice související s</w:t>
       </w:r>
       <w:r w:rsidR="0016129F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
@@ -2884,51 +2865,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0016129F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>úvěrem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005774C1" w:rsidRDefault="005774C1" w:rsidP="004C29F7">
+    <w:p w14:paraId="07278B0B" w14:textId="77777777" w:rsidR="005774C1" w:rsidRDefault="005774C1" w:rsidP="004C29F7">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005774C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>příčin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2981,51 +2962,51 @@
       <w:r w:rsidRPr="005774C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>proti plánu</w:t>
       </w:r>
       <w:r w:rsidR="00A71FF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pokud nastala)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C7775" w:rsidRDefault="00DE1C13" w:rsidP="004C29F7">
+    <w:p w14:paraId="130DE9EF" w14:textId="77777777" w:rsidR="001C7775" w:rsidRDefault="00DE1C13" w:rsidP="004C29F7">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE1C13">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">komentář k plnění podmínek </w:t>
       </w:r>
       <w:r w:rsidR="006B7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -3046,317 +3027,317 @@
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="001E2DED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00AB434F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> této Informace</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE1C13">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005774C1" w:rsidRPr="005774C1" w:rsidRDefault="001C7775" w:rsidP="00B90937">
+    <w:p w14:paraId="17D42D80" w14:textId="77777777" w:rsidR="005774C1" w:rsidRPr="005774C1" w:rsidRDefault="001C7775" w:rsidP="00B90937">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C7775">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>případné další relevantní informace související s realizací Projektu.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA3CCD" w:rsidTr="003274F1">
+      <w:tr w:rsidR="00BA3CCD" w14:paraId="1EC0FD36" w14:textId="77777777" w:rsidTr="003274F1">
         <w:trPr>
           <w:trHeight w:val="5767"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA3CCD" w:rsidRPr="00AB62C4" w:rsidRDefault="00BA3CCD">
+          <w:p w14:paraId="41E23967" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRPr="00AB62C4" w:rsidRDefault="00BA3CCD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001C7775" w:rsidRDefault="001C7775" w:rsidP="00601447">
+    <w:p w14:paraId="6CBEBD75" w14:textId="77777777" w:rsidR="001C7775" w:rsidRDefault="001C7775" w:rsidP="00601447">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="4876"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidTr="00AB434F">
+      <w:tr w:rsidR="0024720A" w:rsidRPr="0024720A" w14:paraId="61FBB49F" w14:textId="77777777" w:rsidTr="00AB434F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
+          <w:p w14:paraId="6C771E39" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024720A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
+          <w:p w14:paraId="30CF6020" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
+          <w:p w14:paraId="1EA7895D" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024720A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
+          <w:p w14:paraId="1C4D712E" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="0024720A" w:rsidRDefault="0024720A" w:rsidP="0024720A">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0024720A" w:rsidRPr="008D67F3" w:rsidRDefault="0024720A" w:rsidP="008D67F3">
+    <w:p w14:paraId="104D1979" w14:textId="77777777" w:rsidR="0024720A" w:rsidRPr="008D67F3" w:rsidRDefault="0024720A" w:rsidP="008D67F3">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="2858"/>
         <w:gridCol w:w="2954"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidTr="00AA778A">
+      <w:tr w:rsidR="00D60056" w:rsidRPr="00713A8D" w14:paraId="1992B8EA" w14:textId="77777777" w:rsidTr="00AA778A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
+          <w:p w14:paraId="78D6E509" w14:textId="77777777" w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Jméno a příjmení osoby oprávněné zastupovat </w:t>
             </w:r>
             <w:r w:rsidR="00426885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
+          <w:p w14:paraId="671D7F4E" w14:textId="77777777" w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Podpis</w:t>
             </w:r>
             <w:r w:rsidR="008E048C">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -3376,303 +3357,303 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
+          <w:p w14:paraId="71A9C90C" w14:textId="77777777" w:rsidR="00D60056" w:rsidRPr="00713A8D" w:rsidRDefault="00D60056" w:rsidP="00D45700">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Razítko </w:t>
             </w:r>
             <w:r w:rsidR="00426885">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta, pokud je součástí podpisu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidTr="00F03AFD">
+      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w14:paraId="0F662D45" w14:textId="77777777" w:rsidTr="00F03AFD">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="2CCC9DAF" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="40CA10A6" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="22ED947C" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidTr="00F03AFD">
+      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w14:paraId="75FE166B" w14:textId="77777777" w:rsidTr="00F03AFD">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="5DE369D6" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="7860124D" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="18AB12D4" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidTr="00F03AFD">
+      <w:tr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w14:paraId="6994D1B7" w14:textId="77777777" w:rsidTr="00F03AFD">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="2FAF0B0C" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="69478EB8" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
+          <w:p w14:paraId="793B0DFE" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="008D67F3">
             <w:pPr>
               <w:keepNext/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00321721" w:rsidRDefault="0016129F" w:rsidP="00C91F30">
+    <w:p w14:paraId="0D3E50D8" w14:textId="77777777" w:rsidR="00321721" w:rsidRDefault="0016129F" w:rsidP="00C91F30">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003274F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Příloh</w:t>
       </w:r>
       <w:r w:rsidR="00790E8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>y</w:t>
@@ -3681,51 +3662,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C91F30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C26320" w:rsidRPr="00C91F30">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C65927" w:rsidRPr="00B90937" w:rsidRDefault="00C65927" w:rsidP="00B90937">
+    <w:p w14:paraId="2AB02F82" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00B90937" w:rsidRDefault="00C65927" w:rsidP="00B90937">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Výdaje na realizaci </w:t>
       </w:r>
       <w:r w:rsidR="005D7D5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
@@ -3734,93 +3715,93 @@
       </w:r>
       <w:r w:rsidR="00D158BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">rojektu </w:t>
       </w:r>
       <w:r w:rsidRPr="003274F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>– přehled</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00444E25" w:rsidRPr="00B90937" w:rsidRDefault="0016129F" w:rsidP="00B90937">
+    <w:p w14:paraId="441B5B2E" w14:textId="77777777" w:rsidR="00444E25" w:rsidRPr="00B90937" w:rsidRDefault="0016129F" w:rsidP="00B90937">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Účetní </w:t>
       </w:r>
       <w:r w:rsidR="00745096" w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">výkazy </w:t>
       </w:r>
       <w:r w:rsidR="00444E25" w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>o čerpání zaručovaného provozního úvěru</w:t>
       </w:r>
       <w:r w:rsidR="00444E25" w:rsidRPr="003274F1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> na způsobilé výdaje</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0016129F" w:rsidRPr="00B90937" w:rsidRDefault="00444E25" w:rsidP="00B90937">
+    <w:p w14:paraId="6885BC17" w14:textId="77777777" w:rsidR="0016129F" w:rsidRPr="00B90937" w:rsidRDefault="00444E25" w:rsidP="00B90937">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00745096" w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">oklad o </w:t>
@@ -3832,174 +3813,173 @@
         </w:rPr>
         <w:t>reali</w:t>
       </w:r>
       <w:r w:rsidR="00790E8B" w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>zaci související investice</w:t>
       </w:r>
       <w:r w:rsidR="00F42BE2" w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="005D7D5B" w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>karta majetku)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00321721" w:rsidRPr="00B90937" w:rsidRDefault="00321721" w:rsidP="00321721">
+    <w:p w14:paraId="6D8DAA06" w14:textId="77777777" w:rsidR="00321721" w:rsidRPr="00B90937" w:rsidRDefault="00321721" w:rsidP="00321721">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Souhlas místně příslušného krajského úřadu s provozem zařízení na sběr, třídění, úpravu, zpracování, využití či nakládání s odpady pořízených, modernizovaných či technicky zhodnocených v rámci Projektu podle § 14 zákona č. 185/2001 Sb., o odpadech a o změně některých dalších zákonů, ve znění pozdějších předpisů</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00321721" w:rsidRPr="003274F1" w:rsidRDefault="00321721" w:rsidP="00B90937">
+    <w:p w14:paraId="6EC0A90E" w14:textId="77777777" w:rsidR="00321721" w:rsidRPr="003274F1" w:rsidRDefault="00321721" w:rsidP="00B90937">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9200" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
         <w:gridCol w:w="400"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C65927">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="3329C3DB" w14:textId="77777777" w:rsidTr="00C65927">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9200" w:type="dxa"/>
             <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C26320" w:rsidRDefault="00C26320" w:rsidP="00C65927">
+          <w:p w14:paraId="7022681B" w14:textId="77777777" w:rsidR="00C26320" w:rsidRDefault="00C26320" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C26320" w:rsidRDefault="00C26320" w:rsidP="00C65927">
+          <w:p w14:paraId="7300D4E8" w14:textId="77777777" w:rsidR="00C26320" w:rsidRDefault="00C26320" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E37138" w:rsidRDefault="00E37138" w:rsidP="00C65927">
+          <w:p w14:paraId="01F4C74A" w14:textId="77777777" w:rsidR="00E37138" w:rsidRDefault="00E37138" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C91F30">
+          <w:p w14:paraId="268E10DD" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00C65927" w:rsidP="00C91F30">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003274F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Výdaje </w:t>
             </w:r>
             <w:r w:rsidRPr="003274F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -4083,780 +4063,750 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(seznam nákladů </w:t>
             </w:r>
             <w:r w:rsidR="00D158BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="003274F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>rojektu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C65927">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="0A85C756" w14:textId="77777777" w:rsidTr="00C65927">
         <w:trPr>
           <w:trHeight w:val="75"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="644B83AB" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="40073287" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="6F2A4519" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="43A9CB0A" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="63DF1B51" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="0127E6B8" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="72CAD0B8" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="69B625AB" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="0BCFFC0C" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="4505138E" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="6ECBF517" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="218670A3" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="3D9BEBAA" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="21ACB96B" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="7A51FD7B" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="3676600E" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="764FC30A" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="6CFA3B2F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="56BD7149" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="3CAFD70F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="40DA369C" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="0E6DE88D" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="297F0F96" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00587E86">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="30018F8C" w14:textId="77777777" w:rsidTr="00587E86">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="493CD98D" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="3E72CF9D" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zařazení</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="55938842" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Zaručovaný úvěr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="17DF3E18" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jiné zdroje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="6A5DEAB2" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Výdaje celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="0385BB5E" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="46ECC261" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="03E9D8E3" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dlouhodobý</w:t>
             </w:r>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
@@ -4904,2410 +4854,2327 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>software)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00587E86">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D32212E" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00587E86">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="472FBBB3" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D40A1A4" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="710D7BB1" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="3C71ADC3" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="7023D68C" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dlouhodobý hmotný majetek (resp. hmotný majetek)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00587E86">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29EAA85B" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00587E86">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A496953" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5A6CD1" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="16D5137A" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="2D4F397A" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="535CC0AE" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">      z toho: nemovité věci celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00587E86">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2858B85E" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00587E86">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA5A9DD" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64727A92" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="4D1F27CF" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="0758DA09" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="76B12CE9" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                     koupě zastavěných stavebních pozemků včetně staveb na nich umístěných</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0614D5D8" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="685C61DC" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B231D13" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="229374AA" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="3F471C19" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="260DB424" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                          pořízení nezastavěných pozemků                  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="76C4805F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7DBEA9" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="520846DD" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="238B9F57" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="0DEF5236" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="31319ACA" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                          výstavba</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="570C0190" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A4C469" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="060FB47C" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="380D5D16" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="3E6C901B" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="65E13FA6" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                          technické zhodnocení staveb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D53B1C1" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED6E28C" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74BDFFDB" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="02B291CC" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="73B8D773" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="152E5B67" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                stroje a zařízení celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E754560" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F34E3D" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="080D5640" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="604E8359" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="178FE999" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="070145B0" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                          nové stroje a zařízení</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56DB36C5" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D1087F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="183FBD51" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="0026BCEA" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="3F11CCA4" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1238F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="28E48B38" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1238F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Investiční projekt celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62BD9C70" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F275E44" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4458078E" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="4B64B7F4" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="692A06D1" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00321721" w:rsidP="00B90937">
+          <w:p w14:paraId="0C546768" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00321721" w:rsidP="00B90937">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Výkonová spotřeba</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0FBCBA" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC7EB08" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33908C57" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="21A19B36" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="71F1D704" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00162E0E" w:rsidP="00C65927">
+          <w:p w14:paraId="65D2AA50" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00162E0E" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Osobní náklady</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDCB4A0" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="770A37BC" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0930CA" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="7A904D64" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="4FCC3AB0" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00321721" w:rsidP="00B90937">
+          <w:p w14:paraId="68F44422" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00321721" w:rsidP="00B90937">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Oběžný majetek celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE6B027" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1600C646" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C339E1" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="3F275220" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="0CF601AC" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00321721" w:rsidP="00B90937">
+          <w:p w14:paraId="54AADF34" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00321721" w:rsidP="00B90937">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">     z toho: zásoby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A419ED0" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02767200" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="150014B6" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="678372B0" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="62867575" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00321721" w:rsidP="00B90937">
+          <w:p w14:paraId="5B54EF8E" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="003274F1" w:rsidRDefault="00321721" w:rsidP="00B90937">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                  pohledávky</w:t>
             </w:r>
             <w:r w:rsidRPr="00753133">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="5"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6477038F" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D07125" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B917D60" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="4032BDEF" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="38D3A739" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1238F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="2AC31504" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F1238F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>Provozní projekt celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="190A1618" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32FE4FD1" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6148C822" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00F1238F" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidTr="00C26320">
+      <w:tr w:rsidR="00C65927" w:rsidRPr="00C65927" w14:paraId="11C3911E" w14:textId="77777777" w:rsidTr="00C26320">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="75AD3DC8" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5200" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+          <w:p w14:paraId="12281832" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65927">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Výdaje celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2734F76E" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3604F274" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D62E85" w14:textId="77777777" w:rsidR="00C65927" w:rsidRPr="00C65927" w:rsidRDefault="00C65927" w:rsidP="00C65927">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="00601447">
+    <w:p w14:paraId="16A2D57D" w14:textId="77777777" w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidRDefault="008D67F3" w:rsidP="00601447">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008D67F3" w:rsidRPr="008D67F3" w:rsidSect="00475519">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1276" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:toolbars>
     <wne:toolbarData r:id="rId1"/>
   </wne:toolbars>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004B1DAB" w:rsidRDefault="004B1DAB">
+    <w:p w14:paraId="72F92776" w14:textId="77777777" w:rsidR="004035F8" w:rsidRDefault="004035F8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004B1DAB" w:rsidRDefault="004B1DAB">
+    <w:p w14:paraId="4F470827" w14:textId="77777777" w:rsidR="004035F8" w:rsidRDefault="004035F8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="004B1DAB" w:rsidRDefault="004B1DAB"/>
+    <w:p w14:paraId="5D44C3AB" w14:textId="77777777" w:rsidR="004035F8" w:rsidRDefault="004035F8"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7332,102 +7199,102 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00BA3CCD" w:rsidRDefault="00AD1FC8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="54399DED" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRDefault="00AD1FC8">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00BA3CCD">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD">
+  <w:p w14:paraId="416C703A" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00BA3CCD" w:rsidRPr="00A820AF" w:rsidRDefault="00AD1FC8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="231BD9C1" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRPr="00A820AF" w:rsidRDefault="00AD1FC8">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00BA3CCD" w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
@@ -7443,106 +7310,106 @@
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00705BDB">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD">
+  <w:p w14:paraId="7E7D9781" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00EF5AC0" w:rsidRPr="00EF5AC0" w:rsidRDefault="00881BDD">
+  <w:p w14:paraId="332A1A43" w14:textId="77777777" w:rsidR="00EF5AC0" w:rsidRPr="00EF5AC0" w:rsidRDefault="00881BDD">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00E772F7" w:rsidRPr="00AD1FC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">erze šablony </w:t>
     </w:r>
     <w:r w:rsidR="00162E0E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>2.0</w:t>
     </w:r>
     <w:r w:rsidR="00E772F7" w:rsidRPr="00AD1FC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00475519" w:rsidRPr="00A820AF" w:rsidRDefault="00475519" w:rsidP="00475519">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7EC115E0" w14:textId="77777777" w:rsidR="00475519" w:rsidRPr="00A820AF" w:rsidRDefault="00475519" w:rsidP="00475519">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
@@ -7558,123 +7425,123 @@
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00A820AF">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00705BDB">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00475519" w:rsidRDefault="00475519" w:rsidP="00475519">
+  <w:p w14:paraId="50713739" w14:textId="77777777" w:rsidR="00475519" w:rsidRDefault="00475519" w:rsidP="00475519">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00475519" w:rsidRPr="00475519" w:rsidRDefault="00881BDD">
+  <w:p w14:paraId="2260786D" w14:textId="77777777" w:rsidR="00475519" w:rsidRPr="00475519" w:rsidRDefault="00881BDD">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00475519" w:rsidRPr="00AD1FC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">erze šablony </w:t>
     </w:r>
     <w:r w:rsidR="00162E0E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>2.0</w:t>
     </w:r>
     <w:r w:rsidR="00475519" w:rsidRPr="00AD1FC8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004B1DAB" w:rsidRDefault="004B1DAB">
+    <w:p w14:paraId="380CF603" w14:textId="77777777" w:rsidR="004035F8" w:rsidRDefault="004035F8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004B1DAB" w:rsidRDefault="004B1DAB">
+    <w:p w14:paraId="040A35CE" w14:textId="77777777" w:rsidR="004035F8" w:rsidRDefault="004035F8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="004B1DAB" w:rsidRDefault="004B1DAB"/>
+    <w:p w14:paraId="2FB52D25" w14:textId="77777777" w:rsidR="004035F8" w:rsidRDefault="004035F8"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00A62070" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC">
+    <w:p w14:paraId="321976CC" w14:textId="77777777" w:rsidR="00A62070" w:rsidRPr="006B7BCC" w:rsidRDefault="00440AFC">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E7403" w:rsidRPr="006B7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Den, kdy byl </w:t>
       </w:r>
@@ -7819,51 +7686,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>lo</w:t>
       </w:r>
       <w:r w:rsidR="009E7403" w:rsidRPr="006B7BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> později.</w:t>
       </w:r>
       <w:r w:rsidR="00C31FB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> U záruk za provozní úvěr nejdéle ke dni ukončení platnosti záruky za provozní úvěr.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="008E048C" w:rsidRPr="00A466D3" w:rsidRDefault="008E048C" w:rsidP="008E048C">
+    <w:p w14:paraId="15EF2E9A" w14:textId="77777777" w:rsidR="008E048C" w:rsidRPr="00A466D3" w:rsidRDefault="008E048C" w:rsidP="008E048C">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A466D3">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A466D3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -7898,174 +7765,174 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> s Bankou uzavřenu platnou SMLOUVU o využívání aplikace E-podatelna</w:t>
       </w:r>
       <w:r w:rsidRPr="0014468D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> V ostatních případech ponechat prázdné.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="00321721" w:rsidRPr="00753133" w:rsidRDefault="00321721" w:rsidP="00321721">
+    <w:p w14:paraId="13DB9028" w14:textId="77777777" w:rsidR="00321721" w:rsidRPr="00753133" w:rsidRDefault="00321721" w:rsidP="00321721">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90937">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Jen u Projektů v rámci zvláštní podporované aktivity </w:t>
       </w:r>
       <w:r w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Materiálové a energetické využití odpadů</w:t>
       </w:r>
       <w:r w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w:rsidR="00321721" w:rsidRPr="00753133" w:rsidRDefault="00321721" w:rsidP="00321721">
+    <w:p w14:paraId="69360993" w14:textId="77777777" w:rsidR="00321721" w:rsidRPr="00753133" w:rsidRDefault="00321721" w:rsidP="00321721">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B90937">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B90937">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Krátkodobé a dlouhodobé pohledávky KROMĚ pohledávek za společníky.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD" w:rsidP="008941D0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="544E3700" w14:textId="77777777" w:rsidR="00BA3CCD" w:rsidRDefault="00BA3CCD" w:rsidP="008941D0">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10207" w:type="dxa"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="28" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="5387"/>
     </w:tblGrid>
-    <w:tr w:rsidR="006F7A1B" w:rsidTr="004E2007">
+    <w:tr w:rsidR="006F7A1B" w14:paraId="78ED5303" w14:textId="77777777" w:rsidTr="004E2007">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="006F7A1B" w:rsidRDefault="006F7A1B" w:rsidP="006F7A1B">
+        <w:p w14:paraId="7F157909" w14:textId="77777777" w:rsidR="006F7A1B" w:rsidRDefault="006F7A1B" w:rsidP="006F7A1B">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="092CF28F" wp14:editId="1C61FBB1">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64107CA7" wp14:editId="678AF280">
                 <wp:extent cx="1666875" cy="581025"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Obrázek 2" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -8076,109 +7943,109 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1666875" cy="581025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="006F7A1B" w:rsidRDefault="006F7A1B" w:rsidP="006F7A1B">
+        <w:p w14:paraId="75D14913" w14:textId="77777777" w:rsidR="006F7A1B" w:rsidRDefault="006F7A1B" w:rsidP="006F7A1B">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7601816D" wp14:editId="32CF216B">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5886158E" wp14:editId="2AF5C87F">
                 <wp:extent cx="2293200" cy="500400"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Obrázek 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1" name=""/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2293200" cy="500400"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00475519" w:rsidRPr="006F7A1B" w:rsidRDefault="00475519" w:rsidP="006F7A1B">
+  <w:p w14:paraId="439696B2" w14:textId="77777777" w:rsidR="00475519" w:rsidRPr="006F7A1B" w:rsidRDefault="00475519" w:rsidP="006F7A1B">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C622B95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7DA3BA8"/>
     <w:lvl w:ilvl="0" w:tplc="A8D23400">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -10103,136 +9970,137 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1356886898">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="425657698">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="153844092">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1673071367">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1998026942">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="276914737">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="221605573">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="2067534394">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="404182207">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1349796920">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="2057587588">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="406658023">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1117984672">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="914976558">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1252006237">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1521048548">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1488204129">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5121"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F03AFD"/>
     <w:rsid w:val="000005E2"/>
     <w:rsid w:val="000156BB"/>
     <w:rsid w:val="00023F19"/>
     <w:rsid w:val="00040301"/>
     <w:rsid w:val="00041F1F"/>
     <w:rsid w:val="00045ED8"/>
     <w:rsid w:val="000541E5"/>
     <w:rsid w:val="00055089"/>
     <w:rsid w:val="00064A80"/>
     <w:rsid w:val="00067736"/>
     <w:rsid w:val="00071DE1"/>
     <w:rsid w:val="000729C0"/>
     <w:rsid w:val="00082BFE"/>
     <w:rsid w:val="00082DA9"/>
     <w:rsid w:val="000872DF"/>
     <w:rsid w:val="00093E6C"/>
     <w:rsid w:val="000A24B0"/>
     <w:rsid w:val="000A2C6D"/>
     <w:rsid w:val="000A3736"/>
     <w:rsid w:val="000B373D"/>
     <w:rsid w:val="000B48FC"/>
     <w:rsid w:val="000C0116"/>
@@ -10314,62 +10182,65 @@
     <w:rsid w:val="002F4B5A"/>
     <w:rsid w:val="002F5BF4"/>
     <w:rsid w:val="00304285"/>
     <w:rsid w:val="00305F46"/>
     <w:rsid w:val="0031417A"/>
     <w:rsid w:val="00321721"/>
     <w:rsid w:val="00321793"/>
     <w:rsid w:val="00321E26"/>
     <w:rsid w:val="00321FA1"/>
     <w:rsid w:val="00325A06"/>
     <w:rsid w:val="00326DBD"/>
     <w:rsid w:val="003274F1"/>
     <w:rsid w:val="00331543"/>
     <w:rsid w:val="003348DA"/>
     <w:rsid w:val="00334EF9"/>
     <w:rsid w:val="00337E58"/>
     <w:rsid w:val="00341FB7"/>
     <w:rsid w:val="00351E00"/>
     <w:rsid w:val="003614DC"/>
     <w:rsid w:val="00363710"/>
     <w:rsid w:val="00365865"/>
     <w:rsid w:val="0036786C"/>
     <w:rsid w:val="00371527"/>
     <w:rsid w:val="00381F88"/>
     <w:rsid w:val="00390914"/>
+    <w:rsid w:val="003933B5"/>
     <w:rsid w:val="00395947"/>
     <w:rsid w:val="003A0BC5"/>
     <w:rsid w:val="003A2720"/>
     <w:rsid w:val="003C013B"/>
     <w:rsid w:val="003C1A36"/>
     <w:rsid w:val="003C24A0"/>
     <w:rsid w:val="003D14C3"/>
     <w:rsid w:val="003E3AF1"/>
     <w:rsid w:val="003F35FC"/>
     <w:rsid w:val="003F60A6"/>
     <w:rsid w:val="00402BB2"/>
     <w:rsid w:val="00402BEC"/>
+    <w:rsid w:val="004035F8"/>
+    <w:rsid w:val="00411A46"/>
     <w:rsid w:val="00412946"/>
     <w:rsid w:val="00416922"/>
     <w:rsid w:val="004179EC"/>
     <w:rsid w:val="00422E6E"/>
     <w:rsid w:val="00426885"/>
     <w:rsid w:val="004331EB"/>
     <w:rsid w:val="00440AFC"/>
     <w:rsid w:val="004441A1"/>
     <w:rsid w:val="0044485E"/>
     <w:rsid w:val="00444E25"/>
     <w:rsid w:val="004469DC"/>
     <w:rsid w:val="00447BF2"/>
     <w:rsid w:val="00456327"/>
     <w:rsid w:val="004615AD"/>
     <w:rsid w:val="004618D9"/>
     <w:rsid w:val="00475519"/>
     <w:rsid w:val="0047681D"/>
     <w:rsid w:val="00477945"/>
     <w:rsid w:val="00481B7C"/>
     <w:rsid w:val="00481CA9"/>
     <w:rsid w:val="00482565"/>
     <w:rsid w:val="00484818"/>
     <w:rsid w:val="004851CD"/>
     <w:rsid w:val="00485337"/>
     <w:rsid w:val="004854CE"/>
@@ -10499,101 +10370,104 @@
     <w:rsid w:val="007E446F"/>
     <w:rsid w:val="007F502B"/>
     <w:rsid w:val="007F71DE"/>
     <w:rsid w:val="007F7BE3"/>
     <w:rsid w:val="007F7D27"/>
     <w:rsid w:val="00802863"/>
     <w:rsid w:val="00827EC4"/>
     <w:rsid w:val="00830F88"/>
     <w:rsid w:val="008433C1"/>
     <w:rsid w:val="008436D7"/>
     <w:rsid w:val="008463CF"/>
     <w:rsid w:val="00847EEC"/>
     <w:rsid w:val="00853121"/>
     <w:rsid w:val="008535DB"/>
     <w:rsid w:val="008545D7"/>
     <w:rsid w:val="00855297"/>
     <w:rsid w:val="00863A44"/>
     <w:rsid w:val="00863F3D"/>
     <w:rsid w:val="0086604B"/>
     <w:rsid w:val="008670BF"/>
     <w:rsid w:val="00870CC8"/>
     <w:rsid w:val="0087215A"/>
     <w:rsid w:val="00874E1C"/>
     <w:rsid w:val="008750C3"/>
     <w:rsid w:val="00875648"/>
+    <w:rsid w:val="008760DB"/>
     <w:rsid w:val="00881BDD"/>
     <w:rsid w:val="008839DC"/>
     <w:rsid w:val="00884B3A"/>
     <w:rsid w:val="00890B37"/>
     <w:rsid w:val="008941D0"/>
     <w:rsid w:val="008A01D9"/>
     <w:rsid w:val="008A7C93"/>
     <w:rsid w:val="008B52DF"/>
     <w:rsid w:val="008B5808"/>
     <w:rsid w:val="008C15EF"/>
     <w:rsid w:val="008C69A0"/>
     <w:rsid w:val="008D67F3"/>
     <w:rsid w:val="008E048C"/>
     <w:rsid w:val="008E1652"/>
     <w:rsid w:val="008E3D90"/>
     <w:rsid w:val="008E49DA"/>
     <w:rsid w:val="008E58F4"/>
     <w:rsid w:val="008F1CB8"/>
     <w:rsid w:val="008F2E7B"/>
     <w:rsid w:val="008F33EA"/>
     <w:rsid w:val="008F7C00"/>
     <w:rsid w:val="009071B4"/>
     <w:rsid w:val="00912730"/>
     <w:rsid w:val="00916ACD"/>
     <w:rsid w:val="00920BBC"/>
     <w:rsid w:val="0092295C"/>
     <w:rsid w:val="009237AF"/>
     <w:rsid w:val="00924F9E"/>
     <w:rsid w:val="009331FC"/>
     <w:rsid w:val="009349F4"/>
     <w:rsid w:val="0093686F"/>
     <w:rsid w:val="00942002"/>
     <w:rsid w:val="00944723"/>
     <w:rsid w:val="009468E7"/>
     <w:rsid w:val="00946E36"/>
     <w:rsid w:val="00972F95"/>
     <w:rsid w:val="00973490"/>
     <w:rsid w:val="00975577"/>
     <w:rsid w:val="0097774B"/>
     <w:rsid w:val="00985039"/>
     <w:rsid w:val="0099207F"/>
     <w:rsid w:val="00995ED9"/>
     <w:rsid w:val="009A4FD4"/>
     <w:rsid w:val="009B1586"/>
     <w:rsid w:val="009C0A12"/>
     <w:rsid w:val="009C399F"/>
     <w:rsid w:val="009C5488"/>
     <w:rsid w:val="009D1495"/>
+    <w:rsid w:val="009E15BA"/>
     <w:rsid w:val="009E7403"/>
     <w:rsid w:val="009F4FAD"/>
     <w:rsid w:val="00A065E7"/>
+    <w:rsid w:val="00A06B8F"/>
     <w:rsid w:val="00A104BA"/>
     <w:rsid w:val="00A13CAF"/>
     <w:rsid w:val="00A1447E"/>
     <w:rsid w:val="00A3344C"/>
     <w:rsid w:val="00A334F0"/>
     <w:rsid w:val="00A35111"/>
     <w:rsid w:val="00A36CF2"/>
     <w:rsid w:val="00A476D5"/>
     <w:rsid w:val="00A57487"/>
     <w:rsid w:val="00A62070"/>
     <w:rsid w:val="00A66459"/>
     <w:rsid w:val="00A677E5"/>
     <w:rsid w:val="00A71FF7"/>
     <w:rsid w:val="00A77598"/>
     <w:rsid w:val="00A820AF"/>
     <w:rsid w:val="00A847DB"/>
     <w:rsid w:val="00A91404"/>
     <w:rsid w:val="00A93C1F"/>
     <w:rsid w:val="00A95790"/>
     <w:rsid w:val="00AA208E"/>
     <w:rsid w:val="00AA5DA4"/>
     <w:rsid w:val="00AA778A"/>
     <w:rsid w:val="00AB434F"/>
     <w:rsid w:val="00AB479D"/>
     <w:rsid w:val="00AB62C4"/>
@@ -10784,74 +10658,75 @@
     <w:rsid w:val="00FA4512"/>
     <w:rsid w:val="00FA75C9"/>
     <w:rsid w:val="00FB1DC6"/>
     <w:rsid w:val="00FB2ABD"/>
     <w:rsid w:val="00FD1F0F"/>
     <w:rsid w:val="00FE0147"/>
     <w:rsid w:val="00FE4FD4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5121"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="228E7A1F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AF419F2E-CE89-44B6-B7A0-2566A88422F7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:uiPriority="99"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11084,50 +10959,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D01F79"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:qFormat/>
     <w:rsid w:val="00D01F79"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
@@ -11549,93 +11429,95 @@
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextpoznpodarouChar">
     <w:name w:val="Text pozn. pod čarou Char"/>
     <w:link w:val="Textpoznpodarou"/>
     <w:semiHidden/>
     <w:rsid w:val="008E048C"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
     <w:name w:val="Záhlaví Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zhlav"/>
     <w:rsid w:val="006F7A1B"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1202404066">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1234926147">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1991052327">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/customizations.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/attachedToolbars" Target="attachedToolbars.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/keyMapCustomizations" Target="customizations.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -11889,70 +11771,108 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\HarvardAnglia2008OfficeOnline.xsl" StyleName="Harvard – Anglia 2008"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79AB2A0F-7BDB-49DF-B152-BB371108F02D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>451</Words>
-  <Characters>3200</Characters>
+  <Words>529</Words>
+  <Characters>3122</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Informace o ukončení realizace projektu (BV)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ČMZRB, a.s.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3644</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informace o ukončení realizace projektu (BV)</dc:title>
   <dc:subject/>
   <dc:creator>Šefčík</dc:creator>
   <cp:keywords/>
   <dc:description>od 1.4.2006</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_DOC_TYPE">
+    <vt:lpwstr>F011c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T10:34:52Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>c1a8f38f-8330-44ff-ba27-9ca05b7795dc</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>