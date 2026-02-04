--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -51,51 +51,50 @@
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="680"/>
         <w:gridCol w:w="185"/>
         <w:gridCol w:w="680"/>
         <w:gridCol w:w="190"/>
         <w:gridCol w:w="510"/>
         <w:gridCol w:w="5126"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B5808" w:rsidRPr="00BE4117" w14:paraId="255870DE" w14:textId="77777777" w:rsidTr="00BE4117">
         <w:trPr>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BE2C2CF" w14:textId="12C83B9A" w:rsidR="008B5808" w:rsidRPr="00BE4117" w:rsidRDefault="001C2892" w:rsidP="00DF521D">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Informace o </w:t>
             </w:r>
             <w:r w:rsidR="00C36BE5">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="28"/>
@@ -124,93 +123,91 @@
             <w:r w:rsidR="00912AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Úvěry – Povodňový restart 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00337E58" w:rsidRPr="00BE4117" w14:paraId="7DDC60F4" w14:textId="77777777" w:rsidTr="00C36BE5">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CEEBD2E" w14:textId="77777777" w:rsidR="00337E58" w:rsidRPr="00BE4117" w:rsidRDefault="00337E58">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E06E2" w:rsidRPr="00BE4117" w14:paraId="43880CF0" w14:textId="77777777" w:rsidTr="007502D7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A806947" w14:textId="74F818EE" w:rsidR="006C14A2" w:rsidRPr="00AF707A" w:rsidRDefault="00784AAB" w:rsidP="006C14A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF707A">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -310,51 +307,50 @@
             <w:r w:rsidR="00CD7988">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F629740" w14:textId="77777777" w:rsidR="006C14A2" w:rsidRPr="00BE4117" w:rsidRDefault="006C14A2" w:rsidP="006C14A2">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -443,84 +439,82 @@
             <w:r w:rsidR="00CD7988">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10C0BEEC" w14:textId="77777777" w:rsidR="006C14A2" w:rsidRPr="00BE4117" w:rsidRDefault="006C14A2" w:rsidP="006C14A2">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D6929F1" w14:textId="250B542A" w:rsidR="006C14A2" w:rsidRPr="0090644C" w:rsidRDefault="00773083" w:rsidP="00CD7988">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
@@ -561,51 +555,50 @@
             </w:r>
             <w:r w:rsidR="00CD7988">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5126" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="567AE3F5" w14:textId="77777777" w:rsidR="006C14A2" w:rsidRPr="00BE4117" w:rsidRDefault="006C14A2" w:rsidP="0054480F">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(dále jen „</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4BE0">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -624,51 +617,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009138C1" w:rsidRPr="00BE4117" w14:paraId="0CE5AA6D" w14:textId="77777777" w:rsidTr="00AF707A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62EE4C28" w14:textId="77777777" w:rsidR="009138C1" w:rsidRPr="00BE4117" w:rsidRDefault="009138C1" w:rsidP="00FE3663">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
@@ -698,51 +690,50 @@
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55653258" w14:textId="77777777" w:rsidR="003753AA" w:rsidRPr="00BE4117" w:rsidRDefault="003753AA" w:rsidP="00585569">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -868,51 +859,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009138C1" w:rsidRPr="00BE4117" w14:paraId="1343B746" w14:textId="77777777" w:rsidTr="00AF707A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16C43AD3" w14:textId="77777777" w:rsidR="009138C1" w:rsidRPr="00BE4117" w:rsidRDefault="009138C1" w:rsidP="00585569">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
@@ -943,51 +933,50 @@
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6743D322" w14:textId="77777777" w:rsidR="003753AA" w:rsidRPr="00BE4117" w:rsidRDefault="003753AA" w:rsidP="00585569">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1162,145 +1151,141 @@
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="2479"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2623"/>
         <w:gridCol w:w="1703"/>
       </w:tblGrid>
       <w:tr w:rsidR="00912AE1" w:rsidRPr="00BE4117" w14:paraId="77C2E198" w14:textId="77777777" w:rsidTr="00077294">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4D19F46D" w14:textId="6904F7F6" w:rsidR="00912AE1" w:rsidRPr="00BE4117" w:rsidRDefault="00912AE1" w:rsidP="00912AE1">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Klient prohlašuje, že</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00912AE1" w:rsidRPr="00BE4117" w14:paraId="427A67C4" w14:textId="77777777" w:rsidTr="00077294">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0A5588EC" w14:textId="77777777" w:rsidR="00912AE1" w:rsidRPr="00BE4117" w:rsidRDefault="00912AE1" w:rsidP="00077294">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E726D3A" w14:textId="77777777" w:rsidR="00912AE1" w:rsidRPr="00BE4117" w:rsidRDefault="00912AE1" w:rsidP="00077294">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4326" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="56D4F2FB" w14:textId="77777777" w:rsidR="00912AE1" w:rsidRPr="00BE4117" w:rsidRDefault="00912AE1" w:rsidP="00077294">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00912AE1" w:rsidRPr="00BE4117" w14:paraId="2B9585AE" w14:textId="77777777" w:rsidTr="00077294">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4659,68 +4644,68 @@
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00803234" w:rsidRPr="00BE4117" w:rsidSect="00475519">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1276" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30BFDEAA" w14:textId="77777777" w:rsidR="000C197D" w:rsidRDefault="000C197D">
+    <w:p w14:paraId="5B84A859" w14:textId="77777777" w:rsidR="00EA5B4D" w:rsidRDefault="00EA5B4D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BCDE9B6" w14:textId="77777777" w:rsidR="000C197D" w:rsidRDefault="000C197D"/>
+    <w:p w14:paraId="0B3B3A1F" w14:textId="77777777" w:rsidR="00EA5B4D" w:rsidRDefault="00EA5B4D"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FAACA2E" w14:textId="77777777" w:rsidR="000C197D" w:rsidRDefault="000C197D">
+    <w:p w14:paraId="57C6E494" w14:textId="77777777" w:rsidR="00EA5B4D" w:rsidRDefault="00EA5B4D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661B389A" w14:textId="77777777" w:rsidR="000C197D" w:rsidRDefault="000C197D"/>
+    <w:p w14:paraId="043BD9CF" w14:textId="77777777" w:rsidR="00EA5B4D" w:rsidRDefault="00EA5B4D"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="58A6FB7C" w14:textId="77777777" w:rsidR="000C197D" w:rsidRDefault="000C197D"/>
-    <w:p w14:paraId="190A9772" w14:textId="77777777" w:rsidR="000C197D" w:rsidRDefault="000C197D"/>
+    <w:p w14:paraId="63007B32" w14:textId="77777777" w:rsidR="00EA5B4D" w:rsidRDefault="00EA5B4D"/>
+    <w:p w14:paraId="248318C3" w14:textId="77777777" w:rsidR="00EA5B4D" w:rsidRDefault="00EA5B4D"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -5069,68 +5054,68 @@
       <w:t>(</w:t>
     </w:r>
     <w:r w:rsidRPr="00D938A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>web</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="752AAEC3" w14:textId="77777777" w:rsidR="000C197D" w:rsidRDefault="000C197D">
+    <w:p w14:paraId="55FAB31D" w14:textId="77777777" w:rsidR="00EA5B4D" w:rsidRDefault="00EA5B4D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="017F6FF2" w14:textId="77777777" w:rsidR="000C197D" w:rsidRDefault="000C197D"/>
+    <w:p w14:paraId="0DB64DD5" w14:textId="77777777" w:rsidR="00EA5B4D" w:rsidRDefault="00EA5B4D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5362B212" w14:textId="77777777" w:rsidR="000C197D" w:rsidRDefault="000C197D">
+    <w:p w14:paraId="69FA6566" w14:textId="77777777" w:rsidR="00EA5B4D" w:rsidRDefault="00EA5B4D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C5636A5" w14:textId="77777777" w:rsidR="000C197D" w:rsidRDefault="000C197D"/>
+    <w:p w14:paraId="4610E1D5" w14:textId="77777777" w:rsidR="00EA5B4D" w:rsidRDefault="00EA5B4D"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2501BE97" w14:textId="77777777" w:rsidR="000C197D" w:rsidRDefault="000C197D"/>
-    <w:p w14:paraId="4EF96126" w14:textId="77777777" w:rsidR="000C197D" w:rsidRDefault="000C197D"/>
+    <w:p w14:paraId="757EEC56" w14:textId="77777777" w:rsidR="00EA5B4D" w:rsidRDefault="00EA5B4D"/>
+    <w:p w14:paraId="213D8CCA" w14:textId="77777777" w:rsidR="00EA5B4D" w:rsidRDefault="00EA5B4D"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="5AD87B21" w14:textId="77777777" w:rsidR="0090644C" w:rsidRPr="00BE4117" w:rsidRDefault="0090644C" w:rsidP="00E30319">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
@@ -7340,51 +7325,51 @@
   </w:num>
   <w:num w:numId="14" w16cid:durableId="579680113">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="312560959">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="395737082">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="291398674">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="409232718">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="WgyDahKD7CxeNoDjCdtP+EomQE5trKDeEL36wcCLS9LLLNifWEJBrtOPqyWqcF2wMeXdUADSJTcL0lSJ3odp+A==" w:salt="IL2WO4LsKZCCWLybfz3hBQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -7652,50 +7637,51 @@
     <w:rsid w:val="00552035"/>
     <w:rsid w:val="005543AD"/>
     <w:rsid w:val="00556967"/>
     <w:rsid w:val="00561CA4"/>
     <w:rsid w:val="005639BB"/>
     <w:rsid w:val="00567967"/>
     <w:rsid w:val="005725DB"/>
     <w:rsid w:val="00575433"/>
     <w:rsid w:val="005774C1"/>
     <w:rsid w:val="00580D6B"/>
     <w:rsid w:val="005814D3"/>
     <w:rsid w:val="005824E9"/>
     <w:rsid w:val="00583422"/>
     <w:rsid w:val="00585569"/>
     <w:rsid w:val="005861C1"/>
     <w:rsid w:val="00590C1F"/>
     <w:rsid w:val="0059241D"/>
     <w:rsid w:val="005952C9"/>
     <w:rsid w:val="00597251"/>
     <w:rsid w:val="00597E35"/>
     <w:rsid w:val="005A0168"/>
     <w:rsid w:val="005A3248"/>
     <w:rsid w:val="005A43C4"/>
     <w:rsid w:val="005A6113"/>
     <w:rsid w:val="005B2BBE"/>
+    <w:rsid w:val="005C00E2"/>
     <w:rsid w:val="005C19B5"/>
     <w:rsid w:val="005C2675"/>
     <w:rsid w:val="005C4F46"/>
     <w:rsid w:val="005D6554"/>
     <w:rsid w:val="005E0C42"/>
     <w:rsid w:val="005E1270"/>
     <w:rsid w:val="005E5115"/>
     <w:rsid w:val="005E52C9"/>
     <w:rsid w:val="005E686D"/>
     <w:rsid w:val="00601447"/>
     <w:rsid w:val="00602175"/>
     <w:rsid w:val="0060442A"/>
     <w:rsid w:val="0060505F"/>
     <w:rsid w:val="00605FD1"/>
     <w:rsid w:val="00614912"/>
     <w:rsid w:val="0061691A"/>
     <w:rsid w:val="00622FFB"/>
     <w:rsid w:val="006241D3"/>
     <w:rsid w:val="0062434B"/>
     <w:rsid w:val="00627395"/>
     <w:rsid w:val="0063690B"/>
     <w:rsid w:val="00643145"/>
     <w:rsid w:val="00645824"/>
     <w:rsid w:val="00647277"/>
     <w:rsid w:val="00647BF4"/>
@@ -7705,50 +7691,51 @@
     <w:rsid w:val="00656035"/>
     <w:rsid w:val="006568CE"/>
     <w:rsid w:val="006708B6"/>
     <w:rsid w:val="00672959"/>
     <w:rsid w:val="00684E1E"/>
     <w:rsid w:val="00695908"/>
     <w:rsid w:val="00696195"/>
     <w:rsid w:val="006977B7"/>
     <w:rsid w:val="006A1FCD"/>
     <w:rsid w:val="006A3BB5"/>
     <w:rsid w:val="006A5172"/>
     <w:rsid w:val="006B63B5"/>
     <w:rsid w:val="006B7BCC"/>
     <w:rsid w:val="006C14A2"/>
     <w:rsid w:val="006C3CE3"/>
     <w:rsid w:val="006D3945"/>
     <w:rsid w:val="006D4EF4"/>
     <w:rsid w:val="006E06E2"/>
     <w:rsid w:val="006E2678"/>
     <w:rsid w:val="006E54DB"/>
     <w:rsid w:val="006E5BEF"/>
     <w:rsid w:val="006F1CBD"/>
     <w:rsid w:val="006F3D90"/>
     <w:rsid w:val="006F5033"/>
     <w:rsid w:val="006F616E"/>
+    <w:rsid w:val="0070182F"/>
     <w:rsid w:val="0070391A"/>
     <w:rsid w:val="00705337"/>
     <w:rsid w:val="00705BDB"/>
     <w:rsid w:val="00712062"/>
     <w:rsid w:val="007133CD"/>
     <w:rsid w:val="0071371A"/>
     <w:rsid w:val="007140C6"/>
     <w:rsid w:val="00715238"/>
     <w:rsid w:val="00716330"/>
     <w:rsid w:val="00726EEB"/>
     <w:rsid w:val="00733AE9"/>
     <w:rsid w:val="00735047"/>
     <w:rsid w:val="00735057"/>
     <w:rsid w:val="00742588"/>
     <w:rsid w:val="0074267D"/>
     <w:rsid w:val="00743F36"/>
     <w:rsid w:val="00747138"/>
     <w:rsid w:val="00747860"/>
     <w:rsid w:val="007502D7"/>
     <w:rsid w:val="007527D1"/>
     <w:rsid w:val="007610F2"/>
     <w:rsid w:val="0076658D"/>
     <w:rsid w:val="00772665"/>
     <w:rsid w:val="00773083"/>
     <w:rsid w:val="00784AAB"/>
@@ -8091,50 +8078,51 @@
     <w:rsid w:val="00E04640"/>
     <w:rsid w:val="00E11FEF"/>
     <w:rsid w:val="00E166B2"/>
     <w:rsid w:val="00E24A8C"/>
     <w:rsid w:val="00E2692E"/>
     <w:rsid w:val="00E30319"/>
     <w:rsid w:val="00E30963"/>
     <w:rsid w:val="00E3236A"/>
     <w:rsid w:val="00E33149"/>
     <w:rsid w:val="00E52D77"/>
     <w:rsid w:val="00E5332E"/>
     <w:rsid w:val="00E5766F"/>
     <w:rsid w:val="00E6255A"/>
     <w:rsid w:val="00E634E6"/>
     <w:rsid w:val="00E70B86"/>
     <w:rsid w:val="00E71884"/>
     <w:rsid w:val="00E71B3C"/>
     <w:rsid w:val="00E725AC"/>
     <w:rsid w:val="00E75AE4"/>
     <w:rsid w:val="00E772F7"/>
     <w:rsid w:val="00E77886"/>
     <w:rsid w:val="00E836B6"/>
     <w:rsid w:val="00E9270D"/>
     <w:rsid w:val="00E9607C"/>
     <w:rsid w:val="00EA4828"/>
+    <w:rsid w:val="00EA5B4D"/>
     <w:rsid w:val="00EA6CF1"/>
     <w:rsid w:val="00EB28B7"/>
     <w:rsid w:val="00EB5B9E"/>
     <w:rsid w:val="00EB5BCF"/>
     <w:rsid w:val="00EB6F0C"/>
     <w:rsid w:val="00EC53B3"/>
     <w:rsid w:val="00EC6FBA"/>
     <w:rsid w:val="00ED577A"/>
     <w:rsid w:val="00ED5A8E"/>
     <w:rsid w:val="00EE4C25"/>
     <w:rsid w:val="00EE6AEC"/>
     <w:rsid w:val="00EF110F"/>
     <w:rsid w:val="00EF3A22"/>
     <w:rsid w:val="00EF42C9"/>
     <w:rsid w:val="00EF5AC0"/>
     <w:rsid w:val="00F012EA"/>
     <w:rsid w:val="00F03AFD"/>
     <w:rsid w:val="00F03C65"/>
     <w:rsid w:val="00F06AD1"/>
     <w:rsid w:val="00F1103A"/>
     <w:rsid w:val="00F13AD2"/>
     <w:rsid w:val="00F1434C"/>
     <w:rsid w:val="00F14768"/>
     <w:rsid w:val="00F23C30"/>
     <w:rsid w:val="00F23F67"/>
@@ -9265,103 +9253,109 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\HarvardAnglia2008OfficeOnline.xsl" StyleName="Harvard – Anglia 2008"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F04E30AC-7FDE-4222-B220-70F6F8B99600}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>info_ukonceni_projektu_uvery_podnikatel_210501.dot</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>1</Pages>
   <Words>405</Words>
   <Characters>2390</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Informace o ukončení realizace projektu (BV)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ČMZRB, a.s.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2790</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informace o ukončení realizace projektu (BV)</dc:title>
   <dc:subject/>
   <dc:creator>sefcik</dc:creator>
   <cp:keywords/>
   <dc:description>od 1.4.2006</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_DOC_TYPE">
-    <vt:lpwstr>F011c</vt:lpwstr>
+    <vt:lpwstr>F011d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
     <vt:lpwstr>2025-03-13T18:13:41Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
     <vt:lpwstr>Veřejná informace</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
     <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
     <vt:lpwstr>792306d9-f877-438a-ab1a-cf489ad76eb4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
 </Properties>
 </file>