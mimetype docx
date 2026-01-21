--- v0 (2025-10-06)
+++ v1 (2026-01-21)
@@ -1,105 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9794" w:type="dxa"/>
         <w:tblInd w:w="-85" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13"/>
         <w:gridCol w:w="3261"/>
         <w:gridCol w:w="6507"/>
         <w:gridCol w:w="13"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B5808" w:rsidRPr="00DA3D42" w:rsidTr="008A485C">
+      <w:tr w:rsidR="008B5808" w:rsidRPr="00DA3D42" w14:paraId="6FC4F486" w14:textId="77777777" w:rsidTr="008A485C">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="13" w:type="dxa"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF19BC" w:rsidRPr="00DA3D42" w:rsidRDefault="001C2892" w:rsidP="004E3BC4">
+          <w:p w14:paraId="6A17075C" w14:textId="77777777" w:rsidR="00FF19BC" w:rsidRPr="00DA3D42" w:rsidRDefault="001C2892" w:rsidP="004E3BC4">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Informace o </w:t>
             </w:r>
             <w:r w:rsidR="004E3BC4" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
@@ -134,123 +134,123 @@
             <w:r w:rsidR="004E3BC4" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001973B3" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">EXPANZE - </w:t>
             </w:r>
             <w:r w:rsidR="00AB3B1B" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Energie</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C62DB4" w:rsidRPr="00DA3D42" w:rsidRDefault="00C62DB4" w:rsidP="00C40F4C">
+          <w:p w14:paraId="10823F59" w14:textId="77777777" w:rsidR="00C62DB4" w:rsidRPr="00DA3D42" w:rsidRDefault="00C62DB4" w:rsidP="00C40F4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A485C" w:rsidRPr="00DA3D42" w:rsidTr="00180518">
+      <w:tr w:rsidR="008A485C" w:rsidRPr="00DA3D42" w14:paraId="120CE938" w14:textId="77777777" w:rsidTr="00180518">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="13" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A485C" w:rsidRPr="00DA3D42" w:rsidRDefault="008A485C" w:rsidP="006134B7">
+          <w:p w14:paraId="71E5A58C" w14:textId="77777777" w:rsidR="008A485C" w:rsidRPr="00DA3D42" w:rsidRDefault="008A485C" w:rsidP="006134B7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="531"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5808" w:rsidRPr="00DA3D42" w:rsidTr="008A485C">
+      <w:tr w:rsidR="008B5808" w:rsidRPr="00DA3D42" w14:paraId="0AFCDA1A" w14:textId="77777777" w:rsidTr="008A485C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="13" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00DA3D42" w:rsidRDefault="0044485E" w:rsidP="00840EA0">
+          <w:p w14:paraId="145BB87A" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00DA3D42" w:rsidRDefault="0044485E" w:rsidP="00840EA0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -313,253 +313,251 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00DA3D42" w:rsidRDefault="00DA3D42" w:rsidP="00C030A5">
+          <w:p w14:paraId="1DC0DD77" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00DA3D42" w:rsidRDefault="00DA3D42" w:rsidP="00C030A5">
             <w:pPr>
               <w:pStyle w:val="ZAHLAVICISOBCHPRIP"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="3899"/>
               </w:tabs>
               <w:ind w:left="72"/>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:t>…..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5808" w:rsidRPr="00DA3D42" w:rsidTr="008A485C">
+      <w:tr w:rsidR="008B5808" w:rsidRPr="00DA3D42" w14:paraId="5684D2D8" w14:textId="77777777" w:rsidTr="008A485C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="13" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00DA3D42" w:rsidRDefault="00030A41" w:rsidP="00C030A5">
+          <w:p w14:paraId="2147CFF2" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00DA3D42" w:rsidRDefault="00030A41" w:rsidP="00C030A5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Klient</w:t>
             </w:r>
             <w:r w:rsidR="008B5808" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B5808" w:rsidRPr="00DA3D42" w:rsidRDefault="00DA3D42" w:rsidP="00C030A5">
+          <w:p w14:paraId="5B0128BD" w14:textId="77777777" w:rsidR="008B5808" w:rsidRPr="00DA3D42" w:rsidRDefault="00DA3D42" w:rsidP="00C030A5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>…..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00023F19" w:rsidRPr="00DA3D42" w:rsidTr="008A485C">
+      <w:tr w:rsidR="00023F19" w:rsidRPr="00DA3D42" w14:paraId="3103A439" w14:textId="77777777" w:rsidTr="008A485C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="13" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00023F19" w:rsidRPr="00DA3D42" w:rsidRDefault="00EA7CC4" w:rsidP="00C030A5">
+          <w:p w14:paraId="40998FCC" w14:textId="77777777" w:rsidR="00023F19" w:rsidRPr="00DA3D42" w:rsidRDefault="00EA7CC4" w:rsidP="00C030A5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>IČO/RČ:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00023F19" w:rsidRPr="00DA3D42" w:rsidRDefault="00DA3D42" w:rsidP="00C030A5">
+          <w:p w14:paraId="5E2E4B17" w14:textId="77777777" w:rsidR="00023F19" w:rsidRPr="00DA3D42" w:rsidRDefault="00DA3D42" w:rsidP="00C030A5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>…..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E24B97" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24B97" w:rsidP="00430FF8">
+    <w:p w14:paraId="73BFE3A3" w14:textId="77777777" w:rsidR="00E24B97" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24B97" w:rsidP="00430FF8">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="-85"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00002F9B" w:rsidRPr="00DA3D42" w:rsidRDefault="00A1501F" w:rsidP="00430FF8">
+    <w:p w14:paraId="238CE89D" w14:textId="77777777" w:rsidR="00002F9B" w:rsidRPr="00DA3D42" w:rsidRDefault="00A1501F" w:rsidP="00430FF8">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="-85"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pojmy začínající velkým písmenem mají stejný význam jako ve Smlouvě o </w:t>
       </w:r>
       <w:r w:rsidR="001B76C5" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">poskytnutí </w:t>
       </w:r>
       <w:r w:rsidR="004E3BC4" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -582,138 +580,136 @@
         <w:t>ky</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, není-li uvedeno jinak.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9781"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00765E09" w:rsidRPr="00DA3D42" w:rsidTr="008A485C">
+      <w:tr w:rsidR="00765E09" w:rsidRPr="00DA3D42" w14:paraId="6655EDA2" w14:textId="77777777" w:rsidTr="008A485C">
         <w:trPr>
           <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00765E09" w:rsidRPr="00DA3D42" w:rsidRDefault="00765E09" w:rsidP="008A485C">
+          <w:p w14:paraId="6FC4A75F" w14:textId="77777777" w:rsidR="00765E09" w:rsidRPr="00DA3D42" w:rsidRDefault="00765E09" w:rsidP="008A485C">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prohlášení </w:t>
             </w:r>
             <w:r w:rsidR="00625883" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
             <w:r w:rsidR="001E291E" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF6AF0" w:rsidRPr="00DA3D42" w:rsidTr="008A485C">
+      <w:tr w:rsidR="00FF6AF0" w:rsidRPr="00DA3D42" w14:paraId="17A303AA" w14:textId="77777777" w:rsidTr="008A485C">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF19BC" w:rsidRPr="00DA3D42" w:rsidRDefault="00FF19BC" w:rsidP="00E24B97">
+          <w:p w14:paraId="098A3F17" w14:textId="77777777" w:rsidR="00FF19BC" w:rsidRPr="00DA3D42" w:rsidRDefault="00FF19BC" w:rsidP="00E24B97">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00002F9B" w:rsidRPr="00DA3D42" w:rsidRDefault="00002F9B" w:rsidP="00287E97">
+    <w:p w14:paraId="63D04DF9" w14:textId="77777777" w:rsidR="00002F9B" w:rsidRPr="00DA3D42" w:rsidRDefault="00002F9B" w:rsidP="00287E97">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00002F9B" w:rsidRPr="00DA3D42" w:rsidRDefault="00625883" w:rsidP="00287E97">
+    <w:p w14:paraId="494C32A8" w14:textId="77777777" w:rsidR="00002F9B" w:rsidRPr="00DA3D42" w:rsidRDefault="00625883" w:rsidP="00287E97">
       <w:pPr>
         <w:ind w:left="-113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Klient prohlašuje, že </w:t>
       </w:r>
       <w:r w:rsidR="00002F9B" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>plní</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -723,57 +719,57 @@
       </w:r>
       <w:r w:rsidR="00002F9B" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00742286" w:rsidRPr="00DA3D42">
+      <w:r w:rsidR="00002F9B" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00742286" w:rsidRPr="00DA3D42">
+      <w:r w:rsidR="00002F9B" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00002F9B" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00002F9B" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
@@ -789,57 +785,57 @@
       </w:r>
       <w:r w:rsidR="00002F9B" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00742286" w:rsidRPr="00DA3D42">
+      <w:r w:rsidR="00002F9B" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00742286" w:rsidRPr="00DA3D42">
+      <w:r w:rsidR="00002F9B" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00002F9B" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> podmínky programu </w:t>
       </w:r>
       <w:r w:rsidR="000978DC" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -901,85 +897,85 @@
         </w:rPr>
         <w:t>poskytnutí zá</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ru</w:t>
       </w:r>
       <w:r w:rsidR="004E3BC4" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ky</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B76C5" w:rsidRPr="00DA3D42" w:rsidRDefault="001B76C5" w:rsidP="00287E97">
+    <w:p w14:paraId="0B4031C6" w14:textId="77777777" w:rsidR="001B76C5" w:rsidRPr="00DA3D42" w:rsidRDefault="001B76C5" w:rsidP="00287E97">
       <w:pPr>
         <w:ind w:left="-113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001B76C5" w:rsidRPr="00DA3D42" w:rsidRDefault="001B76C5" w:rsidP="00287E97">
+    <w:p w14:paraId="38C22B22" w14:textId="77777777" w:rsidR="001B76C5" w:rsidRPr="00DA3D42" w:rsidRDefault="001B76C5" w:rsidP="00287E97">
       <w:pPr>
         <w:ind w:left="-113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Klient prohlašuje, že </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00766027" w:rsidRPr="00DA3D42" w:rsidRDefault="00766027" w:rsidP="00287E97">
+    <w:p w14:paraId="0BFD85A8" w14:textId="77777777" w:rsidR="00766027" w:rsidRPr="00DA3D42" w:rsidRDefault="00766027" w:rsidP="00287E97">
       <w:pPr>
         <w:ind w:left="-113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009B0A85" w:rsidRPr="00DA3D42" w:rsidRDefault="001B76C5" w:rsidP="00094290">
+    <w:p w14:paraId="17FD2A64" w14:textId="77777777" w:rsidR="009B0A85" w:rsidRPr="00DA3D42" w:rsidRDefault="001B76C5" w:rsidP="00094290">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>veškeré prostředky vyčerpané ze Zaručovaného úvěru použil k úhradě způsobilých výdajů</w:t>
       </w:r>
       <w:r w:rsidR="00287E97" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (viz níže uvedená tabulka)</w:t>
@@ -1000,186 +996,193 @@
       </w:r>
       <w:r w:rsidR="00766027" w:rsidRPr="00DA3D42" w:rsidDel="00766027">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="68" w:type="dxa"/>
           <w:right w:w="68" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2488"/>
         <w:gridCol w:w="482"/>
         <w:gridCol w:w="5622"/>
         <w:gridCol w:w="1047"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F47D99" w:rsidRPr="00DA3D42" w:rsidTr="00F67696">
+      <w:tr w:rsidR="00F47D99" w:rsidRPr="00DA3D42" w14:paraId="4D876E3E" w14:textId="77777777" w:rsidTr="00F67696">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2359" w:type="dxa"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F47D99" w:rsidRPr="00DA3D42" w:rsidRDefault="00F47D99" w:rsidP="00F47D99">
+          <w:p w14:paraId="6650062F" w14:textId="77777777" w:rsidR="00F47D99" w:rsidRPr="00DA3D42" w:rsidRDefault="00F47D99" w:rsidP="00F47D99">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">není </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>plátcem DPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="457" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F47D99" w:rsidRPr="00DA3D42" w:rsidRDefault="00F67696" w:rsidP="00C15A49">
+          <w:p w14:paraId="270A1A55" w14:textId="77777777" w:rsidR="00F47D99" w:rsidRPr="00DA3D42" w:rsidRDefault="00F67696" w:rsidP="00C15A49">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Zaškrtávací1"/>
+            <w:bookmarkStart w:id="2" w:name="Zaškrtávací1"/>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00DA3D42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5331" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F47D99" w:rsidRPr="00DA3D42" w:rsidRDefault="00F47D99" w:rsidP="00C15A49">
+          <w:p w14:paraId="49A0FFE0" w14:textId="77777777" w:rsidR="00F47D99" w:rsidRPr="00DA3D42" w:rsidRDefault="00F47D99" w:rsidP="00C15A49">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>je</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> plátcem DPH nebo si může vrácení DPH nárokovat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F47D99" w:rsidRPr="00DA3D42" w:rsidRDefault="00F47D99" w:rsidP="00C15A49">
+          <w:p w14:paraId="40851BC7" w14:textId="77777777" w:rsidR="00F47D99" w:rsidRPr="00DA3D42" w:rsidRDefault="00F47D99" w:rsidP="00C15A49">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
@@ -1191,1402 +1194,1366 @@
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00484208" w:rsidRPr="00DA3D42" w:rsidRDefault="00484208" w:rsidP="00287E97">
+    <w:p w14:paraId="5F9D2F44" w14:textId="77777777" w:rsidR="00484208" w:rsidRPr="00DA3D42" w:rsidRDefault="00484208" w:rsidP="00287E97">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="4301"/>
         <w:gridCol w:w="1828"/>
         <w:gridCol w:w="1399"/>
         <w:gridCol w:w="1709"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00094290" w:rsidRPr="00DA3D42" w:rsidTr="00C531FE">
+      <w:tr w:rsidR="00094290" w:rsidRPr="00DA3D42" w14:paraId="0FC55064" w14:textId="77777777" w:rsidTr="00C531FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9779" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00094290" w:rsidRPr="00DA3D42" w:rsidRDefault="00094290" w:rsidP="00287E97">
+          <w:p w14:paraId="2C2B2F60" w14:textId="77777777" w:rsidR="00094290" w:rsidRPr="00DA3D42" w:rsidRDefault="00094290" w:rsidP="00287E97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                   Výdaje na realizaci Projektu (seznam nákladů Projektu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidTr="00C531FE">
+      <w:tr w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w14:paraId="18AA4282" w14:textId="77777777" w:rsidTr="00C531FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="00252F2C">
+          <w:p w14:paraId="1FA9CFFE" w14:textId="77777777" w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="00252F2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="00252F2C">
+          <w:p w14:paraId="509CF793" w14:textId="77777777" w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="00252F2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Zařazení</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="002D6CA8">
+          <w:p w14:paraId="30D29400" w14:textId="77777777" w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="002D6CA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Zaručovaný úvěr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="002D6CA8">
+          <w:p w14:paraId="1984966C" w14:textId="77777777" w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="002D6CA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jiné zdroje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00C67B88" w:rsidP="002D6CA8">
+          <w:p w14:paraId="0E8B7F95" w14:textId="77777777" w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00C67B88" w:rsidP="002D6CA8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00252F2C" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>elkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A0164" w:rsidRPr="00DA3D42" w:rsidTr="00C531FE">
+      <w:tr w:rsidR="005A0164" w:rsidRPr="00DA3D42" w14:paraId="5C7192A7" w14:textId="77777777" w:rsidTr="00C531FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005A0164" w:rsidRPr="00DA3D42" w:rsidRDefault="005A0164" w:rsidP="00252F2C">
+          <w:p w14:paraId="56C644B9" w14:textId="77777777" w:rsidR="005A0164" w:rsidRPr="00DA3D42" w:rsidRDefault="005A0164" w:rsidP="00252F2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005A0164" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00E24ADE">
+          <w:p w14:paraId="0F4762B3" w14:textId="77777777" w:rsidR="005A0164" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00E24ADE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Výkonová spotřeba</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005A0164" w:rsidRPr="00DA3D42" w:rsidRDefault="005A0164" w:rsidP="00DA3D42">
+          <w:p w14:paraId="40A2194F" w14:textId="77777777" w:rsidR="005A0164" w:rsidRPr="00DA3D42" w:rsidRDefault="005A0164" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005A0164" w:rsidRPr="00DA3D42" w:rsidRDefault="005A0164" w:rsidP="00DA3D42">
+          <w:p w14:paraId="25B1D2F4" w14:textId="77777777" w:rsidR="005A0164" w:rsidRPr="00DA3D42" w:rsidRDefault="005A0164" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="005A0164" w:rsidRPr="00DA3D42" w:rsidRDefault="005A0164" w:rsidP="00DA3D42">
+          <w:p w14:paraId="31F699A8" w14:textId="77777777" w:rsidR="005A0164" w:rsidRPr="00DA3D42" w:rsidRDefault="005A0164" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidTr="00C531FE">
+      <w:tr w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w14:paraId="7BB987E9" w14:textId="77777777" w:rsidTr="00C531FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="005A0164" w:rsidP="00252F2C">
+          <w:p w14:paraId="0C13FB98" w14:textId="77777777" w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="005A0164" w:rsidP="00252F2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="003A520A" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="00252F2C">
+          <w:p w14:paraId="75A7B169" w14:textId="77777777" w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="00252F2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Osobní náklady</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="00DA3D42">
+          <w:p w14:paraId="3D4DF604" w14:textId="77777777" w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="00DA3D42">
+          <w:p w14:paraId="72E3CE71" w14:textId="77777777" w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="00DA3D42">
+          <w:p w14:paraId="2873C0D6" w14:textId="77777777" w:rsidR="00252F2C" w:rsidRPr="00DA3D42" w:rsidRDefault="00252F2C" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidTr="00C531FE">
+      <w:tr w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w14:paraId="0C0012CC" w14:textId="77777777" w:rsidTr="00C531FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00252F2C">
+          <w:p w14:paraId="17A0025D" w14:textId="77777777" w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00252F2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00252F2C">
+          <w:p w14:paraId="7087620E" w14:textId="77777777" w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00252F2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Oběžný majetek celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00DA3D42">
+          <w:p w14:paraId="14C99CBD" w14:textId="77777777" w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00DA3D42">
+          <w:p w14:paraId="158EB6A2" w14:textId="77777777" w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00DA3D42">
+          <w:p w14:paraId="1F0132A1" w14:textId="77777777" w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidTr="00C531FE">
+      <w:tr w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w14:paraId="47538082" w14:textId="77777777" w:rsidTr="00C531FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00252F2C">
+          <w:p w14:paraId="79DDDA72" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00252F2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="002D6CA8">
+          <w:p w14:paraId="4F124C69" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="002D6CA8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     z toho: z</w:t>
             </w:r>
             <w:r w:rsidR="00C531FE" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ásoby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
+          <w:p w14:paraId="0C0A41DF" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
+          <w:p w14:paraId="008DC6CE" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
+          <w:p w14:paraId="5A10888D" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidTr="00C531FE">
+      <w:tr w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w14:paraId="2F4A8221" w14:textId="77777777" w:rsidTr="00C531FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00252F2C">
+          <w:p w14:paraId="6975E71F" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00252F2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="002D6CA8">
+          <w:p w14:paraId="6B307FAE" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="002D6CA8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                   pohledávky</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
+          <w:p w14:paraId="3E9F13DF" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
+          <w:p w14:paraId="77CA2DF2" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
+          <w:p w14:paraId="22519840" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidTr="00C531FE">
+      <w:tr w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w14:paraId="1E4CEB2D" w14:textId="77777777" w:rsidTr="00C531FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00252F2C">
+          <w:p w14:paraId="586EEC47" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00252F2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4394" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00252F2C">
+          <w:p w14:paraId="326B33CA" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00252F2C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Provozní </w:t>
             </w:r>
             <w:r w:rsidR="00C67B88" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>projekt</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> celkem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
+          <w:p w14:paraId="55AE979C" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
+          <w:p w14:paraId="25FB2399" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1733" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
+          <w:p w14:paraId="2E917BF3" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00DA3D42">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00287E97" w:rsidRPr="00DA3D42" w:rsidRDefault="00287E97" w:rsidP="00287E97">
+    <w:p w14:paraId="07E6E548" w14:textId="77777777" w:rsidR="00287E97" w:rsidRPr="00DA3D42" w:rsidRDefault="00287E97" w:rsidP="00287E97">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="4876"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00624BFD" w:rsidRPr="00DA3D42" w:rsidTr="00A1501F">
+      <w:tr w:rsidR="00624BFD" w:rsidRPr="00DA3D42" w14:paraId="66E075AC" w14:textId="77777777" w:rsidTr="00A1501F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00DA3D42" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
+          <w:p w14:paraId="3FF6BD05" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00DA3D42" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00624BFD">
+          <w:p w14:paraId="77BE35B1" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00624BFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00DA3D42" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
+          <w:p w14:paraId="571EAF13" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00DA3D42" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00624BFD" w:rsidRPr="00DA3D42" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
+          <w:p w14:paraId="4F2F5BC5" w14:textId="77777777" w:rsidR="00624BFD" w:rsidRPr="00DA3D42" w:rsidRDefault="00624BFD" w:rsidP="00624BFD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008A485C" w:rsidRPr="00DA3D42" w:rsidRDefault="008A485C" w:rsidP="008A485C">
+    <w:p w14:paraId="4C0F30E8" w14:textId="77777777" w:rsidR="008A485C" w:rsidRPr="00DA3D42" w:rsidRDefault="008A485C" w:rsidP="008A485C">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Podpis Klienta</w:t>
       </w:r>
       <w:r w:rsidR="00FF2973" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="2858"/>
         <w:gridCol w:w="3237"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidTr="00E555DC">
+      <w:tr w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w14:paraId="4DA8C515" w14:textId="77777777" w:rsidTr="00E555DC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00625883">
+          <w:p w14:paraId="7DD423EC" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00625883">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Jméno a příjmení osoby oprávněné zastupovat </w:t>
             </w:r>
             <w:r w:rsidR="00625883" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00C245E4" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>lienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00625883">
+          <w:p w14:paraId="4E73074D" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00625883">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Podpis osoby oprávněné zastupovat </w:t>
             </w:r>
             <w:r w:rsidR="00625883" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00C245E4" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>lienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00625883">
+          <w:p w14:paraId="2DEBE479" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00625883">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Razítko </w:t>
             </w:r>
             <w:r w:rsidR="00625883" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00C245E4" w:rsidRPr="00DA3D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>lienta, pokud je součástí podpisu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidTr="001B76C5">
+      <w:tr w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w14:paraId="3E68BA7B" w14:textId="77777777" w:rsidTr="001B76C5">
         <w:trPr>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="5E9D8946" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="5CA829AE" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="3A53DD97" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidTr="001B76C5">
+      <w:tr w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w14:paraId="0A9136A3" w14:textId="77777777" w:rsidTr="001B76C5">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="52C6C53E" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="2E89BD15" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="75279522" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidTr="001B76C5">
+      <w:tr w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w14:paraId="75515DFA" w14:textId="77777777" w:rsidTr="001B76C5">
         <w:trPr>
           <w:trHeight w:val="291"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="7FE9B34C" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="439071A1" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="1764139E" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00DA3D42" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00132B68">
+    <w:p w14:paraId="4D8F27E5" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00132B68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00132B68">
+    <w:p w14:paraId="07FA6193" w14:textId="77777777" w:rsidR="00C531FE" w:rsidRPr="00DA3D42" w:rsidRDefault="00C531FE" w:rsidP="00132B68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C871A7" w:rsidRPr="00DA3D42" w:rsidRDefault="00C871A7" w:rsidP="00C871A7">
+    <w:p w14:paraId="2B7DEEAA" w14:textId="77777777" w:rsidR="00C871A7" w:rsidRPr="00DA3D42" w:rsidRDefault="00C871A7" w:rsidP="00C871A7">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Příloha:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C871A7" w:rsidRPr="00DA3D42" w:rsidRDefault="00C871A7" w:rsidP="00C871A7">
+    <w:p w14:paraId="1939B452" w14:textId="77777777" w:rsidR="00C871A7" w:rsidRPr="00DA3D42" w:rsidRDefault="00C871A7" w:rsidP="00C871A7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Účetní výkazy</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> o čerpání zaručovaného provozního úvěru na způsobilé výdaje</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A3264E" w:rsidRPr="00DA3D42" w:rsidRDefault="00A3264E" w:rsidP="00342D23">
+    <w:p w14:paraId="55C768FB" w14:textId="77777777" w:rsidR="00A3264E" w:rsidRPr="00DA3D42" w:rsidRDefault="00A3264E" w:rsidP="00342D23">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A3264E" w:rsidRPr="00DA3D42" w:rsidSect="009F525D">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="849" w:bottom="1276" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AF54AF" w:rsidRDefault="00AF54AF">
+    <w:p w14:paraId="369DFE32" w14:textId="77777777" w:rsidR="00E958D1" w:rsidRDefault="00E958D1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AF54AF" w:rsidRDefault="00AF54AF">
+    <w:p w14:paraId="7B75C7AD" w14:textId="77777777" w:rsidR="00E958D1" w:rsidRDefault="00E958D1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2618,102 +2585,102 @@
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00794381" w:rsidRDefault="00002F9B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="65375EB2" w14:textId="77777777" w:rsidR="00794381" w:rsidRDefault="00002F9B">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00794381">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00794381" w:rsidRDefault="00794381">
+  <w:p w14:paraId="1838C7B4" w14:textId="77777777" w:rsidR="00794381" w:rsidRDefault="00794381">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00794381" w:rsidRPr="00C80F4A" w:rsidRDefault="00002F9B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="48C66178" w14:textId="77777777" w:rsidR="00794381" w:rsidRPr="00C80F4A" w:rsidRDefault="00002F9B">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00F95783" w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -2736,108 +2703,108 @@
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00794381" w:rsidRDefault="00794381">
+  <w:p w14:paraId="7D961BB8" w14:textId="77777777" w:rsidR="00794381" w:rsidRDefault="00794381">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00FF19BC" w:rsidRDefault="00002F9B">
+  <w:p w14:paraId="02B26DF7" w14:textId="77777777" w:rsidR="00FF19BC" w:rsidRDefault="00002F9B">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:spacing w:before="60"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00002F9B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">verze šablony </w:t>
     </w:r>
     <w:r w:rsidR="004E3BC4">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00FF2973">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00E24B97">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="009F525D" w:rsidRPr="00C80F4A" w:rsidRDefault="009F525D" w:rsidP="009F525D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3794DDF3" w14:textId="77777777" w:rsidR="009F525D" w:rsidRPr="00C80F4A" w:rsidRDefault="009F525D" w:rsidP="009F525D">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -2860,60 +2827,60 @@
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009F525D" w:rsidRDefault="009F525D" w:rsidP="009F525D">
+  <w:p w14:paraId="65138F23" w14:textId="77777777" w:rsidR="009F525D" w:rsidRDefault="009F525D" w:rsidP="009F525D">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="009F525D" w:rsidRPr="00E427B2" w:rsidRDefault="00186D19">
+  <w:p w14:paraId="3A672614" w14:textId="77777777" w:rsidR="009F525D" w:rsidRPr="00E427B2" w:rsidRDefault="00186D19">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:spacing w:before="60"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E427B2">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="009F525D" w:rsidRPr="00E427B2">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">erze šablony </w:t>
     </w:r>
@@ -2932,98 +2899,98 @@
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
     <w:r w:rsidR="00094290" w:rsidRPr="00E427B2">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00094290" w:rsidRPr="00E427B2">
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AF54AF" w:rsidRDefault="00AF54AF">
+    <w:p w14:paraId="11596316" w14:textId="77777777" w:rsidR="00E958D1" w:rsidRDefault="00E958D1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AF54AF" w:rsidRDefault="00AF54AF">
+    <w:p w14:paraId="4B10DFA0" w14:textId="77777777" w:rsidR="00E958D1" w:rsidRDefault="00E958D1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00E24ADE">
+    <w:p w14:paraId="41A210D5" w14:textId="77777777" w:rsidR="00E24ADE" w:rsidRPr="00DA3D42" w:rsidRDefault="00E24ADE" w:rsidP="00E24ADE">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Krátkodobé a dlouhodobé pohledávky KROMÉ pohledávek za společníky.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00FF2973" w:rsidRPr="00DA3D42" w:rsidRDefault="00FF2973" w:rsidP="00180518">
+    <w:p w14:paraId="016C9D50" w14:textId="77777777" w:rsidR="00FF2973" w:rsidRPr="00DA3D42" w:rsidRDefault="00FF2973" w:rsidP="00180518">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidR="005B707E" w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
@@ -3038,96 +3005,96 @@
         <w:t xml:space="preserve">Uvádí pouze Klient, který </w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>nemá</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D42">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> s Bankou uzavřenu platnou SMLOUVU o využívání aplikace E-podatelna. V ostatních případech ponechat prázdné.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00794381" w:rsidRDefault="00794381" w:rsidP="008941D0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7F931FA1" w14:textId="77777777" w:rsidR="00794381" w:rsidRDefault="00794381" w:rsidP="008941D0">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10207" w:type="dxa"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="28" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="5387"/>
     </w:tblGrid>
-    <w:tr w:rsidR="001E3402" w:rsidTr="00AA158F">
+    <w:tr w:rsidR="001E3402" w14:paraId="28DA0ADF" w14:textId="77777777" w:rsidTr="00AA158F">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
         </w:tcPr>
-        <w:p w:rsidR="001E3402" w:rsidRDefault="00AF54AF" w:rsidP="001E3402">
+        <w:p w14:paraId="06FBE8A9" w14:textId="77777777" w:rsidR="001E3402" w:rsidRDefault="00AF54AF" w:rsidP="001E3402">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="38C84D27" wp14:editId="7744B040">
                 <wp:extent cx="1657350" cy="742950"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="obrázek 1" descr="NRB_logo_RGB"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1" descr="NRB_logo_RGB"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -3138,61 +3105,61 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1657350" cy="742950"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="001E3402" w:rsidRDefault="00AF54AF" w:rsidP="001E3402">
+        <w:p w14:paraId="091940DD" w14:textId="77777777" w:rsidR="001E3402" w:rsidRDefault="00AF54AF" w:rsidP="001E3402">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
             <w:jc w:val="right"/>
           </w:pPr>
           <w:r w:rsidRPr="00F161AA">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="212A7459" wp14:editId="74BE3FCA">
                 <wp:extent cx="2295525" cy="504825"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Obrázek 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Obrázek 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -3200,65 +3167,65 @@
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2295525" cy="504825"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="009F525D" w:rsidRDefault="009F525D" w:rsidP="001E3402">
+  <w:p w14:paraId="4FDFC369" w14:textId="77777777" w:rsidR="009F525D" w:rsidRDefault="009F525D" w:rsidP="001E3402">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00085992" w:rsidRPr="001E3402" w:rsidRDefault="00085992" w:rsidP="001E3402">
+  <w:p w14:paraId="5658680A" w14:textId="77777777" w:rsidR="00085992" w:rsidRPr="001E3402" w:rsidRDefault="00085992" w:rsidP="001E3402">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05385E71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="01D21A6E"/>
     <w:lvl w:ilvl="0" w:tplc="8488DC40">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5512,174 +5479,174 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1765954924">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2101828756">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1316452502">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1933514239">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1074818726">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1103304719">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2140761546">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1356924523">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="997923328">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1247567607">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="108399289">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="31417623">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1882133358">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="816452539">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="798112265">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1122266518">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="750388258">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="300506541">
     <w:abstractNumId w:val="20"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="741373583">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="546263334">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="258299110">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AF54AF"/>
     <w:rsid w:val="00001581"/>
     <w:rsid w:val="0000280E"/>
     <w:rsid w:val="00002F9B"/>
     <w:rsid w:val="00011570"/>
     <w:rsid w:val="000134F3"/>
     <w:rsid w:val="000156BB"/>
     <w:rsid w:val="00023D96"/>
     <w:rsid w:val="00023F19"/>
     <w:rsid w:val="00030A41"/>
     <w:rsid w:val="00040301"/>
     <w:rsid w:val="00041F1F"/>
     <w:rsid w:val="000460EB"/>
     <w:rsid w:val="00050D80"/>
     <w:rsid w:val="00064A80"/>
     <w:rsid w:val="00067FF5"/>
     <w:rsid w:val="00071DE1"/>
     <w:rsid w:val="000729C0"/>
     <w:rsid w:val="00075DA0"/>
     <w:rsid w:val="000763D2"/>
     <w:rsid w:val="00082DA9"/>
     <w:rsid w:val="00085992"/>
     <w:rsid w:val="000872DF"/>
@@ -5744,50 +5711,51 @@
     <w:rsid w:val="001D6D53"/>
     <w:rsid w:val="001E0345"/>
     <w:rsid w:val="001E1D35"/>
     <w:rsid w:val="001E291E"/>
     <w:rsid w:val="001E3402"/>
     <w:rsid w:val="001F16BB"/>
     <w:rsid w:val="001F41CD"/>
     <w:rsid w:val="00210BC4"/>
     <w:rsid w:val="00211F0B"/>
     <w:rsid w:val="002162B4"/>
     <w:rsid w:val="0021653C"/>
     <w:rsid w:val="00216E43"/>
     <w:rsid w:val="00221A29"/>
     <w:rsid w:val="002336BA"/>
     <w:rsid w:val="00235975"/>
     <w:rsid w:val="00241058"/>
     <w:rsid w:val="00245E5D"/>
     <w:rsid w:val="00252F2C"/>
     <w:rsid w:val="0025430C"/>
     <w:rsid w:val="00256397"/>
     <w:rsid w:val="002636A4"/>
     <w:rsid w:val="002708B7"/>
     <w:rsid w:val="00271ACE"/>
     <w:rsid w:val="002730FC"/>
     <w:rsid w:val="00274F3D"/>
+    <w:rsid w:val="00276DC0"/>
     <w:rsid w:val="00277468"/>
     <w:rsid w:val="0028087B"/>
     <w:rsid w:val="00282507"/>
     <w:rsid w:val="00283CE4"/>
     <w:rsid w:val="00286E79"/>
     <w:rsid w:val="00287A4B"/>
     <w:rsid w:val="00287E97"/>
     <w:rsid w:val="002922AC"/>
     <w:rsid w:val="002927AF"/>
     <w:rsid w:val="00294A95"/>
     <w:rsid w:val="0029570D"/>
     <w:rsid w:val="002A301A"/>
     <w:rsid w:val="002A6AE0"/>
     <w:rsid w:val="002B100B"/>
     <w:rsid w:val="002B2C10"/>
     <w:rsid w:val="002B310E"/>
     <w:rsid w:val="002C0C3E"/>
     <w:rsid w:val="002C1E27"/>
     <w:rsid w:val="002C1E93"/>
     <w:rsid w:val="002C2003"/>
     <w:rsid w:val="002D0459"/>
     <w:rsid w:val="002D6CA8"/>
     <w:rsid w:val="002E0A5E"/>
     <w:rsid w:val="002E6D1B"/>
     <w:rsid w:val="002F13A5"/>
@@ -5820,50 +5788,51 @@
     <w:rsid w:val="00381F88"/>
     <w:rsid w:val="003A0BC5"/>
     <w:rsid w:val="003A0DC8"/>
     <w:rsid w:val="003A2720"/>
     <w:rsid w:val="003A520A"/>
     <w:rsid w:val="003A67B7"/>
     <w:rsid w:val="003B3830"/>
     <w:rsid w:val="003B6986"/>
     <w:rsid w:val="003C1A36"/>
     <w:rsid w:val="003C24A0"/>
     <w:rsid w:val="003D14C3"/>
     <w:rsid w:val="003E1539"/>
     <w:rsid w:val="003E5B25"/>
     <w:rsid w:val="003F4CE4"/>
     <w:rsid w:val="003F60A6"/>
     <w:rsid w:val="00402BB2"/>
     <w:rsid w:val="00411E46"/>
     <w:rsid w:val="00412946"/>
     <w:rsid w:val="00416922"/>
     <w:rsid w:val="004170ED"/>
     <w:rsid w:val="004201BB"/>
     <w:rsid w:val="00430FF8"/>
     <w:rsid w:val="004323B9"/>
     <w:rsid w:val="004331EB"/>
     <w:rsid w:val="00440A15"/>
+    <w:rsid w:val="004414E4"/>
     <w:rsid w:val="004441A1"/>
     <w:rsid w:val="0044485E"/>
     <w:rsid w:val="00445949"/>
     <w:rsid w:val="00447BF2"/>
     <w:rsid w:val="004576A4"/>
     <w:rsid w:val="004615AD"/>
     <w:rsid w:val="004618D9"/>
     <w:rsid w:val="0046243F"/>
     <w:rsid w:val="0046550A"/>
     <w:rsid w:val="00481CA9"/>
     <w:rsid w:val="00483E27"/>
     <w:rsid w:val="00484208"/>
     <w:rsid w:val="004851CD"/>
     <w:rsid w:val="00485337"/>
     <w:rsid w:val="00487475"/>
     <w:rsid w:val="00490273"/>
     <w:rsid w:val="00491863"/>
     <w:rsid w:val="00494AD7"/>
     <w:rsid w:val="00494DC3"/>
     <w:rsid w:val="00496EC0"/>
     <w:rsid w:val="004A05E3"/>
     <w:rsid w:val="004A2B1D"/>
     <w:rsid w:val="004A4905"/>
     <w:rsid w:val="004A7490"/>
     <w:rsid w:val="004A7771"/>
@@ -5947,50 +5916,51 @@
     <w:rsid w:val="00684E1E"/>
     <w:rsid w:val="00690BB3"/>
     <w:rsid w:val="00695908"/>
     <w:rsid w:val="0069606E"/>
     <w:rsid w:val="00696195"/>
     <w:rsid w:val="006977B7"/>
     <w:rsid w:val="006A341D"/>
     <w:rsid w:val="006B12ED"/>
     <w:rsid w:val="006B29CE"/>
     <w:rsid w:val="006B63B5"/>
     <w:rsid w:val="006C3CE3"/>
     <w:rsid w:val="006D4EF4"/>
     <w:rsid w:val="006E2678"/>
     <w:rsid w:val="006F1CBD"/>
     <w:rsid w:val="006F3D90"/>
     <w:rsid w:val="006F68D6"/>
     <w:rsid w:val="0070407F"/>
     <w:rsid w:val="00705337"/>
     <w:rsid w:val="00712062"/>
     <w:rsid w:val="007133CD"/>
     <w:rsid w:val="00715238"/>
     <w:rsid w:val="00715DC4"/>
     <w:rsid w:val="00721A5E"/>
     <w:rsid w:val="00722869"/>
     <w:rsid w:val="00723A5B"/>
+    <w:rsid w:val="0072585F"/>
     <w:rsid w:val="00726EEB"/>
     <w:rsid w:val="00742286"/>
     <w:rsid w:val="00743DAF"/>
     <w:rsid w:val="00743F36"/>
     <w:rsid w:val="007527D1"/>
     <w:rsid w:val="00753784"/>
     <w:rsid w:val="0075532E"/>
     <w:rsid w:val="00765E09"/>
     <w:rsid w:val="00766027"/>
     <w:rsid w:val="00772665"/>
     <w:rsid w:val="0077289D"/>
     <w:rsid w:val="007908B8"/>
     <w:rsid w:val="00793E9A"/>
     <w:rsid w:val="00794381"/>
     <w:rsid w:val="007967AB"/>
     <w:rsid w:val="007B03CF"/>
     <w:rsid w:val="007B0BFA"/>
     <w:rsid w:val="007C0399"/>
     <w:rsid w:val="007C0AD2"/>
     <w:rsid w:val="007C10BF"/>
     <w:rsid w:val="007C161F"/>
     <w:rsid w:val="007C1FC7"/>
     <w:rsid w:val="007D7499"/>
     <w:rsid w:val="007E50FB"/>
     <w:rsid w:val="007E7E4D"/>
@@ -6014,50 +5984,51 @@
     <w:rsid w:val="00863A44"/>
     <w:rsid w:val="00863F3D"/>
     <w:rsid w:val="0086604B"/>
     <w:rsid w:val="00866431"/>
     <w:rsid w:val="008670BF"/>
     <w:rsid w:val="00871808"/>
     <w:rsid w:val="0087215A"/>
     <w:rsid w:val="008750C3"/>
     <w:rsid w:val="00884B3A"/>
     <w:rsid w:val="008941D0"/>
     <w:rsid w:val="0089668B"/>
     <w:rsid w:val="008979E1"/>
     <w:rsid w:val="008A485C"/>
     <w:rsid w:val="008B52DF"/>
     <w:rsid w:val="008B5808"/>
     <w:rsid w:val="008C06B4"/>
     <w:rsid w:val="008C1ABF"/>
     <w:rsid w:val="008C7ACA"/>
     <w:rsid w:val="008E3037"/>
     <w:rsid w:val="008E49DA"/>
     <w:rsid w:val="008E58F4"/>
     <w:rsid w:val="008F2E7B"/>
     <w:rsid w:val="008F33EA"/>
     <w:rsid w:val="00912413"/>
     <w:rsid w:val="00914FF6"/>
+    <w:rsid w:val="00920ABF"/>
     <w:rsid w:val="009237AF"/>
     <w:rsid w:val="0093686F"/>
     <w:rsid w:val="00943D87"/>
     <w:rsid w:val="00944723"/>
     <w:rsid w:val="00946E36"/>
     <w:rsid w:val="00947138"/>
     <w:rsid w:val="00952ECF"/>
     <w:rsid w:val="0095796F"/>
     <w:rsid w:val="00972F95"/>
     <w:rsid w:val="0097774B"/>
     <w:rsid w:val="00977D98"/>
     <w:rsid w:val="00982A85"/>
     <w:rsid w:val="00985039"/>
     <w:rsid w:val="0099207F"/>
     <w:rsid w:val="00995ED9"/>
     <w:rsid w:val="009A4FD4"/>
     <w:rsid w:val="009B0A85"/>
     <w:rsid w:val="009B16BA"/>
     <w:rsid w:val="009B1A00"/>
     <w:rsid w:val="009B4E0D"/>
     <w:rsid w:val="009B6DFA"/>
     <w:rsid w:val="009C399F"/>
     <w:rsid w:val="009C4DDE"/>
     <w:rsid w:val="009C5488"/>
     <w:rsid w:val="009D1495"/>
@@ -6237,51 +6208,53 @@
     <w:rsid w:val="00DD2DDA"/>
     <w:rsid w:val="00DE0936"/>
     <w:rsid w:val="00DF4BEB"/>
     <w:rsid w:val="00DF603B"/>
     <w:rsid w:val="00E002D3"/>
     <w:rsid w:val="00E11FEF"/>
     <w:rsid w:val="00E166B2"/>
     <w:rsid w:val="00E16CF9"/>
     <w:rsid w:val="00E24ADE"/>
     <w:rsid w:val="00E24B97"/>
     <w:rsid w:val="00E30963"/>
     <w:rsid w:val="00E33149"/>
     <w:rsid w:val="00E35E24"/>
     <w:rsid w:val="00E427B2"/>
     <w:rsid w:val="00E52E18"/>
     <w:rsid w:val="00E543C2"/>
     <w:rsid w:val="00E555DC"/>
     <w:rsid w:val="00E70B86"/>
     <w:rsid w:val="00E71C9D"/>
     <w:rsid w:val="00E725AC"/>
     <w:rsid w:val="00E746D7"/>
     <w:rsid w:val="00E766ED"/>
     <w:rsid w:val="00E77886"/>
     <w:rsid w:val="00E80AC4"/>
     <w:rsid w:val="00E836B6"/>
+    <w:rsid w:val="00E85C9B"/>
     <w:rsid w:val="00E9270D"/>
+    <w:rsid w:val="00E958D1"/>
     <w:rsid w:val="00E97A4C"/>
     <w:rsid w:val="00EA28EB"/>
     <w:rsid w:val="00EA7CC4"/>
     <w:rsid w:val="00EC1A14"/>
     <w:rsid w:val="00EC3814"/>
     <w:rsid w:val="00EC6FBA"/>
     <w:rsid w:val="00ED0404"/>
     <w:rsid w:val="00ED0DBD"/>
     <w:rsid w:val="00ED577A"/>
     <w:rsid w:val="00EE4C25"/>
     <w:rsid w:val="00EE56C6"/>
     <w:rsid w:val="00EF42C9"/>
     <w:rsid w:val="00EF65F3"/>
     <w:rsid w:val="00F008EC"/>
     <w:rsid w:val="00F02217"/>
     <w:rsid w:val="00F06AD1"/>
     <w:rsid w:val="00F13AD2"/>
     <w:rsid w:val="00F1434C"/>
     <w:rsid w:val="00F207C9"/>
     <w:rsid w:val="00F21080"/>
     <w:rsid w:val="00F23F67"/>
     <w:rsid w:val="00F245CA"/>
     <w:rsid w:val="00F266B1"/>
     <w:rsid w:val="00F329BB"/>
     <w:rsid w:val="00F33852"/>
@@ -6311,75 +6284,75 @@
     <w:rsid w:val="00FE0147"/>
     <w:rsid w:val="00FE0318"/>
     <w:rsid w:val="00FE3B08"/>
     <w:rsid w:val="00FF19BC"/>
     <w:rsid w:val="00FF2973"/>
     <w:rsid w:val="00FF6251"/>
     <w:rsid w:val="00FF6AF0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3B178531"/>
+  <w14:docId w14:val="3339C70F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FA3E415B-2B75-42CE-AFE9-6A251C80B807}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6610,50 +6583,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F33852"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:qFormat/>
     <w:rsid w:val="00F33852"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
@@ -7085,80 +7063,78 @@
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextpoznpodarouChar">
     <w:name w:val="Text pozn. pod čarou Char"/>
     <w:link w:val="Textpoznpodarou"/>
     <w:semiHidden/>
     <w:rsid w:val="008A485C"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
     <w:name w:val="Záhlaví Char"/>
     <w:link w:val="Zhlav"/>
     <w:rsid w:val="001E3402"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="289825247">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///\\cmzrb.cz\dfsapp$\IDOK\IDOK\IDOK_OBCHOD\Dot\info_real_proj_22_EXP_zar_Energie.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7396,72 +7372,110 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\HarvardAnglia2008OfficeOnline.xsl" StyleName="Harvard – Anglia 2008"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30577306-D75D-4005-BD5A-4D1865E73BED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>info_real_proj_22_EXP_zar_Energie.dot</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>159</Words>
-  <Characters>1118</Characters>
+  <Words>185</Words>
+  <Characters>1093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Informace o výsledcích realizace projektu</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ČMZRB, a.s.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1275</CharactersWithSpaces>
+  <CharactersWithSpaces>1276</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informace o výsledcích realizace projektu</dc:title>
   <dc:subject/>
   <dc:creator>louckova</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_DOC_TYPE">
+    <vt:lpwstr>F011d</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T11:05:51Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>64cef39f-00d9-49cf-9f71-3a02b93b0808</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>