--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -7,101 +7,100 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5773D7A0" w14:textId="770939D6" w:rsidR="00DD75C7" w:rsidRPr="00DD75C7" w:rsidRDefault="00DD75C7" w:rsidP="001E4E10">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD75C7">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Informace o ukončení realizace projektu</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="680"/>
         <w:gridCol w:w="185"/>
         <w:gridCol w:w="680"/>
         <w:gridCol w:w="190"/>
         <w:gridCol w:w="510"/>
         <w:gridCol w:w="5126"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w14:paraId="22A90D7B" w14:textId="77777777" w:rsidTr="00610562">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C59CD35" w14:textId="77777777" w:rsidR="00DD75C7" w:rsidRPr="00AF707A" w:rsidRDefault="00DD75C7" w:rsidP="00610562">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF707A">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -152,102 +151,99 @@
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7745394A" w14:textId="77777777" w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w:rsidRDefault="00DD75C7" w:rsidP="00610562">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -336,84 +332,82 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49D7E5B6" w14:textId="77777777" w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w:rsidRDefault="00DD75C7" w:rsidP="00610562">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A944530" w14:textId="77777777" w:rsidR="00DD75C7" w:rsidRPr="0090644C" w:rsidRDefault="00DD75C7" w:rsidP="00610562">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
@@ -454,98 +448,96 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5126" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="252F4CFB" w14:textId="77777777" w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w:rsidRDefault="00DD75C7" w:rsidP="00610562">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(dále jen „</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4BE0">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Smlouva</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w14:paraId="1C3A1BB7" w14:textId="77777777" w:rsidTr="00610562">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A76E86C" w14:textId="77777777" w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w:rsidRDefault="00DD75C7" w:rsidP="00610562">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
@@ -559,51 +551,50 @@
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w14:paraId="03E93868" w14:textId="77777777" w:rsidTr="00610562">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C45FF4A" w14:textId="77777777" w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w:rsidRDefault="00DD75C7" w:rsidP="00610562">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -713,51 +704,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w14:paraId="0C31136E" w14:textId="77777777" w:rsidTr="00DD75C7">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25259A97" w14:textId="77777777" w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w:rsidRDefault="00DD75C7" w:rsidP="00610562">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
@@ -772,51 +762,50 @@
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w14:paraId="14ED7470" w14:textId="77777777" w:rsidTr="00DD75C7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51C30FD8" w14:textId="77777777" w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w:rsidRDefault="00DD75C7" w:rsidP="00610562">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -925,51 +914,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w14:paraId="4AE202F3" w14:textId="77777777" w:rsidTr="00DD75C7">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66EB6037" w14:textId="77777777" w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w:rsidRDefault="00DD75C7" w:rsidP="00610562">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
@@ -980,51 +968,50 @@
           <w:p w14:paraId="6ED70B86" w14:textId="77777777" w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w:rsidRDefault="00DD75C7" w:rsidP="00610562">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w14:paraId="713829C5" w14:textId="77777777" w:rsidTr="00DD75C7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F4E15C9" w14:textId="77777777" w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w:rsidRDefault="00DD75C7" w:rsidP="00DD75C7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1058,58 +1045,58 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00DD75C7">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00DD75C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00DD75C7">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DD75C7">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD75C7">
               <w:rPr>
@@ -1132,58 +1119,58 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00BE4117">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD75C7">
               <w:rPr>
@@ -1214,58 +1201,58 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00715DE5" w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidR="00715DE5" w:rsidRPr="00BE4117">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00715DE5" w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00715DE5" w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00715DE5">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> S-podnik plus</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01A6A5ED" w14:textId="15D460AB" w:rsidR="00DD75C7" w:rsidRPr="00BE4117" w:rsidRDefault="004C4381" w:rsidP="004C4381">
@@ -1288,58 +1275,58 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00BE4117">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Podřízený úvěr</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1442,142 +1429,139 @@
         <w:gridCol w:w="2479"/>
         <w:gridCol w:w="70"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="9"/>
         <w:gridCol w:w="204"/>
         <w:gridCol w:w="355"/>
         <w:gridCol w:w="853"/>
         <w:gridCol w:w="650"/>
         <w:gridCol w:w="765"/>
         <w:gridCol w:w="428"/>
         <w:gridCol w:w="735"/>
         <w:gridCol w:w="540"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E52C9" w:rsidRPr="00BE4117" w14:paraId="60F2B7E3" w14:textId="77777777" w:rsidTr="00A03F5E">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09461726" w14:textId="77777777" w:rsidR="005E52C9" w:rsidRPr="00BE4117" w:rsidRDefault="005E52C9" w:rsidP="00BE4117">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Klient prohlašuje a svým podpisem stvrzuje, že:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E52C9" w:rsidRPr="00BE4117" w14:paraId="78820826" w14:textId="77777777" w:rsidTr="00FC2CE1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3257" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A856A50" w14:textId="77777777" w:rsidR="005E52C9" w:rsidRPr="00BE4117" w:rsidRDefault="005E52C9" w:rsidP="00BE4117">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:keepNext w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ukončil realizaci Projektu dne</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1852" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B4C59A7" w14:textId="77777777" w:rsidR="005E52C9" w:rsidRPr="00BE4117" w:rsidRDefault="005E52C9" w:rsidP="00BE4117">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
@@ -1656,113 +1640,110 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B18264C" w14:textId="77777777" w:rsidR="005E52C9" w:rsidRPr="00BE4117" w:rsidRDefault="005E52C9" w:rsidP="00BE4117">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902D60" w:rsidRPr="00BE4117" w14:paraId="4C163E21" w14:textId="77777777" w:rsidTr="00610562">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2F7F9224" w14:textId="77777777" w:rsidR="00902D60" w:rsidRPr="00BE4117" w:rsidRDefault="00902D60" w:rsidP="00BE4117">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E52C9" w:rsidRPr="00BE4117" w14:paraId="16433E6C" w14:textId="77777777" w:rsidTr="00FC2CE1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0C5A43AB" w14:textId="62DC69D3" w:rsidR="005E52C9" w:rsidRPr="001E4E10" w:rsidRDefault="005E52C9" w:rsidP="00FC2CE1">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:keepNext w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -1809,51 +1790,50 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>činily</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7DE2BC20" w14:textId="77777777" w:rsidR="005E52C9" w:rsidRPr="001E4E10" w:rsidRDefault="005E52C9" w:rsidP="00BE4117">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -1933,170 +1913,166 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E5822FD" w14:textId="77777777" w:rsidR="005E52C9" w:rsidRPr="00BE4117" w:rsidRDefault="005E52C9" w:rsidP="00BE4117">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kč</w:t>
             </w:r>
             <w:r w:rsidR="00C916FE" w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902D60" w:rsidRPr="00BE4117" w14:paraId="1FACE0D3" w14:textId="77777777" w:rsidTr="00610562">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2CBE681D" w14:textId="77777777" w:rsidR="00902D60" w:rsidRPr="00BE4117" w:rsidRDefault="00902D60" w:rsidP="00BE4117">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A0D5E" w:rsidRPr="00BE4117" w14:paraId="68830080" w14:textId="77777777" w:rsidTr="00FC2CE1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3257" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4639D2A6" w14:textId="77777777" w:rsidR="009A0D5E" w:rsidRPr="00BE4117" w:rsidRDefault="009A0D5E" w:rsidP="00BE4117">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>z toho: vlastní zdroje Klienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3352F589" w14:textId="77777777" w:rsidR="009A0D5E" w:rsidRPr="00BE4117" w:rsidRDefault="009A0D5E" w:rsidP="00BE4117">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -2177,140 +2153,137 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="10A24A56" w14:textId="77777777" w:rsidR="009A0D5E" w:rsidRPr="00BE4117" w:rsidRDefault="009A0D5E" w:rsidP="00BE4117">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kč</w:t>
             </w:r>
             <w:r w:rsidR="0082729B" w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D0A763F" w14:textId="77777777" w:rsidR="009A0D5E" w:rsidRPr="00BE4117" w:rsidRDefault="009A0D5E" w:rsidP="00BE4117">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ostatní zdroje</w:t>
             </w:r>
             <w:r w:rsidR="00BA6A9A" w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1928" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="556720C8" w14:textId="77777777" w:rsidR="009A0D5E" w:rsidRPr="00BE4117" w:rsidRDefault="0082729B" w:rsidP="00BE4117">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -2389,100 +2362,98 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="706186F3" w14:textId="77777777" w:rsidR="009A0D5E" w:rsidRPr="00BE4117" w:rsidRDefault="009A0D5E" w:rsidP="00BE4117">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kč</w:t>
             </w:r>
             <w:r w:rsidR="0082729B" w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00902D60" w:rsidRPr="00BE4117" w14:paraId="00991750" w14:textId="77777777" w:rsidTr="00BE4117">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="04B721D2" w14:textId="77777777" w:rsidR="00902D60" w:rsidRPr="00BE4117" w:rsidRDefault="00902D60" w:rsidP="00BE4117">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:keepNext w:val="0"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A03F5E" w:rsidRPr="00BE4117" w14:paraId="4A1B33AF" w14:textId="77777777" w:rsidTr="00BE4117">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
@@ -2559,116 +2530,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2925,116 +2896,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3199,116 +3170,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3437,116 +3408,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3636,116 +3607,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3862,116 +3833,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4152,116 +4123,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4345,116 +4316,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="001E4E10">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="001E4E10">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="001E4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4538,157 +4509,156 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00590C1F" w:rsidRPr="00BE4117" w14:paraId="5E9DD4B9" w14:textId="77777777" w:rsidTr="00BE4117">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3E625D30" w14:textId="77777777" w:rsidR="00590C1F" w:rsidRPr="00BE4117" w:rsidRDefault="00590C1F" w:rsidP="00A61751">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">plní </w:t>
@@ -4746,101 +4716,98 @@
             </w:r>
             <w:r w:rsidR="000E524E" w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, zejména:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E524E" w:rsidRPr="00BE4117" w14:paraId="5BBC3A06" w14:textId="77777777" w:rsidTr="00BE4117">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3187" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="67F6B8B0" w14:textId="77777777" w:rsidR="000E524E" w:rsidRPr="00BE4117" w:rsidRDefault="000E524E" w:rsidP="00610562">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F181EF6" w14:textId="77777777" w:rsidR="000E524E" w:rsidRPr="00BE4117" w:rsidRDefault="000E524E" w:rsidP="00610562">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4326" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5B68BA34" w14:textId="77777777" w:rsidR="000E524E" w:rsidRPr="00BE4117" w:rsidRDefault="000E524E" w:rsidP="00610562">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E524E" w:rsidRPr="00BE4117" w14:paraId="1F873E9B" w14:textId="77777777" w:rsidTr="00BE4117">
         <w:tblPrEx>
           <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4937,116 +4904,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5183,116 +5150,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5397,116 +5364,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5619,116 +5586,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5849,116 +5816,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6120,116 +6087,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6342,116 +6309,116 @@
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano  </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006C2477">
-[...6 lines deleted...]
-            <w:r w:rsidR="006C2477">
+            <w:r w:rsidRPr="00AD58C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00AD58C2">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6776,66 +6743,68 @@
         <w:spacing w:after="60"/>
         <w:ind w:left="709" w:hanging="358"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">majetek </w:t>
       </w:r>
       <w:r w:rsidR="00046C00" w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">dle bodu </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00886224" w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E30319" w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> již není v jeho vlastnictví</w:t>
       </w:r>
       <w:r w:rsidR="00046C00" w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> nebo jej používá odlišně od Smlouvy</w:t>
       </w:r>
       <w:r w:rsidR="00D521EB" w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00E30319" w:rsidRPr="00BE4117">
@@ -7989,76 +7958,76 @@
     <w:p w14:paraId="33F30236" w14:textId="7AFA544C" w:rsidR="00F03C65" w:rsidRPr="001E4E10" w:rsidRDefault="00F03C65" w:rsidP="00EC2FCA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E4E10">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Aktuální PENB vyhovující podmínkám Výzvy</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Ref141446849"/>
+      <w:bookmarkStart w:id="0" w:name="_Ref141446849"/>
       <w:r w:rsidR="005A7A15" w:rsidRPr="001E4E10">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00382A06" w:rsidRPr="001E4E10">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">jen </w:t>
       </w:r>
       <w:r w:rsidR="005A7A15" w:rsidRPr="001E4E10">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>pokud se předkládá, viz bod č. 4)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="1EC2A48E" w14:textId="2B4904BE" w:rsidR="00F03C65" w:rsidRPr="001E4E10" w:rsidRDefault="00F03C65" w:rsidP="00EC2FCA">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="60"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E4E10">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Doklad o likvidaci původních zdrojů energie</w:t>
@@ -8649,76 +8618,76 @@
       <w:r w:rsidRPr="00EC2FCA">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00082B32" w:rsidRPr="00EC2FCA" w:rsidSect="00475519">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1276" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2C7B4FB8" w14:textId="77777777" w:rsidR="006C2477" w:rsidRDefault="006C2477">
+    <w:p w14:paraId="7113C4A5" w14:textId="77777777" w:rsidR="00BD4D37" w:rsidRDefault="00BD4D37">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11AE175E" w14:textId="77777777" w:rsidR="006C2477" w:rsidRDefault="006C2477"/>
+    <w:p w14:paraId="1E6BF497" w14:textId="77777777" w:rsidR="00BD4D37" w:rsidRDefault="00BD4D37"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02F8B66B" w14:textId="77777777" w:rsidR="006C2477" w:rsidRDefault="006C2477">
+    <w:p w14:paraId="59A94B64" w14:textId="77777777" w:rsidR="00BD4D37" w:rsidRDefault="00BD4D37">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A7ACB83" w14:textId="77777777" w:rsidR="006C2477" w:rsidRDefault="006C2477"/>
+    <w:p w14:paraId="4EBE25A7" w14:textId="77777777" w:rsidR="00BD4D37" w:rsidRDefault="00BD4D37"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2E6EE268" w14:textId="77777777" w:rsidR="006C2477" w:rsidRDefault="006C2477"/>
-    <w:p w14:paraId="6EF077A3" w14:textId="77777777" w:rsidR="006C2477" w:rsidRDefault="006C2477"/>
+    <w:p w14:paraId="654BEA94" w14:textId="77777777" w:rsidR="00BD4D37" w:rsidRDefault="00BD4D37"/>
+    <w:p w14:paraId="2C732A20" w14:textId="77777777" w:rsidR="00BD4D37" w:rsidRDefault="00BD4D37"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8739,113 +8708,114 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
+    <w:altName w:val="Montserrat"/>
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="789388AA" w14:textId="77777777" w:rsidR="00610562" w:rsidRDefault="00610562">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4EEECA35" w14:textId="77777777" w:rsidR="00610562" w:rsidRDefault="00610562">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="39D03530" w14:textId="77777777" w:rsidR="00610562" w:rsidRDefault="00610562"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0E2F58EA" w14:textId="171D36BE" w:rsidR="00610562" w:rsidRPr="00354806" w:rsidRDefault="00610562">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00354806">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00354806">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="18"/>
@@ -8898,51 +8868,51 @@
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D938A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">verze šablony </w:t>
     </w:r>
     <w:r w:rsidR="004C4381">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>2.0</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="25BD1E58" w14:textId="06260706" w:rsidR="00610562" w:rsidRPr="00354806" w:rsidRDefault="00610562" w:rsidP="00475519">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00354806">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00354806">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="18"/>
@@ -8995,70 +8965,70 @@
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D938A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">verze šablony </w:t>
     </w:r>
     <w:r w:rsidR="004C4381">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>2.0</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="351A4AC0" w14:textId="77777777" w:rsidR="006C2477" w:rsidRDefault="006C2477">
+    <w:p w14:paraId="04C57ACC" w14:textId="77777777" w:rsidR="00BD4D37" w:rsidRDefault="00BD4D37">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB2759A" w14:textId="77777777" w:rsidR="006C2477" w:rsidRDefault="006C2477"/>
+    <w:p w14:paraId="270494F7" w14:textId="77777777" w:rsidR="00BD4D37" w:rsidRDefault="00BD4D37"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E4F98EE" w14:textId="77777777" w:rsidR="006C2477" w:rsidRDefault="006C2477">
+    <w:p w14:paraId="4FA2D579" w14:textId="77777777" w:rsidR="00BD4D37" w:rsidRDefault="00BD4D37">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAA9B2F" w14:textId="77777777" w:rsidR="006C2477" w:rsidRDefault="006C2477"/>
+    <w:p w14:paraId="34E46A95" w14:textId="77777777" w:rsidR="00BD4D37" w:rsidRDefault="00BD4D37"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0FC76AA9" w14:textId="77777777" w:rsidR="006C2477" w:rsidRDefault="006C2477"/>
-    <w:p w14:paraId="7053977B" w14:textId="77777777" w:rsidR="006C2477" w:rsidRDefault="006C2477"/>
+    <w:p w14:paraId="707420ED" w14:textId="77777777" w:rsidR="00BD4D37" w:rsidRDefault="00BD4D37"/>
+    <w:p w14:paraId="322010E5" w14:textId="77777777" w:rsidR="00BD4D37" w:rsidRDefault="00BD4D37"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="1691D80B" w14:textId="77777777" w:rsidR="00610562" w:rsidRPr="00BE4117" w:rsidRDefault="00610562" w:rsidP="004F1E54">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="79" w:hanging="79"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BE4117">
         <w:rPr>
@@ -9544,51 +9514,51 @@
         </w:r>
         <w:r w:rsidR="006473DC">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
             <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
             <w:sz w:val="14"/>
             <w:szCs w:val="14"/>
           </w:rPr>
           <w:t xml:space="preserve"> zde</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E4E10">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="28" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4678"/>
       <w:gridCol w:w="4961"/>
     </w:tblGrid>
     <w:tr w:rsidR="00610562" w14:paraId="648B3C11" w14:textId="77777777" w:rsidTr="009200A0">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4678" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="0DA78E1F" w14:textId="77777777" w:rsidR="00610562" w:rsidRDefault="00610562" w:rsidP="009200A0">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
@@ -9649,51 +9619,51 @@
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4961" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="70040045" w14:textId="77777777" w:rsidR="00610562" w:rsidRDefault="00610562" w:rsidP="009200A0">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4C8C52AF" w14:textId="77777777" w:rsidR="00610562" w:rsidRPr="009200A0" w:rsidRDefault="00610562" w:rsidP="009200A0">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C622B95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7DA3BA8"/>
     <w:lvl w:ilvl="0" w:tplc="A8D23400">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -11825,146 +11795,148 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2052995590">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1546260307">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1852833924">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="294796745">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1954747131">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1271283379">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1157693734">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="50083000">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="19012119">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2056615631">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="880285540">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1254172108">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="497690548">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1352607686">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1862425776">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1859809200">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1911697397">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1579095646">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1920871606">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1952471129">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="200"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Yvp8Wj1qyIt1vOrjDjBxIM/ljFX+04GSwh4Z9186gaRTFy4cl3iuI09a6DhW2VznjUJUNkw30Nq3LFWF+9a/FA==" w:salt="2eCsv3AA40Czy4uFxsdtjw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003753AA"/>
     <w:rsid w:val="000005E2"/>
     <w:rsid w:val="00000BC2"/>
     <w:rsid w:val="0000162E"/>
     <w:rsid w:val="000150E7"/>
     <w:rsid w:val="000156BB"/>
     <w:rsid w:val="0001703D"/>
     <w:rsid w:val="00020EC9"/>
     <w:rsid w:val="00023F19"/>
     <w:rsid w:val="000249C4"/>
     <w:rsid w:val="00025EC2"/>
     <w:rsid w:val="00040301"/>
     <w:rsid w:val="00041B4B"/>
     <w:rsid w:val="00041F1F"/>
     <w:rsid w:val="000440C6"/>
     <w:rsid w:val="00045866"/>
     <w:rsid w:val="00045ED8"/>
     <w:rsid w:val="00046C00"/>
     <w:rsid w:val="000541E5"/>
     <w:rsid w:val="00055089"/>
     <w:rsid w:val="00064A80"/>
     <w:rsid w:val="00067736"/>
     <w:rsid w:val="00071DE1"/>
@@ -12041,50 +12013,51 @@
     <w:rsid w:val="001F37E9"/>
     <w:rsid w:val="001F3B4C"/>
     <w:rsid w:val="001F41CD"/>
     <w:rsid w:val="001F544B"/>
     <w:rsid w:val="001F6A67"/>
     <w:rsid w:val="00201A6B"/>
     <w:rsid w:val="00212FE9"/>
     <w:rsid w:val="00223DEC"/>
     <w:rsid w:val="002246E1"/>
     <w:rsid w:val="00232BA9"/>
     <w:rsid w:val="00237453"/>
     <w:rsid w:val="00241058"/>
     <w:rsid w:val="002418F5"/>
     <w:rsid w:val="00245E5D"/>
     <w:rsid w:val="0024720A"/>
     <w:rsid w:val="0025054D"/>
     <w:rsid w:val="002524DC"/>
     <w:rsid w:val="00252AE2"/>
     <w:rsid w:val="0025430C"/>
     <w:rsid w:val="00256397"/>
     <w:rsid w:val="002636A4"/>
     <w:rsid w:val="00272C65"/>
     <w:rsid w:val="00277468"/>
     <w:rsid w:val="0028087B"/>
     <w:rsid w:val="00283CE4"/>
+    <w:rsid w:val="00290E99"/>
     <w:rsid w:val="002927AF"/>
     <w:rsid w:val="00294A95"/>
     <w:rsid w:val="00294C1A"/>
     <w:rsid w:val="00295860"/>
     <w:rsid w:val="002963D6"/>
     <w:rsid w:val="002B100B"/>
     <w:rsid w:val="002B2C10"/>
     <w:rsid w:val="002B310E"/>
     <w:rsid w:val="002C0C3E"/>
     <w:rsid w:val="002C2DDE"/>
     <w:rsid w:val="002C5863"/>
     <w:rsid w:val="002C6E7F"/>
     <w:rsid w:val="002D0459"/>
     <w:rsid w:val="002D325A"/>
     <w:rsid w:val="002E6D1B"/>
     <w:rsid w:val="002F13A5"/>
     <w:rsid w:val="002F215C"/>
     <w:rsid w:val="002F25B7"/>
     <w:rsid w:val="002F4B5A"/>
     <w:rsid w:val="002F51B7"/>
     <w:rsid w:val="002F5BF4"/>
     <w:rsid w:val="003007B9"/>
     <w:rsid w:val="0030145E"/>
     <w:rsid w:val="00304285"/>
     <w:rsid w:val="00305F46"/>
@@ -12461,142 +12434,146 @@
     <w:rsid w:val="00AB479D"/>
     <w:rsid w:val="00AB62C4"/>
     <w:rsid w:val="00AC0A07"/>
     <w:rsid w:val="00AC29D5"/>
     <w:rsid w:val="00AC6931"/>
     <w:rsid w:val="00AD1FC8"/>
     <w:rsid w:val="00AD354F"/>
     <w:rsid w:val="00AD4CA4"/>
     <w:rsid w:val="00AD58C2"/>
     <w:rsid w:val="00AD65D9"/>
     <w:rsid w:val="00AE49BA"/>
     <w:rsid w:val="00AE653D"/>
     <w:rsid w:val="00AF44D0"/>
     <w:rsid w:val="00AF47FF"/>
     <w:rsid w:val="00AF57DC"/>
     <w:rsid w:val="00B02677"/>
     <w:rsid w:val="00B064AF"/>
     <w:rsid w:val="00B0714A"/>
     <w:rsid w:val="00B0765A"/>
     <w:rsid w:val="00B10670"/>
     <w:rsid w:val="00B13AD0"/>
     <w:rsid w:val="00B14349"/>
     <w:rsid w:val="00B1485A"/>
     <w:rsid w:val="00B16CCB"/>
     <w:rsid w:val="00B21DD2"/>
+    <w:rsid w:val="00B248B0"/>
     <w:rsid w:val="00B276A5"/>
     <w:rsid w:val="00B3281C"/>
     <w:rsid w:val="00B32AF3"/>
     <w:rsid w:val="00B33357"/>
     <w:rsid w:val="00B34890"/>
     <w:rsid w:val="00B354C1"/>
     <w:rsid w:val="00B35F86"/>
     <w:rsid w:val="00B411F6"/>
     <w:rsid w:val="00B45A7F"/>
     <w:rsid w:val="00B539AD"/>
     <w:rsid w:val="00B5411A"/>
     <w:rsid w:val="00B5478B"/>
     <w:rsid w:val="00B56237"/>
     <w:rsid w:val="00B57FB3"/>
     <w:rsid w:val="00B61DD3"/>
     <w:rsid w:val="00B703F9"/>
     <w:rsid w:val="00B71EC7"/>
     <w:rsid w:val="00B7297C"/>
     <w:rsid w:val="00B73A66"/>
     <w:rsid w:val="00B73C65"/>
     <w:rsid w:val="00B77D17"/>
     <w:rsid w:val="00B80A2E"/>
     <w:rsid w:val="00B81319"/>
     <w:rsid w:val="00B81C72"/>
     <w:rsid w:val="00B84FF9"/>
     <w:rsid w:val="00B9029A"/>
     <w:rsid w:val="00BA02A6"/>
     <w:rsid w:val="00BA1A2B"/>
     <w:rsid w:val="00BA26AF"/>
     <w:rsid w:val="00BA3CCD"/>
     <w:rsid w:val="00BA539A"/>
     <w:rsid w:val="00BA5AB9"/>
     <w:rsid w:val="00BA6A9A"/>
     <w:rsid w:val="00BB2000"/>
     <w:rsid w:val="00BC083C"/>
     <w:rsid w:val="00BC3768"/>
     <w:rsid w:val="00BC51C3"/>
     <w:rsid w:val="00BC5A60"/>
     <w:rsid w:val="00BC62D4"/>
     <w:rsid w:val="00BD0B39"/>
+    <w:rsid w:val="00BD4D37"/>
     <w:rsid w:val="00BD7534"/>
     <w:rsid w:val="00BE196B"/>
     <w:rsid w:val="00BE4117"/>
     <w:rsid w:val="00BF0958"/>
     <w:rsid w:val="00BF209B"/>
     <w:rsid w:val="00C0592E"/>
     <w:rsid w:val="00C06603"/>
     <w:rsid w:val="00C11C2B"/>
     <w:rsid w:val="00C13E17"/>
+    <w:rsid w:val="00C16A68"/>
     <w:rsid w:val="00C228C4"/>
     <w:rsid w:val="00C22F33"/>
     <w:rsid w:val="00C25441"/>
     <w:rsid w:val="00C301E1"/>
     <w:rsid w:val="00C3428C"/>
     <w:rsid w:val="00C34DDE"/>
     <w:rsid w:val="00C34FB4"/>
     <w:rsid w:val="00C43D64"/>
     <w:rsid w:val="00C4498C"/>
     <w:rsid w:val="00C44BEE"/>
     <w:rsid w:val="00C51413"/>
     <w:rsid w:val="00C515B0"/>
     <w:rsid w:val="00C51B02"/>
     <w:rsid w:val="00C56525"/>
     <w:rsid w:val="00C57547"/>
     <w:rsid w:val="00C633FA"/>
     <w:rsid w:val="00C65669"/>
     <w:rsid w:val="00C65790"/>
     <w:rsid w:val="00C674E0"/>
     <w:rsid w:val="00C7095A"/>
     <w:rsid w:val="00C71C44"/>
     <w:rsid w:val="00C74378"/>
     <w:rsid w:val="00C81D25"/>
     <w:rsid w:val="00C81F07"/>
     <w:rsid w:val="00C852EB"/>
     <w:rsid w:val="00C85BCA"/>
     <w:rsid w:val="00C90A7D"/>
     <w:rsid w:val="00C916FE"/>
     <w:rsid w:val="00C96CB8"/>
     <w:rsid w:val="00CA6D24"/>
     <w:rsid w:val="00CB679D"/>
     <w:rsid w:val="00CC2621"/>
     <w:rsid w:val="00CD1D42"/>
     <w:rsid w:val="00CD5490"/>
     <w:rsid w:val="00CD6FED"/>
     <w:rsid w:val="00CD7ABD"/>
     <w:rsid w:val="00CE05AF"/>
     <w:rsid w:val="00CE2FCF"/>
     <w:rsid w:val="00CE37BE"/>
     <w:rsid w:val="00CE51CE"/>
     <w:rsid w:val="00CE6270"/>
     <w:rsid w:val="00CF0971"/>
     <w:rsid w:val="00CF1A1C"/>
+    <w:rsid w:val="00CF3205"/>
     <w:rsid w:val="00CF3A21"/>
     <w:rsid w:val="00CF557E"/>
     <w:rsid w:val="00CF5A90"/>
     <w:rsid w:val="00CF700C"/>
     <w:rsid w:val="00D0022A"/>
     <w:rsid w:val="00D01370"/>
     <w:rsid w:val="00D0196D"/>
     <w:rsid w:val="00D01EAE"/>
     <w:rsid w:val="00D01F79"/>
     <w:rsid w:val="00D0387E"/>
     <w:rsid w:val="00D042CE"/>
     <w:rsid w:val="00D0642A"/>
     <w:rsid w:val="00D14625"/>
     <w:rsid w:val="00D14F2A"/>
     <w:rsid w:val="00D220BD"/>
     <w:rsid w:val="00D227CC"/>
     <w:rsid w:val="00D25826"/>
     <w:rsid w:val="00D372CA"/>
     <w:rsid w:val="00D37829"/>
     <w:rsid w:val="00D4107F"/>
     <w:rsid w:val="00D43253"/>
     <w:rsid w:val="00D45700"/>
     <w:rsid w:val="00D51910"/>
     <w:rsid w:val="00D521EB"/>
     <w:rsid w:val="00D53A5F"/>
@@ -12677,121 +12654,122 @@
     <w:rsid w:val="00EF110F"/>
     <w:rsid w:val="00EF3A22"/>
     <w:rsid w:val="00EF42C9"/>
     <w:rsid w:val="00EF4F81"/>
     <w:rsid w:val="00EF5AC0"/>
     <w:rsid w:val="00F012EA"/>
     <w:rsid w:val="00F03AFD"/>
     <w:rsid w:val="00F03C65"/>
     <w:rsid w:val="00F06AD1"/>
     <w:rsid w:val="00F1103A"/>
     <w:rsid w:val="00F13AD2"/>
     <w:rsid w:val="00F1434C"/>
     <w:rsid w:val="00F14768"/>
     <w:rsid w:val="00F23232"/>
     <w:rsid w:val="00F23C30"/>
     <w:rsid w:val="00F23F67"/>
     <w:rsid w:val="00F245CA"/>
     <w:rsid w:val="00F25747"/>
     <w:rsid w:val="00F31569"/>
     <w:rsid w:val="00F36E82"/>
     <w:rsid w:val="00F37005"/>
     <w:rsid w:val="00F41BF5"/>
     <w:rsid w:val="00F41C31"/>
     <w:rsid w:val="00F42DA2"/>
     <w:rsid w:val="00F43958"/>
+    <w:rsid w:val="00F50CEC"/>
     <w:rsid w:val="00F5382E"/>
     <w:rsid w:val="00F54F71"/>
     <w:rsid w:val="00F57977"/>
     <w:rsid w:val="00F62FE9"/>
     <w:rsid w:val="00F86BA9"/>
     <w:rsid w:val="00F91018"/>
     <w:rsid w:val="00F913D5"/>
     <w:rsid w:val="00F93E45"/>
     <w:rsid w:val="00F9420F"/>
     <w:rsid w:val="00F947AA"/>
     <w:rsid w:val="00F971C1"/>
     <w:rsid w:val="00FA3DB3"/>
     <w:rsid w:val="00FA4512"/>
     <w:rsid w:val="00FA75C9"/>
     <w:rsid w:val="00FB1DC6"/>
     <w:rsid w:val="00FB2ABD"/>
     <w:rsid w:val="00FB3C19"/>
     <w:rsid w:val="00FB3ED4"/>
     <w:rsid w:val="00FB70B3"/>
     <w:rsid w:val="00FB7550"/>
     <w:rsid w:val="00FC2CE1"/>
     <w:rsid w:val="00FC2DEA"/>
     <w:rsid w:val="00FC5788"/>
     <w:rsid w:val="00FD1F0F"/>
     <w:rsid w:val="00FD5CFD"/>
     <w:rsid w:val="00FE0147"/>
     <w:rsid w:val="00FE4FD4"/>
     <w:rsid w:val="00FF47D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6D235ADD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{35065BE2-FFB8-4C77-8FD3-23CD45CE1D50}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:uiPriority="99"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13024,50 +13002,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D01F79"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:qFormat/>
     <w:rsid w:val="00D01F79"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
@@ -13521,51 +13504,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PedmtkomenteChar">
     <w:name w:val="Předmět komentáře Char"/>
     <w:basedOn w:val="TextkomenteChar"/>
     <w:link w:val="Pedmtkomente"/>
     <w:rsid w:val="00E01F1F"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sledovanodkaz">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:rsid w:val="006473DC"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nrb.cz/ke-stazeni/informace-urp-prehled-faktur-xlsx/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nrb.cz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\Users\sefcik\Documents\&#352;ABLONY_PR&#366;&#344;EZOV&#201;\Zru&#353;en&#237;_p&#345;&#237;loh\info_ukonceni_projektu_uvery_podnikatel_210501.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
@@ -13877,27 +13860,57 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informace o ukončení realizace projektu (BV)</dc:title>
   <dc:subject/>
   <dc:creator>sefcik</dc:creator>
   <cp:keywords/>
   <dc:description>od 1.4.2006</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_DOC_TYPE">
     <vt:lpwstr>F011c</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T13:46:53Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>c4a33276-2d8d-4c03-9236-63e02acacd15</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>