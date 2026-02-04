--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -7,95 +7,94 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="680"/>
         <w:gridCol w:w="185"/>
         <w:gridCol w:w="680"/>
         <w:gridCol w:w="190"/>
         <w:gridCol w:w="510"/>
         <w:gridCol w:w="5126"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B5808" w:rsidRPr="00BE4117" w14:paraId="255870DE" w14:textId="77777777" w:rsidTr="00BE4117">
         <w:trPr>
           <w:trHeight w:val="484"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5BE2C2CF" w14:textId="689ACDAF" w:rsidR="008B5808" w:rsidRPr="00BE4117" w:rsidRDefault="001C2892" w:rsidP="00DF521D">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Informace o </w:t>
             </w:r>
             <w:r w:rsidR="00C36BE5">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="28"/>
@@ -124,93 +123,91 @@
             <w:r w:rsidR="00DF521D">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>S-podnik plus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00337E58" w:rsidRPr="00BE4117" w14:paraId="7DDC60F4" w14:textId="77777777" w:rsidTr="00C36BE5">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CEEBD2E" w14:textId="77777777" w:rsidR="00337E58" w:rsidRPr="00BE4117" w:rsidRDefault="00337E58">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E06E2" w:rsidRPr="00BE4117" w14:paraId="43880CF0" w14:textId="77777777" w:rsidTr="007502D7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A806947" w14:textId="74F818EE" w:rsidR="006C14A2" w:rsidRPr="00AF707A" w:rsidRDefault="00784AAB" w:rsidP="006C14A2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF707A">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -310,51 +307,50 @@
             <w:r w:rsidR="00CD7988">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F629740" w14:textId="77777777" w:rsidR="006C14A2" w:rsidRPr="00BE4117" w:rsidRDefault="006C14A2" w:rsidP="006C14A2">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -443,84 +439,82 @@
             <w:r w:rsidR="00CD7988">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10C0BEEC" w14:textId="77777777" w:rsidR="006C14A2" w:rsidRPr="00BE4117" w:rsidRDefault="006C14A2" w:rsidP="006C14A2">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D6929F1" w14:textId="250B542A" w:rsidR="006C14A2" w:rsidRPr="0090644C" w:rsidRDefault="00773083" w:rsidP="00CD7988">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
@@ -561,51 +555,50 @@
             </w:r>
             <w:r w:rsidR="00CD7988">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0090644C">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5126" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="567AE3F5" w14:textId="77777777" w:rsidR="006C14A2" w:rsidRPr="00BE4117" w:rsidRDefault="006C14A2" w:rsidP="0054480F">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(dále jen „</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4BE0">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -624,51 +617,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009138C1" w:rsidRPr="00BE4117" w14:paraId="0CE5AA6D" w14:textId="77777777" w:rsidTr="00AF707A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62EE4C28" w14:textId="77777777" w:rsidR="009138C1" w:rsidRPr="00BE4117" w:rsidRDefault="009138C1" w:rsidP="00FE3663">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
@@ -698,51 +690,50 @@
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55653258" w14:textId="77777777" w:rsidR="003753AA" w:rsidRPr="00BE4117" w:rsidRDefault="003753AA" w:rsidP="00585569">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -868,51 +859,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009138C1" w:rsidRPr="00BE4117" w14:paraId="1343B746" w14:textId="77777777" w:rsidTr="00AF707A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="45"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16C43AD3" w14:textId="77777777" w:rsidR="009138C1" w:rsidRPr="00BE4117" w:rsidRDefault="009138C1" w:rsidP="00585569">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7371" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
@@ -943,51 +933,50 @@
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6743D322" w14:textId="77777777" w:rsidR="003753AA" w:rsidRPr="00BE4117" w:rsidRDefault="003753AA" w:rsidP="00585569">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1189,58 +1178,58 @@
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1263,58 +1252,58 @@
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1389,116 +1378,116 @@
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> plní / </w:t>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00C7042A">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> neplní </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1600,92 +1589,90 @@
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
             <w:r w:rsidR="00733AE9">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00733AE9">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00733AE9">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00733AE9">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00733AE9">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00BE4117">
               <w:rPr>
                 <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="33E86B0C" w14:textId="0AA6B343" w:rsidR="00A62070" w:rsidRPr="00D349F5" w:rsidRDefault="00E30319" w:rsidP="00C36BE5">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="57"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D349F5">
         <w:rPr>
@@ -2823,76 +2810,76 @@
       <w:pPr>
         <w:keepNext/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00803234" w:rsidRPr="00BE4117" w:rsidSect="00475519">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1276" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="42DB6C02" w14:textId="77777777" w:rsidR="00FD5743" w:rsidRDefault="00FD5743">
+    <w:p w14:paraId="774FDA92" w14:textId="77777777" w:rsidR="00993788" w:rsidRDefault="00993788">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CB596C" w14:textId="77777777" w:rsidR="00FD5743" w:rsidRDefault="00FD5743"/>
+    <w:p w14:paraId="4D8114BD" w14:textId="77777777" w:rsidR="00993788" w:rsidRDefault="00993788"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14EA8710" w14:textId="77777777" w:rsidR="00FD5743" w:rsidRDefault="00FD5743">
+    <w:p w14:paraId="2A26943D" w14:textId="77777777" w:rsidR="00993788" w:rsidRDefault="00993788">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044C37C6" w14:textId="77777777" w:rsidR="00FD5743" w:rsidRDefault="00FD5743"/>
+    <w:p w14:paraId="2511B9E9" w14:textId="77777777" w:rsidR="00993788" w:rsidRDefault="00993788"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7121388C" w14:textId="77777777" w:rsidR="00FD5743" w:rsidRDefault="00FD5743"/>
-    <w:p w14:paraId="228335D7" w14:textId="77777777" w:rsidR="00FD5743" w:rsidRDefault="00FD5743"/>
+    <w:p w14:paraId="454B32AF" w14:textId="77777777" w:rsidR="00993788" w:rsidRDefault="00993788"/>
+    <w:p w14:paraId="70E42FB3" w14:textId="77777777" w:rsidR="00993788" w:rsidRDefault="00993788"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2913,113 +2900,114 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Montserrat">
+    <w:altName w:val="Montserrat"/>
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="2000020F" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="789388AA" w14:textId="77777777" w:rsidR="0090644C" w:rsidRDefault="0090644C">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4EEECA35" w14:textId="77777777" w:rsidR="0090644C" w:rsidRDefault="0090644C">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="39D03530" w14:textId="77777777" w:rsidR="0090644C" w:rsidRDefault="0090644C"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0E2F58EA" w14:textId="098B52C6" w:rsidR="0090644C" w:rsidRPr="00354806" w:rsidRDefault="0090644C">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00354806">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00354806">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="18"/>
@@ -3104,51 +3092,51 @@
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>(</w:t>
     </w:r>
     <w:r w:rsidRPr="00D938A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>web</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="25BD1E58" w14:textId="16CFE078" w:rsidR="0090644C" w:rsidRPr="00354806" w:rsidRDefault="0090644C" w:rsidP="00475519">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00354806">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00354806">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
         <w:sz w:val="18"/>
@@ -3233,70 +3221,70 @@
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>(</w:t>
     </w:r>
     <w:r w:rsidRPr="00D938A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>web</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61E8DAC5" w14:textId="77777777" w:rsidR="00FD5743" w:rsidRDefault="00FD5743">
+    <w:p w14:paraId="0904D423" w14:textId="77777777" w:rsidR="00993788" w:rsidRDefault="00993788">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D1D9920" w14:textId="77777777" w:rsidR="00FD5743" w:rsidRDefault="00FD5743"/>
+    <w:p w14:paraId="194AF572" w14:textId="77777777" w:rsidR="00993788" w:rsidRDefault="00993788"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09521A46" w14:textId="77777777" w:rsidR="00FD5743" w:rsidRDefault="00FD5743">
+    <w:p w14:paraId="5E40E370" w14:textId="77777777" w:rsidR="00993788" w:rsidRDefault="00993788">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC69785" w14:textId="77777777" w:rsidR="00FD5743" w:rsidRDefault="00FD5743"/>
+    <w:p w14:paraId="7A62309A" w14:textId="77777777" w:rsidR="00993788" w:rsidRDefault="00993788"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0658DDA7" w14:textId="77777777" w:rsidR="00FD5743" w:rsidRDefault="00FD5743"/>
-    <w:p w14:paraId="1A3C0B50" w14:textId="77777777" w:rsidR="00FD5743" w:rsidRDefault="00FD5743"/>
+    <w:p w14:paraId="3523A958" w14:textId="77777777" w:rsidR="00993788" w:rsidRDefault="00993788"/>
+    <w:p w14:paraId="3424716E" w14:textId="77777777" w:rsidR="00993788" w:rsidRDefault="00993788"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="5AD87B21" w14:textId="77777777" w:rsidR="0090644C" w:rsidRPr="00BE4117" w:rsidRDefault="0090644C" w:rsidP="00E30319">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
@@ -3306,51 +3294,51 @@
         <w:t xml:space="preserve"> Vyplní pouze Klient, který </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>nemá</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE4117">
         <w:rPr>
           <w:rFonts w:ascii="Montserrat" w:hAnsi="Montserrat" w:cs="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> s Bankou uzavřenu smlouvu o využívání aplikace E-podatelna.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9639" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="28" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4678"/>
       <w:gridCol w:w="4961"/>
     </w:tblGrid>
     <w:tr w:rsidR="0090644C" w14:paraId="648B3C11" w14:textId="77777777" w:rsidTr="009200A0">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4678" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="0DA78E1F" w14:textId="77777777" w:rsidR="0090644C" w:rsidRDefault="0090644C" w:rsidP="009200A0">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
@@ -3411,51 +3399,51 @@
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4961" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="70040045" w14:textId="77777777" w:rsidR="0090644C" w:rsidRDefault="0090644C" w:rsidP="009200A0">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="4C8C52AF" w14:textId="77777777" w:rsidR="0090644C" w:rsidRPr="009200A0" w:rsidRDefault="0090644C" w:rsidP="009200A0">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C622B95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7DA3BA8"/>
     <w:lvl w:ilvl="0" w:tplc="A8D23400">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -5326,163 +5314,166 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1769423185">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1656177793">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="2145615624">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1126777369">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1198274099">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1301769991">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="143158429">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="316880336">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="681711369">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="144275643">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1696006267">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="598023296">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="138573767">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="814294361">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="651569586">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="21904016">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1999142484">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="griudSd/aiorFH8LGtd32ON62TqW8H6DcBiAcq6xlRb2oewmAxqC/QWzNrrj8kmwcJBGVTv1/Oj7kf0kyDxxig==" w:salt="+mPn2qTCS9tUzH6MOuTVmw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003753AA"/>
     <w:rsid w:val="000005E2"/>
     <w:rsid w:val="00000BC2"/>
     <w:rsid w:val="0000162E"/>
     <w:rsid w:val="000150E7"/>
     <w:rsid w:val="000156BB"/>
     <w:rsid w:val="0001703D"/>
     <w:rsid w:val="00020EC9"/>
     <w:rsid w:val="00023F19"/>
     <w:rsid w:val="000249C4"/>
     <w:rsid w:val="00025EC2"/>
     <w:rsid w:val="00040301"/>
     <w:rsid w:val="00041F1F"/>
     <w:rsid w:val="000440C6"/>
     <w:rsid w:val="00045866"/>
     <w:rsid w:val="00045ED8"/>
     <w:rsid w:val="00046C00"/>
     <w:rsid w:val="000541E5"/>
     <w:rsid w:val="00055089"/>
     <w:rsid w:val="00064A80"/>
     <w:rsid w:val="00067736"/>
     <w:rsid w:val="00071DE1"/>
     <w:rsid w:val="000729C0"/>
     <w:rsid w:val="00072DD4"/>
+    <w:rsid w:val="000763D6"/>
     <w:rsid w:val="00080E8B"/>
     <w:rsid w:val="000815D3"/>
     <w:rsid w:val="00082DA9"/>
     <w:rsid w:val="000872DF"/>
     <w:rsid w:val="00093E6C"/>
     <w:rsid w:val="00094EC8"/>
     <w:rsid w:val="000A24B0"/>
     <w:rsid w:val="000A2C6D"/>
     <w:rsid w:val="000A3736"/>
     <w:rsid w:val="000B373D"/>
     <w:rsid w:val="000B48FC"/>
     <w:rsid w:val="000C07B7"/>
     <w:rsid w:val="000C089D"/>
     <w:rsid w:val="000C29BF"/>
     <w:rsid w:val="000C3F3B"/>
     <w:rsid w:val="000C5814"/>
     <w:rsid w:val="000C7748"/>
     <w:rsid w:val="000D1655"/>
     <w:rsid w:val="000D697D"/>
     <w:rsid w:val="000D6DCD"/>
     <w:rsid w:val="000E524E"/>
     <w:rsid w:val="000E77A8"/>
     <w:rsid w:val="000F15F1"/>
     <w:rsid w:val="000F1847"/>
     <w:rsid w:val="000F1A87"/>
@@ -5644,50 +5635,51 @@
     <w:rsid w:val="004633B1"/>
     <w:rsid w:val="00465649"/>
     <w:rsid w:val="004702AC"/>
     <w:rsid w:val="00472D86"/>
     <w:rsid w:val="004730DF"/>
     <w:rsid w:val="0047448F"/>
     <w:rsid w:val="00475519"/>
     <w:rsid w:val="00477945"/>
     <w:rsid w:val="00481B7C"/>
     <w:rsid w:val="00481CA9"/>
     <w:rsid w:val="00481E5F"/>
     <w:rsid w:val="00482565"/>
     <w:rsid w:val="004851CD"/>
     <w:rsid w:val="00485337"/>
     <w:rsid w:val="00486C57"/>
     <w:rsid w:val="00487475"/>
     <w:rsid w:val="004903C4"/>
     <w:rsid w:val="00494AD7"/>
     <w:rsid w:val="00494D1D"/>
     <w:rsid w:val="00494DC3"/>
     <w:rsid w:val="00495988"/>
     <w:rsid w:val="004A05E3"/>
     <w:rsid w:val="004C21B7"/>
     <w:rsid w:val="004D3E02"/>
     <w:rsid w:val="004E3378"/>
+    <w:rsid w:val="004E3F5E"/>
     <w:rsid w:val="004F05A9"/>
     <w:rsid w:val="004F3F12"/>
     <w:rsid w:val="00501124"/>
     <w:rsid w:val="00505197"/>
     <w:rsid w:val="00506B57"/>
     <w:rsid w:val="00506C7A"/>
     <w:rsid w:val="00512592"/>
     <w:rsid w:val="00513A16"/>
     <w:rsid w:val="00514697"/>
     <w:rsid w:val="005214CC"/>
     <w:rsid w:val="005249A8"/>
     <w:rsid w:val="00532D7E"/>
     <w:rsid w:val="00532E8E"/>
     <w:rsid w:val="005353B4"/>
     <w:rsid w:val="00535745"/>
     <w:rsid w:val="0053662B"/>
     <w:rsid w:val="00537AC6"/>
     <w:rsid w:val="005433EB"/>
     <w:rsid w:val="0054477F"/>
     <w:rsid w:val="0054480F"/>
     <w:rsid w:val="0054511C"/>
     <w:rsid w:val="00545136"/>
     <w:rsid w:val="00551D78"/>
     <w:rsid w:val="00552035"/>
     <w:rsid w:val="005543AD"/>
@@ -5870,50 +5862,51 @@
     <w:rsid w:val="00920BBC"/>
     <w:rsid w:val="0092295C"/>
     <w:rsid w:val="009237AF"/>
     <w:rsid w:val="00923D20"/>
     <w:rsid w:val="00924F9E"/>
     <w:rsid w:val="00930AA3"/>
     <w:rsid w:val="009349F4"/>
     <w:rsid w:val="0093686F"/>
     <w:rsid w:val="00942002"/>
     <w:rsid w:val="00944723"/>
     <w:rsid w:val="00946E36"/>
     <w:rsid w:val="00950FF4"/>
     <w:rsid w:val="009551EE"/>
     <w:rsid w:val="00955B76"/>
     <w:rsid w:val="009570E7"/>
     <w:rsid w:val="00966317"/>
     <w:rsid w:val="00972F95"/>
     <w:rsid w:val="00973490"/>
     <w:rsid w:val="00975577"/>
     <w:rsid w:val="00975581"/>
     <w:rsid w:val="0097774B"/>
     <w:rsid w:val="0098367E"/>
     <w:rsid w:val="00985039"/>
     <w:rsid w:val="009876D6"/>
     <w:rsid w:val="0099207F"/>
+    <w:rsid w:val="00993788"/>
     <w:rsid w:val="00995ED9"/>
     <w:rsid w:val="009A0D5E"/>
     <w:rsid w:val="009A4FD4"/>
     <w:rsid w:val="009A6224"/>
     <w:rsid w:val="009B49D0"/>
     <w:rsid w:val="009C399F"/>
     <w:rsid w:val="009C5488"/>
     <w:rsid w:val="009D1495"/>
     <w:rsid w:val="009D2136"/>
     <w:rsid w:val="009E460D"/>
     <w:rsid w:val="009E7403"/>
     <w:rsid w:val="009F4FAD"/>
     <w:rsid w:val="00A03F5E"/>
     <w:rsid w:val="00A065E7"/>
     <w:rsid w:val="00A104BA"/>
     <w:rsid w:val="00A108B6"/>
     <w:rsid w:val="00A10E31"/>
     <w:rsid w:val="00A1447E"/>
     <w:rsid w:val="00A20327"/>
     <w:rsid w:val="00A24AFA"/>
     <w:rsid w:val="00A3344C"/>
     <w:rsid w:val="00A3347E"/>
     <w:rsid w:val="00A35111"/>
     <w:rsid w:val="00A36166"/>
     <w:rsid w:val="00A476D5"/>
@@ -5924,50 +5917,51 @@
     <w:rsid w:val="00A6266F"/>
     <w:rsid w:val="00A677E5"/>
     <w:rsid w:val="00A70859"/>
     <w:rsid w:val="00A71FF7"/>
     <w:rsid w:val="00A820AF"/>
     <w:rsid w:val="00A847DB"/>
     <w:rsid w:val="00A848CA"/>
     <w:rsid w:val="00A91404"/>
     <w:rsid w:val="00A92864"/>
     <w:rsid w:val="00A93C1F"/>
     <w:rsid w:val="00A95363"/>
     <w:rsid w:val="00AA208E"/>
     <w:rsid w:val="00AA5DA4"/>
     <w:rsid w:val="00AA778A"/>
     <w:rsid w:val="00AB434F"/>
     <w:rsid w:val="00AB479D"/>
     <w:rsid w:val="00AB62C4"/>
     <w:rsid w:val="00AC0A07"/>
     <w:rsid w:val="00AC29D5"/>
     <w:rsid w:val="00AD1EDE"/>
     <w:rsid w:val="00AD1FC8"/>
     <w:rsid w:val="00AD354F"/>
     <w:rsid w:val="00AD4CA4"/>
     <w:rsid w:val="00AD65D9"/>
     <w:rsid w:val="00AE49BA"/>
+    <w:rsid w:val="00AF09F9"/>
     <w:rsid w:val="00AF44D0"/>
     <w:rsid w:val="00AF47FF"/>
     <w:rsid w:val="00AF57DC"/>
     <w:rsid w:val="00AF707A"/>
     <w:rsid w:val="00B02677"/>
     <w:rsid w:val="00B064AF"/>
     <w:rsid w:val="00B0714A"/>
     <w:rsid w:val="00B10670"/>
     <w:rsid w:val="00B13AD0"/>
     <w:rsid w:val="00B14349"/>
     <w:rsid w:val="00B1485A"/>
     <w:rsid w:val="00B16CCB"/>
     <w:rsid w:val="00B21DD2"/>
     <w:rsid w:val="00B22826"/>
     <w:rsid w:val="00B276A5"/>
     <w:rsid w:val="00B3281C"/>
     <w:rsid w:val="00B32AF3"/>
     <w:rsid w:val="00B33357"/>
     <w:rsid w:val="00B34890"/>
     <w:rsid w:val="00B354C1"/>
     <w:rsid w:val="00B35F86"/>
     <w:rsid w:val="00B411F6"/>
     <w:rsid w:val="00B45A7F"/>
     <w:rsid w:val="00B475D6"/>
     <w:rsid w:val="00B539AD"/>
@@ -6155,126 +6149,128 @@
     <w:rsid w:val="00EB6F0C"/>
     <w:rsid w:val="00EC53B3"/>
     <w:rsid w:val="00EC6FBA"/>
     <w:rsid w:val="00ED577A"/>
     <w:rsid w:val="00ED5A8E"/>
     <w:rsid w:val="00EE4C25"/>
     <w:rsid w:val="00EE6AEC"/>
     <w:rsid w:val="00EF110F"/>
     <w:rsid w:val="00EF3A22"/>
     <w:rsid w:val="00EF42C9"/>
     <w:rsid w:val="00EF5AC0"/>
     <w:rsid w:val="00F012EA"/>
     <w:rsid w:val="00F03AFD"/>
     <w:rsid w:val="00F03C65"/>
     <w:rsid w:val="00F06AD1"/>
     <w:rsid w:val="00F1103A"/>
     <w:rsid w:val="00F13AD2"/>
     <w:rsid w:val="00F1434C"/>
     <w:rsid w:val="00F14768"/>
     <w:rsid w:val="00F23C30"/>
     <w:rsid w:val="00F23F67"/>
     <w:rsid w:val="00F245CA"/>
     <w:rsid w:val="00F25747"/>
     <w:rsid w:val="00F36E82"/>
     <w:rsid w:val="00F37005"/>
+    <w:rsid w:val="00F40562"/>
     <w:rsid w:val="00F41BF5"/>
     <w:rsid w:val="00F41C31"/>
     <w:rsid w:val="00F42DA2"/>
     <w:rsid w:val="00F43958"/>
+    <w:rsid w:val="00F50CEC"/>
     <w:rsid w:val="00F5382E"/>
     <w:rsid w:val="00F54F71"/>
     <w:rsid w:val="00F57977"/>
     <w:rsid w:val="00F62FE9"/>
     <w:rsid w:val="00F86BA9"/>
     <w:rsid w:val="00F91018"/>
     <w:rsid w:val="00F913D5"/>
     <w:rsid w:val="00F93E45"/>
     <w:rsid w:val="00F9420F"/>
     <w:rsid w:val="00F947AA"/>
     <w:rsid w:val="00F971C1"/>
     <w:rsid w:val="00FA3DB3"/>
     <w:rsid w:val="00FA4512"/>
     <w:rsid w:val="00FA75C9"/>
     <w:rsid w:val="00FB1DC6"/>
     <w:rsid w:val="00FB2ABD"/>
     <w:rsid w:val="00FB3C19"/>
     <w:rsid w:val="00FB3ED4"/>
     <w:rsid w:val="00FB70B3"/>
     <w:rsid w:val="00FB7550"/>
     <w:rsid w:val="00FC2DEA"/>
     <w:rsid w:val="00FC4BE0"/>
     <w:rsid w:val="00FC5788"/>
     <w:rsid w:val="00FD1F0F"/>
     <w:rsid w:val="00FD5743"/>
     <w:rsid w:val="00FD5CFD"/>
     <w:rsid w:val="00FE0147"/>
     <w:rsid w:val="00FE4FD4"/>
     <w:rsid w:val="00FF47D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6D235ADD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{35065BE2-FFB8-4C77-8FD3-23CD45CE1D50}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:uiPriority="99"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6507,50 +6503,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D01F79"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:qFormat/>
     <w:rsid w:val="00D01F79"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
@@ -6995,51 +6996,51 @@
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Textkomente"/>
     <w:next w:val="Textkomente"/>
     <w:link w:val="PedmtkomenteChar"/>
     <w:rsid w:val="00E01F1F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PedmtkomenteChar">
     <w:name w:val="Předmět komentáře Char"/>
     <w:basedOn w:val="TextkomenteChar"/>
     <w:link w:val="Pedmtkomente"/>
     <w:rsid w:val="00E01F1F"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\Users\sefcik\Documents\&#352;ABLONY_PR&#366;&#344;EZOV&#201;\Zru&#353;en&#237;_p&#345;&#237;loh\info_ukonceni_projektu_uvery_podnikatel_210501.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -7345,29 +7346,59 @@
   <CharactersWithSpaces>1302</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informace o ukončení realizace projektu (BV)</dc:title>
   <dc:subject/>
   <dc:creator>sefcik</dc:creator>
   <cp:keywords/>
   <dc:description>od 1.4.2006</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_DOC_TYPE">
-    <vt:lpwstr>F011c</vt:lpwstr>
+    <vt:lpwstr>F011d</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T13:44:53Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>450d88c1-65ff-4564-9506-373a9f057bd5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>