--- v0 (2025-11-03)
+++ v1 (2026-02-09)
@@ -1215,69 +1215,51 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5807"/>
         <w:gridCol w:w="3255"/>
       </w:tblGrid>
       <w:tr w:rsidR="004A6788" w:rsidRPr="00A954CB" w14:paraId="14EDA3ED" w14:textId="77777777" w:rsidTr="00557BD5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DD233BE" w14:textId="77777777" w:rsidR="004A6788" w:rsidRPr="00A954CB" w:rsidRDefault="004A6788" w:rsidP="00801D14">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Druh (automobil, umělecké </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> apod.</w:t>
+              <w:t>Druh (automobil, umělecké dílo, apod.</w:t>
             </w:r>
             <w:r w:rsidR="00850A81" w:rsidRPr="00A954CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3417ED0C" w14:textId="77777777" w:rsidR="004A6788" w:rsidRPr="00A954CB" w:rsidRDefault="004A6788" w:rsidP="00801D14">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954CB">
               <w:rPr>
@@ -1434,69 +1416,51 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5807"/>
         <w:gridCol w:w="3255"/>
       </w:tblGrid>
       <w:tr w:rsidR="00850A81" w:rsidRPr="00A954CB" w14:paraId="7AED8FFE" w14:textId="77777777" w:rsidTr="00557BD5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5807" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DAE3C34" w14:textId="77777777" w:rsidR="00850A81" w:rsidRPr="00A954CB" w:rsidRDefault="00850A81" w:rsidP="00850A81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Druh (akcie, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> apod.)</w:t>
+              <w:t>Druh (akcie, dluhopisy, apod.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="004890F4" w14:textId="77777777" w:rsidR="00850A81" w:rsidRPr="00A954CB" w:rsidRDefault="00850A81" w:rsidP="00801D14">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A954CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Vámi odhadovaná </w:t>
             </w:r>
             <w:r w:rsidR="00557BD5">
               <w:rPr>
@@ -3270,61 +3234,61 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>V případě nedostatku místa použijte další formulář Prohlášení</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00361069" w:rsidRPr="00361069" w:rsidSect="0058471A">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17736557" w14:textId="77777777" w:rsidR="00E729B0" w:rsidRDefault="00E729B0" w:rsidP="0058471A">
+    <w:p w14:paraId="1D1599D3" w14:textId="77777777" w:rsidR="00055FF0" w:rsidRDefault="00055FF0" w:rsidP="0058471A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D15BC9E" w14:textId="77777777" w:rsidR="00E729B0" w:rsidRDefault="00E729B0" w:rsidP="0058471A">
+    <w:p w14:paraId="7D10D0DB" w14:textId="77777777" w:rsidR="00055FF0" w:rsidRDefault="00055FF0" w:rsidP="0058471A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3483,61 +3447,61 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5DA218D8" w14:textId="77777777" w:rsidR="0058471A" w:rsidRDefault="0058471A">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C7B000E" w14:textId="77777777" w:rsidR="00E729B0" w:rsidRDefault="00E729B0" w:rsidP="0058471A">
+    <w:p w14:paraId="3BF6B630" w14:textId="77777777" w:rsidR="00055FF0" w:rsidRDefault="00055FF0" w:rsidP="0058471A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="380E06F1" w14:textId="77777777" w:rsidR="00E729B0" w:rsidRDefault="00E729B0" w:rsidP="0058471A">
+    <w:p w14:paraId="6B769898" w14:textId="77777777" w:rsidR="00055FF0" w:rsidRDefault="00055FF0" w:rsidP="0058471A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="181638EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82186644"/>
     <w:lvl w:ilvl="0" w:tplc="04050001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
@@ -4138,118 +4102,125 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A3BAE"/>
     <w:rsid w:val="00030281"/>
+    <w:rsid w:val="00055FF0"/>
     <w:rsid w:val="000B021D"/>
     <w:rsid w:val="00110756"/>
     <w:rsid w:val="00112B7C"/>
     <w:rsid w:val="00133ABB"/>
     <w:rsid w:val="00145990"/>
     <w:rsid w:val="001E3DB4"/>
     <w:rsid w:val="0020374B"/>
     <w:rsid w:val="002339B6"/>
     <w:rsid w:val="002503D8"/>
     <w:rsid w:val="00287E80"/>
+    <w:rsid w:val="002A7377"/>
     <w:rsid w:val="002E7EE9"/>
     <w:rsid w:val="00305349"/>
     <w:rsid w:val="00312237"/>
     <w:rsid w:val="00361069"/>
     <w:rsid w:val="00396706"/>
     <w:rsid w:val="003B27A4"/>
     <w:rsid w:val="003C0DAE"/>
+    <w:rsid w:val="003D1F3A"/>
+    <w:rsid w:val="003F34E6"/>
     <w:rsid w:val="003F7434"/>
     <w:rsid w:val="004267F6"/>
     <w:rsid w:val="00433923"/>
     <w:rsid w:val="00460250"/>
     <w:rsid w:val="004854A0"/>
     <w:rsid w:val="00485D06"/>
     <w:rsid w:val="004A6788"/>
     <w:rsid w:val="00540EFE"/>
+    <w:rsid w:val="00542854"/>
     <w:rsid w:val="00557BD5"/>
     <w:rsid w:val="00571DD8"/>
     <w:rsid w:val="0058471A"/>
     <w:rsid w:val="00695999"/>
     <w:rsid w:val="006A07C9"/>
     <w:rsid w:val="006D6327"/>
     <w:rsid w:val="00704AD1"/>
     <w:rsid w:val="0072400C"/>
     <w:rsid w:val="00731699"/>
     <w:rsid w:val="007A3BAE"/>
     <w:rsid w:val="007B0B4C"/>
     <w:rsid w:val="007F563B"/>
     <w:rsid w:val="00841FB6"/>
     <w:rsid w:val="00850A81"/>
     <w:rsid w:val="0085172A"/>
     <w:rsid w:val="00865365"/>
     <w:rsid w:val="00880B93"/>
     <w:rsid w:val="00903292"/>
     <w:rsid w:val="00911152"/>
     <w:rsid w:val="009206E0"/>
     <w:rsid w:val="00923675"/>
     <w:rsid w:val="00946C6D"/>
+    <w:rsid w:val="00966321"/>
     <w:rsid w:val="009F5055"/>
     <w:rsid w:val="00A15386"/>
     <w:rsid w:val="00A954CB"/>
     <w:rsid w:val="00AE462E"/>
     <w:rsid w:val="00B24B80"/>
     <w:rsid w:val="00B950B7"/>
     <w:rsid w:val="00C06888"/>
     <w:rsid w:val="00C41013"/>
     <w:rsid w:val="00C42FDE"/>
     <w:rsid w:val="00C707FC"/>
     <w:rsid w:val="00C923CF"/>
     <w:rsid w:val="00CA263C"/>
     <w:rsid w:val="00CC763A"/>
     <w:rsid w:val="00D07D44"/>
     <w:rsid w:val="00D17115"/>
     <w:rsid w:val="00D72BBC"/>
     <w:rsid w:val="00D8288E"/>
     <w:rsid w:val="00DA3B02"/>
     <w:rsid w:val="00DB0B82"/>
     <w:rsid w:val="00DC24D3"/>
     <w:rsid w:val="00E729B0"/>
+    <w:rsid w:val="00EC5AE0"/>
     <w:rsid w:val="00ED4FDD"/>
     <w:rsid w:val="00F175D0"/>
     <w:rsid w:val="00F74C7B"/>
     <w:rsid w:val="00FA2778"/>
     <w:rsid w:val="00FA4B86"/>
     <w:rsid w:val="00FC0E84"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -4757,50 +4728,51 @@
     <w:link w:val="ZpatChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0058471A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZpatChar">
     <w:name w:val="Zápatí Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zpat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0058471A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\Users\tyma\Downloads\F803_P&#345;&#237;loha%20FO_WEB.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv sady Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -5073,75 +5045,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C520BE2B-826C-4F7A-8FDC-8F379C491AA4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>F803_Příloha FO_WEB.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>326</Words>
-  <Characters>1925</Characters>
+  <Words>292</Words>
+  <Characters>1728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>133</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>CMZRB, a.s.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2247</CharactersWithSpaces>
+  <CharactersWithSpaces>2032</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>tyma</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_DOC_TYPE ">
     <vt:lpwstr>F803</vt:lpwstr>
   </property>
@@ -5150,27 +5122,30 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
     <vt:lpwstr>2025-07-09T11:09:47Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
     <vt:lpwstr>Veřejná informace</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
     <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
     <vt:lpwstr>c3cd4e7a-842f-4808-9901-e50eeb0fde09</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
 </Properties>
 </file>