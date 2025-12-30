--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,252 +1,253 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="153222"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\fricova\Documents\SUP II\Šablony_povodně\Povodne_restart_sablony_k_uprave\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\sefcik\Documents\Šablony_průřezové\Revize-SUP2\doplněné_Ivetou\už_na_webu\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{44F3D9EB-9193-477A-A105-9E747AEFE5F4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C11" i="1" l="1"/>
   <c r="C17" i="1" l="1"/>
   <c r="D17" i="1" s="1"/>
   <c r="C18" i="1"/>
   <c r="D18" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Sazima Martin</author>
     <author>rádce</author>
   </authors>
   <commentList>
-    <comment ref="A10" authorId="0" shapeId="0">
+    <comment ref="A10" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">Uveďte zastavěnou plochu technologií, které jsou přímo zapojeny do výrobního postupu, který projde zásadní změnou nebo do výroby rozšířeného sortimentu.
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="B10" authorId="0" shapeId="0">
+    <comment ref="B10" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000002000000}">
       <text>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Uveďte zastavěnou plochu budovy (budov) dle Katastru nemovitostí, která/é jsou využívány při výrobním postupu, který projde zásadní změnou nebo při výrobě rozšířeného sortimentu.</t>
         </r>
       </text>
     </comment>
-    <comment ref="C10" authorId="0" shapeId="0">
+    <comment ref="C10" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000003000000}">
       <text>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">Uveďte počet podlaží budovy (budov), které jsou využívány při výrobním postupu, který projde zásadní změnou nebo při výrobě rozšířeného sortimentu.
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="C13" authorId="0" shapeId="0">
+    <comment ref="C13" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000004000000}">
       <text>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">Uveďte výši celkových způsobilých nákladů projektu
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="C14" authorId="0" shapeId="0">
+    <comment ref="C14" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000005000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">V případě projektu na zásadní změnu výrobního postupu </t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>uveďte hodnotu odpisů za předcházející tři roky</t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve"> </t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>z majetku, který je přímo zapojen do výrobního postupu, který projde zásadní změnou.</t>
         </r>
       </text>
     </comment>
-    <comment ref="C15" authorId="0" shapeId="0">
+    <comment ref="C15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000006000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>V případě projektu zaměřeného na rozšíření výrobního sortimentu</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve"> uveďte hodnotu majetku používaného při výrobě výrobě rozšířeného sortimentu.</t>
         </r>
       </text>
     </comment>
-    <comment ref="D17" authorId="1" shapeId="0">
+    <comment ref="D17" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0000-000007000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Splňují-li vyplněné hodnoty podmínky GBER, je zde vyplněna částka, kterou musí celkové způsobilé výdaje projektu převyšovat.</t>
         </r>
       </text>
     </comment>
-    <comment ref="D18" authorId="1" shapeId="0">
+    <comment ref="D18" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0000-000008000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>Splňují-li vyplněné hodnoty podmínky GBER, je zde vyplněna částka, kterou musí celkové způsobilé výdaje projektu převyšovat.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="19">
   <si>
     <t>Formulář pro výpočet dle metodiky znovu použitého majektu k podmínkám regionální podpory dle čl. 14 Nařízení Komise (EU) č. 651/2014 ze dne 17. června 2014, kterým se v souladu s články 107 a 108 Smlouvy prohlašují určité kategorie podpory za slučitelné s vnitřním trhem</t>
   </si>
   <si>
     <t>Zastavěná plocha technologií</t>
   </si>
@@ -283,51 +284,51 @@
   <si>
     <t>Zásadní změna výrobního postupu</t>
   </si>
   <si>
     <t>Rozšíření výrobního sortimentu</t>
   </si>
   <si>
     <t>Pozn.:</t>
   </si>
   <si>
     <t>V případě projektu na zásadní změnu výrobního postupu zjištěným koeficientem žadatel vynásobí hodnotu odpisů za předcházející tři roky z majetku, který je přímo zapojen do výrobního postupu, který projde zásadní změnou.</t>
   </si>
   <si>
     <t>V případě projektu zaměřeného na rozšíření výrobního sortimentu zjištěným koeficientem žadatel vynásobí hodnotu majetku používaného při výrobě rozšířeného sortimentu.</t>
   </si>
   <si>
     <t>Je možné odečíst hodnotu majetku (odpisů majetku), který se prokazatelně nijak netýká výrobního postupu, který projde zásadní změnou nebo se netýká výroby rozšířeného sortimentu.</t>
   </si>
   <si>
     <t>Při podání plné žádosti žadatel o dotaci dle zaměření svého projektu zařadí svůj projekt pod jednu z výše uvedených kategorií. K výběru kategorie žadatel uvede zdůvodnění a v případě kategorií č. 1 a 2 provede výše uvedený výpočet. Dokument se zdůvodněním a výpočtem žadatel archivuje. Výpočet může být ověřován během realizace projektu i udržitelnosti projektu, a to při kontrole na místě.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0\ &quot;Kč&quot;"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -658,106 +659,106 @@
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor rgb="FFFF0000"/>
+          <bgColor theme="9" tint="0.59996337778862885"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="9" tint="0.59996337778862885"/>
+          <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1114,304 +1115,304 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I29"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C13" activeCellId="1" sqref="A10:C10 C13:C15"/>
+      <selection activeCell="C13" sqref="C13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.7265625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="20.7265625" customWidth="1"/>
+    <col min="1" max="1" width="18.7109375" customWidth="1"/>
+    <col min="2" max="2" width="22.7109375" customWidth="1"/>
+    <col min="3" max="3" width="20.7109375" customWidth="1"/>
     <col min="4" max="4" width="16" customWidth="1"/>
-    <col min="5" max="5" width="5.453125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="12.26953125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="5.42578125" customWidth="1"/>
+    <col min="6" max="6" width="11.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="74.25" customHeight="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-      <c r="A2" s="29" t="s">
+    <row r="1" spans="1:9" ht="74.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:9" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="29"/>
-[...8 lines deleted...]
-    <row r="7" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="B2" s="23"/>
+      <c r="C2" s="23"/>
+      <c r="D2" s="23"/>
+      <c r="E2" s="23"/>
+      <c r="F2" s="23"/>
+      <c r="G2" s="23"/>
+      <c r="H2" s="23"/>
+      <c r="I2" s="23"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" s="2"/>
     </row>
-    <row r="8" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1"/>
     </row>
-    <row r="9" spans="1:9" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:9" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D9" s="15"/>
     </row>
-    <row r="10" spans="1:9" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:9" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="16" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="17" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="18" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="11" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A11" s="27" t="s">
+    <row r="11" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="21" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="28"/>
+      <c r="B11" s="22"/>
       <c r="C11" s="7" t="e">
         <f>$A$10/($B$10*$C$10)</f>
         <v>#VALUE!</v>
       </c>
     </row>
-    <row r="12" spans="1:9" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="12" spans="1:9" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="8"/>
       <c r="B12" s="8"/>
       <c r="C12" s="8"/>
     </row>
-    <row r="13" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A13" s="24" t="s">
+    <row r="13" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="25"/>
+      <c r="B13" s="27"/>
       <c r="C13" s="19" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="14" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A14" s="24" t="s">
+    <row r="14" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="B14" s="25"/>
+      <c r="B14" s="27"/>
       <c r="C14" s="19" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="15" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A15" s="27" t="s">
+    <row r="15" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="21" t="s">
         <v>10</v>
       </c>
-      <c r="B15" s="28"/>
+      <c r="B15" s="22"/>
       <c r="C15" s="20" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="16" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A16" s="31" t="s">
+    <row r="16" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="28" t="s">
         <v>11</v>
       </c>
-      <c r="B16" s="31"/>
-[...1 lines deleted...]
-      <c r="D16" s="31"/>
+      <c r="B16" s="28"/>
+      <c r="C16" s="28"/>
+      <c r="D16" s="28"/>
       <c r="G16" s="13"/>
     </row>
-    <row r="17" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A17" s="24" t="s">
+    <row r="17" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="26" t="s">
         <v>12</v>
       </c>
-      <c r="B17" s="25"/>
+      <c r="B17" s="27"/>
       <c r="C17" s="10" t="e">
         <f>IF($C$13&gt;($C$14*$C$11),"v souladu s GBER","nelze podpořit")</f>
         <v>#VALUE!</v>
       </c>
       <c r="D17" s="12" t="e">
         <f>IF($C$17="v souladu s GBER",$C$14*$C$11,"nelze podpořit")</f>
         <v>#VALUE!</v>
       </c>
       <c r="G17" s="14"/>
       <c r="H17" s="11"/>
     </row>
-    <row r="18" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A18" s="24" t="s">
+    <row r="18" spans="1:9" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="B18" s="25"/>
+      <c r="B18" s="27"/>
       <c r="C18" s="10" t="e">
         <f>IF($C$13&gt;(($C$15*$C$11)*3),"v souladu s GBER","nelze podpořit")</f>
         <v>#VALUE!</v>
       </c>
       <c r="D18" s="12" t="e">
         <f>IF($C$18="v souladu s GBER",$C$15*$C$11*3,"nelze podpořit")</f>
         <v>#VALUE!</v>
       </c>
       <c r="G18" s="14"/>
       <c r="H18" s="11"/>
     </row>
-    <row r="19" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="9"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="G19" s="9"/>
     </row>
-    <row r="20" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="2"/>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="22" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A22" s="30" t="s">
+    <row r="22" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="24" t="s">
         <v>15</v>
       </c>
-      <c r="B22" s="30"/>
-[...9 lines deleted...]
-      <c r="A23" s="30" t="s">
+      <c r="B22" s="24"/>
+      <c r="C22" s="24"/>
+      <c r="D22" s="24"/>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+    </row>
+    <row r="23" spans="1:9" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="B23" s="30"/>
-[...9 lines deleted...]
-      <c r="A24" s="26" t="s">
+      <c r="B23" s="24"/>
+      <c r="C23" s="24"/>
+      <c r="D23" s="24"/>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+    </row>
+    <row r="24" spans="1:9" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="B24" s="26"/>
-[...9 lines deleted...]
-      <c r="A25" s="26" t="s">
+      <c r="B24" s="25"/>
+      <c r="C24" s="25"/>
+      <c r="D24" s="25"/>
+      <c r="E24" s="25"/>
+      <c r="F24" s="25"/>
+      <c r="G24" s="25"/>
+      <c r="H24" s="25"/>
+      <c r="I24" s="25"/>
+    </row>
+    <row r="25" spans="1:9" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="25" t="s">
         <v>18</v>
       </c>
-      <c r="B25" s="26"/>
-[...16 lines deleted...]
-      <c r="I29" s="23"/>
+      <c r="B25" s="25"/>
+      <c r="C25" s="25"/>
+      <c r="D25" s="25"/>
+      <c r="E25" s="25"/>
+      <c r="F25" s="25"/>
+      <c r="G25" s="25"/>
+      <c r="H25" s="25"/>
+      <c r="I25" s="25"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B29" s="29"/>
+      <c r="C29" s="29"/>
+      <c r="D29" s="29"/>
+      <c r="E29" s="30"/>
+      <c r="F29" s="30"/>
+      <c r="G29" s="30"/>
+      <c r="H29" s="31"/>
+      <c r="I29" s="31"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="C13:C15" name="Oblast2"/>
     <protectedRange sqref="A10:C10" name="Oblast1"/>
   </protectedRanges>
   <mergeCells count="15">
+    <mergeCell ref="B29:D29"/>
+    <mergeCell ref="E29:G29"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="A25:I25"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="A23:I23"/>
     <mergeCell ref="A24:I24"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A16:D16"/>
-    <mergeCell ref="B29:D29"/>
-[...4 lines deleted...]
-    <mergeCell ref="A25:I25"/>
   </mergeCells>
   <conditionalFormatting sqref="C17:D18">
     <cfRule type="containsText" priority="8" operator="containsText" text="v souladu s GBER">
       <formula>NOT(ISERROR(SEARCH("v souladu s GBER",C17)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D17:D18">
-    <cfRule type="cellIs" dxfId="2" priority="2" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="0" priority="2" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="65" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="containsText" priority="1" operator="containsText" id="{94E27B2A-C98B-467D-9283-04CFDD922D63}">
             <xm:f>NOT(ISERROR(SEARCH("nelze podpořit",C17)))</xm:f>
             <xm:f>"nelze podpořit"</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFF0000"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <x14:cfRule type="containsText" priority="4" operator="containsText" id="{1678540A-BD1A-49F1-BCE1-D27AFD9F7FC8}">
             <xm:f>NOT(ISERROR(SEARCH("v souladu s GBER",C17)))</xm:f>
             <xm:f>"v souladu s GBER"</xm:f>
@@ -1430,81 +1431,50 @@
             <xm:f>NOT(ISERROR(SEARCH("v souladu s GBER",D17)))</xm:f>
             <xm:f>"v souladu s GBER"</xm:f>
             <x14:dxf/>
           </x14:cfRule>
           <xm:sqref>D17:D18</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...29 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100E487A6A7A824C94A914D13223D6172A4" ma:contentTypeVersion="20" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="8c7963f280295b8c95697eabb6bbe4fd">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="94c73014-2d47-4464-8eda-064c5291faa3" xmlns:ns3="0ccbd45e-a229-4bce-9265-cc4149b21652" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3123c352031da62f8781643018506889" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="94c73014-2d47-4464-8eda-064c5291faa3"/>
     <xsd:import namespace="0ccbd45e-a229-4bce-9265-cc4149b21652"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
@@ -1746,105 +1716,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Koment_x00e1__x0159_ xmlns="94c73014-2d47-4464-8eda-064c5291faa3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Odkaz xmlns="94c73014-2d47-4464-8eda-064c5291faa3">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </Odkaz>
+    <AlliumSigner xmlns="0ccbd45e-a229-4bce-9265-cc4149b21652">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </AlliumSigner>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="94c73014-2d47-4464-8eda-064c5291faa3">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0ccbd45e-a229-4bce-9265-cc4149b21652" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75868325-A32F-43D7-A85C-005E3CC6EC38}">
-[...24 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3581545-2713-4AF3-8625-201A0DF8A02A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="94c73014-2d47-4464-8eda-064c5291faa3"/>
     <ds:schemaRef ds:uri="0ccbd45e-a229-4bce-9265-cc4149b21652"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F9CB1C6-C067-407F-86B8-AE7315503E86}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="0ccbd45e-a229-4bce-9265-cc4149b21652"/>
+    <ds:schemaRef ds:uri="94c73014-2d47-4464-8eda-064c5291faa3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75868325-A32F-43D7-A85C-005E3CC6EC38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>listy</vt:lpstr>
+        <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>List1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
@@ -1867,57 +1868,60 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_SetDate">
     <vt:lpwstr>2024-04-23T12:33:25Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_Name">
     <vt:lpwstr>Obecné</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_SiteId">
     <vt:lpwstr>7f4d05a7-f98a-4578-9ef7-f80fe5d8a22b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_ActionId">
     <vt:lpwstr>2957e2d3-56e9-4e8f-a29b-37488bf558f7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
     <vt:lpwstr>0x010100E487A6A7A824C94A914D13223D6172A4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="IX_DOC_TYPE">
+    <vt:lpwstr>F591a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_SetDate">
-    <vt:lpwstr>2024-10-31T07:57:32Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T15:29:46Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_Method">
-    <vt:lpwstr>Standard</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_Name">
-    <vt:lpwstr>Interní informace</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
     <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_ActionId">
-    <vt:lpwstr>42db96ca-e304-496c-bc26-6c273933dd6a</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>53603cdb-8812-4c48-8646-0585284c4921</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="IX_BARCODE">
-[...6 lines deleted...]
-    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>