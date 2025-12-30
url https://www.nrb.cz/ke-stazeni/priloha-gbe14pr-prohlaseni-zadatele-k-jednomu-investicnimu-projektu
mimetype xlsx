--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,169 +1,170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="153222"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\fricova\Documents\SUP II\Šablony_povodně\Povodne_restart_sablony_k_uprave\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\sefcik\Documents\Šablony_průřezové\Revize-SUP2\doplněné_Ivetou\už_na_webu\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F65D0456-AA38-4C1F-BD17-087E2537708F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" firstSheet="1" activeTab="1"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Úvod" sheetId="3" r:id="rId1"/>
     <sheet name="Prohlášení" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="KaR">#REF!</definedName>
     <definedName name="NS">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Prohlášení!$B$1:$K$42</definedName>
     <definedName name="Skupina">#REF!</definedName>
     <definedName name="Záchrana">#REF!</definedName>
     <definedName name="Zriaďovateľ">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="K26" i="1" l="1"/>
   <c r="K27" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>rádce</author>
     <author>Křivánková Kristýna</author>
     <author>Administrator</author>
   </authors>
   <commentList>
-    <comment ref="J7" authorId="0" shapeId="0">
+    <comment ref="J7" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">rádce: </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Žadatel uvede investice (projekty), které byly v posuzovaném tříletém období zahájeny a zároveň na ně byla do data podpisu tohoto Čestného prohlášení poskytnuta podpora dle čl. 14 GBER, tj. bylo vydáno Rozhodnutí o poskytnutí dotace, či analogický právní akt, datum vydání tohoto právního aktu uvede do sloupce J.</t>
         </r>
       </text>
     </comment>
-    <comment ref="B8" authorId="1" shapeId="0">
+    <comment ref="B8" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-000002000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>rádce:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t xml:space="preserve">
 Pokud žadatel relevantní podporu v daném kraji za uvedené období neobdržel, vyplní pouze IČ/Název/Sídlo a CZV ve výši 0.</t>
         </r>
       </text>
     </comment>
-    <comment ref="B31" authorId="2" shapeId="0">
+    <comment ref="B31" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0100-000003000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Administrator:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
@@ -277,51 +278,51 @@
           <t>C</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve"> je část způsobilých nákladů nad 110 milionů EUR.
 </t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>V případě, že tak Výzva stanoví, nesmí být podpořen velký investiční projekt.</t>
         </r>
       </text>
     </comment>
-    <comment ref="B34" authorId="2" shapeId="0">
+    <comment ref="B34" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0100-000004000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Administrator:</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">
 Pokud žadatel a/nebo jeho partnerské či propojené podniky relevantní podporu v daném kraji za uvedené období obdržely, pole zaškrtnuto nebude.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
@@ -568,51 +569,51 @@
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> budu (eme) neprodleně informovat poskytovatele dotace o změnách, které</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="238"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> nastaly. </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Datum vyhotovení: </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
@@ -1215,51 +1216,51 @@
     <xf numFmtId="0" fontId="5" fillId="3" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hypertextový odkaz" xfId="1" builtinId="8"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
-    <cellStyle name="Normální 2" xfId="2"/>
+    <cellStyle name="Normální 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
@@ -2153,600 +2154,600 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView topLeftCell="A61" workbookViewId="0">
       <selection activeCell="R45" sqref="R45"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="16384" width="9.1796875" style="8"/>
+    <col min="1" max="16384" width="9.140625" style="8"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="List1"/>
   <dimension ref="B1:M42"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.81640625" customWidth="1"/>
+    <col min="1" max="1" width="18.85546875" customWidth="1"/>
     <col min="2" max="2" width="11" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="13.1796875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10" max="19" width="13.7265625" customWidth="1"/>
+    <col min="3" max="3" width="13.140625" customWidth="1"/>
+    <col min="5" max="5" width="18.42578125" customWidth="1"/>
+    <col min="6" max="6" width="9.28515625" customWidth="1"/>
+    <col min="7" max="8" width="13.7109375" customWidth="1"/>
+    <col min="9" max="9" width="30.5703125" customWidth="1"/>
+    <col min="10" max="19" width="13.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:13" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="2:13" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="44"/>
       <c r="C1" s="44"/>
       <c r="D1" s="44"/>
       <c r="E1" s="49"/>
       <c r="F1" s="49"/>
       <c r="G1" s="49"/>
       <c r="H1" s="49"/>
       <c r="I1" s="49"/>
       <c r="J1" s="49"/>
       <c r="K1" s="49"/>
       <c r="L1" s="16"/>
       <c r="M1" s="17"/>
     </row>
-    <row r="2" spans="2:13" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:13" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="44"/>
       <c r="C2" s="44"/>
       <c r="D2" s="44"/>
       <c r="E2" s="47"/>
       <c r="F2" s="47"/>
       <c r="G2" s="48" t="s">
         <v>0</v>
       </c>
       <c r="H2" s="48"/>
       <c r="I2" s="14"/>
       <c r="J2" s="44"/>
       <c r="K2" s="44"/>
       <c r="L2" s="18"/>
       <c r="M2" s="17"/>
     </row>
-    <row r="3" spans="2:13" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="2:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="45" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="46"/>
       <c r="D3" s="46"/>
       <c r="E3" s="46"/>
       <c r="F3" s="46"/>
       <c r="G3" s="46"/>
       <c r="H3" s="46"/>
       <c r="I3" s="46"/>
       <c r="J3" s="46"/>
       <c r="K3" s="46"/>
       <c r="L3" s="19"/>
       <c r="M3" s="20"/>
     </row>
-    <row r="4" spans="2:13" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="2:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="21"/>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4" s="21"/>
       <c r="G4" s="21"/>
       <c r="H4" s="21"/>
       <c r="I4" s="21"/>
       <c r="J4" s="21"/>
       <c r="K4" s="21"/>
     </row>
-    <row r="5" spans="2:13" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="2:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="50" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="51"/>
       <c r="D5" s="51"/>
       <c r="E5" s="51"/>
       <c r="F5" s="51"/>
       <c r="G5" s="51"/>
       <c r="H5" s="51"/>
       <c r="I5" s="51"/>
       <c r="J5" s="51"/>
       <c r="K5" s="52"/>
     </row>
-    <row r="6" spans="2:13" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="2:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="53" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="54"/>
       <c r="D6" s="54"/>
       <c r="E6" s="54"/>
       <c r="F6" s="55"/>
       <c r="G6" s="56" t="s">
         <v>4</v>
       </c>
       <c r="H6" s="57"/>
       <c r="I6" s="57"/>
       <c r="J6" s="57"/>
       <c r="K6" s="58"/>
     </row>
-    <row r="7" spans="2:13" ht="73.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="2:13" ht="73.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B7" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="59" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="60"/>
       <c r="E7" s="61" t="s">
         <v>7</v>
       </c>
       <c r="F7" s="62"/>
       <c r="G7" s="59" t="s">
         <v>8</v>
       </c>
       <c r="H7" s="64"/>
       <c r="I7" s="30" t="s">
         <v>9</v>
       </c>
       <c r="J7" s="23" t="s">
         <v>10</v>
       </c>
       <c r="K7" s="23" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="8" spans="2:13" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="8" spans="2:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="40" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="41"/>
       <c r="D8" s="41"/>
       <c r="E8" s="41"/>
       <c r="F8" s="41"/>
       <c r="G8" s="41"/>
       <c r="H8" s="41"/>
       <c r="I8" s="41"/>
       <c r="J8" s="41"/>
       <c r="K8" s="42"/>
     </row>
-    <row r="9" spans="2:13" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="9" spans="2:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="7"/>
       <c r="C9" s="43"/>
       <c r="D9" s="43"/>
       <c r="E9" s="43"/>
       <c r="F9" s="43"/>
       <c r="G9" s="38"/>
       <c r="H9" s="38"/>
       <c r="I9" s="27"/>
       <c r="J9" s="4"/>
       <c r="K9" s="11"/>
     </row>
-    <row r="10" spans="2:13" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="10" spans="2:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B10" s="7"/>
       <c r="C10" s="37"/>
       <c r="D10" s="37"/>
       <c r="E10" s="37"/>
       <c r="F10" s="37"/>
       <c r="G10" s="39"/>
       <c r="H10" s="39"/>
       <c r="I10" s="28"/>
       <c r="J10" s="10"/>
       <c r="K10" s="12"/>
     </row>
-    <row r="11" spans="2:13" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="11" spans="2:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="9"/>
       <c r="C11" s="37"/>
       <c r="D11" s="37"/>
       <c r="E11" s="37"/>
       <c r="F11" s="37"/>
       <c r="G11" s="39"/>
       <c r="H11" s="39"/>
       <c r="I11" s="28"/>
       <c r="J11" s="10"/>
       <c r="K11" s="11"/>
     </row>
-    <row r="12" spans="2:13" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="12" spans="2:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B12" s="7"/>
       <c r="C12" s="37"/>
       <c r="D12" s="37"/>
       <c r="E12" s="37"/>
       <c r="F12" s="37"/>
       <c r="G12" s="39"/>
       <c r="H12" s="39"/>
       <c r="I12" s="28"/>
       <c r="J12" s="10"/>
       <c r="K12" s="12"/>
     </row>
-    <row r="13" spans="2:13" ht="31" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="13" spans="2:13" ht="30.95" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="34" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="35"/>
       <c r="D13" s="35"/>
       <c r="E13" s="35"/>
       <c r="F13" s="35"/>
       <c r="G13" s="35"/>
       <c r="H13" s="35"/>
       <c r="I13" s="35"/>
       <c r="J13" s="35"/>
       <c r="K13" s="36"/>
     </row>
-    <row r="14" spans="2:13" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="2:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B14" s="7"/>
       <c r="C14" s="37"/>
       <c r="D14" s="37"/>
       <c r="E14" s="37"/>
       <c r="F14" s="37"/>
       <c r="G14" s="38"/>
       <c r="H14" s="38"/>
       <c r="I14" s="27"/>
       <c r="J14" s="5"/>
       <c r="K14" s="11"/>
     </row>
-    <row r="15" spans="2:13" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="2:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B15" s="7"/>
       <c r="C15" s="37"/>
       <c r="D15" s="37"/>
       <c r="E15" s="37"/>
       <c r="F15" s="37"/>
       <c r="G15" s="39"/>
       <c r="H15" s="39"/>
       <c r="I15" s="28"/>
       <c r="J15" s="6"/>
       <c r="K15" s="12"/>
     </row>
-    <row r="16" spans="2:13" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="16" spans="2:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B16" s="7"/>
       <c r="C16" s="37"/>
       <c r="D16" s="37"/>
       <c r="E16" s="37"/>
       <c r="F16" s="37"/>
       <c r="G16" s="13"/>
       <c r="H16" s="13"/>
       <c r="I16" s="28"/>
       <c r="J16" s="6"/>
       <c r="K16" s="12"/>
     </row>
-    <row r="17" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="17" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="7"/>
       <c r="C17" s="37"/>
       <c r="D17" s="37"/>
       <c r="E17" s="37"/>
       <c r="F17" s="37"/>
       <c r="G17" s="39"/>
       <c r="H17" s="39"/>
       <c r="I17" s="28"/>
       <c r="J17" s="6"/>
       <c r="K17" s="12"/>
     </row>
-    <row r="18" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="18" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B18" s="7"/>
       <c r="C18" s="37"/>
       <c r="D18" s="37"/>
       <c r="E18" s="37"/>
       <c r="F18" s="37"/>
       <c r="G18" s="39"/>
       <c r="H18" s="39"/>
       <c r="I18" s="28"/>
       <c r="J18" s="6"/>
       <c r="K18" s="12"/>
     </row>
-    <row r="19" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="19" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="7"/>
       <c r="C19" s="37"/>
       <c r="D19" s="37"/>
       <c r="E19" s="37"/>
       <c r="F19" s="37"/>
       <c r="G19" s="39"/>
       <c r="H19" s="39"/>
       <c r="I19" s="28"/>
       <c r="J19" s="6"/>
       <c r="K19" s="12"/>
     </row>
-    <row r="20" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="20" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B20" s="7"/>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="37"/>
       <c r="F20" s="37"/>
       <c r="G20" s="39"/>
       <c r="H20" s="39"/>
       <c r="I20" s="28"/>
       <c r="J20" s="6"/>
       <c r="K20" s="12"/>
     </row>
-    <row r="21" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="21" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="7"/>
       <c r="C21" s="37"/>
       <c r="D21" s="37"/>
       <c r="E21" s="37"/>
       <c r="F21" s="37"/>
       <c r="G21" s="39"/>
       <c r="H21" s="39"/>
       <c r="I21" s="28"/>
       <c r="J21" s="6"/>
       <c r="K21" s="12"/>
     </row>
-    <row r="22" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="22" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="7"/>
       <c r="C22" s="37"/>
       <c r="D22" s="37"/>
       <c r="E22" s="37"/>
       <c r="F22" s="37"/>
       <c r="G22" s="39"/>
       <c r="H22" s="39"/>
       <c r="I22" s="28"/>
       <c r="J22" s="6"/>
       <c r="K22" s="12"/>
     </row>
-    <row r="23" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="23" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="7"/>
       <c r="C23" s="37"/>
       <c r="D23" s="37"/>
       <c r="E23" s="37"/>
       <c r="F23" s="37"/>
       <c r="G23" s="39"/>
       <c r="H23" s="39"/>
       <c r="I23" s="28"/>
       <c r="J23" s="2"/>
       <c r="K23" s="12"/>
     </row>
-    <row r="24" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="24" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="7"/>
       <c r="C24" s="37"/>
       <c r="D24" s="37"/>
       <c r="E24" s="37"/>
       <c r="F24" s="37"/>
       <c r="G24" s="39"/>
       <c r="H24" s="39"/>
       <c r="I24" s="28"/>
       <c r="J24" s="2"/>
       <c r="K24" s="12"/>
     </row>
-    <row r="25" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="25" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="7"/>
       <c r="C25" s="37"/>
       <c r="D25" s="37"/>
       <c r="E25" s="37"/>
       <c r="F25" s="37"/>
       <c r="G25" s="63"/>
       <c r="H25" s="63"/>
       <c r="I25" s="29"/>
       <c r="J25" s="3"/>
       <c r="K25" s="12"/>
     </row>
-    <row r="26" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="26" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="31" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="32"/>
       <c r="D26" s="32"/>
       <c r="E26" s="32"/>
       <c r="F26" s="32"/>
       <c r="G26" s="32"/>
       <c r="H26" s="32"/>
       <c r="I26" s="32"/>
       <c r="J26" s="33"/>
       <c r="K26" s="15">
         <f>SUM(K9:K12,K14:K25)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="27" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="83" t="s">
         <v>15</v>
       </c>
       <c r="C27" s="84"/>
       <c r="D27" s="84"/>
       <c r="E27" s="84"/>
       <c r="F27" s="84"/>
       <c r="G27" s="84"/>
       <c r="H27" s="84"/>
       <c r="I27" s="84"/>
       <c r="J27" s="85"/>
       <c r="K27" s="24">
         <f>50000000-K26</f>
         <v>50000000</v>
       </c>
     </row>
-    <row r="28" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="28" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="25"/>
       <c r="C28" s="26"/>
       <c r="D28" s="26"/>
       <c r="E28" s="26"/>
       <c r="F28" s="26"/>
       <c r="G28" s="26"/>
       <c r="H28" s="26"/>
       <c r="I28" s="26"/>
       <c r="J28" s="26"/>
       <c r="K28" s="26"/>
     </row>
-    <row r="29" spans="2:11" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="29" spans="2:11" ht="15.75" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="26"/>
       <c r="C29" s="26"/>
       <c r="D29" s="26"/>
       <c r="E29" s="26"/>
       <c r="F29" s="26"/>
       <c r="G29" s="26"/>
       <c r="H29" s="26"/>
       <c r="I29" s="26"/>
       <c r="J29" s="26"/>
       <c r="K29" s="26"/>
     </row>
-    <row r="30" spans="2:11" ht="21" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="30" spans="2:11" ht="21" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B30" s="74" t="s">
         <v>16</v>
       </c>
       <c r="C30" s="75"/>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="75"/>
       <c r="G30" s="75"/>
       <c r="H30" s="75"/>
       <c r="I30" s="75"/>
       <c r="J30" s="75"/>
       <c r="K30" s="76"/>
     </row>
-    <row r="31" spans="2:11" ht="229.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="31" spans="2:11" ht="229.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="77" t="s">
         <v>17</v>
       </c>
       <c r="C31" s="78"/>
       <c r="D31" s="78"/>
       <c r="E31" s="78"/>
       <c r="F31" s="78"/>
       <c r="G31" s="78"/>
       <c r="H31" s="78"/>
       <c r="I31" s="78"/>
       <c r="J31" s="78"/>
       <c r="K31" s="79"/>
     </row>
-    <row r="32" spans="2:11" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="33" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="2:11" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="33" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B33" s="40" t="s">
         <v>18</v>
       </c>
       <c r="C33" s="41"/>
       <c r="D33" s="41"/>
       <c r="E33" s="41"/>
       <c r="F33" s="41"/>
       <c r="G33" s="41"/>
       <c r="H33" s="41"/>
       <c r="I33" s="41"/>
       <c r="J33" s="41"/>
       <c r="K33" s="42"/>
     </row>
-    <row r="34" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="34" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B34" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C34" s="80" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="81"/>
       <c r="E34" s="81"/>
       <c r="F34" s="81"/>
       <c r="G34" s="81"/>
       <c r="H34" s="81"/>
       <c r="I34" s="81"/>
       <c r="J34" s="81"/>
       <c r="K34" s="82"/>
     </row>
-    <row r="35" spans="2:11" ht="15" thickTop="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-    <row r="37" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="35" spans="2:11" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="36" spans="2:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="37" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B37" s="68" t="s">
         <v>21</v>
       </c>
       <c r="C37" s="69"/>
       <c r="D37" s="69"/>
       <c r="E37" s="69"/>
       <c r="F37" s="69"/>
       <c r="G37" s="69"/>
       <c r="H37" s="69"/>
       <c r="I37" s="69"/>
       <c r="J37" s="69"/>
       <c r="K37" s="70"/>
     </row>
-    <row r="38" spans="2:11" ht="32.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="38" spans="2:11" ht="32.25" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="71" t="s">
         <v>22</v>
       </c>
       <c r="C38" s="72"/>
       <c r="D38" s="72"/>
       <c r="E38" s="72"/>
       <c r="F38" s="72"/>
       <c r="G38" s="72"/>
       <c r="H38" s="72"/>
       <c r="I38" s="72"/>
       <c r="J38" s="72"/>
       <c r="K38" s="73"/>
     </row>
-    <row r="39" spans="2:11" ht="36.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="39" spans="2:11" ht="36.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B39" s="71" t="s">
         <v>23</v>
       </c>
       <c r="C39" s="72"/>
       <c r="D39" s="72"/>
       <c r="E39" s="72"/>
       <c r="F39" s="72"/>
       <c r="G39" s="72"/>
       <c r="H39" s="72"/>
       <c r="I39" s="72"/>
       <c r="J39" s="72"/>
       <c r="K39" s="73"/>
     </row>
-    <row r="40" spans="2:11" ht="34.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="40" spans="2:11" ht="34.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B40" s="71" t="s">
         <v>24</v>
       </c>
       <c r="C40" s="72"/>
       <c r="D40" s="72"/>
       <c r="E40" s="72"/>
       <c r="F40" s="72"/>
       <c r="G40" s="72"/>
       <c r="H40" s="72"/>
       <c r="I40" s="72"/>
       <c r="J40" s="72"/>
       <c r="K40" s="73"/>
     </row>
-    <row r="41" spans="2:11" ht="15.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.4"/>
-    <row r="42" spans="2:11" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="41" spans="2:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="42" spans="2:11" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B42" s="65" t="s">
         <v>25</v>
       </c>
       <c r="C42" s="66"/>
       <c r="D42" s="67"/>
       <c r="E42" s="13"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="cHEw9/hfVp96mRN9kXJZWGjuH6PtqUl0WHWCFwYPTf11rdbL9o/I3E88G5Dtpr/E0T8KP6049qo/YcT5ttVUOQ==" saltValue="6hAUsjZe8lbhF5ObuVNn7A==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="72">
     <mergeCell ref="G7:H7"/>
     <mergeCell ref="B42:D42"/>
     <mergeCell ref="B37:K37"/>
     <mergeCell ref="B38:K38"/>
     <mergeCell ref="B39:K39"/>
     <mergeCell ref="B40:K40"/>
     <mergeCell ref="B30:K30"/>
     <mergeCell ref="B31:K31"/>
     <mergeCell ref="B33:K33"/>
     <mergeCell ref="C34:K34"/>
     <mergeCell ref="B27:J27"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="E24:F24"/>
@@ -3159,74 +3160,74 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="94c73014-2d47-4464-8eda-064c5291faa3"/>
     <ds:schemaRef ds:uri="0ccbd45e-a229-4bce-9265-cc4149b21652"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4301E0C-6E76-415B-9144-477B81C6E0E0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0253970-4077-4D24-B7BF-216D0417B01B}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="0ccbd45e-a229-4bce-9265-cc4149b21652"/>
     <ds:schemaRef ds:uri="94c73014-2d47-4464-8eda-064c5291faa3"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="0ccbd45e-a229-4bce-9265-cc4149b21652"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>listy</vt:lpstr>
+        <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Pojmenované oblasti</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Úvod</vt:lpstr>
       <vt:lpstr>Prohlášení</vt:lpstr>
       <vt:lpstr>Prohlášení!Oblast_tisku</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Ministerstvo průmyslu a obchodu</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
@@ -3258,57 +3259,60 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_SetDate">
     <vt:lpwstr>2023-03-10T14:01:19Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_Name">
     <vt:lpwstr>Obecné</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_SiteId">
     <vt:lpwstr>7f4d05a7-f98a-4578-9ef7-f80fe5d8a22b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_ActionId">
     <vt:lpwstr>5fe28fad-337a-4c21-b1b3-a1e126b6957f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_d79dbf13-dba3-469b-a7af-e84a8c38b3fd_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="IX_DOC_TYPE">
+    <vt:lpwstr>F591b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_SetDate">
-    <vt:lpwstr>2024-10-31T08:00:30Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T15:28:02Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_Method">
-    <vt:lpwstr>Standard</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_Name">
-    <vt:lpwstr>Interní informace</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
     <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_ActionId">
-    <vt:lpwstr>b5645faf-a1e3-4db2-bc06-051b69b83650</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>88ca7a89-6ffe-4527-a208-c023095aaa13</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_9cdfe1c1-b1b6-43c7-bd25-dc909155e0b9_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="IX_BARCODE">
-[...6 lines deleted...]
-    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>