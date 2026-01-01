--- v0 (2025-10-03)
+++ v1 (2026-01-01)
@@ -1,76 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\URO\OVM\_1_Nové produkty_2022_2024\_1.Petr_V\OP_TAK_2023_2024_Úspory energie\1_Aktualizace šablon_přílohy_Źádost_web_NRB_2024_GBER_!!!!\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\sefcik\Documents\Šablony_průřezové\Revize-SUP2\doplněné_Ivetou\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A620FB12-821A-4EAD-918E-4BC9BE07EE91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="7050"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Příloha GBER" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Renata Loučková</author>
   </authors>
   <commentList>
-    <comment ref="J28" authorId="0" shapeId="0">
+    <comment ref="J28" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
             <charset val="238"/>
           </rPr>
           <t>podpis musí být proveden před pracovníkem NRB nebo musí být úředně ověřen</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25">
   <si>
     <t>Obchodní firma/ název/ jméno žadatele</t>
   </si>
   <si>
     <t>a)</t>
@@ -211,53 +213,53 @@
     <t>Žadatel, který činnost v některém z uvedených odvětví vykonává, dále prohlašuje, že má oddělením činností nebo rozlišením nákladů podpořených tímto zvýhodněným úvěrem a finančním příspěvkem (je-li požadován) zajištěno, aby jeho činnosti v žádném z těchto odvětví nevyužívaly podporu poskytovanou v programu Úspory energie.</t>
   </si>
   <si>
     <t>Podpora není poskytnuta v případě, provádí-li se zlepšení za tím účelem, aby podniky splnily normy Unie, které již byly schváleny, ale dosud nenabyly účinnosti.</t>
   </si>
   <si>
     <t>rybolovu a akvakultury (CZ-NACE 03), výroby tabákových výrobků (CZ-NACE 12), pěstování tabáku (CZ-NACE 01.15), přípravy tabákových listů (CZ-NACE 01.63), zpracování zbytkových látek z tabáku (v rámci CZ-NACE 38.32), velkoobchodu s tabákovými výrobky (CZ-NACE 46.35) a maloobchodu s tabákovými výrobky (CZ-NACE 47.26)</t>
   </si>
   <si>
     <t>(platná od 22. 7. 2024)</t>
   </si>
   <si>
     <t>Příloha GBE38 a 38a žádosti o zvýhodněný úvěr v programu Úspory Energie</t>
   </si>
   <si>
     <t>IČO:</t>
   </si>
   <si>
     <t>Prohlášení žadatele o podporu
  podle čl. 38 a 38a Nařízení Komise (EU) č. 651/2014 a Nařízení Komise (EU) č. 2017/1084 (vždy v platném znění)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="165" formatCode="_-* #,##0.00\ _K_č_-;\-* #,##0.00\ _K_č_-;_-* &quot;-&quot;??\ _K_č_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _K_č_-;\-* #,##0.00\ _K_č_-;_-* &quot;-&quot;??\ _K_č_-;_-@_-"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
@@ -460,262 +462,256 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="165" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="68">
+  <cellXfs count="64">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...63 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...30 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Čárka" xfId="1" builtinId="3"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
@@ -726,50 +722,53 @@
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>11</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>2</xdr:col>
           <xdr:colOff>57150</xdr:colOff>
           <xdr:row>13</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1051" name="Check Box 27" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1051"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001B040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -791,209 +790,212 @@
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>11</xdr:row>
           <xdr:rowOff>76200</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>5</xdr:col>
           <xdr:colOff>57150</xdr:colOff>
           <xdr:row>13</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1053" name="Check Box 29" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1053"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001D040000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData fLocksWithSheet="0"/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Kancelář">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Kancelář">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Kancelář">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1126,968 +1128,945 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:X34"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A11" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="B26" sqref="B26:N26"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="A29" activeCellId="4" sqref="A5:X5 B7:H7 B26:N26 Q26:T26 A29:I31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="3.54296875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="3.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.1796875" style="2" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="20" max="16384" width="3.54296875" style="2"/>
+    <col min="1" max="1" width="4.28515625" style="29" customWidth="1"/>
+    <col min="2" max="3" width="3.5703125" style="29"/>
+    <col min="4" max="4" width="5" style="29" customWidth="1"/>
+    <col min="5" max="10" width="3.5703125" style="29"/>
+    <col min="11" max="11" width="4.42578125" style="29" customWidth="1"/>
+    <col min="12" max="18" width="3.5703125" style="29"/>
+    <col min="19" max="19" width="3.5703125" style="29" customWidth="1"/>
+    <col min="20" max="16384" width="3.5703125" style="29"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" x14ac:dyDescent="0.35">
-      <c r="A1" s="29" t="s">
+    <row r="1" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A1" s="28" t="s">
         <v>22</v>
       </c>
-      <c r="C1" s="3"/>
-[...23 lines deleted...]
-      <c r="A2" s="3" t="s">
+      <c r="C1" s="30"/>
+      <c r="D1" s="30"/>
+      <c r="E1" s="30"/>
+      <c r="F1" s="30"/>
+      <c r="G1" s="30"/>
+      <c r="H1" s="30"/>
+      <c r="I1" s="30"/>
+      <c r="J1" s="30"/>
+      <c r="K1" s="30"/>
+      <c r="L1" s="30"/>
+      <c r="M1" s="30"/>
+      <c r="N1" s="30"/>
+      <c r="O1" s="30"/>
+      <c r="P1" s="30"/>
+      <c r="Q1" s="30"/>
+      <c r="R1" s="30"/>
+      <c r="S1" s="30"/>
+      <c r="T1" s="30"/>
+      <c r="U1" s="30"/>
+      <c r="V1" s="30"/>
+      <c r="W1" s="30"/>
+      <c r="X1" s="30"/>
+    </row>
+    <row r="2" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A2" s="30" t="s">
         <v>21</v>
       </c>
-      <c r="C2" s="3"/>
-[...48 lines deleted...]
-      <c r="A4" s="1" t="s">
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+      <c r="J2" s="30"/>
+      <c r="K2" s="30"/>
+      <c r="L2" s="30"/>
+      <c r="M2" s="30"/>
+      <c r="N2" s="30"/>
+      <c r="O2" s="30"/>
+      <c r="P2" s="30"/>
+      <c r="Q2" s="30"/>
+      <c r="R2" s="30"/>
+      <c r="S2" s="30"/>
+      <c r="T2" s="30"/>
+      <c r="U2" s="30"/>
+      <c r="V2" s="30"/>
+      <c r="W2" s="30"/>
+      <c r="X2" s="30"/>
+    </row>
+    <row r="3" spans="1:24" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="31"/>
+      <c r="C3" s="30"/>
+      <c r="D3" s="30"/>
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
+      <c r="G3" s="30"/>
+      <c r="H3" s="30"/>
+      <c r="I3" s="30"/>
+      <c r="J3" s="30"/>
+      <c r="K3" s="30"/>
+      <c r="L3" s="30"/>
+      <c r="M3" s="30"/>
+      <c r="N3" s="30"/>
+      <c r="O3" s="30"/>
+      <c r="P3" s="30"/>
+      <c r="Q3" s="30"/>
+      <c r="R3" s="30"/>
+      <c r="S3" s="30"/>
+      <c r="T3" s="30"/>
+      <c r="U3" s="30"/>
+      <c r="V3" s="30"/>
+      <c r="W3" s="30"/>
+      <c r="X3" s="30"/>
+    </row>
+    <row r="4" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A4" s="32" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="3"/>
-[...74 lines deleted...]
-      <c r="A7" s="1" t="s">
+      <c r="C4" s="30"/>
+      <c r="D4" s="30"/>
+      <c r="E4" s="30"/>
+      <c r="F4" s="30"/>
+      <c r="G4" s="30"/>
+      <c r="H4" s="30"/>
+      <c r="I4" s="30"/>
+      <c r="J4" s="30"/>
+      <c r="K4" s="30"/>
+      <c r="L4" s="30"/>
+      <c r="M4" s="30"/>
+      <c r="N4" s="30"/>
+      <c r="O4" s="30"/>
+      <c r="P4" s="30"/>
+      <c r="Q4" s="30"/>
+      <c r="R4" s="30"/>
+      <c r="S4" s="30"/>
+      <c r="T4" s="30"/>
+      <c r="U4" s="30"/>
+      <c r="V4" s="30"/>
+      <c r="W4" s="30"/>
+      <c r="X4" s="30"/>
+    </row>
+    <row r="5" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A5" s="10"/>
+      <c r="B5" s="11"/>
+      <c r="C5" s="11"/>
+      <c r="D5" s="11"/>
+      <c r="E5" s="11"/>
+      <c r="F5" s="11"/>
+      <c r="G5" s="11"/>
+      <c r="H5" s="11"/>
+      <c r="I5" s="11"/>
+      <c r="J5" s="11"/>
+      <c r="K5" s="11"/>
+      <c r="L5" s="11"/>
+      <c r="M5" s="11"/>
+      <c r="N5" s="11"/>
+      <c r="O5" s="11"/>
+      <c r="P5" s="11"/>
+      <c r="Q5" s="11"/>
+      <c r="R5" s="11"/>
+      <c r="S5" s="11"/>
+      <c r="T5" s="11"/>
+      <c r="U5" s="11"/>
+      <c r="V5" s="11"/>
+      <c r="W5" s="11"/>
+      <c r="X5" s="12"/>
+    </row>
+    <row r="6" spans="1:24" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="30"/>
+      <c r="C6" s="30"/>
+      <c r="D6" s="30"/>
+      <c r="E6" s="30"/>
+      <c r="F6" s="30"/>
+      <c r="G6" s="30"/>
+      <c r="H6" s="30"/>
+      <c r="I6" s="30"/>
+      <c r="J6" s="30"/>
+      <c r="K6" s="30"/>
+      <c r="L6" s="30"/>
+      <c r="M6" s="30"/>
+      <c r="N6" s="30"/>
+      <c r="O6" s="30"/>
+      <c r="P6" s="30"/>
+      <c r="Q6" s="30"/>
+      <c r="R6" s="30"/>
+      <c r="S6" s="30"/>
+      <c r="T6" s="30"/>
+      <c r="U6" s="30"/>
+      <c r="V6" s="30"/>
+      <c r="W6" s="30"/>
+      <c r="X6" s="30"/>
+    </row>
+    <row r="7" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A7" s="32" t="s">
         <v>23</v>
       </c>
-      <c r="B7" s="39"/>
-[...49 lines deleted...]
-      <c r="A9" s="51" t="s">
+      <c r="B7" s="13"/>
+      <c r="C7" s="14"/>
+      <c r="D7" s="14"/>
+      <c r="E7" s="14"/>
+      <c r="F7" s="14"/>
+      <c r="G7" s="14"/>
+      <c r="H7" s="15"/>
+      <c r="I7" s="30"/>
+      <c r="J7" s="30"/>
+      <c r="K7" s="30"/>
+      <c r="L7" s="30"/>
+      <c r="M7" s="30"/>
+      <c r="N7" s="30"/>
+      <c r="O7" s="30"/>
+      <c r="P7" s="30"/>
+      <c r="Q7" s="30"/>
+      <c r="R7" s="30"/>
+      <c r="S7" s="30"/>
+      <c r="T7" s="30"/>
+      <c r="U7" s="30"/>
+      <c r="V7" s="30"/>
+      <c r="W7" s="30"/>
+      <c r="X7" s="30"/>
+    </row>
+    <row r="8" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="B8" s="30"/>
+      <c r="C8" s="30"/>
+      <c r="D8" s="30"/>
+      <c r="E8" s="30"/>
+      <c r="F8" s="30"/>
+      <c r="G8" s="30"/>
+      <c r="H8" s="30"/>
+      <c r="I8" s="30"/>
+      <c r="J8" s="30"/>
+      <c r="K8" s="30"/>
+      <c r="L8" s="30"/>
+      <c r="M8" s="30"/>
+      <c r="N8" s="30"/>
+      <c r="O8" s="30"/>
+      <c r="P8" s="30"/>
+      <c r="Q8" s="30"/>
+      <c r="R8" s="30"/>
+      <c r="S8" s="30"/>
+      <c r="T8" s="30"/>
+      <c r="U8" s="30"/>
+      <c r="V8" s="30"/>
+      <c r="W8" s="30"/>
+      <c r="X8" s="30"/>
+    </row>
+    <row r="9" spans="1:24" ht="46.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="33" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="52"/>
-[...50 lines deleted...]
-      <c r="A11" s="1" t="s">
+      <c r="B9" s="34"/>
+      <c r="C9" s="34"/>
+      <c r="D9" s="34"/>
+      <c r="E9" s="34"/>
+      <c r="F9" s="34"/>
+      <c r="G9" s="34"/>
+      <c r="H9" s="34"/>
+      <c r="I9" s="34"/>
+      <c r="J9" s="34"/>
+      <c r="K9" s="34"/>
+      <c r="L9" s="34"/>
+      <c r="M9" s="34"/>
+      <c r="N9" s="34"/>
+      <c r="O9" s="34"/>
+      <c r="P9" s="34"/>
+      <c r="Q9" s="34"/>
+      <c r="R9" s="34"/>
+      <c r="S9" s="34"/>
+      <c r="T9" s="34"/>
+      <c r="U9" s="34"/>
+      <c r="V9" s="34"/>
+      <c r="W9" s="34"/>
+      <c r="X9" s="34"/>
+    </row>
+    <row r="10" spans="1:24" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="35"/>
+    </row>
+    <row r="11" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A11" s="32" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="1"/>
-[...49 lines deleted...]
-      <c r="A13" s="25" t="s">
+      <c r="B11" s="32"/>
+      <c r="C11" s="30"/>
+      <c r="D11" s="30"/>
+      <c r="E11" s="30"/>
+      <c r="F11" s="30"/>
+      <c r="G11" s="30"/>
+      <c r="H11" s="30"/>
+      <c r="I11" s="30"/>
+      <c r="J11" s="30"/>
+      <c r="K11" s="30"/>
+      <c r="L11" s="30"/>
+      <c r="M11" s="30"/>
+      <c r="N11" s="30"/>
+      <c r="O11" s="30"/>
+      <c r="P11" s="30"/>
+      <c r="Q11" s="30"/>
+      <c r="R11" s="30"/>
+      <c r="S11" s="30"/>
+      <c r="T11" s="30"/>
+      <c r="U11" s="30"/>
+      <c r="V11" s="30"/>
+      <c r="W11" s="30"/>
+      <c r="X11" s="30"/>
+    </row>
+    <row r="12" spans="1:24" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="30"/>
+      <c r="C12" s="30"/>
+      <c r="D12" s="30"/>
+      <c r="E12" s="30"/>
+      <c r="F12" s="30"/>
+      <c r="G12" s="30"/>
+      <c r="H12" s="30"/>
+      <c r="I12" s="30"/>
+      <c r="J12" s="30"/>
+      <c r="K12" s="30"/>
+      <c r="L12" s="30"/>
+      <c r="M12" s="30"/>
+      <c r="N12" s="30"/>
+      <c r="O12" s="30"/>
+      <c r="P12" s="30"/>
+      <c r="Q12" s="30"/>
+      <c r="R12" s="30"/>
+      <c r="S12" s="30"/>
+      <c r="T12" s="30"/>
+      <c r="U12" s="30"/>
+      <c r="V12" s="30"/>
+      <c r="W12" s="30"/>
+      <c r="X12" s="30"/>
+    </row>
+    <row r="13" spans="1:24" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="36" t="s">
         <v>1</v>
       </c>
-      <c r="B13" s="23" t="s">
+      <c r="B13" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="C13" s="24"/>
-[...1 lines deleted...]
-      <c r="E13" s="23" t="s">
+      <c r="C13" s="30"/>
+      <c r="D13" s="30"/>
+      <c r="E13" s="37" t="s">
         <v>12</v>
       </c>
-      <c r="F13" s="24"/>
-[...2 lines deleted...]
-      <c r="I13" s="27" t="s">
+      <c r="F13" s="30"/>
+      <c r="G13" s="30"/>
+      <c r="H13" s="30"/>
+      <c r="I13" s="38" t="s">
         <v>17</v>
       </c>
-      <c r="J13" s="24"/>
-[...16 lines deleted...]
-      <c r="B14" s="31" t="s">
+      <c r="J13" s="30"/>
+      <c r="K13" s="30"/>
+      <c r="L13" s="30"/>
+      <c r="M13" s="30"/>
+      <c r="N13" s="30"/>
+      <c r="O13" s="30"/>
+      <c r="P13" s="30"/>
+      <c r="Q13" s="30"/>
+      <c r="R13" s="30"/>
+      <c r="S13" s="30"/>
+      <c r="T13" s="30"/>
+      <c r="U13" s="30"/>
+      <c r="V13" s="30"/>
+      <c r="W13" s="30"/>
+      <c r="X13" s="30"/>
+    </row>
+    <row r="14" spans="1:24" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="39" t="s">
         <v>20</v>
       </c>
-      <c r="C14" s="32"/>
-[...23 lines deleted...]
-      <c r="B15" s="31" t="s">
+      <c r="C14" s="40"/>
+      <c r="D14" s="40"/>
+      <c r="E14" s="40"/>
+      <c r="F14" s="40"/>
+      <c r="G14" s="40"/>
+      <c r="H14" s="40"/>
+      <c r="I14" s="40"/>
+      <c r="J14" s="40"/>
+      <c r="K14" s="40"/>
+      <c r="L14" s="40"/>
+      <c r="M14" s="40"/>
+      <c r="N14" s="40"/>
+      <c r="O14" s="40"/>
+      <c r="P14" s="40"/>
+      <c r="Q14" s="40"/>
+      <c r="R14" s="40"/>
+      <c r="S14" s="40"/>
+      <c r="T14" s="40"/>
+      <c r="U14" s="40"/>
+      <c r="V14" s="40"/>
+      <c r="W14" s="40"/>
+      <c r="X14" s="40"/>
+    </row>
+    <row r="15" spans="1:24" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="39" t="s">
         <v>18</v>
       </c>
-      <c r="C15" s="31"/>
-[...75 lines deleted...]
-      <c r="A18" s="25" t="s">
+      <c r="C15" s="39"/>
+      <c r="D15" s="39"/>
+      <c r="E15" s="39"/>
+      <c r="F15" s="39"/>
+      <c r="G15" s="39"/>
+      <c r="H15" s="39"/>
+      <c r="I15" s="39"/>
+      <c r="J15" s="39"/>
+      <c r="K15" s="39"/>
+      <c r="L15" s="39"/>
+      <c r="M15" s="39"/>
+      <c r="N15" s="39"/>
+      <c r="O15" s="39"/>
+      <c r="P15" s="39"/>
+      <c r="Q15" s="39"/>
+      <c r="R15" s="39"/>
+      <c r="S15" s="39"/>
+      <c r="T15" s="39"/>
+      <c r="U15" s="39"/>
+      <c r="V15" s="39"/>
+      <c r="W15" s="39"/>
+      <c r="X15" s="39"/>
+    </row>
+    <row r="16" spans="1:24" ht="2.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="41"/>
+      <c r="B16" s="42"/>
+      <c r="C16" s="43"/>
+      <c r="D16" s="43"/>
+      <c r="E16" s="43"/>
+      <c r="F16" s="43"/>
+      <c r="G16" s="43"/>
+      <c r="H16" s="43"/>
+      <c r="I16" s="43"/>
+      <c r="J16" s="43"/>
+      <c r="K16" s="43"/>
+      <c r="L16" s="43"/>
+      <c r="M16" s="43"/>
+      <c r="N16" s="43"/>
+      <c r="O16" s="43"/>
+      <c r="P16" s="43"/>
+      <c r="Q16" s="43"/>
+      <c r="R16" s="43"/>
+      <c r="S16" s="43"/>
+      <c r="T16" s="43"/>
+      <c r="U16" s="43"/>
+      <c r="V16" s="43"/>
+      <c r="W16" s="43"/>
+      <c r="X16" s="43"/>
+    </row>
+    <row r="17" spans="1:24" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="41"/>
+      <c r="B17" s="44"/>
+      <c r="C17" s="44"/>
+      <c r="D17" s="44"/>
+      <c r="E17" s="44"/>
+      <c r="F17" s="44"/>
+      <c r="G17" s="44"/>
+      <c r="H17" s="44"/>
+      <c r="I17" s="44"/>
+      <c r="J17" s="44"/>
+      <c r="K17" s="44"/>
+      <c r="L17" s="44"/>
+      <c r="M17" s="44"/>
+      <c r="N17" s="44"/>
+      <c r="O17" s="44"/>
+      <c r="P17" s="44"/>
+      <c r="Q17" s="44"/>
+      <c r="R17" s="44"/>
+      <c r="S17" s="44"/>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+      <c r="X17" s="45"/>
+    </row>
+    <row r="18" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A18" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="B18" s="35" t="s">
+      <c r="B18" s="46" t="s">
         <v>16</v>
       </c>
-      <c r="C18" s="35"/>
-[...24 lines deleted...]
-      <c r="B19" s="12" t="s">
+      <c r="C18" s="46"/>
+      <c r="D18" s="46"/>
+      <c r="E18" s="46"/>
+      <c r="F18" s="46"/>
+      <c r="G18" s="46"/>
+      <c r="H18" s="46"/>
+      <c r="I18" s="46"/>
+      <c r="J18" s="46"/>
+      <c r="K18" s="46"/>
+      <c r="L18" s="46"/>
+      <c r="M18" s="46"/>
+      <c r="N18" s="46"/>
+      <c r="O18" s="46"/>
+      <c r="P18" s="46"/>
+      <c r="Q18" s="46"/>
+      <c r="R18" s="46"/>
+      <c r="S18" s="46"/>
+      <c r="T18" s="46"/>
+      <c r="U18" s="46"/>
+      <c r="V18" s="46"/>
+      <c r="W18" s="46"/>
+      <c r="X18" s="46"/>
+    </row>
+    <row r="19" spans="1:24" s="48" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="41"/>
+      <c r="B19" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="C19" s="12"/>
-[...24 lines deleted...]
-      <c r="B20" s="67" t="s">
+      <c r="C19" s="47"/>
+      <c r="D19" s="47"/>
+      <c r="E19" s="47"/>
+      <c r="F19" s="47"/>
+      <c r="G19" s="47"/>
+      <c r="H19" s="47"/>
+      <c r="I19" s="47"/>
+      <c r="J19" s="47"/>
+      <c r="K19" s="47"/>
+      <c r="L19" s="47"/>
+      <c r="M19" s="47"/>
+      <c r="N19" s="47"/>
+      <c r="O19" s="47"/>
+      <c r="P19" s="47"/>
+      <c r="Q19" s="47"/>
+      <c r="R19" s="47"/>
+      <c r="S19" s="47"/>
+      <c r="T19" s="47"/>
+      <c r="U19" s="47"/>
+      <c r="V19" s="47"/>
+      <c r="W19" s="47"/>
+      <c r="X19" s="47"/>
+    </row>
+    <row r="20" spans="1:24" s="48" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="41"/>
+      <c r="B20" s="49" t="s">
         <v>13</v>
       </c>
-      <c r="C20" s="67"/>
-[...24 lines deleted...]
-      <c r="B21" s="66" t="s">
+      <c r="C20" s="49"/>
+      <c r="D20" s="49"/>
+      <c r="E20" s="49"/>
+      <c r="F20" s="49"/>
+      <c r="G20" s="49"/>
+      <c r="H20" s="49"/>
+      <c r="I20" s="49"/>
+      <c r="J20" s="49"/>
+      <c r="K20" s="49"/>
+      <c r="L20" s="49"/>
+      <c r="M20" s="49"/>
+      <c r="N20" s="49"/>
+      <c r="O20" s="49"/>
+      <c r="P20" s="47"/>
+      <c r="Q20" s="50"/>
+      <c r="R20" s="47"/>
+      <c r="S20" s="47"/>
+      <c r="T20" s="47"/>
+      <c r="U20" s="47"/>
+      <c r="V20" s="47"/>
+      <c r="W20" s="47"/>
+      <c r="X20" s="47"/>
+    </row>
+    <row r="21" spans="1:24" s="48" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="41"/>
+      <c r="B21" s="51" t="s">
         <v>4</v>
       </c>
-      <c r="C21" s="66"/>
-[...49 lines deleted...]
-      <c r="A23" s="28" t="s">
+      <c r="C21" s="51"/>
+      <c r="D21" s="51"/>
+      <c r="E21" s="51"/>
+      <c r="F21" s="51"/>
+      <c r="G21" s="51"/>
+      <c r="H21" s="51"/>
+      <c r="I21" s="51"/>
+      <c r="J21" s="51"/>
+      <c r="K21" s="51"/>
+      <c r="L21" s="51"/>
+      <c r="M21" s="51"/>
+      <c r="N21" s="51"/>
+      <c r="O21" s="51"/>
+      <c r="P21" s="51"/>
+      <c r="Q21" s="51"/>
+      <c r="R21" s="51"/>
+      <c r="S21" s="51"/>
+      <c r="T21" s="52"/>
+      <c r="U21" s="52"/>
+      <c r="V21" s="52"/>
+      <c r="W21" s="52"/>
+      <c r="X21" s="52"/>
+    </row>
+    <row r="22" spans="1:24" ht="2.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="41"/>
+      <c r="B22" s="42"/>
+      <c r="C22" s="43"/>
+      <c r="D22" s="43"/>
+      <c r="E22" s="43"/>
+      <c r="F22" s="43"/>
+      <c r="G22" s="43"/>
+      <c r="H22" s="43"/>
+      <c r="I22" s="43"/>
+      <c r="J22" s="43"/>
+      <c r="K22" s="43"/>
+      <c r="L22" s="43"/>
+      <c r="M22" s="43"/>
+      <c r="N22" s="43"/>
+      <c r="O22" s="43"/>
+      <c r="P22" s="43"/>
+      <c r="Q22" s="43"/>
+      <c r="R22" s="43"/>
+      <c r="S22" s="43"/>
+      <c r="T22" s="43"/>
+      <c r="U22" s="43"/>
+      <c r="V22" s="43"/>
+      <c r="W22" s="43"/>
+      <c r="X22" s="43"/>
+    </row>
+    <row r="23" spans="1:24" ht="38.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="53" t="s">
         <v>3</v>
       </c>
-      <c r="B23" s="59" t="s">
+      <c r="B23" s="54" t="s">
         <v>19</v>
       </c>
-      <c r="C23" s="59"/>
-[...51 lines deleted...]
-      <c r="A26" s="11" t="s">
+      <c r="C23" s="54"/>
+      <c r="D23" s="54"/>
+      <c r="E23" s="54"/>
+      <c r="F23" s="54"/>
+      <c r="G23" s="54"/>
+      <c r="H23" s="54"/>
+      <c r="I23" s="54"/>
+      <c r="J23" s="54"/>
+      <c r="K23" s="54"/>
+      <c r="L23" s="54"/>
+      <c r="M23" s="54"/>
+      <c r="N23" s="54"/>
+      <c r="O23" s="54"/>
+      <c r="P23" s="54"/>
+      <c r="Q23" s="54"/>
+      <c r="R23" s="54"/>
+      <c r="S23" s="54"/>
+      <c r="T23" s="54"/>
+      <c r="U23" s="54"/>
+      <c r="V23" s="54"/>
+      <c r="W23" s="54"/>
+      <c r="X23" s="54"/>
+    </row>
+    <row r="24" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A24" s="55"/>
+      <c r="B24" s="50"/>
+      <c r="C24" s="56"/>
+      <c r="D24" s="56"/>
+      <c r="E24" s="56"/>
+      <c r="F24" s="56"/>
+      <c r="L24" s="57"/>
+      <c r="M24" s="57"/>
+      <c r="N24" s="57"/>
+      <c r="O24" s="57"/>
+      <c r="P24" s="57"/>
+      <c r="Q24" s="57"/>
+    </row>
+    <row r="25" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A25" s="55"/>
+      <c r="B25" s="50"/>
+      <c r="C25" s="56"/>
+      <c r="D25" s="56"/>
+      <c r="E25" s="56"/>
+      <c r="F25" s="56"/>
+      <c r="L25" s="57"/>
+      <c r="M25" s="57"/>
+      <c r="N25" s="57"/>
+      <c r="O25" s="57"/>
+      <c r="P25" s="57"/>
+      <c r="Q25" s="57"/>
+    </row>
+    <row r="26" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A26" s="58" t="s">
         <v>5</v>
       </c>
-      <c r="B26" s="33"/>
-[...13 lines deleted...]
-      <c r="P26" s="11" t="s">
+      <c r="B26" s="2"/>
+      <c r="C26" s="2"/>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
+      <c r="F26" s="2"/>
+      <c r="G26" s="2"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="2"/>
+      <c r="J26" s="2"/>
+      <c r="K26" s="2"/>
+      <c r="L26" s="2"/>
+      <c r="M26" s="2"/>
+      <c r="N26" s="2"/>
+      <c r="O26" s="30"/>
+      <c r="P26" s="58" t="s">
         <v>6</v>
       </c>
-      <c r="Q26" s="34"/>
-[...34 lines deleted...]
-      <c r="A28" s="56" t="s">
+      <c r="Q26" s="3"/>
+      <c r="R26" s="2"/>
+      <c r="S26" s="2"/>
+      <c r="T26" s="2"/>
+      <c r="U26" s="45"/>
+      <c r="V26" s="59"/>
+      <c r="W26" s="59"/>
+      <c r="X26" s="59"/>
+    </row>
+    <row r="27" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="B27" s="59"/>
+      <c r="C27" s="59"/>
+      <c r="D27" s="59"/>
+      <c r="E27" s="59"/>
+      <c r="F27" s="59"/>
+      <c r="G27" s="59"/>
+      <c r="H27" s="59"/>
+      <c r="I27" s="59"/>
+      <c r="J27" s="59"/>
+      <c r="K27" s="59"/>
+      <c r="L27" s="59"/>
+      <c r="M27" s="59"/>
+      <c r="N27" s="59"/>
+      <c r="O27" s="59"/>
+      <c r="P27" s="59"/>
+      <c r="Q27" s="59"/>
+      <c r="R27" s="59"/>
+      <c r="S27" s="59"/>
+      <c r="T27" s="59"/>
+      <c r="U27" s="59"/>
+      <c r="V27" s="59"/>
+      <c r="W27" s="59"/>
+      <c r="X27" s="59"/>
+    </row>
+    <row r="28" spans="1:24" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="60" t="s">
         <v>8</v>
       </c>
-      <c r="B28" s="57"/>
-[...7 lines deleted...]
-      <c r="J28" s="53" t="s">
+      <c r="B28" s="61"/>
+      <c r="C28" s="61"/>
+      <c r="D28" s="61"/>
+      <c r="E28" s="61"/>
+      <c r="F28" s="61"/>
+      <c r="G28" s="61"/>
+      <c r="H28" s="61"/>
+      <c r="I28" s="62"/>
+      <c r="J28" s="25" t="s">
         <v>9</v>
       </c>
-      <c r="K28" s="54"/>
-[...6 lines deleted...]
-      <c r="R28" s="53" t="s">
+      <c r="K28" s="26"/>
+      <c r="L28" s="26"/>
+      <c r="M28" s="26"/>
+      <c r="N28" s="26"/>
+      <c r="O28" s="26"/>
+      <c r="P28" s="26"/>
+      <c r="Q28" s="27"/>
+      <c r="R28" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="S28" s="54"/>
-[...85 lines deleted...]
-      <c r="A33" s="30" t="s">
+      <c r="S28" s="26"/>
+      <c r="T28" s="26"/>
+      <c r="U28" s="26"/>
+      <c r="V28" s="26"/>
+      <c r="W28" s="26"/>
+      <c r="X28" s="27"/>
+    </row>
+    <row r="29" spans="1:24" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="4"/>
+      <c r="B29" s="5"/>
+      <c r="C29" s="5"/>
+      <c r="D29" s="5"/>
+      <c r="E29" s="5"/>
+      <c r="F29" s="5"/>
+      <c r="G29" s="5"/>
+      <c r="H29" s="5"/>
+      <c r="I29" s="6"/>
+      <c r="J29" s="7"/>
+      <c r="K29" s="8"/>
+      <c r="L29" s="8"/>
+      <c r="M29" s="8"/>
+      <c r="N29" s="8"/>
+      <c r="O29" s="8"/>
+      <c r="P29" s="8"/>
+      <c r="Q29" s="9"/>
+      <c r="R29" s="16"/>
+      <c r="S29" s="17"/>
+      <c r="T29" s="17"/>
+      <c r="U29" s="17"/>
+      <c r="V29" s="17"/>
+      <c r="W29" s="17"/>
+      <c r="X29" s="18"/>
+    </row>
+    <row r="30" spans="1:24" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="4"/>
+      <c r="B30" s="5"/>
+      <c r="C30" s="5"/>
+      <c r="D30" s="5"/>
+      <c r="E30" s="5"/>
+      <c r="F30" s="5"/>
+      <c r="G30" s="5"/>
+      <c r="H30" s="5"/>
+      <c r="I30" s="6"/>
+      <c r="J30" s="7"/>
+      <c r="K30" s="8"/>
+      <c r="L30" s="8"/>
+      <c r="M30" s="8"/>
+      <c r="N30" s="8"/>
+      <c r="O30" s="8"/>
+      <c r="P30" s="8"/>
+      <c r="Q30" s="9"/>
+      <c r="R30" s="19"/>
+      <c r="S30" s="20"/>
+      <c r="T30" s="20"/>
+      <c r="U30" s="20"/>
+      <c r="V30" s="20"/>
+      <c r="W30" s="20"/>
+      <c r="X30" s="21"/>
+    </row>
+    <row r="31" spans="1:24" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="4"/>
+      <c r="B31" s="5"/>
+      <c r="C31" s="5"/>
+      <c r="D31" s="5"/>
+      <c r="E31" s="5"/>
+      <c r="F31" s="5"/>
+      <c r="G31" s="5"/>
+      <c r="H31" s="5"/>
+      <c r="I31" s="6"/>
+      <c r="J31" s="7"/>
+      <c r="K31" s="8"/>
+      <c r="L31" s="8"/>
+      <c r="M31" s="8"/>
+      <c r="N31" s="8"/>
+      <c r="O31" s="8"/>
+      <c r="P31" s="8"/>
+      <c r="Q31" s="9"/>
+      <c r="R31" s="22"/>
+      <c r="S31" s="23"/>
+      <c r="T31" s="23"/>
+      <c r="U31" s="23"/>
+      <c r="V31" s="23"/>
+      <c r="W31" s="23"/>
+      <c r="X31" s="24"/>
+    </row>
+    <row r="33" spans="1:24" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="63" t="s">
         <v>15</v>
       </c>
-      <c r="B33" s="30"/>
-[...46 lines deleted...]
-      <c r="W34" s="30"/>
+      <c r="B33" s="63"/>
+      <c r="C33" s="63"/>
+      <c r="D33" s="63"/>
+      <c r="E33" s="63"/>
+      <c r="F33" s="63"/>
+      <c r="G33" s="63"/>
+      <c r="H33" s="63"/>
+      <c r="I33" s="63"/>
+      <c r="J33" s="63"/>
+      <c r="K33" s="63"/>
+      <c r="L33" s="63"/>
+      <c r="M33" s="63"/>
+      <c r="N33" s="63"/>
+      <c r="O33" s="63"/>
+      <c r="P33" s="63"/>
+      <c r="Q33" s="63"/>
+      <c r="R33" s="63"/>
+      <c r="S33" s="63"/>
+      <c r="T33" s="63"/>
+      <c r="U33" s="63"/>
+      <c r="V33" s="63"/>
+      <c r="W33" s="63"/>
+      <c r="X33" s="63"/>
+    </row>
+    <row r="34" spans="1:24" x14ac:dyDescent="0.25">
+      <c r="A34" s="63"/>
+      <c r="B34" s="63"/>
+      <c r="C34" s="63"/>
+      <c r="D34" s="63"/>
+      <c r="E34" s="63"/>
+      <c r="F34" s="63"/>
+      <c r="G34" s="63"/>
+      <c r="H34" s="63"/>
+      <c r="I34" s="63"/>
+      <c r="J34" s="63"/>
+      <c r="K34" s="63"/>
+      <c r="L34" s="63"/>
+      <c r="M34" s="63"/>
+      <c r="N34" s="63"/>
+      <c r="O34" s="63"/>
+      <c r="P34" s="63"/>
+      <c r="Q34" s="63"/>
+      <c r="R34" s="63"/>
+      <c r="S34" s="63"/>
+      <c r="T34" s="63"/>
+      <c r="U34" s="63"/>
+      <c r="V34" s="63"/>
+      <c r="W34" s="63"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="D+ykHmKMMroxvWTrI6MpvMFJuljOzkrBAluEYw7G6tmuolLSafLKIO4VBJMLhACQbLC0c399SFLts/GzUo6wVg==" saltValue="TlzZS6Iz0SFBz2eWnQdlHA==" spinCount="100000" sheet="1" formatRows="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="NqZrZWjg9rMeY7XIKAMTCFlKwMqyeDfu2ajZDHLXmzdCAnrM9VychCBUN3yOMYP8oOeTVxqOAyBBbqSKA0XxbA==" saltValue="VoiBUjxJQ38pSWBMCmew9g==" spinCount="100000" sheet="1" formatRows="0" selectLockedCells="1"/>
   <mergeCells count="23">
-    <mergeCell ref="A31:I31"/>
-[...1 lines deleted...]
-    <mergeCell ref="B20:O20"/>
     <mergeCell ref="A5:X5"/>
     <mergeCell ref="B7:H7"/>
     <mergeCell ref="R29:X31"/>
     <mergeCell ref="A9:X9"/>
     <mergeCell ref="R28:X28"/>
     <mergeCell ref="A28:I28"/>
     <mergeCell ref="J28:Q28"/>
     <mergeCell ref="B23:X23"/>
     <mergeCell ref="J29:Q29"/>
     <mergeCell ref="A29:I29"/>
     <mergeCell ref="A34:W34"/>
     <mergeCell ref="B14:X14"/>
     <mergeCell ref="B15:X15"/>
     <mergeCell ref="A33:X33"/>
     <mergeCell ref="B26:N26"/>
     <mergeCell ref="Q26:T26"/>
     <mergeCell ref="B18:X18"/>
     <mergeCell ref="B21:S21"/>
     <mergeCell ref="A30:I30"/>
     <mergeCell ref="J30:Q30"/>
+    <mergeCell ref="A31:I31"/>
+    <mergeCell ref="J31:Q31"/>
+    <mergeCell ref="B20:O20"/>
   </mergeCells>
   <pageMargins left="0.59055118110236227" right="0.55118110236220474" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Arial,Obyčejné"&amp;6&amp;K000000verze šablony 3.0&amp;C&amp;"Arial,Obyčejné"&amp;9&amp;P.</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="21" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1051" r:id="rId4" name="Check Box 27">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>11</xdr:row>
                     <xdr:rowOff>76200</xdr:rowOff>
                   </from>
@@ -2116,53 +2095,91 @@
                   <to>
                     <xdr:col>5</xdr:col>
                     <xdr:colOff>57150</xdr:colOff>
                     <xdr:row>13</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>listy</vt:lpstr>
+        <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Příloha GBER</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>sefcik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_DOC_TYPE">
+    <vt:lpwstr>F591d</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T14:56:13Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>0869c4df-e4e5-434c-ade3-666dada711ea</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>