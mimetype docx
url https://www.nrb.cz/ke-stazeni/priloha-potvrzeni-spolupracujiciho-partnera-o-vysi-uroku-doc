--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -5,53 +5,53 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00E0719F" w:rsidRPr="009C6DA6" w:rsidRDefault="00E0719F" w:rsidP="001B6B13">
+    <w:p w14:paraId="4DF52026" w14:textId="77777777" w:rsidR="00E0719F" w:rsidRPr="009C6DA6" w:rsidRDefault="00E0719F" w:rsidP="001B6B13">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:right="567"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C6DA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Příloha </w:t>
       </w:r>
       <w:r w:rsidR="00FF7320" w:rsidRPr="009C6DA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
@@ -119,97 +119,97 @@
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00FF7320" w:rsidRPr="009C6DA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a úhradu úroků</w:t>
       </w:r>
       <w:r w:rsidR="00C81143" w:rsidRPr="009C6DA6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (subvenci)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001B6B13" w:rsidRDefault="001B6B13" w:rsidP="001B6B13">
+    <w:p w14:paraId="4FDF3742" w14:textId="77777777" w:rsidR="001B6B13" w:rsidRDefault="001B6B13" w:rsidP="001B6B13">
       <w:pPr>
         <w:ind w:right="566"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9957" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="991"/>
         <w:gridCol w:w="141"/>
         <w:gridCol w:w="558"/>
         <w:gridCol w:w="148"/>
         <w:gridCol w:w="144"/>
         <w:gridCol w:w="746"/>
         <w:gridCol w:w="245"/>
         <w:gridCol w:w="571"/>
         <w:gridCol w:w="278"/>
         <w:gridCol w:w="569"/>
         <w:gridCol w:w="1421"/>
         <w:gridCol w:w="713"/>
         <w:gridCol w:w="455"/>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="459"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E0719F" w:rsidTr="00A675F1">
+      <w:tr w:rsidR="00E0719F" w14:paraId="73D58D40" w14:textId="77777777" w:rsidTr="00A675F1">
         <w:trPr>
           <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9957" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
+          <w:p w14:paraId="4157B691" w14:textId="77777777" w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Potvrzení </w:t>
             </w:r>
             <w:r w:rsidR="006632F7">
@@ -218,275 +218,273 @@
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>polupracujícího partnera</w:t>
             </w:r>
             <w:r w:rsidR="006632F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> o výši úroků</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001B6B13" w:rsidRDefault="001B6B13" w:rsidP="007E19B0">
+          <w:p w14:paraId="5D03BF7A" w14:textId="77777777" w:rsidR="001B6B13" w:rsidRDefault="001B6B13" w:rsidP="007E19B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0719F" w:rsidTr="00A675F1">
+      <w:tr w:rsidR="00E0719F" w14:paraId="18150B69" w14:textId="77777777" w:rsidTr="00A675F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9957" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
+          <w:p w14:paraId="6298B999" w14:textId="77777777" w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Poskytovatel úvěru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0719F" w:rsidTr="00CA6D05">
+      <w:tr w:rsidR="00E0719F" w14:paraId="646D3256" w14:textId="77777777" w:rsidTr="00CA6D05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
+          <w:p w14:paraId="7A63730A" w14:textId="77777777" w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Název</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8966" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E0719F" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
+          <w:p w14:paraId="544133CD" w14:textId="77777777" w:rsidR="00E0719F" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA6D05" w:rsidTr="001D5296">
+      <w:tr w:rsidR="00CA6D05" w14:paraId="7295DDE2" w14:textId="77777777" w:rsidTr="001D5296">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
+          <w:p w14:paraId="4C30F88A" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Adresa</w:t>
             </w:r>
             <w:r w:rsidRPr="00946FEA">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8966" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
+          <w:p w14:paraId="0DBBA42C" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -531,180 +529,180 @@
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0719F" w:rsidTr="00A675F1">
+      <w:tr w:rsidR="00E0719F" w14:paraId="1AB11498" w14:textId="77777777" w:rsidTr="00A675F1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
+          <w:p w14:paraId="7A6E2640" w14:textId="77777777" w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8267" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
           </w:tcPr>
-          <w:p w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
+          <w:p w14:paraId="6EBE6EE4" w14:textId="77777777" w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0719F" w:rsidTr="00A675F1">
+      <w:tr w:rsidR="00E0719F" w14:paraId="5B9C9A2D" w14:textId="77777777" w:rsidTr="00A675F1">
         <w:trPr>
           <w:trHeight w:val="629"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9957" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
+          <w:p w14:paraId="166FD720" w14:textId="77777777" w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Potvrzuje, že:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA6D05" w:rsidTr="00CA6D05">
+      <w:tr w:rsidR="00CA6D05" w14:paraId="375ADE50" w14:textId="77777777" w:rsidTr="00CA6D05">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2728" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
+          <w:p w14:paraId="21D388FD" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="425" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Klientovi (název, IČO)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
+          <w:p w14:paraId="4B3B272E" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -749,97 +747,97 @@
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA6D05" w:rsidTr="009C6DA6">
+      <w:tr w:rsidR="00CA6D05" w14:paraId="33668476" w14:textId="77777777" w:rsidTr="009C6DA6">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4391" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
+          <w:p w14:paraId="340F6B4B" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>poskytl úvěr na základě smlouvy o úvěru č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2589" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
+          <w:p w14:paraId="4E93F9FB" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -888,115 +886,115 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
+          <w:p w14:paraId="1DE9F4F1" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017673B" w:rsidTr="009C6DA6">
+      <w:tr w:rsidR="0017673B" w14:paraId="3379B11B" w14:textId="77777777" w:rsidTr="009C6DA6">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017673B" w:rsidRDefault="0017673B" w:rsidP="00CA6D05">
+          <w:p w14:paraId="7EF48492" w14:textId="77777777" w:rsidR="0017673B" w:rsidRDefault="0017673B" w:rsidP="00CA6D05">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>uzavřené dne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0017673B" w:rsidRPr="00CA6D05" w:rsidRDefault="0017673B" w:rsidP="0081668A">
+          <w:p w14:paraId="058ECFDA" w14:textId="77777777" w:rsidR="0017673B" w:rsidRPr="00CA6D05" w:rsidRDefault="0017673B" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="-71"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d.M.yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1049,51 +1047,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3158" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0017673B" w:rsidRDefault="0017673B" w:rsidP="009C6DA6">
+          <w:p w14:paraId="52C88695" w14:textId="77777777" w:rsidR="0017673B" w:rsidRDefault="0017673B" w:rsidP="009C6DA6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>číslo úvěrového</w:t>
             </w:r>
             <w:r w:rsidR="006011FA">
               <w:rPr>
@@ -1109,51 +1107,51 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>účtu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="0017673B" w:rsidRPr="0017673B" w:rsidRDefault="0017673B" w:rsidP="009C6DA6">
+          <w:p w14:paraId="71DFD84B" w14:textId="77777777" w:rsidR="0017673B" w:rsidRPr="0017673B" w:rsidRDefault="0017673B" w:rsidP="009C6DA6">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="-71"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1197,232 +1195,232 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E0719F" w:rsidTr="009C6DA6">
+      <w:tr w:rsidR="00E0719F" w14:paraId="0E14DCFB" w14:textId="77777777" w:rsidTr="009C6DA6">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6980" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
+          <w:p w14:paraId="5E8C1606" w14:textId="77777777" w:rsidR="00E0719F" w:rsidRDefault="00E0719F" w:rsidP="007E19B0">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="480"/>
               <w:ind w:left="425" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">čerpání úvěru již  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Zaškrtávací2"/>
+            <w:bookmarkStart w:id="0" w:name="Zaškrtávací2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002D4659">
-[...6 lines deleted...]
-            <w:r w:rsidR="002D4659">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">bylo  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="002D4659">
-[...6 lines deleted...]
-            <w:r w:rsidR="002D4659">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>nebylo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ukončeno; vyčerpaná částka činí</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00E0719F" w:rsidRPr="00CA6D05" w:rsidRDefault="00DC04D8" w:rsidP="00DC04D8">
+          <w:p w14:paraId="3F35CD61" w14:textId="77777777" w:rsidR="00E0719F" w:rsidRPr="00CA6D05" w:rsidRDefault="00DC04D8" w:rsidP="00DC04D8">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="-71"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA6D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="# ##0,00"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1469,103 +1467,103 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA6D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA6D05" w:rsidTr="00A675F1">
+      <w:tr w:rsidR="00CA6D05" w14:paraId="3FF21F74" w14:textId="77777777" w:rsidTr="00A675F1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1132" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
+          <w:p w14:paraId="516E3B63" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="20"/>
               <w:ind w:left="426"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>měna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
+          <w:p w14:paraId="0CE91345" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="-73"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -1615,83 +1613,83 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7975" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
+          <w:p w14:paraId="6494EA6C" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA6D05" w:rsidTr="00A675F1">
+      <w:tr w:rsidR="00CA6D05" w14:paraId="344C8220" w14:textId="77777777" w:rsidTr="00A675F1">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRPr="00042676" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
+          <w:p w14:paraId="46AD8666" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRPr="00042676" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="480"/>
               <w:ind w:left="425" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00042676">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>výše klientem uhrazených</w:t>
             </w:r>
             <w:r w:rsidR="008144FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -1707,114 +1705,114 @@
               </w:rPr>
               <w:t xml:space="preserve"> úroků z úvěru </w:t>
             </w:r>
             <w:r w:rsidRPr="00F454A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>od uzavření smlouvy o úvěru</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRPr="00042676" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
+          <w:p w14:paraId="0A09C80E" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRPr="00042676" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="68"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA6D05" w:rsidTr="00C879C7">
+      <w:tr w:rsidR="00CA6D05" w14:paraId="15049236" w14:textId="77777777" w:rsidTr="00C879C7">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="991" w:type="dxa"/>
             <w:tcMar>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRPr="00042676" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
+          <w:p w14:paraId="7628D293" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRPr="00042676" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
             <w:pPr>
               <w:ind w:left="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00042676">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>do</w:t>
             </w:r>
             <w:r w:rsidRPr="00042676">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1982" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRPr="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
+          <w:p w14:paraId="17234026" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRPr="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d.M.yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1869,83 +1867,83 @@
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="571" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRPr="00042676" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
+          <w:p w14:paraId="3E60B743" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRPr="00042676" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>činí</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRPr="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
+          <w:p w14:paraId="1F636DCB" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRPr="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA6D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="# ##0,00"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -2000,84 +1998,84 @@
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA6D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="713" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRPr="00042676" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
+          <w:p w14:paraId="4477C02A" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRPr="00042676" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
             <w:pPr>
               <w:ind w:left="145"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>měna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
+          <w:p w14:paraId="4113E6AC" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRDefault="00CA6D05" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2130,126 +2128,126 @@
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA6D05" w:rsidRPr="00042676" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
+          <w:p w14:paraId="33851F0A" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRPr="00042676" w:rsidRDefault="00CA6D05" w:rsidP="00CA6D05">
             <w:pPr>
               <w:ind w:left="68"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008F2702" w:rsidRDefault="008F2702" w:rsidP="006632F7">
+    <w:p w14:paraId="6B69D158" w14:textId="77777777" w:rsidR="008F2702" w:rsidRDefault="008F2702" w:rsidP="006632F7">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8114" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1877"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C81143" w:rsidTr="00C879C7">
+      <w:tr w:rsidR="00C81143" w14:paraId="3B997AEE" w14:textId="77777777" w:rsidTr="00C879C7">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C81143" w:rsidRDefault="00C81143" w:rsidP="00C609C2">
+          <w:p w14:paraId="559111DB" w14:textId="77777777" w:rsidR="00C81143" w:rsidRDefault="00C81143" w:rsidP="00C609C2">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Potvrzení vystavil:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C81143" w:rsidRDefault="00C81143" w:rsidP="0081668A">
+          <w:p w14:paraId="3966E62F" w14:textId="77777777" w:rsidR="00C81143" w:rsidRDefault="00C81143" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2294,62 +2292,62 @@
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C81143" w:rsidTr="00C879C7">
+      <w:tr w:rsidR="00C81143" w14:paraId="71B6CFDD" w14:textId="77777777" w:rsidTr="00C879C7">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2586" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C81143" w:rsidRPr="00DC04D8" w:rsidRDefault="00C81143" w:rsidP="00DC04D8">
+          <w:p w14:paraId="0A0DDED8" w14:textId="77777777" w:rsidR="00C81143" w:rsidRPr="00DC04D8" w:rsidRDefault="00C81143" w:rsidP="00DC04D8">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC04D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kontakt</w:t>
             </w:r>
             <w:r w:rsidR="00DC04D8" w:rsidRPr="00DC04D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC04D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2362,51 +2360,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> a e-mail</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC04D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C81143" w:rsidRDefault="00C81143" w:rsidP="0081668A">
+          <w:p w14:paraId="512ACAE7" w14:textId="77777777" w:rsidR="00C81143" w:rsidRDefault="00C81143" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="-72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2452,112 +2450,112 @@
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008F2702" w:rsidRDefault="008F2702" w:rsidP="006632F7">
+    <w:p w14:paraId="0D514A39" w14:textId="77777777" w:rsidR="008F2702" w:rsidRDefault="008F2702" w:rsidP="006632F7">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8051" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="624"/>
         <w:gridCol w:w="4876"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1984"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C81143" w:rsidRPr="008F2702" w:rsidTr="008144FB">
+      <w:tr w:rsidR="00C81143" w:rsidRPr="008F2702" w14:paraId="2B66FED7" w14:textId="77777777" w:rsidTr="008144FB">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C81143" w:rsidRPr="008F2702" w:rsidRDefault="00C81143" w:rsidP="00C609C2">
+          <w:p w14:paraId="029926C8" w14:textId="77777777" w:rsidR="00C81143" w:rsidRPr="008F2702" w:rsidRDefault="00C81143" w:rsidP="00C609C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F2702">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="008144FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C81143" w:rsidRDefault="00C81143" w:rsidP="0081668A">
+          <w:p w14:paraId="4871715D" w14:textId="77777777" w:rsidR="00C81143" w:rsidRDefault="00C81143" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2605,75 +2603,75 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C81143" w:rsidRPr="008F2702" w:rsidRDefault="00C81143" w:rsidP="00C609C2">
+          <w:p w14:paraId="4316EB28" w14:textId="77777777" w:rsidR="00C81143" w:rsidRPr="008F2702" w:rsidRDefault="00C81143" w:rsidP="00C609C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F2702">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00C81143" w:rsidRPr="00CA6D05" w:rsidRDefault="00C81143" w:rsidP="0081668A">
+          <w:p w14:paraId="61483D5D" w14:textId="77777777" w:rsidR="00C81143" w:rsidRPr="00CA6D05" w:rsidRDefault="00C81143" w:rsidP="0081668A">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d.M.yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -2720,309 +2718,309 @@
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="0081668A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008F2702" w:rsidRDefault="008F2702" w:rsidP="008144FB">
+    <w:p w14:paraId="294B40B8" w14:textId="77777777" w:rsidR="008F2702" w:rsidRDefault="008F2702" w:rsidP="008144FB">
       <w:pPr>
         <w:spacing w:after="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="4876"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="3946"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidTr="008F2702">
+      <w:tr w:rsidR="008F2702" w:rsidRPr="008F2702" w14:paraId="7959130B" w14:textId="77777777" w:rsidTr="008F2702">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
+          <w:p w14:paraId="46FE98AD" w14:textId="77777777" w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
+          <w:p w14:paraId="303409C7" w14:textId="77777777" w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
+          <w:p w14:paraId="5767E478" w14:textId="77777777" w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3946" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
+          <w:p w14:paraId="47B4ACE1" w14:textId="77777777" w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidTr="008F2702">
+      <w:tr w:rsidR="008F2702" w:rsidRPr="008F2702" w14:paraId="11D39B65" w14:textId="77777777" w:rsidTr="008F2702">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
+          <w:p w14:paraId="693C8EFF" w14:textId="77777777" w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
+          <w:p w14:paraId="5346AC2B" w14:textId="77777777" w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
+          <w:p w14:paraId="5947DE2A" w14:textId="77777777" w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="00212CA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3946" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="008F2702">
+          <w:p w14:paraId="3522C45B" w14:textId="77777777" w:rsidR="008F2702" w:rsidRPr="008F2702" w:rsidRDefault="008F2702" w:rsidP="008F2702">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Podpis a razítko zpracovatele</w:t>
             </w:r>
             <w:r w:rsidR="00DC04D8">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005756D0" w:rsidRPr="008F2702" w:rsidRDefault="005756D0" w:rsidP="008F2702">
+    <w:p w14:paraId="7DFD3E57" w14:textId="77777777" w:rsidR="005756D0" w:rsidRPr="008F2702" w:rsidRDefault="005756D0" w:rsidP="008F2702">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005756D0" w:rsidRPr="008F2702" w:rsidSect="00FB381E">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footnotePr>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1021" w:right="720" w:bottom="1134" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002D4659" w:rsidRDefault="002D4659" w:rsidP="007354AD">
+    <w:p w14:paraId="60E5667F" w14:textId="77777777" w:rsidR="00583447" w:rsidRDefault="00583447" w:rsidP="007354AD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002D4659" w:rsidRDefault="002D4659" w:rsidP="007354AD">
+    <w:p w14:paraId="3F0D73A9" w14:textId="77777777" w:rsidR="00583447" w:rsidRDefault="00583447" w:rsidP="007354AD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00B028AF" w:rsidRPr="00B028AF" w:rsidRDefault="00B028AF">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7B61FB05" w14:textId="77777777" w:rsidR="00B028AF" w:rsidRPr="00B028AF" w:rsidRDefault="00B028AF">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t>v</w:t>
     </w:r>
     <w:r w:rsidRPr="00B028AF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
@@ -3038,106 +3036,106 @@
       <w:t>2.</w:t>
     </w:r>
     <w:r w:rsidR="00350BA9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00B028AF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t xml:space="preserve"> web</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002D4659" w:rsidRDefault="002D4659" w:rsidP="007354AD">
+    <w:p w14:paraId="4B2ACBB9" w14:textId="77777777" w:rsidR="00583447" w:rsidRDefault="00583447" w:rsidP="007354AD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002D4659" w:rsidRDefault="002D4659" w:rsidP="007354AD">
+    <w:p w14:paraId="12C848FF" w14:textId="77777777" w:rsidR="00583447" w:rsidRDefault="00583447" w:rsidP="007354AD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00CA6D05" w:rsidRPr="00DC04D8" w:rsidRDefault="00CA6D05" w:rsidP="00DC04D8">
+    <w:p w14:paraId="014188E3" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRPr="00DC04D8" w:rsidRDefault="00CA6D05" w:rsidP="00DC04D8">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC04D8">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DC04D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC04D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Uveďte adresu pobočky, případně sídla společnosti.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="0017673B" w:rsidRPr="00DC04D8" w:rsidRDefault="0017673B" w:rsidP="00DC04D8">
+    <w:p w14:paraId="4A2D287B" w14:textId="77777777" w:rsidR="0017673B" w:rsidRPr="00DC04D8" w:rsidRDefault="0017673B" w:rsidP="00DC04D8">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC04D8">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DC04D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
@@ -3205,51 +3203,51 @@
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>fyzicky proběh</w:t>
       </w:r>
       <w:r w:rsidR="00CE74C0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC04D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> čerpání úvěru.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="00CA6D05" w:rsidRPr="00DC04D8" w:rsidRDefault="00CA6D05" w:rsidP="00DC04D8">
+    <w:p w14:paraId="4176E37B" w14:textId="77777777" w:rsidR="00CA6D05" w:rsidRPr="00DC04D8" w:rsidRDefault="00CA6D05" w:rsidP="00DC04D8">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="125" w:hanging="125"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC04D8">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DC04D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
@@ -3316,122 +3314,122 @@
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> smlouvě o zvýhodněném úvěru </w:t>
       </w:r>
       <w:r w:rsidR="00DA0CDF" w:rsidRPr="00DC04D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>NRB</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC04D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w:rsidR="00DC04D8" w:rsidRPr="00DC04D8" w:rsidRDefault="00DC04D8" w:rsidP="00DC04D8">
+    <w:p w14:paraId="0901C11A" w14:textId="77777777" w:rsidR="00DC04D8" w:rsidRPr="00DC04D8" w:rsidRDefault="00DC04D8" w:rsidP="00DC04D8">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC04D8">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DC04D8">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:t xml:space="preserve"> Případně elektronický podpis.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10207" w:type="dxa"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="28" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="5387"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00DA0CDF" w:rsidTr="00062AFD">
+    <w:tr w:rsidR="00DA0CDF" w14:paraId="6C7282EB" w14:textId="77777777" w:rsidTr="00062AFD">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00DA0CDF" w:rsidRDefault="00DA0CDF" w:rsidP="00DA0CDF">
+        <w:p w14:paraId="0C8A6537" w14:textId="77777777" w:rsidR="00DA0CDF" w:rsidRDefault="00DA0CDF" w:rsidP="00DA0CDF">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="252EF5D0" wp14:editId="15990548">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45A49A2F" wp14:editId="56BBE4B3">
                 <wp:extent cx="1666875" cy="581025"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:docPr id="1" name="Obrázek 1" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -3442,68 +3440,68 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1666875" cy="581025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00DA0CDF" w:rsidRDefault="00DA0CDF" w:rsidP="00DA0CDF">
+        <w:p w14:paraId="345999EA" w14:textId="77777777" w:rsidR="00DA0CDF" w:rsidRDefault="00DA0CDF" w:rsidP="00DA0CDF">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00E0719F" w:rsidRPr="00DA0CDF" w:rsidRDefault="00E0719F" w:rsidP="00DA0CDF">
+  <w:p w14:paraId="00155435" w14:textId="77777777" w:rsidR="00E0719F" w:rsidRPr="00DA0CDF" w:rsidRDefault="00E0719F" w:rsidP="00DA0CDF">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D8139AF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="396C70CE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-114" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="854" w:hanging="570"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -4699,145 +4697,146 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="183518387">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1856994390">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1158838519">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="918366797">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1804301777">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1288665264">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1098914037">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1466699016">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="272130950">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2101950913">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="649097003">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1938557074">
     <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ACwhZ1o3iXhuuHIdkCNSFRkYy8F+tiWHKlrT3XtnGb40hvF23A89JLFDAsgeRI0Lj0dbEPJMG58lEibzx0sEew==" w:salt="75EGrI0Fygl+x0+Xu5GFvA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ORQfwBRJdw/q+PD+xByml9/JL12FnfmVnvNHMQg2srIjE9hYzTdigDt1I+ug0mMhqPGmq16FVPbEsu+nmk7Vrw==" w:salt="+gAzTwxjWjdj5UJnDFeNrw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF22C3"/>
     <w:rsid w:val="000024C5"/>
     <w:rsid w:val="00007770"/>
     <w:rsid w:val="00016384"/>
     <w:rsid w:val="00021EAC"/>
     <w:rsid w:val="00022278"/>
     <w:rsid w:val="0003114B"/>
     <w:rsid w:val="00031D7A"/>
     <w:rsid w:val="000353B0"/>
     <w:rsid w:val="00042676"/>
     <w:rsid w:val="000438B4"/>
     <w:rsid w:val="00044964"/>
     <w:rsid w:val="00054776"/>
     <w:rsid w:val="00054EC1"/>
     <w:rsid w:val="0005767F"/>
     <w:rsid w:val="00057819"/>
     <w:rsid w:val="00065D00"/>
     <w:rsid w:val="00076497"/>
     <w:rsid w:val="000839C0"/>
     <w:rsid w:val="00090B54"/>
     <w:rsid w:val="00093244"/>
     <w:rsid w:val="000B4234"/>
     <w:rsid w:val="000B44B9"/>
@@ -4881,121 +4880,124 @@
     <w:rsid w:val="002B2B6F"/>
     <w:rsid w:val="002B4837"/>
     <w:rsid w:val="002C26F3"/>
     <w:rsid w:val="002D4659"/>
     <w:rsid w:val="002E4165"/>
     <w:rsid w:val="002F3B1B"/>
     <w:rsid w:val="002F3B42"/>
     <w:rsid w:val="00320DA5"/>
     <w:rsid w:val="0032126D"/>
     <w:rsid w:val="00340866"/>
     <w:rsid w:val="00343946"/>
     <w:rsid w:val="00350BA9"/>
     <w:rsid w:val="00354ACA"/>
     <w:rsid w:val="00362ED8"/>
     <w:rsid w:val="003771E4"/>
     <w:rsid w:val="003861AD"/>
     <w:rsid w:val="00391756"/>
     <w:rsid w:val="003934BC"/>
     <w:rsid w:val="00395E7C"/>
     <w:rsid w:val="003A0CFF"/>
     <w:rsid w:val="003A293A"/>
     <w:rsid w:val="003B0A10"/>
     <w:rsid w:val="003B7E94"/>
     <w:rsid w:val="003C566E"/>
     <w:rsid w:val="003C586E"/>
+    <w:rsid w:val="003D38DE"/>
     <w:rsid w:val="003D4327"/>
     <w:rsid w:val="003E1C31"/>
     <w:rsid w:val="003E4E5C"/>
     <w:rsid w:val="003F6C6E"/>
     <w:rsid w:val="00414C17"/>
     <w:rsid w:val="00454A03"/>
     <w:rsid w:val="004749C2"/>
     <w:rsid w:val="00490C5E"/>
     <w:rsid w:val="004A12FF"/>
     <w:rsid w:val="004A450F"/>
     <w:rsid w:val="004B5C5B"/>
     <w:rsid w:val="004C2896"/>
     <w:rsid w:val="004C2C5D"/>
     <w:rsid w:val="004F2DB3"/>
     <w:rsid w:val="00503023"/>
     <w:rsid w:val="00504D8D"/>
     <w:rsid w:val="00521084"/>
     <w:rsid w:val="00523352"/>
     <w:rsid w:val="00530CCA"/>
     <w:rsid w:val="00532153"/>
     <w:rsid w:val="00541A5E"/>
     <w:rsid w:val="00552EA0"/>
     <w:rsid w:val="00556134"/>
     <w:rsid w:val="00556C29"/>
     <w:rsid w:val="005577BF"/>
     <w:rsid w:val="00562802"/>
     <w:rsid w:val="005704D0"/>
     <w:rsid w:val="0057194B"/>
     <w:rsid w:val="005756D0"/>
     <w:rsid w:val="005800BB"/>
+    <w:rsid w:val="00583447"/>
     <w:rsid w:val="00597409"/>
     <w:rsid w:val="005A2801"/>
     <w:rsid w:val="005B11E4"/>
     <w:rsid w:val="005D3A4D"/>
     <w:rsid w:val="005D7732"/>
     <w:rsid w:val="005E7D19"/>
     <w:rsid w:val="005F519B"/>
     <w:rsid w:val="006011FA"/>
     <w:rsid w:val="0060424C"/>
     <w:rsid w:val="006043D3"/>
     <w:rsid w:val="00631344"/>
     <w:rsid w:val="00644943"/>
     <w:rsid w:val="0065381F"/>
     <w:rsid w:val="006632F7"/>
     <w:rsid w:val="00663FC7"/>
     <w:rsid w:val="00664C3B"/>
     <w:rsid w:val="00672538"/>
     <w:rsid w:val="0067377C"/>
     <w:rsid w:val="00696B5B"/>
     <w:rsid w:val="006A61CB"/>
     <w:rsid w:val="006B5CE0"/>
     <w:rsid w:val="006E46DE"/>
     <w:rsid w:val="006F648B"/>
     <w:rsid w:val="007075D2"/>
     <w:rsid w:val="00710910"/>
     <w:rsid w:val="00711718"/>
     <w:rsid w:val="00715E8D"/>
     <w:rsid w:val="00722455"/>
     <w:rsid w:val="00722A70"/>
     <w:rsid w:val="00731D90"/>
     <w:rsid w:val="007354AD"/>
     <w:rsid w:val="00746DA9"/>
     <w:rsid w:val="0075370F"/>
     <w:rsid w:val="007675F5"/>
     <w:rsid w:val="00781CE2"/>
     <w:rsid w:val="007A1A4C"/>
     <w:rsid w:val="007A5843"/>
     <w:rsid w:val="007B56A5"/>
     <w:rsid w:val="007D4373"/>
     <w:rsid w:val="007E4F5C"/>
     <w:rsid w:val="007E6492"/>
+    <w:rsid w:val="007F2544"/>
     <w:rsid w:val="00812BFD"/>
     <w:rsid w:val="00813343"/>
     <w:rsid w:val="008143F7"/>
     <w:rsid w:val="008144FB"/>
     <w:rsid w:val="00815068"/>
     <w:rsid w:val="0081668A"/>
     <w:rsid w:val="00823A05"/>
     <w:rsid w:val="008315E1"/>
     <w:rsid w:val="00831945"/>
     <w:rsid w:val="008341C8"/>
     <w:rsid w:val="00837465"/>
     <w:rsid w:val="00851968"/>
     <w:rsid w:val="0086001C"/>
     <w:rsid w:val="00864B69"/>
     <w:rsid w:val="00867C04"/>
     <w:rsid w:val="00872108"/>
     <w:rsid w:val="00887FE9"/>
     <w:rsid w:val="008A2BE6"/>
     <w:rsid w:val="008C5181"/>
     <w:rsid w:val="008D5DF4"/>
     <w:rsid w:val="008D7B22"/>
     <w:rsid w:val="008F04D7"/>
     <w:rsid w:val="008F2702"/>
     <w:rsid w:val="008F39A9"/>
     <w:rsid w:val="008F4D7E"/>
@@ -5013,71 +5015,73 @@
     <w:rsid w:val="00995F10"/>
     <w:rsid w:val="009A3E5A"/>
     <w:rsid w:val="009B2C9D"/>
     <w:rsid w:val="009C2F21"/>
     <w:rsid w:val="009C6DA6"/>
     <w:rsid w:val="009D6507"/>
     <w:rsid w:val="009F1D5C"/>
     <w:rsid w:val="009F1FB1"/>
     <w:rsid w:val="00A02664"/>
     <w:rsid w:val="00A05CB1"/>
     <w:rsid w:val="00A21730"/>
     <w:rsid w:val="00A23BDB"/>
     <w:rsid w:val="00A36ECC"/>
     <w:rsid w:val="00A502A4"/>
     <w:rsid w:val="00A52B39"/>
     <w:rsid w:val="00A60EF6"/>
     <w:rsid w:val="00A617B0"/>
     <w:rsid w:val="00A632D7"/>
     <w:rsid w:val="00A6602A"/>
     <w:rsid w:val="00A675F1"/>
     <w:rsid w:val="00A6794C"/>
     <w:rsid w:val="00A81175"/>
     <w:rsid w:val="00A8762C"/>
     <w:rsid w:val="00A90E18"/>
     <w:rsid w:val="00A966B5"/>
+    <w:rsid w:val="00AA5507"/>
     <w:rsid w:val="00AA65AE"/>
     <w:rsid w:val="00AB0985"/>
     <w:rsid w:val="00AB2B08"/>
     <w:rsid w:val="00AB40F3"/>
     <w:rsid w:val="00AC63A1"/>
     <w:rsid w:val="00AD5C08"/>
     <w:rsid w:val="00AD7F0B"/>
     <w:rsid w:val="00AE089A"/>
     <w:rsid w:val="00AE4A9C"/>
     <w:rsid w:val="00AF3A68"/>
     <w:rsid w:val="00B028AF"/>
     <w:rsid w:val="00B32777"/>
     <w:rsid w:val="00B35D37"/>
     <w:rsid w:val="00B369EA"/>
     <w:rsid w:val="00B37945"/>
     <w:rsid w:val="00B45236"/>
     <w:rsid w:val="00B87B30"/>
     <w:rsid w:val="00B9040F"/>
     <w:rsid w:val="00B90546"/>
     <w:rsid w:val="00B93BE3"/>
     <w:rsid w:val="00BB5C4B"/>
+    <w:rsid w:val="00BB7640"/>
     <w:rsid w:val="00BC2769"/>
     <w:rsid w:val="00BE6594"/>
     <w:rsid w:val="00BF22C3"/>
     <w:rsid w:val="00BF6EAA"/>
     <w:rsid w:val="00BF7049"/>
     <w:rsid w:val="00BF7F0C"/>
     <w:rsid w:val="00C06888"/>
     <w:rsid w:val="00C10154"/>
     <w:rsid w:val="00C20E19"/>
     <w:rsid w:val="00C26EBE"/>
     <w:rsid w:val="00C27A39"/>
     <w:rsid w:val="00C3336E"/>
     <w:rsid w:val="00C505B7"/>
     <w:rsid w:val="00C62C26"/>
     <w:rsid w:val="00C6349A"/>
     <w:rsid w:val="00C6727F"/>
     <w:rsid w:val="00C81143"/>
     <w:rsid w:val="00C858DD"/>
     <w:rsid w:val="00C879C7"/>
     <w:rsid w:val="00CA079F"/>
     <w:rsid w:val="00CA6097"/>
     <w:rsid w:val="00CA6D05"/>
     <w:rsid w:val="00CC5E0E"/>
     <w:rsid w:val="00CD6B95"/>
     <w:rsid w:val="00CE3353"/>
@@ -5088,50 +5092,51 @@
     <w:rsid w:val="00D23215"/>
     <w:rsid w:val="00D44A61"/>
     <w:rsid w:val="00D516FC"/>
     <w:rsid w:val="00D61612"/>
     <w:rsid w:val="00D636CD"/>
     <w:rsid w:val="00D66A30"/>
     <w:rsid w:val="00D72FD0"/>
     <w:rsid w:val="00D75C14"/>
     <w:rsid w:val="00D866DA"/>
     <w:rsid w:val="00D907E1"/>
     <w:rsid w:val="00DA0CDF"/>
     <w:rsid w:val="00DB579E"/>
     <w:rsid w:val="00DB7083"/>
     <w:rsid w:val="00DC04D8"/>
     <w:rsid w:val="00DC4474"/>
     <w:rsid w:val="00DC7EF5"/>
     <w:rsid w:val="00DE1323"/>
     <w:rsid w:val="00DE1B2C"/>
     <w:rsid w:val="00DF083A"/>
     <w:rsid w:val="00DF160A"/>
     <w:rsid w:val="00E0719F"/>
     <w:rsid w:val="00E1399E"/>
     <w:rsid w:val="00E2108D"/>
     <w:rsid w:val="00E21EEF"/>
     <w:rsid w:val="00E259FA"/>
+    <w:rsid w:val="00E2783F"/>
     <w:rsid w:val="00E52EB6"/>
     <w:rsid w:val="00E56D6F"/>
     <w:rsid w:val="00E62BD8"/>
     <w:rsid w:val="00E63D83"/>
     <w:rsid w:val="00E6540B"/>
     <w:rsid w:val="00E66546"/>
     <w:rsid w:val="00E700DE"/>
     <w:rsid w:val="00E7211B"/>
     <w:rsid w:val="00E8072C"/>
     <w:rsid w:val="00E91F86"/>
     <w:rsid w:val="00EB52E2"/>
     <w:rsid w:val="00EC22B4"/>
     <w:rsid w:val="00EC3A38"/>
     <w:rsid w:val="00EC47B0"/>
     <w:rsid w:val="00ED544C"/>
     <w:rsid w:val="00ED609E"/>
     <w:rsid w:val="00F24060"/>
     <w:rsid w:val="00F267A7"/>
     <w:rsid w:val="00F41CAF"/>
     <w:rsid w:val="00F454A3"/>
     <w:rsid w:val="00F50E35"/>
     <w:rsid w:val="00F531A5"/>
     <w:rsid w:val="00F579CD"/>
     <w:rsid w:val="00F64ED0"/>
     <w:rsid w:val="00F74E8D"/>
@@ -5148,75 +5153,75 @@
     <w:rsid w:val="00FC28C9"/>
     <w:rsid w:val="00FC6E7B"/>
     <w:rsid w:val="00FD328E"/>
     <w:rsid w:val="00FD60C5"/>
     <w:rsid w:val="00FD6606"/>
     <w:rsid w:val="00FE528F"/>
     <w:rsid w:val="00FF7320"/>
     <w:rsid w:val="00FF7A16"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3D2B5A22"/>
+  <w14:docId w14:val="498B3D7A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{56113247-AD6C-46CE-B934-5109C5760418}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5544,50 +5549,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B369EA"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00320DA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
@@ -5876,67 +5886,69 @@
     <w:rsid w:val="00104924"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odkaznavysvtlivky">
     <w:name w:val="endnote reference"/>
     <w:rsid w:val="00104924"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis3Char">
     <w:name w:val="Nadpis 3 Char"/>
     <w:link w:val="Nadpis3"/>
     <w:rsid w:val="00320DA5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="196359793">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\Users\sefcik\Documents\&#352;ABLONY_PR&#366;&#344;EZOV&#201;\Zru&#353;en&#237;_p&#345;&#237;loh\SUBV_PRIZN\zad_priznani_FP_20_uver_EXPANZE_DM.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -6240,27 +6252,57 @@
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Žádost o přiznání finančního příspěvku (BV)</dc:title>
   <dc:subject/>
   <dc:creator>sefcik</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_DOC_TYPE">
     <vt:lpwstr>F613d</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T14:15:47Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>e3ace93f-658b-431a-8889-336484b0eb19</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>