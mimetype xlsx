--- v0 (2025-10-09)
+++ v1 (2026-01-14)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\URO\OVM\Hromadná aktualizace Přílohy PROJEKT\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\fricova\Documents\SUP II\Revize šablon dokumentů\OVMP\Opatřit metadaty_pro indexaci_předat OVMP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A0C565F2-1955-470A-9BD5-0137C7FE7214}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{36F463DF-1BE1-493F-A29E-824E605F44A7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="projekt" sheetId="1" r:id="rId1"/>
     <sheet name="_vst" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="kategorie">_vst!$B$2:$B$13</definedName>
     <definedName name="měna">_vst!$D$2:$D$35</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">projekt!$A$1:$AN$174</definedName>
     <definedName name="vyrobky">_vst!#REF!</definedName>
     <definedName name="zadatel">_vst!$B$16:$B$17</definedName>
     <definedName name="zamereni">_vst!$E$2:$E$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
@@ -2200,497 +2200,497 @@
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="10" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="3" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="3" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="13" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="23" fillId="2" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="23" fillId="2" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
-    </xf>
-[...89 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...129 lines deleted...]
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...67 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Čárka" xfId="1" builtinId="3"/>
     <cellStyle name="Hypertextový odkaz" xfId="2" builtinId="8"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="7">
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
@@ -3087,167 +3087,167 @@
     <col min="49" max="49" width="14.5703125" style="2" hidden="1" customWidth="1"/>
     <col min="50" max="51" width="12.140625" style="2" hidden="1" customWidth="1"/>
     <col min="52" max="52" width="3.85546875" style="2" hidden="1" customWidth="1"/>
     <col min="53" max="55" width="3.7109375" style="2" hidden="1" customWidth="1"/>
     <col min="56" max="77" width="3.7109375" style="2" customWidth="1"/>
     <col min="78" max="16384" width="3.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="10" t="s">
         <v>223</v>
       </c>
       <c r="AN1" s="121"/>
     </row>
     <row r="2" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="4" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="132"/>
-[...28 lines deleted...]
-      <c r="AD5" s="134"/>
+      <c r="A5" s="129"/>
+      <c r="B5" s="130"/>
+      <c r="C5" s="130"/>
+      <c r="D5" s="130"/>
+      <c r="E5" s="130"/>
+      <c r="F5" s="130"/>
+      <c r="G5" s="130"/>
+      <c r="H5" s="130"/>
+      <c r="I5" s="130"/>
+      <c r="J5" s="130"/>
+      <c r="K5" s="130"/>
+      <c r="L5" s="130"/>
+      <c r="M5" s="130"/>
+      <c r="N5" s="130"/>
+      <c r="O5" s="130"/>
+      <c r="P5" s="130"/>
+      <c r="Q5" s="130"/>
+      <c r="R5" s="130"/>
+      <c r="S5" s="130"/>
+      <c r="T5" s="130"/>
+      <c r="U5" s="130"/>
+      <c r="V5" s="130"/>
+      <c r="W5" s="130"/>
+      <c r="X5" s="130"/>
+      <c r="Y5" s="130"/>
+      <c r="Z5" s="130"/>
+      <c r="AA5" s="130"/>
+      <c r="AB5" s="130"/>
+      <c r="AC5" s="130"/>
+      <c r="AD5" s="131"/>
     </row>
     <row r="6" spans="1:42" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="28"/>
       <c r="B6" s="28"/>
       <c r="C6" s="28"/>
       <c r="D6" s="28"/>
       <c r="E6" s="28"/>
       <c r="F6" s="28"/>
       <c r="G6" s="28"/>
       <c r="H6" s="28"/>
       <c r="I6" s="28"/>
       <c r="J6" s="28"/>
       <c r="K6" s="28"/>
       <c r="L6" s="28"/>
       <c r="M6" s="28"/>
       <c r="N6" s="28"/>
       <c r="O6" s="28"/>
       <c r="P6" s="28"/>
       <c r="Q6" s="28"/>
       <c r="R6" s="28"/>
       <c r="S6" s="28"/>
       <c r="T6" s="28"/>
       <c r="U6" s="28"/>
       <c r="V6" s="28"/>
       <c r="W6" s="28"/>
       <c r="X6" s="28"/>
       <c r="Y6" s="28"/>
       <c r="Z6" s="28"/>
       <c r="AA6" s="28"/>
       <c r="AB6" s="28"/>
       <c r="AC6" s="28"/>
       <c r="AD6" s="28"/>
     </row>
     <row r="7" spans="1:42" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="B7" s="200"/>
-[...4 lines deleted...]
-      <c r="G7" s="202"/>
+      <c r="B7" s="215"/>
+      <c r="C7" s="216"/>
+      <c r="D7" s="216"/>
+      <c r="E7" s="216"/>
+      <c r="F7" s="216"/>
+      <c r="G7" s="217"/>
     </row>
     <row r="8" spans="1:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="173" t="s">
+      <c r="A8" s="251" t="s">
         <v>1</v>
       </c>
-      <c r="B8" s="173"/>
-[...37 lines deleted...]
-      <c r="AN8" s="173"/>
+      <c r="B8" s="251"/>
+      <c r="C8" s="251"/>
+      <c r="D8" s="251"/>
+      <c r="E8" s="251"/>
+      <c r="F8" s="251"/>
+      <c r="G8" s="251"/>
+      <c r="H8" s="251"/>
+      <c r="I8" s="251"/>
+      <c r="J8" s="251"/>
+      <c r="K8" s="251"/>
+      <c r="L8" s="251"/>
+      <c r="M8" s="251"/>
+      <c r="N8" s="251"/>
+      <c r="O8" s="251"/>
+      <c r="P8" s="251"/>
+      <c r="Q8" s="251"/>
+      <c r="R8" s="251"/>
+      <c r="S8" s="251"/>
+      <c r="T8" s="251"/>
+      <c r="U8" s="251"/>
+      <c r="V8" s="251"/>
+      <c r="W8" s="251"/>
+      <c r="X8" s="251"/>
+      <c r="Y8" s="251"/>
+      <c r="Z8" s="251"/>
+      <c r="AA8" s="251"/>
+      <c r="AB8" s="251"/>
+      <c r="AC8" s="251"/>
+      <c r="AD8" s="251"/>
+      <c r="AE8" s="251"/>
+      <c r="AF8" s="251"/>
+      <c r="AG8" s="251"/>
+      <c r="AH8" s="251"/>
+      <c r="AI8" s="251"/>
+      <c r="AJ8" s="251"/>
+      <c r="AK8" s="251"/>
+      <c r="AL8" s="251"/>
+      <c r="AM8" s="251"/>
+      <c r="AN8" s="251"/>
       <c r="AO8" s="42"/>
       <c r="AP8" s="42"/>
     </row>
     <row r="9" spans="1:42" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="126"/>
       <c r="B9" s="126"/>
       <c r="C9" s="126"/>
       <c r="D9" s="126"/>
       <c r="E9" s="126"/>
       <c r="F9" s="126"/>
       <c r="G9" s="126"/>
       <c r="H9" s="126"/>
       <c r="I9" s="126"/>
       <c r="J9" s="126"/>
       <c r="K9" s="126"/>
       <c r="L9" s="126"/>
       <c r="M9" s="126"/>
       <c r="N9" s="126"/>
       <c r="O9" s="126"/>
       <c r="P9" s="126"/>
       <c r="Q9" s="126"/>
       <c r="R9" s="126"/>
       <c r="S9" s="126"/>
       <c r="T9" s="126"/>
       <c r="U9" s="126"/>
@@ -3298,258 +3298,258 @@
       <c r="P12" s="41"/>
       <c r="Q12" s="41"/>
       <c r="R12" s="41"/>
       <c r="S12" s="41"/>
       <c r="T12" s="41"/>
       <c r="U12" s="41"/>
       <c r="V12" s="41"/>
       <c r="W12" s="41"/>
       <c r="X12" s="41"/>
       <c r="Y12" s="41"/>
       <c r="Z12" s="41"/>
       <c r="AA12" s="41"/>
       <c r="AB12" s="41"/>
       <c r="AC12" s="41"/>
       <c r="AD12" s="41"/>
       <c r="AE12" s="41"/>
       <c r="AF12" s="41"/>
       <c r="AG12" s="41"/>
       <c r="AH12" s="41"/>
       <c r="AI12" s="41"/>
     </row>
     <row r="13" spans="1:42" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="38" t="s">
         <v>38</v>
       </c>
-      <c r="B13" s="166" t="s">
+      <c r="B13" s="149" t="s">
         <v>170</v>
       </c>
-      <c r="C13" s="167"/>
-[...36 lines deleted...]
-      <c r="AN13" s="168"/>
+      <c r="C13" s="150"/>
+      <c r="D13" s="150"/>
+      <c r="E13" s="150"/>
+      <c r="F13" s="150"/>
+      <c r="G13" s="150"/>
+      <c r="H13" s="150"/>
+      <c r="I13" s="150"/>
+      <c r="J13" s="150"/>
+      <c r="K13" s="150"/>
+      <c r="L13" s="150"/>
+      <c r="M13" s="150"/>
+      <c r="N13" s="150"/>
+      <c r="O13" s="150"/>
+      <c r="P13" s="150"/>
+      <c r="Q13" s="150"/>
+      <c r="R13" s="150"/>
+      <c r="S13" s="150"/>
+      <c r="T13" s="150"/>
+      <c r="U13" s="150"/>
+      <c r="V13" s="150"/>
+      <c r="W13" s="150"/>
+      <c r="X13" s="150"/>
+      <c r="Y13" s="150"/>
+      <c r="Z13" s="150"/>
+      <c r="AA13" s="150"/>
+      <c r="AB13" s="150"/>
+      <c r="AC13" s="150"/>
+      <c r="AD13" s="150"/>
+      <c r="AE13" s="150"/>
+      <c r="AF13" s="150"/>
+      <c r="AG13" s="150"/>
+      <c r="AH13" s="150"/>
+      <c r="AI13" s="150"/>
+      <c r="AJ13" s="150"/>
+      <c r="AK13" s="150"/>
+      <c r="AL13" s="150"/>
+      <c r="AM13" s="150"/>
+      <c r="AN13" s="151"/>
     </row>
     <row r="14" spans="1:42" s="39" customFormat="1" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="40"/>
-      <c r="B14" s="162"/>
-[...37 lines deleted...]
-      <c r="AN14" s="164"/>
+      <c r="B14" s="152"/>
+      <c r="C14" s="153"/>
+      <c r="D14" s="153"/>
+      <c r="E14" s="153"/>
+      <c r="F14" s="153"/>
+      <c r="G14" s="153"/>
+      <c r="H14" s="153"/>
+      <c r="I14" s="153"/>
+      <c r="J14" s="153"/>
+      <c r="K14" s="153"/>
+      <c r="L14" s="153"/>
+      <c r="M14" s="153"/>
+      <c r="N14" s="153"/>
+      <c r="O14" s="153"/>
+      <c r="P14" s="153"/>
+      <c r="Q14" s="153"/>
+      <c r="R14" s="153"/>
+      <c r="S14" s="153"/>
+      <c r="T14" s="153"/>
+      <c r="U14" s="153"/>
+      <c r="V14" s="153"/>
+      <c r="W14" s="153"/>
+      <c r="X14" s="153"/>
+      <c r="Y14" s="153"/>
+      <c r="Z14" s="153"/>
+      <c r="AA14" s="153"/>
+      <c r="AB14" s="153"/>
+      <c r="AC14" s="153"/>
+      <c r="AD14" s="153"/>
+      <c r="AE14" s="153"/>
+      <c r="AF14" s="153"/>
+      <c r="AG14" s="153"/>
+      <c r="AH14" s="153"/>
+      <c r="AI14" s="153"/>
+      <c r="AJ14" s="153"/>
+      <c r="AK14" s="153"/>
+      <c r="AL14" s="153"/>
+      <c r="AM14" s="153"/>
+      <c r="AN14" s="154"/>
     </row>
     <row r="15" spans="1:42" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="40"/>
       <c r="B15" s="41"/>
       <c r="C15" s="41"/>
       <c r="D15" s="41"/>
       <c r="E15" s="41"/>
       <c r="F15" s="41"/>
       <c r="G15" s="41"/>
       <c r="H15" s="41"/>
       <c r="I15" s="41"/>
       <c r="J15" s="41"/>
       <c r="K15" s="41"/>
       <c r="L15" s="41"/>
       <c r="M15" s="41"/>
       <c r="N15" s="41"/>
       <c r="O15" s="41"/>
       <c r="P15" s="41"/>
       <c r="Q15" s="41"/>
       <c r="R15" s="41"/>
       <c r="S15" s="41"/>
       <c r="T15" s="41"/>
       <c r="U15" s="41"/>
       <c r="V15" s="41"/>
       <c r="W15" s="41"/>
       <c r="X15" s="41"/>
       <c r="Y15" s="41"/>
       <c r="Z15" s="41"/>
       <c r="AA15" s="41"/>
       <c r="AB15" s="41"/>
       <c r="AC15" s="41"/>
       <c r="AD15" s="41"/>
       <c r="AE15" s="41"/>
       <c r="AF15" s="41"/>
       <c r="AG15" s="41"/>
       <c r="AH15" s="41"/>
       <c r="AI15" s="41"/>
     </row>
     <row r="16" spans="1:42" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="38" t="s">
         <v>24</v>
       </c>
-      <c r="B16" s="166" t="s">
+      <c r="B16" s="149" t="s">
         <v>169</v>
       </c>
-      <c r="C16" s="167"/>
-[...36 lines deleted...]
-      <c r="AN16" s="168"/>
+      <c r="C16" s="150"/>
+      <c r="D16" s="150"/>
+      <c r="E16" s="150"/>
+      <c r="F16" s="150"/>
+      <c r="G16" s="150"/>
+      <c r="H16" s="150"/>
+      <c r="I16" s="150"/>
+      <c r="J16" s="150"/>
+      <c r="K16" s="150"/>
+      <c r="L16" s="150"/>
+      <c r="M16" s="150"/>
+      <c r="N16" s="150"/>
+      <c r="O16" s="150"/>
+      <c r="P16" s="150"/>
+      <c r="Q16" s="150"/>
+      <c r="R16" s="150"/>
+      <c r="S16" s="150"/>
+      <c r="T16" s="150"/>
+      <c r="U16" s="150"/>
+      <c r="V16" s="150"/>
+      <c r="W16" s="150"/>
+      <c r="X16" s="150"/>
+      <c r="Y16" s="150"/>
+      <c r="Z16" s="150"/>
+      <c r="AA16" s="150"/>
+      <c r="AB16" s="150"/>
+      <c r="AC16" s="150"/>
+      <c r="AD16" s="150"/>
+      <c r="AE16" s="150"/>
+      <c r="AF16" s="150"/>
+      <c r="AG16" s="150"/>
+      <c r="AH16" s="150"/>
+      <c r="AI16" s="150"/>
+      <c r="AJ16" s="150"/>
+      <c r="AK16" s="150"/>
+      <c r="AL16" s="150"/>
+      <c r="AM16" s="150"/>
+      <c r="AN16" s="151"/>
     </row>
     <row r="17" spans="1:40" s="39" customFormat="1" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="40"/>
-      <c r="B17" s="162"/>
-[...37 lines deleted...]
-      <c r="AN17" s="164"/>
+      <c r="B17" s="152"/>
+      <c r="C17" s="153"/>
+      <c r="D17" s="153"/>
+      <c r="E17" s="153"/>
+      <c r="F17" s="153"/>
+      <c r="G17" s="153"/>
+      <c r="H17" s="153"/>
+      <c r="I17" s="153"/>
+      <c r="J17" s="153"/>
+      <c r="K17" s="153"/>
+      <c r="L17" s="153"/>
+      <c r="M17" s="153"/>
+      <c r="N17" s="153"/>
+      <c r="O17" s="153"/>
+      <c r="P17" s="153"/>
+      <c r="Q17" s="153"/>
+      <c r="R17" s="153"/>
+      <c r="S17" s="153"/>
+      <c r="T17" s="153"/>
+      <c r="U17" s="153"/>
+      <c r="V17" s="153"/>
+      <c r="W17" s="153"/>
+      <c r="X17" s="153"/>
+      <c r="Y17" s="153"/>
+      <c r="Z17" s="153"/>
+      <c r="AA17" s="153"/>
+      <c r="AB17" s="153"/>
+      <c r="AC17" s="153"/>
+      <c r="AD17" s="153"/>
+      <c r="AE17" s="153"/>
+      <c r="AF17" s="153"/>
+      <c r="AG17" s="153"/>
+      <c r="AH17" s="153"/>
+      <c r="AI17" s="153"/>
+      <c r="AJ17" s="153"/>
+      <c r="AK17" s="153"/>
+      <c r="AL17" s="153"/>
+      <c r="AM17" s="153"/>
+      <c r="AN17" s="154"/>
     </row>
     <row r="18" spans="1:40" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="40"/>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="41"/>
       <c r="E18" s="41"/>
       <c r="F18" s="41"/>
       <c r="G18" s="41"/>
       <c r="H18" s="41"/>
       <c r="I18" s="41"/>
       <c r="J18" s="41"/>
       <c r="K18" s="41"/>
       <c r="L18" s="41"/>
       <c r="M18" s="41"/>
       <c r="N18" s="41"/>
       <c r="O18" s="41"/>
       <c r="P18" s="41"/>
       <c r="Q18" s="41"/>
       <c r="R18" s="41"/>
       <c r="S18" s="41"/>
       <c r="T18" s="41"/>
       <c r="U18" s="41"/>
       <c r="V18" s="41"/>
       <c r="W18" s="41"/>
@@ -3573,52 +3573,52 @@
       <c r="B19" s="65" t="s">
         <v>202</v>
       </c>
       <c r="C19" s="41"/>
       <c r="D19" s="41"/>
       <c r="E19" s="41"/>
       <c r="F19" s="41"/>
       <c r="G19" s="41"/>
       <c r="H19" s="41"/>
       <c r="I19" s="41"/>
       <c r="J19" s="41"/>
       <c r="K19" s="41"/>
       <c r="L19" s="41"/>
       <c r="M19" s="41"/>
       <c r="N19" s="41"/>
       <c r="O19" s="41"/>
       <c r="P19" s="41"/>
       <c r="Q19" s="41"/>
       <c r="R19" s="41"/>
       <c r="S19" s="41"/>
       <c r="T19" s="41"/>
       <c r="U19" s="41"/>
       <c r="V19" s="41"/>
       <c r="W19" s="41"/>
       <c r="X19" s="41"/>
-      <c r="Z19" s="263"/>
-      <c r="AA19" s="264"/>
+      <c r="Z19" s="127"/>
+      <c r="AA19" s="128"/>
       <c r="AB19" s="66" t="str">
         <f>IF(Z19="",_vst!$C$11,"")</f>
         <v>vyberte ANO/NE</v>
       </c>
     </row>
     <row r="20" spans="1:40" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="40"/>
       <c r="B20" s="41"/>
       <c r="C20" s="41"/>
       <c r="D20" s="41"/>
       <c r="E20" s="41"/>
       <c r="F20" s="41"/>
       <c r="G20" s="41"/>
       <c r="H20" s="41"/>
       <c r="I20" s="41"/>
       <c r="J20" s="41"/>
       <c r="K20" s="41"/>
       <c r="L20" s="41"/>
       <c r="M20" s="41"/>
       <c r="N20" s="41"/>
       <c r="O20" s="41"/>
       <c r="P20" s="41"/>
       <c r="Q20" s="41"/>
       <c r="R20" s="41"/>
       <c r="S20" s="41"/>
@@ -3666,714 +3666,714 @@
       <c r="V21" s="70"/>
       <c r="W21" s="70"/>
       <c r="X21" s="70"/>
       <c r="Y21" s="70"/>
       <c r="Z21" s="70"/>
       <c r="AA21" s="70"/>
       <c r="AB21" s="70"/>
       <c r="AC21" s="70"/>
       <c r="AD21" s="70"/>
       <c r="AE21" s="70"/>
       <c r="AF21" s="70"/>
       <c r="AG21" s="70"/>
       <c r="AH21" s="70"/>
       <c r="AI21" s="70"/>
       <c r="AJ21" s="70"/>
       <c r="AK21" s="70"/>
       <c r="AL21" s="70"/>
       <c r="AM21" s="70"/>
       <c r="AN21" s="72" t="str">
         <f>IF(AND(Z19="Ano",B22=""),_vst!$C$19,"")</f>
         <v/>
       </c>
     </row>
     <row r="22" spans="1:40" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="40"/>
-      <c r="B22" s="162"/>
-[...37 lines deleted...]
-      <c r="AN22" s="164"/>
+      <c r="B22" s="152"/>
+      <c r="C22" s="153"/>
+      <c r="D22" s="153"/>
+      <c r="E22" s="153"/>
+      <c r="F22" s="153"/>
+      <c r="G22" s="153"/>
+      <c r="H22" s="153"/>
+      <c r="I22" s="153"/>
+      <c r="J22" s="153"/>
+      <c r="K22" s="153"/>
+      <c r="L22" s="153"/>
+      <c r="M22" s="153"/>
+      <c r="N22" s="153"/>
+      <c r="O22" s="153"/>
+      <c r="P22" s="153"/>
+      <c r="Q22" s="153"/>
+      <c r="R22" s="153"/>
+      <c r="S22" s="153"/>
+      <c r="T22" s="153"/>
+      <c r="U22" s="153"/>
+      <c r="V22" s="153"/>
+      <c r="W22" s="153"/>
+      <c r="X22" s="153"/>
+      <c r="Y22" s="153"/>
+      <c r="Z22" s="153"/>
+      <c r="AA22" s="153"/>
+      <c r="AB22" s="153"/>
+      <c r="AC22" s="153"/>
+      <c r="AD22" s="153"/>
+      <c r="AE22" s="153"/>
+      <c r="AF22" s="153"/>
+      <c r="AG22" s="153"/>
+      <c r="AH22" s="153"/>
+      <c r="AI22" s="153"/>
+      <c r="AJ22" s="153"/>
+      <c r="AK22" s="153"/>
+      <c r="AL22" s="153"/>
+      <c r="AM22" s="153"/>
+      <c r="AN22" s="154"/>
     </row>
     <row r="23" spans="1:40" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="40"/>
       <c r="B23" s="41"/>
       <c r="C23" s="41"/>
       <c r="D23" s="41"/>
       <c r="E23" s="41"/>
       <c r="F23" s="41"/>
       <c r="G23" s="41"/>
       <c r="H23" s="41"/>
       <c r="I23" s="41"/>
       <c r="J23" s="41"/>
       <c r="K23" s="41"/>
       <c r="L23" s="41"/>
       <c r="M23" s="41"/>
       <c r="N23" s="41"/>
       <c r="O23" s="41"/>
       <c r="P23" s="41"/>
       <c r="Q23" s="41"/>
       <c r="R23" s="41"/>
       <c r="S23" s="41"/>
       <c r="T23" s="41"/>
       <c r="U23" s="41"/>
       <c r="V23" s="41"/>
       <c r="W23" s="41"/>
       <c r="X23" s="41"/>
       <c r="Y23" s="41"/>
       <c r="Z23" s="41"/>
       <c r="AA23" s="41"/>
       <c r="AB23" s="41"/>
       <c r="AC23" s="41"/>
       <c r="AD23" s="41"/>
       <c r="AE23" s="41"/>
       <c r="AF23" s="41"/>
       <c r="AG23" s="41"/>
       <c r="AH23" s="41"/>
       <c r="AI23" s="41"/>
     </row>
     <row r="24" spans="1:40" s="39" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A24" s="38" t="s">
         <v>26</v>
       </c>
-      <c r="B24" s="166" t="s">
+      <c r="B24" s="149" t="s">
         <v>132</v>
       </c>
-      <c r="C24" s="167"/>
-[...36 lines deleted...]
-      <c r="AN24" s="168"/>
+      <c r="C24" s="150"/>
+      <c r="D24" s="150"/>
+      <c r="E24" s="150"/>
+      <c r="F24" s="150"/>
+      <c r="G24" s="150"/>
+      <c r="H24" s="150"/>
+      <c r="I24" s="150"/>
+      <c r="J24" s="150"/>
+      <c r="K24" s="150"/>
+      <c r="L24" s="150"/>
+      <c r="M24" s="150"/>
+      <c r="N24" s="150"/>
+      <c r="O24" s="150"/>
+      <c r="P24" s="150"/>
+      <c r="Q24" s="150"/>
+      <c r="R24" s="150"/>
+      <c r="S24" s="150"/>
+      <c r="T24" s="150"/>
+      <c r="U24" s="150"/>
+      <c r="V24" s="150"/>
+      <c r="W24" s="150"/>
+      <c r="X24" s="150"/>
+      <c r="Y24" s="150"/>
+      <c r="Z24" s="150"/>
+      <c r="AA24" s="150"/>
+      <c r="AB24" s="150"/>
+      <c r="AC24" s="150"/>
+      <c r="AD24" s="150"/>
+      <c r="AE24" s="150"/>
+      <c r="AF24" s="150"/>
+      <c r="AG24" s="150"/>
+      <c r="AH24" s="150"/>
+      <c r="AI24" s="150"/>
+      <c r="AJ24" s="150"/>
+      <c r="AK24" s="150"/>
+      <c r="AL24" s="150"/>
+      <c r="AM24" s="150"/>
+      <c r="AN24" s="151"/>
     </row>
     <row r="25" spans="1:40" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="40"/>
-      <c r="B25" s="162"/>
-[...37 lines deleted...]
-      <c r="AN25" s="164"/>
+      <c r="B25" s="152"/>
+      <c r="C25" s="153"/>
+      <c r="D25" s="153"/>
+      <c r="E25" s="153"/>
+      <c r="F25" s="153"/>
+      <c r="G25" s="153"/>
+      <c r="H25" s="153"/>
+      <c r="I25" s="153"/>
+      <c r="J25" s="153"/>
+      <c r="K25" s="153"/>
+      <c r="L25" s="153"/>
+      <c r="M25" s="153"/>
+      <c r="N25" s="153"/>
+      <c r="O25" s="153"/>
+      <c r="P25" s="153"/>
+      <c r="Q25" s="153"/>
+      <c r="R25" s="153"/>
+      <c r="S25" s="153"/>
+      <c r="T25" s="153"/>
+      <c r="U25" s="153"/>
+      <c r="V25" s="153"/>
+      <c r="W25" s="153"/>
+      <c r="X25" s="153"/>
+      <c r="Y25" s="153"/>
+      <c r="Z25" s="153"/>
+      <c r="AA25" s="153"/>
+      <c r="AB25" s="153"/>
+      <c r="AC25" s="153"/>
+      <c r="AD25" s="153"/>
+      <c r="AE25" s="153"/>
+      <c r="AF25" s="153"/>
+      <c r="AG25" s="153"/>
+      <c r="AH25" s="153"/>
+      <c r="AI25" s="153"/>
+      <c r="AJ25" s="153"/>
+      <c r="AK25" s="153"/>
+      <c r="AL25" s="153"/>
+      <c r="AM25" s="153"/>
+      <c r="AN25" s="154"/>
     </row>
     <row r="26" spans="1:40" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="40"/>
       <c r="B26" s="41"/>
       <c r="C26" s="41"/>
       <c r="D26" s="41"/>
       <c r="E26" s="41"/>
       <c r="F26" s="41"/>
       <c r="G26" s="41"/>
       <c r="H26" s="41"/>
       <c r="I26" s="41"/>
       <c r="J26" s="41"/>
       <c r="K26" s="41"/>
       <c r="L26" s="41"/>
       <c r="M26" s="41"/>
       <c r="N26" s="41"/>
       <c r="O26" s="41"/>
       <c r="P26" s="41"/>
       <c r="Q26" s="41"/>
       <c r="R26" s="41"/>
       <c r="S26" s="41"/>
       <c r="T26" s="41"/>
       <c r="U26" s="41"/>
       <c r="V26" s="41"/>
       <c r="W26" s="41"/>
       <c r="X26" s="41"/>
       <c r="Y26" s="41"/>
       <c r="Z26" s="41"/>
       <c r="AA26" s="41"/>
       <c r="AB26" s="41"/>
       <c r="AC26" s="41"/>
       <c r="AD26" s="41"/>
       <c r="AE26" s="41"/>
       <c r="AF26" s="41"/>
       <c r="AG26" s="41"/>
       <c r="AH26" s="41"/>
       <c r="AI26" s="41"/>
     </row>
     <row r="27" spans="1:40" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="38" t="s">
         <v>174</v>
       </c>
-      <c r="B27" s="166" t="s">
+      <c r="B27" s="149" t="s">
         <v>27</v>
       </c>
-      <c r="C27" s="167"/>
-[...36 lines deleted...]
-      <c r="AN27" s="168"/>
+      <c r="C27" s="150"/>
+      <c r="D27" s="150"/>
+      <c r="E27" s="150"/>
+      <c r="F27" s="150"/>
+      <c r="G27" s="150"/>
+      <c r="H27" s="150"/>
+      <c r="I27" s="150"/>
+      <c r="J27" s="150"/>
+      <c r="K27" s="150"/>
+      <c r="L27" s="150"/>
+      <c r="M27" s="150"/>
+      <c r="N27" s="150"/>
+      <c r="O27" s="150"/>
+      <c r="P27" s="150"/>
+      <c r="Q27" s="150"/>
+      <c r="R27" s="150"/>
+      <c r="S27" s="150"/>
+      <c r="T27" s="150"/>
+      <c r="U27" s="150"/>
+      <c r="V27" s="150"/>
+      <c r="W27" s="150"/>
+      <c r="X27" s="150"/>
+      <c r="Y27" s="150"/>
+      <c r="Z27" s="150"/>
+      <c r="AA27" s="150"/>
+      <c r="AB27" s="150"/>
+      <c r="AC27" s="150"/>
+      <c r="AD27" s="150"/>
+      <c r="AE27" s="150"/>
+      <c r="AF27" s="150"/>
+      <c r="AG27" s="150"/>
+      <c r="AH27" s="150"/>
+      <c r="AI27" s="150"/>
+      <c r="AJ27" s="150"/>
+      <c r="AK27" s="150"/>
+      <c r="AL27" s="150"/>
+      <c r="AM27" s="150"/>
+      <c r="AN27" s="151"/>
     </row>
     <row r="28" spans="1:40" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="40"/>
-      <c r="B28" s="162"/>
-[...37 lines deleted...]
-      <c r="AN28" s="164"/>
+      <c r="B28" s="152"/>
+      <c r="C28" s="153"/>
+      <c r="D28" s="153"/>
+      <c r="E28" s="153"/>
+      <c r="F28" s="153"/>
+      <c r="G28" s="153"/>
+      <c r="H28" s="153"/>
+      <c r="I28" s="153"/>
+      <c r="J28" s="153"/>
+      <c r="K28" s="153"/>
+      <c r="L28" s="153"/>
+      <c r="M28" s="153"/>
+      <c r="N28" s="153"/>
+      <c r="O28" s="153"/>
+      <c r="P28" s="153"/>
+      <c r="Q28" s="153"/>
+      <c r="R28" s="153"/>
+      <c r="S28" s="153"/>
+      <c r="T28" s="153"/>
+      <c r="U28" s="153"/>
+      <c r="V28" s="153"/>
+      <c r="W28" s="153"/>
+      <c r="X28" s="153"/>
+      <c r="Y28" s="153"/>
+      <c r="Z28" s="153"/>
+      <c r="AA28" s="153"/>
+      <c r="AB28" s="153"/>
+      <c r="AC28" s="153"/>
+      <c r="AD28" s="153"/>
+      <c r="AE28" s="153"/>
+      <c r="AF28" s="153"/>
+      <c r="AG28" s="153"/>
+      <c r="AH28" s="153"/>
+      <c r="AI28" s="153"/>
+      <c r="AJ28" s="153"/>
+      <c r="AK28" s="153"/>
+      <c r="AL28" s="153"/>
+      <c r="AM28" s="153"/>
+      <c r="AN28" s="154"/>
     </row>
     <row r="29" spans="1:40" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="40"/>
       <c r="B29" s="41"/>
       <c r="C29" s="41"/>
       <c r="D29" s="41"/>
       <c r="E29" s="41"/>
       <c r="F29" s="41"/>
       <c r="G29" s="41"/>
       <c r="H29" s="41"/>
       <c r="I29" s="41"/>
       <c r="J29" s="41"/>
       <c r="K29" s="41"/>
       <c r="L29" s="41"/>
       <c r="M29" s="41"/>
       <c r="N29" s="41"/>
       <c r="O29" s="41"/>
       <c r="P29" s="41"/>
       <c r="Q29" s="41"/>
       <c r="R29" s="41"/>
       <c r="S29" s="41"/>
       <c r="T29" s="41"/>
       <c r="U29" s="41"/>
       <c r="V29" s="41"/>
       <c r="W29" s="41"/>
       <c r="X29" s="41"/>
       <c r="Y29" s="41"/>
       <c r="Z29" s="41"/>
       <c r="AA29" s="41"/>
       <c r="AB29" s="41"/>
       <c r="AC29" s="41"/>
       <c r="AD29" s="41"/>
       <c r="AE29" s="41"/>
       <c r="AF29" s="41"/>
       <c r="AG29" s="41"/>
       <c r="AH29" s="41"/>
       <c r="AI29" s="41"/>
     </row>
     <row r="30" spans="1:40" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="38" t="s">
         <v>175</v>
       </c>
-      <c r="B30" s="166" t="s">
+      <c r="B30" s="149" t="s">
         <v>147</v>
       </c>
-      <c r="C30" s="167"/>
-[...36 lines deleted...]
-      <c r="AN30" s="168"/>
+      <c r="C30" s="150"/>
+      <c r="D30" s="150"/>
+      <c r="E30" s="150"/>
+      <c r="F30" s="150"/>
+      <c r="G30" s="150"/>
+      <c r="H30" s="150"/>
+      <c r="I30" s="150"/>
+      <c r="J30" s="150"/>
+      <c r="K30" s="150"/>
+      <c r="L30" s="150"/>
+      <c r="M30" s="150"/>
+      <c r="N30" s="150"/>
+      <c r="O30" s="150"/>
+      <c r="P30" s="150"/>
+      <c r="Q30" s="150"/>
+      <c r="R30" s="150"/>
+      <c r="S30" s="150"/>
+      <c r="T30" s="150"/>
+      <c r="U30" s="150"/>
+      <c r="V30" s="150"/>
+      <c r="W30" s="150"/>
+      <c r="X30" s="150"/>
+      <c r="Y30" s="150"/>
+      <c r="Z30" s="150"/>
+      <c r="AA30" s="150"/>
+      <c r="AB30" s="150"/>
+      <c r="AC30" s="150"/>
+      <c r="AD30" s="150"/>
+      <c r="AE30" s="150"/>
+      <c r="AF30" s="150"/>
+      <c r="AG30" s="150"/>
+      <c r="AH30" s="150"/>
+      <c r="AI30" s="150"/>
+      <c r="AJ30" s="150"/>
+      <c r="AK30" s="150"/>
+      <c r="AL30" s="150"/>
+      <c r="AM30" s="150"/>
+      <c r="AN30" s="151"/>
     </row>
     <row r="31" spans="1:40" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="40"/>
-      <c r="B31" s="162"/>
-[...37 lines deleted...]
-      <c r="AN31" s="164"/>
+      <c r="B31" s="152"/>
+      <c r="C31" s="153"/>
+      <c r="D31" s="153"/>
+      <c r="E31" s="153"/>
+      <c r="F31" s="153"/>
+      <c r="G31" s="153"/>
+      <c r="H31" s="153"/>
+      <c r="I31" s="153"/>
+      <c r="J31" s="153"/>
+      <c r="K31" s="153"/>
+      <c r="L31" s="153"/>
+      <c r="M31" s="153"/>
+      <c r="N31" s="153"/>
+      <c r="O31" s="153"/>
+      <c r="P31" s="153"/>
+      <c r="Q31" s="153"/>
+      <c r="R31" s="153"/>
+      <c r="S31" s="153"/>
+      <c r="T31" s="153"/>
+      <c r="U31" s="153"/>
+      <c r="V31" s="153"/>
+      <c r="W31" s="153"/>
+      <c r="X31" s="153"/>
+      <c r="Y31" s="153"/>
+      <c r="Z31" s="153"/>
+      <c r="AA31" s="153"/>
+      <c r="AB31" s="153"/>
+      <c r="AC31" s="153"/>
+      <c r="AD31" s="153"/>
+      <c r="AE31" s="153"/>
+      <c r="AF31" s="153"/>
+      <c r="AG31" s="153"/>
+      <c r="AH31" s="153"/>
+      <c r="AI31" s="153"/>
+      <c r="AJ31" s="153"/>
+      <c r="AK31" s="153"/>
+      <c r="AL31" s="153"/>
+      <c r="AM31" s="153"/>
+      <c r="AN31" s="154"/>
     </row>
     <row r="32" spans="1:40" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="40"/>
       <c r="B32" s="41"/>
       <c r="C32" s="41"/>
       <c r="D32" s="41"/>
       <c r="E32" s="41"/>
       <c r="F32" s="41"/>
       <c r="G32" s="41"/>
       <c r="H32" s="41"/>
       <c r="I32" s="41"/>
       <c r="J32" s="41"/>
       <c r="K32" s="41"/>
       <c r="L32" s="41"/>
       <c r="M32" s="41"/>
       <c r="N32" s="41"/>
       <c r="O32" s="41"/>
       <c r="P32" s="41"/>
       <c r="Q32" s="41"/>
       <c r="R32" s="41"/>
       <c r="S32" s="41"/>
       <c r="T32" s="41"/>
       <c r="U32" s="41"/>
       <c r="V32" s="41"/>
       <c r="W32" s="41"/>
       <c r="X32" s="41"/>
       <c r="Y32" s="41"/>
       <c r="Z32" s="41"/>
       <c r="AA32" s="41"/>
       <c r="AB32" s="41"/>
       <c r="AC32" s="41"/>
       <c r="AD32" s="41"/>
       <c r="AE32" s="41"/>
       <c r="AF32" s="41"/>
       <c r="AG32" s="41"/>
       <c r="AH32" s="41"/>
       <c r="AI32" s="41"/>
     </row>
     <row r="33" spans="1:40" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="38" t="s">
         <v>28</v>
       </c>
-      <c r="B33" s="166" t="s">
+      <c r="B33" s="149" t="s">
         <v>63</v>
       </c>
-      <c r="C33" s="167"/>
-[...36 lines deleted...]
-      <c r="AN33" s="168"/>
+      <c r="C33" s="150"/>
+      <c r="D33" s="150"/>
+      <c r="E33" s="150"/>
+      <c r="F33" s="150"/>
+      <c r="G33" s="150"/>
+      <c r="H33" s="150"/>
+      <c r="I33" s="150"/>
+      <c r="J33" s="150"/>
+      <c r="K33" s="150"/>
+      <c r="L33" s="150"/>
+      <c r="M33" s="150"/>
+      <c r="N33" s="150"/>
+      <c r="O33" s="150"/>
+      <c r="P33" s="150"/>
+      <c r="Q33" s="150"/>
+      <c r="R33" s="150"/>
+      <c r="S33" s="150"/>
+      <c r="T33" s="150"/>
+      <c r="U33" s="150"/>
+      <c r="V33" s="150"/>
+      <c r="W33" s="150"/>
+      <c r="X33" s="150"/>
+      <c r="Y33" s="150"/>
+      <c r="Z33" s="150"/>
+      <c r="AA33" s="150"/>
+      <c r="AB33" s="150"/>
+      <c r="AC33" s="150"/>
+      <c r="AD33" s="150"/>
+      <c r="AE33" s="150"/>
+      <c r="AF33" s="150"/>
+      <c r="AG33" s="150"/>
+      <c r="AH33" s="150"/>
+      <c r="AI33" s="150"/>
+      <c r="AJ33" s="150"/>
+      <c r="AK33" s="150"/>
+      <c r="AL33" s="150"/>
+      <c r="AM33" s="150"/>
+      <c r="AN33" s="151"/>
     </row>
     <row r="34" spans="1:40" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="40"/>
-      <c r="B34" s="162"/>
-[...37 lines deleted...]
-      <c r="AN34" s="164"/>
+      <c r="B34" s="152"/>
+      <c r="C34" s="153"/>
+      <c r="D34" s="153"/>
+      <c r="E34" s="153"/>
+      <c r="F34" s="153"/>
+      <c r="G34" s="153"/>
+      <c r="H34" s="153"/>
+      <c r="I34" s="153"/>
+      <c r="J34" s="153"/>
+      <c r="K34" s="153"/>
+      <c r="L34" s="153"/>
+      <c r="M34" s="153"/>
+      <c r="N34" s="153"/>
+      <c r="O34" s="153"/>
+      <c r="P34" s="153"/>
+      <c r="Q34" s="153"/>
+      <c r="R34" s="153"/>
+      <c r="S34" s="153"/>
+      <c r="T34" s="153"/>
+      <c r="U34" s="153"/>
+      <c r="V34" s="153"/>
+      <c r="W34" s="153"/>
+      <c r="X34" s="153"/>
+      <c r="Y34" s="153"/>
+      <c r="Z34" s="153"/>
+      <c r="AA34" s="153"/>
+      <c r="AB34" s="153"/>
+      <c r="AC34" s="153"/>
+      <c r="AD34" s="153"/>
+      <c r="AE34" s="153"/>
+      <c r="AF34" s="153"/>
+      <c r="AG34" s="153"/>
+      <c r="AH34" s="153"/>
+      <c r="AI34" s="153"/>
+      <c r="AJ34" s="153"/>
+      <c r="AK34" s="153"/>
+      <c r="AL34" s="153"/>
+      <c r="AM34" s="153"/>
+      <c r="AN34" s="154"/>
     </row>
     <row r="35" spans="1:40" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="40"/>
       <c r="B35" s="41"/>
       <c r="C35" s="41"/>
       <c r="D35" s="41"/>
       <c r="E35" s="41"/>
       <c r="F35" s="41"/>
       <c r="G35" s="41"/>
       <c r="H35" s="41"/>
       <c r="I35" s="41"/>
       <c r="J35" s="41"/>
       <c r="K35" s="41"/>
       <c r="L35" s="41"/>
       <c r="M35" s="41"/>
       <c r="N35" s="41"/>
       <c r="O35" s="41"/>
       <c r="P35" s="41"/>
       <c r="Q35" s="41"/>
       <c r="R35" s="41"/>
       <c r="S35" s="41"/>
       <c r="T35" s="41"/>
       <c r="U35" s="41"/>
       <c r="V35" s="41"/>
       <c r="W35" s="41"/>
       <c r="X35" s="41"/>
       <c r="Y35" s="41"/>
       <c r="Z35" s="41"/>
       <c r="AA35" s="41"/>
       <c r="AB35" s="41"/>
       <c r="AC35" s="41"/>
       <c r="AD35" s="41"/>
       <c r="AE35" s="41"/>
       <c r="AF35" s="41"/>
       <c r="AG35" s="41"/>
       <c r="AH35" s="41"/>
       <c r="AI35" s="41"/>
     </row>
     <row r="36" spans="1:40" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="38" t="s">
         <v>29</v>
       </c>
-      <c r="B36" s="166" t="s">
+      <c r="B36" s="149" t="s">
         <v>85</v>
       </c>
-      <c r="C36" s="167"/>
-[...36 lines deleted...]
-      <c r="AN36" s="168"/>
+      <c r="C36" s="150"/>
+      <c r="D36" s="150"/>
+      <c r="E36" s="150"/>
+      <c r="F36" s="150"/>
+      <c r="G36" s="150"/>
+      <c r="H36" s="150"/>
+      <c r="I36" s="150"/>
+      <c r="J36" s="150"/>
+      <c r="K36" s="150"/>
+      <c r="L36" s="150"/>
+      <c r="M36" s="150"/>
+      <c r="N36" s="150"/>
+      <c r="O36" s="150"/>
+      <c r="P36" s="150"/>
+      <c r="Q36" s="150"/>
+      <c r="R36" s="150"/>
+      <c r="S36" s="150"/>
+      <c r="T36" s="150"/>
+      <c r="U36" s="150"/>
+      <c r="V36" s="150"/>
+      <c r="W36" s="150"/>
+      <c r="X36" s="150"/>
+      <c r="Y36" s="150"/>
+      <c r="Z36" s="150"/>
+      <c r="AA36" s="150"/>
+      <c r="AB36" s="150"/>
+      <c r="AC36" s="150"/>
+      <c r="AD36" s="150"/>
+      <c r="AE36" s="150"/>
+      <c r="AF36" s="150"/>
+      <c r="AG36" s="150"/>
+      <c r="AH36" s="150"/>
+      <c r="AI36" s="150"/>
+      <c r="AJ36" s="150"/>
+      <c r="AK36" s="150"/>
+      <c r="AL36" s="150"/>
+      <c r="AM36" s="150"/>
+      <c r="AN36" s="151"/>
     </row>
     <row r="37" spans="1:40" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="40"/>
-      <c r="B37" s="162"/>
-[...37 lines deleted...]
-      <c r="AN37" s="164"/>
+      <c r="B37" s="152"/>
+      <c r="C37" s="153"/>
+      <c r="D37" s="153"/>
+      <c r="E37" s="153"/>
+      <c r="F37" s="153"/>
+      <c r="G37" s="153"/>
+      <c r="H37" s="153"/>
+      <c r="I37" s="153"/>
+      <c r="J37" s="153"/>
+      <c r="K37" s="153"/>
+      <c r="L37" s="153"/>
+      <c r="M37" s="153"/>
+      <c r="N37" s="153"/>
+      <c r="O37" s="153"/>
+      <c r="P37" s="153"/>
+      <c r="Q37" s="153"/>
+      <c r="R37" s="153"/>
+      <c r="S37" s="153"/>
+      <c r="T37" s="153"/>
+      <c r="U37" s="153"/>
+      <c r="V37" s="153"/>
+      <c r="W37" s="153"/>
+      <c r="X37" s="153"/>
+      <c r="Y37" s="153"/>
+      <c r="Z37" s="153"/>
+      <c r="AA37" s="153"/>
+      <c r="AB37" s="153"/>
+      <c r="AC37" s="153"/>
+      <c r="AD37" s="153"/>
+      <c r="AE37" s="153"/>
+      <c r="AF37" s="153"/>
+      <c r="AG37" s="153"/>
+      <c r="AH37" s="153"/>
+      <c r="AI37" s="153"/>
+      <c r="AJ37" s="153"/>
+      <c r="AK37" s="153"/>
+      <c r="AL37" s="153"/>
+      <c r="AM37" s="153"/>
+      <c r="AN37" s="154"/>
     </row>
     <row r="38" spans="1:40" s="39" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="40"/>
       <c r="B38" s="41"/>
       <c r="C38" s="41"/>
       <c r="D38" s="41"/>
       <c r="E38" s="41"/>
       <c r="F38" s="41"/>
       <c r="G38" s="41"/>
       <c r="H38" s="41"/>
       <c r="I38" s="41"/>
       <c r="J38" s="41"/>
       <c r="K38" s="41"/>
       <c r="L38" s="41"/>
       <c r="M38" s="41"/>
       <c r="N38" s="41"/>
       <c r="O38" s="41"/>
       <c r="P38" s="41"/>
       <c r="Q38" s="41"/>
       <c r="R38" s="41"/>
       <c r="S38" s="41"/>
       <c r="T38" s="41"/>
       <c r="U38" s="41"/>
       <c r="V38" s="41"/>
       <c r="W38" s="41"/>
@@ -4409,960 +4409,960 @@
       <c r="P39" s="41"/>
       <c r="Q39" s="41"/>
       <c r="R39" s="41"/>
       <c r="S39" s="41"/>
       <c r="T39" s="41"/>
       <c r="U39" s="41"/>
       <c r="V39" s="41"/>
       <c r="W39" s="41"/>
       <c r="X39" s="41"/>
       <c r="Y39" s="41"/>
       <c r="Z39" s="41"/>
       <c r="AA39" s="41"/>
       <c r="AB39" s="41"/>
       <c r="AC39" s="41"/>
       <c r="AD39" s="41"/>
       <c r="AE39" s="41"/>
       <c r="AF39" s="41"/>
       <c r="AG39" s="41"/>
       <c r="AH39" s="41"/>
       <c r="AI39" s="41"/>
     </row>
     <row r="40" spans="1:40" s="39" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="38" t="s">
         <v>30</v>
       </c>
-      <c r="B40" s="166" t="s">
+      <c r="B40" s="149" t="s">
         <v>171</v>
       </c>
-      <c r="C40" s="167"/>
-[...36 lines deleted...]
-      <c r="AN40" s="168"/>
+      <c r="C40" s="150"/>
+      <c r="D40" s="150"/>
+      <c r="E40" s="150"/>
+      <c r="F40" s="150"/>
+      <c r="G40" s="150"/>
+      <c r="H40" s="150"/>
+      <c r="I40" s="150"/>
+      <c r="J40" s="150"/>
+      <c r="K40" s="150"/>
+      <c r="L40" s="150"/>
+      <c r="M40" s="150"/>
+      <c r="N40" s="150"/>
+      <c r="O40" s="150"/>
+      <c r="P40" s="150"/>
+      <c r="Q40" s="150"/>
+      <c r="R40" s="150"/>
+      <c r="S40" s="150"/>
+      <c r="T40" s="150"/>
+      <c r="U40" s="150"/>
+      <c r="V40" s="150"/>
+      <c r="W40" s="150"/>
+      <c r="X40" s="150"/>
+      <c r="Y40" s="150"/>
+      <c r="Z40" s="150"/>
+      <c r="AA40" s="150"/>
+      <c r="AB40" s="150"/>
+      <c r="AC40" s="150"/>
+      <c r="AD40" s="150"/>
+      <c r="AE40" s="150"/>
+      <c r="AF40" s="150"/>
+      <c r="AG40" s="150"/>
+      <c r="AH40" s="150"/>
+      <c r="AI40" s="150"/>
+      <c r="AJ40" s="150"/>
+      <c r="AK40" s="150"/>
+      <c r="AL40" s="150"/>
+      <c r="AM40" s="150"/>
+      <c r="AN40" s="151"/>
     </row>
     <row r="41" spans="1:40" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="40"/>
-      <c r="B41" s="162"/>
-[...37 lines deleted...]
-      <c r="AN41" s="164"/>
+      <c r="B41" s="152"/>
+      <c r="C41" s="153"/>
+      <c r="D41" s="153"/>
+      <c r="E41" s="153"/>
+      <c r="F41" s="153"/>
+      <c r="G41" s="153"/>
+      <c r="H41" s="153"/>
+      <c r="I41" s="153"/>
+      <c r="J41" s="153"/>
+      <c r="K41" s="153"/>
+      <c r="L41" s="153"/>
+      <c r="M41" s="153"/>
+      <c r="N41" s="153"/>
+      <c r="O41" s="153"/>
+      <c r="P41" s="153"/>
+      <c r="Q41" s="153"/>
+      <c r="R41" s="153"/>
+      <c r="S41" s="153"/>
+      <c r="T41" s="153"/>
+      <c r="U41" s="153"/>
+      <c r="V41" s="153"/>
+      <c r="W41" s="153"/>
+      <c r="X41" s="153"/>
+      <c r="Y41" s="153"/>
+      <c r="Z41" s="153"/>
+      <c r="AA41" s="153"/>
+      <c r="AB41" s="153"/>
+      <c r="AC41" s="153"/>
+      <c r="AD41" s="153"/>
+      <c r="AE41" s="153"/>
+      <c r="AF41" s="153"/>
+      <c r="AG41" s="153"/>
+      <c r="AH41" s="153"/>
+      <c r="AI41" s="153"/>
+      <c r="AJ41" s="153"/>
+      <c r="AK41" s="153"/>
+      <c r="AL41" s="153"/>
+      <c r="AM41" s="153"/>
+      <c r="AN41" s="154"/>
     </row>
     <row r="42" spans="1:40" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="40"/>
       <c r="B42" s="41"/>
       <c r="C42" s="41"/>
       <c r="D42" s="41"/>
       <c r="E42" s="41"/>
       <c r="F42" s="41"/>
       <c r="G42" s="41"/>
       <c r="H42" s="41"/>
       <c r="I42" s="41"/>
       <c r="J42" s="41"/>
       <c r="K42" s="41"/>
       <c r="L42" s="41"/>
       <c r="M42" s="41"/>
       <c r="N42" s="41"/>
       <c r="O42" s="41"/>
       <c r="P42" s="41"/>
       <c r="Q42" s="41"/>
       <c r="R42" s="41"/>
       <c r="S42" s="41"/>
       <c r="T42" s="41"/>
       <c r="U42" s="41"/>
       <c r="V42" s="41"/>
       <c r="W42" s="41"/>
       <c r="X42" s="41"/>
       <c r="Y42" s="41"/>
       <c r="Z42" s="41"/>
       <c r="AA42" s="41"/>
       <c r="AB42" s="41"/>
       <c r="AC42" s="41"/>
       <c r="AD42" s="41"/>
       <c r="AE42" s="41"/>
       <c r="AF42" s="41"/>
       <c r="AG42" s="41"/>
       <c r="AH42" s="41"/>
       <c r="AI42" s="41"/>
     </row>
     <row r="43" spans="1:40" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="38" t="s">
         <v>31</v>
       </c>
-      <c r="B43" s="166" t="s">
+      <c r="B43" s="149" t="s">
         <v>199</v>
       </c>
-      <c r="C43" s="167"/>
-[...36 lines deleted...]
-      <c r="AN43" s="168"/>
+      <c r="C43" s="150"/>
+      <c r="D43" s="150"/>
+      <c r="E43" s="150"/>
+      <c r="F43" s="150"/>
+      <c r="G43" s="150"/>
+      <c r="H43" s="150"/>
+      <c r="I43" s="150"/>
+      <c r="J43" s="150"/>
+      <c r="K43" s="150"/>
+      <c r="L43" s="150"/>
+      <c r="M43" s="150"/>
+      <c r="N43" s="150"/>
+      <c r="O43" s="150"/>
+      <c r="P43" s="150"/>
+      <c r="Q43" s="150"/>
+      <c r="R43" s="150"/>
+      <c r="S43" s="150"/>
+      <c r="T43" s="150"/>
+      <c r="U43" s="150"/>
+      <c r="V43" s="150"/>
+      <c r="W43" s="150"/>
+      <c r="X43" s="150"/>
+      <c r="Y43" s="150"/>
+      <c r="Z43" s="150"/>
+      <c r="AA43" s="150"/>
+      <c r="AB43" s="150"/>
+      <c r="AC43" s="150"/>
+      <c r="AD43" s="150"/>
+      <c r="AE43" s="150"/>
+      <c r="AF43" s="150"/>
+      <c r="AG43" s="150"/>
+      <c r="AH43" s="150"/>
+      <c r="AI43" s="150"/>
+      <c r="AJ43" s="150"/>
+      <c r="AK43" s="150"/>
+      <c r="AL43" s="150"/>
+      <c r="AM43" s="150"/>
+      <c r="AN43" s="151"/>
     </row>
     <row r="44" spans="1:40" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="40"/>
-      <c r="B44" s="162"/>
-[...37 lines deleted...]
-      <c r="AN44" s="164"/>
+      <c r="B44" s="152"/>
+      <c r="C44" s="153"/>
+      <c r="D44" s="153"/>
+      <c r="E44" s="153"/>
+      <c r="F44" s="153"/>
+      <c r="G44" s="153"/>
+      <c r="H44" s="153"/>
+      <c r="I44" s="153"/>
+      <c r="J44" s="153"/>
+      <c r="K44" s="153"/>
+      <c r="L44" s="153"/>
+      <c r="M44" s="153"/>
+      <c r="N44" s="153"/>
+      <c r="O44" s="153"/>
+      <c r="P44" s="153"/>
+      <c r="Q44" s="153"/>
+      <c r="R44" s="153"/>
+      <c r="S44" s="153"/>
+      <c r="T44" s="153"/>
+      <c r="U44" s="153"/>
+      <c r="V44" s="153"/>
+      <c r="W44" s="153"/>
+      <c r="X44" s="153"/>
+      <c r="Y44" s="153"/>
+      <c r="Z44" s="153"/>
+      <c r="AA44" s="153"/>
+      <c r="AB44" s="153"/>
+      <c r="AC44" s="153"/>
+      <c r="AD44" s="153"/>
+      <c r="AE44" s="153"/>
+      <c r="AF44" s="153"/>
+      <c r="AG44" s="153"/>
+      <c r="AH44" s="153"/>
+      <c r="AI44" s="153"/>
+      <c r="AJ44" s="153"/>
+      <c r="AK44" s="153"/>
+      <c r="AL44" s="153"/>
+      <c r="AM44" s="153"/>
+      <c r="AN44" s="154"/>
     </row>
     <row r="45" spans="1:40" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="40"/>
       <c r="B45" s="41"/>
       <c r="C45" s="41"/>
       <c r="D45" s="41"/>
       <c r="E45" s="41"/>
       <c r="F45" s="41"/>
       <c r="G45" s="41"/>
       <c r="H45" s="41"/>
       <c r="I45" s="41"/>
       <c r="J45" s="41"/>
       <c r="K45" s="41"/>
       <c r="L45" s="41"/>
       <c r="M45" s="41"/>
       <c r="N45" s="41"/>
       <c r="O45" s="41"/>
       <c r="P45" s="41"/>
       <c r="Q45" s="41"/>
       <c r="R45" s="41"/>
       <c r="S45" s="41"/>
       <c r="T45" s="41"/>
       <c r="U45" s="41"/>
       <c r="V45" s="41"/>
       <c r="W45" s="41"/>
       <c r="X45" s="41"/>
       <c r="Y45" s="41"/>
       <c r="Z45" s="41"/>
       <c r="AA45" s="41"/>
       <c r="AB45" s="41"/>
       <c r="AC45" s="41"/>
       <c r="AD45" s="41"/>
       <c r="AE45" s="41"/>
       <c r="AF45" s="41"/>
       <c r="AG45" s="41"/>
       <c r="AH45" s="41"/>
       <c r="AI45" s="41"/>
     </row>
     <row r="46" spans="1:40" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="38" t="s">
         <v>32</v>
       </c>
-      <c r="B46" s="166" t="s">
+      <c r="B46" s="149" t="s">
         <v>172</v>
       </c>
-      <c r="C46" s="167"/>
-[...36 lines deleted...]
-      <c r="AN46" s="168"/>
+      <c r="C46" s="150"/>
+      <c r="D46" s="150"/>
+      <c r="E46" s="150"/>
+      <c r="F46" s="150"/>
+      <c r="G46" s="150"/>
+      <c r="H46" s="150"/>
+      <c r="I46" s="150"/>
+      <c r="J46" s="150"/>
+      <c r="K46" s="150"/>
+      <c r="L46" s="150"/>
+      <c r="M46" s="150"/>
+      <c r="N46" s="150"/>
+      <c r="O46" s="150"/>
+      <c r="P46" s="150"/>
+      <c r="Q46" s="150"/>
+      <c r="R46" s="150"/>
+      <c r="S46" s="150"/>
+      <c r="T46" s="150"/>
+      <c r="U46" s="150"/>
+      <c r="V46" s="150"/>
+      <c r="W46" s="150"/>
+      <c r="X46" s="150"/>
+      <c r="Y46" s="150"/>
+      <c r="Z46" s="150"/>
+      <c r="AA46" s="150"/>
+      <c r="AB46" s="150"/>
+      <c r="AC46" s="150"/>
+      <c r="AD46" s="150"/>
+      <c r="AE46" s="150"/>
+      <c r="AF46" s="150"/>
+      <c r="AG46" s="150"/>
+      <c r="AH46" s="150"/>
+      <c r="AI46" s="150"/>
+      <c r="AJ46" s="150"/>
+      <c r="AK46" s="150"/>
+      <c r="AL46" s="150"/>
+      <c r="AM46" s="150"/>
+      <c r="AN46" s="151"/>
     </row>
     <row r="47" spans="1:40" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="40"/>
-      <c r="B47" s="162"/>
-[...37 lines deleted...]
-      <c r="AN47" s="164"/>
+      <c r="B47" s="152"/>
+      <c r="C47" s="153"/>
+      <c r="D47" s="153"/>
+      <c r="E47" s="153"/>
+      <c r="F47" s="153"/>
+      <c r="G47" s="153"/>
+      <c r="H47" s="153"/>
+      <c r="I47" s="153"/>
+      <c r="J47" s="153"/>
+      <c r="K47" s="153"/>
+      <c r="L47" s="153"/>
+      <c r="M47" s="153"/>
+      <c r="N47" s="153"/>
+      <c r="O47" s="153"/>
+      <c r="P47" s="153"/>
+      <c r="Q47" s="153"/>
+      <c r="R47" s="153"/>
+      <c r="S47" s="153"/>
+      <c r="T47" s="153"/>
+      <c r="U47" s="153"/>
+      <c r="V47" s="153"/>
+      <c r="W47" s="153"/>
+      <c r="X47" s="153"/>
+      <c r="Y47" s="153"/>
+      <c r="Z47" s="153"/>
+      <c r="AA47" s="153"/>
+      <c r="AB47" s="153"/>
+      <c r="AC47" s="153"/>
+      <c r="AD47" s="153"/>
+      <c r="AE47" s="153"/>
+      <c r="AF47" s="153"/>
+      <c r="AG47" s="153"/>
+      <c r="AH47" s="153"/>
+      <c r="AI47" s="153"/>
+      <c r="AJ47" s="153"/>
+      <c r="AK47" s="153"/>
+      <c r="AL47" s="153"/>
+      <c r="AM47" s="153"/>
+      <c r="AN47" s="154"/>
     </row>
     <row r="48" spans="1:40" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="40"/>
       <c r="B48" s="41"/>
       <c r="C48" s="41"/>
       <c r="D48" s="41"/>
       <c r="E48" s="41"/>
       <c r="F48" s="41"/>
       <c r="G48" s="41"/>
       <c r="H48" s="41"/>
       <c r="I48" s="41"/>
       <c r="J48" s="41"/>
       <c r="K48" s="41"/>
       <c r="L48" s="41"/>
       <c r="M48" s="41"/>
       <c r="N48" s="41"/>
       <c r="O48" s="41"/>
       <c r="P48" s="41"/>
       <c r="Q48" s="41"/>
       <c r="R48" s="41"/>
       <c r="S48" s="41"/>
       <c r="T48" s="41"/>
       <c r="U48" s="41"/>
       <c r="V48" s="41"/>
       <c r="W48" s="41"/>
       <c r="X48" s="41"/>
       <c r="Y48" s="41"/>
       <c r="Z48" s="41"/>
       <c r="AA48" s="41"/>
       <c r="AB48" s="41"/>
       <c r="AC48" s="41"/>
       <c r="AD48" s="41"/>
       <c r="AE48" s="41"/>
       <c r="AF48" s="41"/>
       <c r="AG48" s="41"/>
       <c r="AH48" s="41"/>
       <c r="AI48" s="41"/>
     </row>
     <row r="49" spans="1:42" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="38" t="s">
         <v>33</v>
       </c>
-      <c r="B49" s="166" t="s">
+      <c r="B49" s="149" t="s">
         <v>173</v>
       </c>
-      <c r="C49" s="167"/>
-[...36 lines deleted...]
-      <c r="AN49" s="168"/>
+      <c r="C49" s="150"/>
+      <c r="D49" s="150"/>
+      <c r="E49" s="150"/>
+      <c r="F49" s="150"/>
+      <c r="G49" s="150"/>
+      <c r="H49" s="150"/>
+      <c r="I49" s="150"/>
+      <c r="J49" s="150"/>
+      <c r="K49" s="150"/>
+      <c r="L49" s="150"/>
+      <c r="M49" s="150"/>
+      <c r="N49" s="150"/>
+      <c r="O49" s="150"/>
+      <c r="P49" s="150"/>
+      <c r="Q49" s="150"/>
+      <c r="R49" s="150"/>
+      <c r="S49" s="150"/>
+      <c r="T49" s="150"/>
+      <c r="U49" s="150"/>
+      <c r="V49" s="150"/>
+      <c r="W49" s="150"/>
+      <c r="X49" s="150"/>
+      <c r="Y49" s="150"/>
+      <c r="Z49" s="150"/>
+      <c r="AA49" s="150"/>
+      <c r="AB49" s="150"/>
+      <c r="AC49" s="150"/>
+      <c r="AD49" s="150"/>
+      <c r="AE49" s="150"/>
+      <c r="AF49" s="150"/>
+      <c r="AG49" s="150"/>
+      <c r="AH49" s="150"/>
+      <c r="AI49" s="150"/>
+      <c r="AJ49" s="150"/>
+      <c r="AK49" s="150"/>
+      <c r="AL49" s="150"/>
+      <c r="AM49" s="150"/>
+      <c r="AN49" s="151"/>
     </row>
     <row r="50" spans="1:42" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="40"/>
-      <c r="B50" s="162"/>
-[...37 lines deleted...]
-      <c r="AN50" s="164"/>
+      <c r="B50" s="152"/>
+      <c r="C50" s="153"/>
+      <c r="D50" s="153"/>
+      <c r="E50" s="153"/>
+      <c r="F50" s="153"/>
+      <c r="G50" s="153"/>
+      <c r="H50" s="153"/>
+      <c r="I50" s="153"/>
+      <c r="J50" s="153"/>
+      <c r="K50" s="153"/>
+      <c r="L50" s="153"/>
+      <c r="M50" s="153"/>
+      <c r="N50" s="153"/>
+      <c r="O50" s="153"/>
+      <c r="P50" s="153"/>
+      <c r="Q50" s="153"/>
+      <c r="R50" s="153"/>
+      <c r="S50" s="153"/>
+      <c r="T50" s="153"/>
+      <c r="U50" s="153"/>
+      <c r="V50" s="153"/>
+      <c r="W50" s="153"/>
+      <c r="X50" s="153"/>
+      <c r="Y50" s="153"/>
+      <c r="Z50" s="153"/>
+      <c r="AA50" s="153"/>
+      <c r="AB50" s="153"/>
+      <c r="AC50" s="153"/>
+      <c r="AD50" s="153"/>
+      <c r="AE50" s="153"/>
+      <c r="AF50" s="153"/>
+      <c r="AG50" s="153"/>
+      <c r="AH50" s="153"/>
+      <c r="AI50" s="153"/>
+      <c r="AJ50" s="153"/>
+      <c r="AK50" s="153"/>
+      <c r="AL50" s="153"/>
+      <c r="AM50" s="153"/>
+      <c r="AN50" s="154"/>
     </row>
     <row r="51" spans="1:42" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="40"/>
       <c r="B51" s="41"/>
       <c r="C51" s="41"/>
       <c r="D51" s="41"/>
       <c r="E51" s="41"/>
       <c r="F51" s="41"/>
       <c r="G51" s="41"/>
       <c r="H51" s="41"/>
       <c r="I51" s="41"/>
       <c r="J51" s="41"/>
       <c r="K51" s="41"/>
       <c r="L51" s="41"/>
       <c r="M51" s="41"/>
       <c r="N51" s="41"/>
       <c r="O51" s="41"/>
       <c r="P51" s="41"/>
       <c r="Q51" s="41"/>
       <c r="R51" s="41"/>
       <c r="S51" s="41"/>
       <c r="T51" s="41"/>
       <c r="U51" s="41"/>
       <c r="V51" s="41"/>
       <c r="W51" s="41"/>
       <c r="X51" s="41"/>
       <c r="Y51" s="41"/>
       <c r="Z51" s="41"/>
       <c r="AA51" s="41"/>
       <c r="AB51" s="41"/>
       <c r="AC51" s="41"/>
       <c r="AD51" s="41"/>
       <c r="AE51" s="41"/>
       <c r="AF51" s="41"/>
       <c r="AG51" s="41"/>
       <c r="AH51" s="41"/>
       <c r="AI51" s="41"/>
     </row>
     <row r="52" spans="1:42" s="39" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="B52" s="166" t="s">
+      <c r="B52" s="149" t="s">
         <v>179</v>
       </c>
-      <c r="C52" s="167"/>
-[...36 lines deleted...]
-      <c r="AN52" s="168"/>
+      <c r="C52" s="150"/>
+      <c r="D52" s="150"/>
+      <c r="E52" s="150"/>
+      <c r="F52" s="150"/>
+      <c r="G52" s="150"/>
+      <c r="H52" s="150"/>
+      <c r="I52" s="150"/>
+      <c r="J52" s="150"/>
+      <c r="K52" s="150"/>
+      <c r="L52" s="150"/>
+      <c r="M52" s="150"/>
+      <c r="N52" s="150"/>
+      <c r="O52" s="150"/>
+      <c r="P52" s="150"/>
+      <c r="Q52" s="150"/>
+      <c r="R52" s="150"/>
+      <c r="S52" s="150"/>
+      <c r="T52" s="150"/>
+      <c r="U52" s="150"/>
+      <c r="V52" s="150"/>
+      <c r="W52" s="150"/>
+      <c r="X52" s="150"/>
+      <c r="Y52" s="150"/>
+      <c r="Z52" s="150"/>
+      <c r="AA52" s="150"/>
+      <c r="AB52" s="150"/>
+      <c r="AC52" s="150"/>
+      <c r="AD52" s="150"/>
+      <c r="AE52" s="150"/>
+      <c r="AF52" s="150"/>
+      <c r="AG52" s="150"/>
+      <c r="AH52" s="150"/>
+      <c r="AI52" s="150"/>
+      <c r="AJ52" s="150"/>
+      <c r="AK52" s="150"/>
+      <c r="AL52" s="150"/>
+      <c r="AM52" s="150"/>
+      <c r="AN52" s="151"/>
     </row>
     <row r="53" spans="1:42" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="40"/>
-      <c r="B53" s="162"/>
-[...37 lines deleted...]
-      <c r="AN53" s="164"/>
+      <c r="B53" s="152"/>
+      <c r="C53" s="153"/>
+      <c r="D53" s="153"/>
+      <c r="E53" s="153"/>
+      <c r="F53" s="153"/>
+      <c r="G53" s="153"/>
+      <c r="H53" s="153"/>
+      <c r="I53" s="153"/>
+      <c r="J53" s="153"/>
+      <c r="K53" s="153"/>
+      <c r="L53" s="153"/>
+      <c r="M53" s="153"/>
+      <c r="N53" s="153"/>
+      <c r="O53" s="153"/>
+      <c r="P53" s="153"/>
+      <c r="Q53" s="153"/>
+      <c r="R53" s="153"/>
+      <c r="S53" s="153"/>
+      <c r="T53" s="153"/>
+      <c r="U53" s="153"/>
+      <c r="V53" s="153"/>
+      <c r="W53" s="153"/>
+      <c r="X53" s="153"/>
+      <c r="Y53" s="153"/>
+      <c r="Z53" s="153"/>
+      <c r="AA53" s="153"/>
+      <c r="AB53" s="153"/>
+      <c r="AC53" s="153"/>
+      <c r="AD53" s="153"/>
+      <c r="AE53" s="153"/>
+      <c r="AF53" s="153"/>
+      <c r="AG53" s="153"/>
+      <c r="AH53" s="153"/>
+      <c r="AI53" s="153"/>
+      <c r="AJ53" s="153"/>
+      <c r="AK53" s="153"/>
+      <c r="AL53" s="153"/>
+      <c r="AM53" s="153"/>
+      <c r="AN53" s="154"/>
     </row>
     <row r="54" spans="1:42" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="40"/>
       <c r="B54" s="41"/>
       <c r="C54" s="41"/>
       <c r="D54" s="41"/>
       <c r="E54" s="41"/>
       <c r="F54" s="41"/>
       <c r="G54" s="41"/>
       <c r="H54" s="41"/>
       <c r="I54" s="41"/>
       <c r="J54" s="41"/>
       <c r="K54" s="41"/>
       <c r="L54" s="41"/>
       <c r="M54" s="41"/>
       <c r="N54" s="41"/>
       <c r="O54" s="41"/>
       <c r="P54" s="41"/>
       <c r="Q54" s="41"/>
       <c r="R54" s="41"/>
       <c r="S54" s="41"/>
       <c r="T54" s="41"/>
       <c r="U54" s="41"/>
       <c r="V54" s="41"/>
       <c r="W54" s="41"/>
       <c r="X54" s="41"/>
       <c r="Y54" s="41"/>
       <c r="Z54" s="41"/>
       <c r="AA54" s="41"/>
       <c r="AB54" s="41"/>
       <c r="AC54" s="41"/>
       <c r="AD54" s="41"/>
       <c r="AE54" s="41"/>
       <c r="AF54" s="41"/>
       <c r="AG54" s="41"/>
       <c r="AH54" s="41"/>
       <c r="AI54" s="41"/>
     </row>
     <row r="55" spans="1:42" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="38" t="s">
         <v>35</v>
       </c>
-      <c r="B55" s="166" t="s">
+      <c r="B55" s="149" t="s">
         <v>36</v>
       </c>
-      <c r="C55" s="167"/>
-[...36 lines deleted...]
-      <c r="AN55" s="168"/>
+      <c r="C55" s="150"/>
+      <c r="D55" s="150"/>
+      <c r="E55" s="150"/>
+      <c r="F55" s="150"/>
+      <c r="G55" s="150"/>
+      <c r="H55" s="150"/>
+      <c r="I55" s="150"/>
+      <c r="J55" s="150"/>
+      <c r="K55" s="150"/>
+      <c r="L55" s="150"/>
+      <c r="M55" s="150"/>
+      <c r="N55" s="150"/>
+      <c r="O55" s="150"/>
+      <c r="P55" s="150"/>
+      <c r="Q55" s="150"/>
+      <c r="R55" s="150"/>
+      <c r="S55" s="150"/>
+      <c r="T55" s="150"/>
+      <c r="U55" s="150"/>
+      <c r="V55" s="150"/>
+      <c r="W55" s="150"/>
+      <c r="X55" s="150"/>
+      <c r="Y55" s="150"/>
+      <c r="Z55" s="150"/>
+      <c r="AA55" s="150"/>
+      <c r="AB55" s="150"/>
+      <c r="AC55" s="150"/>
+      <c r="AD55" s="150"/>
+      <c r="AE55" s="150"/>
+      <c r="AF55" s="150"/>
+      <c r="AG55" s="150"/>
+      <c r="AH55" s="150"/>
+      <c r="AI55" s="150"/>
+      <c r="AJ55" s="150"/>
+      <c r="AK55" s="150"/>
+      <c r="AL55" s="150"/>
+      <c r="AM55" s="150"/>
+      <c r="AN55" s="151"/>
     </row>
     <row r="56" spans="1:42" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="40"/>
-      <c r="B56" s="162"/>
-[...37 lines deleted...]
-      <c r="AN56" s="164"/>
+      <c r="B56" s="152"/>
+      <c r="C56" s="153"/>
+      <c r="D56" s="153"/>
+      <c r="E56" s="153"/>
+      <c r="F56" s="153"/>
+      <c r="G56" s="153"/>
+      <c r="H56" s="153"/>
+      <c r="I56" s="153"/>
+      <c r="J56" s="153"/>
+      <c r="K56" s="153"/>
+      <c r="L56" s="153"/>
+      <c r="M56" s="153"/>
+      <c r="N56" s="153"/>
+      <c r="O56" s="153"/>
+      <c r="P56" s="153"/>
+      <c r="Q56" s="153"/>
+      <c r="R56" s="153"/>
+      <c r="S56" s="153"/>
+      <c r="T56" s="153"/>
+      <c r="U56" s="153"/>
+      <c r="V56" s="153"/>
+      <c r="W56" s="153"/>
+      <c r="X56" s="153"/>
+      <c r="Y56" s="153"/>
+      <c r="Z56" s="153"/>
+      <c r="AA56" s="153"/>
+      <c r="AB56" s="153"/>
+      <c r="AC56" s="153"/>
+      <c r="AD56" s="153"/>
+      <c r="AE56" s="153"/>
+      <c r="AF56" s="153"/>
+      <c r="AG56" s="153"/>
+      <c r="AH56" s="153"/>
+      <c r="AI56" s="153"/>
+      <c r="AJ56" s="153"/>
+      <c r="AK56" s="153"/>
+      <c r="AL56" s="153"/>
+      <c r="AM56" s="153"/>
+      <c r="AN56" s="154"/>
     </row>
     <row r="57" spans="1:42" s="39" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="40"/>
       <c r="B57" s="41"/>
       <c r="C57" s="41"/>
       <c r="D57" s="41"/>
       <c r="E57" s="41"/>
       <c r="F57" s="41"/>
       <c r="G57" s="41"/>
       <c r="H57" s="41"/>
       <c r="I57" s="41"/>
       <c r="J57" s="41"/>
       <c r="K57" s="41"/>
       <c r="L57" s="41"/>
       <c r="M57" s="41"/>
       <c r="N57" s="41"/>
       <c r="O57" s="41"/>
       <c r="P57" s="41"/>
       <c r="Q57" s="41"/>
       <c r="R57" s="41"/>
       <c r="S57" s="41"/>
       <c r="T57" s="41"/>
       <c r="U57" s="41"/>
       <c r="V57" s="41"/>
       <c r="W57" s="41"/>
       <c r="X57" s="41"/>
       <c r="Y57" s="41"/>
       <c r="Z57" s="41"/>
       <c r="AA57" s="41"/>
       <c r="AB57" s="41"/>
       <c r="AC57" s="41"/>
       <c r="AD57" s="41"/>
       <c r="AE57" s="41"/>
       <c r="AF57" s="41"/>
       <c r="AG57" s="41"/>
       <c r="AH57" s="41"/>
       <c r="AI57" s="41"/>
     </row>
     <row r="58" spans="1:42" s="39" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="38" t="s">
         <v>64</v>
       </c>
-      <c r="B58" s="166" t="s">
+      <c r="B58" s="149" t="s">
         <v>65</v>
       </c>
-      <c r="C58" s="167"/>
-[...36 lines deleted...]
-      <c r="AN58" s="168"/>
+      <c r="C58" s="150"/>
+      <c r="D58" s="150"/>
+      <c r="E58" s="150"/>
+      <c r="F58" s="150"/>
+      <c r="G58" s="150"/>
+      <c r="H58" s="150"/>
+      <c r="I58" s="150"/>
+      <c r="J58" s="150"/>
+      <c r="K58" s="150"/>
+      <c r="L58" s="150"/>
+      <c r="M58" s="150"/>
+      <c r="N58" s="150"/>
+      <c r="O58" s="150"/>
+      <c r="P58" s="150"/>
+      <c r="Q58" s="150"/>
+      <c r="R58" s="150"/>
+      <c r="S58" s="150"/>
+      <c r="T58" s="150"/>
+      <c r="U58" s="150"/>
+      <c r="V58" s="150"/>
+      <c r="W58" s="150"/>
+      <c r="X58" s="150"/>
+      <c r="Y58" s="150"/>
+      <c r="Z58" s="150"/>
+      <c r="AA58" s="150"/>
+      <c r="AB58" s="150"/>
+      <c r="AC58" s="150"/>
+      <c r="AD58" s="150"/>
+      <c r="AE58" s="150"/>
+      <c r="AF58" s="150"/>
+      <c r="AG58" s="150"/>
+      <c r="AH58" s="150"/>
+      <c r="AI58" s="150"/>
+      <c r="AJ58" s="150"/>
+      <c r="AK58" s="150"/>
+      <c r="AL58" s="150"/>
+      <c r="AM58" s="150"/>
+      <c r="AN58" s="151"/>
     </row>
     <row r="59" spans="1:42" s="39" customFormat="1" ht="80.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="40"/>
-      <c r="B59" s="162"/>
-[...37 lines deleted...]
-      <c r="AN59" s="164"/>
+      <c r="B59" s="152"/>
+      <c r="C59" s="153"/>
+      <c r="D59" s="153"/>
+      <c r="E59" s="153"/>
+      <c r="F59" s="153"/>
+      <c r="G59" s="153"/>
+      <c r="H59" s="153"/>
+      <c r="I59" s="153"/>
+      <c r="J59" s="153"/>
+      <c r="K59" s="153"/>
+      <c r="L59" s="153"/>
+      <c r="M59" s="153"/>
+      <c r="N59" s="153"/>
+      <c r="O59" s="153"/>
+      <c r="P59" s="153"/>
+      <c r="Q59" s="153"/>
+      <c r="R59" s="153"/>
+      <c r="S59" s="153"/>
+      <c r="T59" s="153"/>
+      <c r="U59" s="153"/>
+      <c r="V59" s="153"/>
+      <c r="W59" s="153"/>
+      <c r="X59" s="153"/>
+      <c r="Y59" s="153"/>
+      <c r="Z59" s="153"/>
+      <c r="AA59" s="153"/>
+      <c r="AB59" s="153"/>
+      <c r="AC59" s="153"/>
+      <c r="AD59" s="153"/>
+      <c r="AE59" s="153"/>
+      <c r="AF59" s="153"/>
+      <c r="AG59" s="153"/>
+      <c r="AH59" s="153"/>
+      <c r="AI59" s="153"/>
+      <c r="AJ59" s="153"/>
+      <c r="AK59" s="153"/>
+      <c r="AL59" s="153"/>
+      <c r="AM59" s="153"/>
+      <c r="AN59" s="154"/>
     </row>
     <row r="60" spans="1:42" s="39" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A60" s="40"/>
       <c r="B60" s="41"/>
       <c r="C60" s="41"/>
       <c r="D60" s="41"/>
       <c r="E60" s="41"/>
       <c r="F60" s="41"/>
       <c r="G60" s="41"/>
       <c r="H60" s="41"/>
       <c r="I60" s="41"/>
       <c r="J60" s="41"/>
       <c r="K60" s="41"/>
       <c r="L60" s="41"/>
       <c r="M60" s="41"/>
       <c r="N60" s="41"/>
       <c r="O60" s="41"/>
       <c r="P60" s="41"/>
       <c r="Q60" s="41"/>
       <c r="R60" s="41"/>
       <c r="S60" s="41"/>
       <c r="T60" s="41"/>
       <c r="U60" s="41"/>
       <c r="V60" s="41"/>
       <c r="W60" s="41"/>
       <c r="X60" s="41"/>
       <c r="Y60" s="41"/>
       <c r="Z60" s="41"/>
       <c r="AA60" s="41"/>
       <c r="AB60" s="41"/>
       <c r="AC60" s="41"/>
       <c r="AD60" s="41"/>
       <c r="AE60" s="41"/>
       <c r="AF60" s="41"/>
       <c r="AG60" s="41"/>
       <c r="AH60" s="41"/>
       <c r="AI60" s="41"/>
     </row>
     <row r="61" spans="1:42" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="165" t="s">
+      <c r="A61" s="254" t="s">
         <v>180</v>
       </c>
-      <c r="B61" s="165"/>
-[...33 lines deleted...]
-      <c r="AJ61" s="165"/>
+      <c r="B61" s="254"/>
+      <c r="C61" s="254"/>
+      <c r="D61" s="254"/>
+      <c r="E61" s="254"/>
+      <c r="F61" s="254"/>
+      <c r="G61" s="254"/>
+      <c r="H61" s="254"/>
+      <c r="I61" s="254"/>
+      <c r="J61" s="254"/>
+      <c r="K61" s="254"/>
+      <c r="L61" s="254"/>
+      <c r="M61" s="254"/>
+      <c r="N61" s="254"/>
+      <c r="O61" s="254"/>
+      <c r="P61" s="254"/>
+      <c r="Q61" s="254"/>
+      <c r="R61" s="254"/>
+      <c r="S61" s="254"/>
+      <c r="T61" s="254"/>
+      <c r="U61" s="254"/>
+      <c r="V61" s="254"/>
+      <c r="W61" s="254"/>
+      <c r="X61" s="254"/>
+      <c r="Y61" s="254"/>
+      <c r="Z61" s="254"/>
+      <c r="AA61" s="254"/>
+      <c r="AB61" s="254"/>
+      <c r="AC61" s="254"/>
+      <c r="AD61" s="254"/>
+      <c r="AE61" s="254"/>
+      <c r="AF61" s="254"/>
+      <c r="AG61" s="254"/>
+      <c r="AH61" s="254"/>
+      <c r="AI61" s="254"/>
+      <c r="AJ61" s="254"/>
       <c r="AK61" s="43"/>
       <c r="AL61" s="43"/>
       <c r="AM61" s="43"/>
       <c r="AN61" s="43"/>
       <c r="AO61" s="43"/>
       <c r="AP61" s="43"/>
     </row>
     <row r="62" spans="1:42" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="85"/>
       <c r="B62" s="85"/>
       <c r="C62" s="85"/>
       <c r="D62" s="85"/>
       <c r="E62" s="85"/>
       <c r="F62" s="85"/>
       <c r="G62" s="85"/>
       <c r="H62" s="85"/>
       <c r="I62" s="85"/>
       <c r="J62" s="85"/>
       <c r="K62" s="85"/>
       <c r="L62" s="85"/>
       <c r="M62" s="85"/>
       <c r="N62" s="85"/>
       <c r="O62" s="85"/>
       <c r="P62" s="85"/>
       <c r="Q62" s="85"/>
@@ -5370,2581 +5370,2581 @@
       <c r="S62" s="85"/>
       <c r="T62" s="85"/>
       <c r="U62" s="85"/>
       <c r="V62" s="85"/>
       <c r="W62" s="85"/>
       <c r="X62" s="85"/>
       <c r="Y62" s="85"/>
       <c r="Z62" s="85"/>
       <c r="AA62" s="85"/>
       <c r="AB62" s="85"/>
       <c r="AC62" s="85"/>
       <c r="AD62" s="85"/>
     </row>
     <row r="63" spans="1:42" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="64" spans="1:42" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="10"/>
     </row>
     <row r="65" spans="1:52" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="F65" s="49" t="s">
         <v>187</v>
       </c>
-      <c r="G65" s="263" t="s">
+      <c r="G65" s="127" t="s">
         <v>221</v>
       </c>
-      <c r="H65" s="264"/>
+      <c r="H65" s="128"/>
       <c r="I65" s="68" t="str">
         <f>IF(G65="",_vst!$C$11,"")</f>
         <v/>
       </c>
       <c r="N65" s="86" t="str">
         <f>IF($AR$65=1,_vst!$C$25,"")</f>
         <v/>
       </c>
       <c r="AR65" s="15">
         <f>IF(AND(AJ100&gt;0,G65=""),1,0)</f>
         <v>0</v>
       </c>
       <c r="AS65" s="2" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="66" spans="1:52" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="67" spans="1:52" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="73" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="68" spans="1:52" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="253" t="s">
+      <c r="A68" s="155" t="s">
         <v>47</v>
       </c>
-      <c r="B68" s="254"/>
-[...8 lines deleted...]
-      <c r="K68" s="253" t="s">
+      <c r="B68" s="156"/>
+      <c r="C68" s="156"/>
+      <c r="D68" s="156"/>
+      <c r="E68" s="156"/>
+      <c r="F68" s="156"/>
+      <c r="G68" s="156"/>
+      <c r="H68" s="156"/>
+      <c r="I68" s="156"/>
+      <c r="J68" s="157"/>
+      <c r="K68" s="155" t="s">
         <v>60</v>
       </c>
-      <c r="L68" s="254"/>
-[...5 lines deleted...]
-      <c r="R68" s="253" t="s">
+      <c r="L68" s="156"/>
+      <c r="M68" s="156"/>
+      <c r="N68" s="156"/>
+      <c r="O68" s="156"/>
+      <c r="P68" s="156"/>
+      <c r="Q68" s="157"/>
+      <c r="R68" s="155" t="s">
         <v>134</v>
       </c>
-      <c r="S68" s="254"/>
-[...2 lines deleted...]
-      <c r="V68" s="253" t="s">
+      <c r="S68" s="156"/>
+      <c r="T68" s="156"/>
+      <c r="U68" s="157"/>
+      <c r="V68" s="155" t="s">
         <v>183</v>
       </c>
-      <c r="W68" s="254"/>
-[...1 lines deleted...]
-      <c r="Y68" s="266" t="s">
+      <c r="W68" s="156"/>
+      <c r="X68" s="157"/>
+      <c r="Y68" s="140" t="s">
         <v>79</v>
       </c>
-      <c r="Z68" s="259" t="s">
+      <c r="Z68" s="161" t="s">
         <v>77</v>
       </c>
-      <c r="AA68" s="260"/>
-      <c r="AB68" s="253" t="s">
+      <c r="AA68" s="162"/>
+      <c r="AB68" s="155" t="s">
         <v>78</v>
       </c>
-      <c r="AC68" s="254"/>
-[...2 lines deleted...]
-      <c r="AF68" s="197" t="s">
+      <c r="AC68" s="156"/>
+      <c r="AD68" s="156"/>
+      <c r="AE68" s="157"/>
+      <c r="AF68" s="145" t="s">
         <v>83</v>
       </c>
-      <c r="AG68" s="198"/>
-[...5 lines deleted...]
-      <c r="AM68" s="199"/>
+      <c r="AG68" s="146"/>
+      <c r="AH68" s="146"/>
+      <c r="AI68" s="146"/>
+      <c r="AJ68" s="146"/>
+      <c r="AK68" s="146"/>
+      <c r="AL68" s="146"/>
+      <c r="AM68" s="147"/>
     </row>
     <row r="69" spans="1:52" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="256"/>
-[...30 lines deleted...]
-      <c r="AF69" s="197" t="s">
+      <c r="A69" s="158"/>
+      <c r="B69" s="159"/>
+      <c r="C69" s="159"/>
+      <c r="D69" s="159"/>
+      <c r="E69" s="159"/>
+      <c r="F69" s="159"/>
+      <c r="G69" s="159"/>
+      <c r="H69" s="159"/>
+      <c r="I69" s="159"/>
+      <c r="J69" s="160"/>
+      <c r="K69" s="158"/>
+      <c r="L69" s="159"/>
+      <c r="M69" s="159"/>
+      <c r="N69" s="159"/>
+      <c r="O69" s="159"/>
+      <c r="P69" s="159"/>
+      <c r="Q69" s="160"/>
+      <c r="R69" s="158"/>
+      <c r="S69" s="159"/>
+      <c r="T69" s="159"/>
+      <c r="U69" s="160"/>
+      <c r="V69" s="158"/>
+      <c r="W69" s="159"/>
+      <c r="X69" s="160"/>
+      <c r="Y69" s="141"/>
+      <c r="Z69" s="163"/>
+      <c r="AA69" s="164"/>
+      <c r="AB69" s="158"/>
+      <c r="AC69" s="159"/>
+      <c r="AD69" s="159"/>
+      <c r="AE69" s="160"/>
+      <c r="AF69" s="145" t="s">
         <v>203</v>
       </c>
-      <c r="AG69" s="198"/>
-[...2 lines deleted...]
-      <c r="AJ69" s="197" t="s">
+      <c r="AG69" s="146"/>
+      <c r="AH69" s="146"/>
+      <c r="AI69" s="147"/>
+      <c r="AJ69" s="145" t="s">
         <v>56</v>
       </c>
-      <c r="AK69" s="198"/>
-[...1 lines deleted...]
-      <c r="AM69" s="199"/>
+      <c r="AK69" s="146"/>
+      <c r="AL69" s="146"/>
+      <c r="AM69" s="147"/>
       <c r="AR69" s="2" t="s">
         <v>185</v>
       </c>
       <c r="AS69" s="2" t="s">
         <v>192</v>
       </c>
       <c r="AT69" s="2" t="s">
         <v>52</v>
       </c>
       <c r="AU69" s="2" t="s">
         <v>54</v>
       </c>
       <c r="AV69" s="2" t="s">
         <v>184</v>
       </c>
       <c r="AW69" s="2" t="s">
         <v>168</v>
       </c>
       <c r="AX69" s="2" t="s">
         <v>81</v>
       </c>
       <c r="AY69" s="2" t="s">
         <v>80</v>
       </c>
       <c r="AZ69" s="2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="70" spans="1:52" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="161" t="s">
+      <c r="A70" s="165" t="s">
         <v>222</v>
       </c>
-      <c r="B70" s="161"/>
-[...21 lines deleted...]
-      <c r="X70" s="131"/>
+      <c r="B70" s="165"/>
+      <c r="C70" s="165"/>
+      <c r="D70" s="165"/>
+      <c r="E70" s="165"/>
+      <c r="F70" s="165"/>
+      <c r="G70" s="165"/>
+      <c r="H70" s="165"/>
+      <c r="I70" s="165"/>
+      <c r="J70" s="165"/>
+      <c r="K70" s="165"/>
+      <c r="L70" s="165"/>
+      <c r="M70" s="165"/>
+      <c r="N70" s="165"/>
+      <c r="O70" s="165"/>
+      <c r="P70" s="165"/>
+      <c r="Q70" s="165"/>
+      <c r="R70" s="132"/>
+      <c r="S70" s="133"/>
+      <c r="T70" s="133"/>
+      <c r="U70" s="134"/>
+      <c r="V70" s="132"/>
+      <c r="W70" s="133"/>
+      <c r="X70" s="134"/>
       <c r="Y70" s="91"/>
-      <c r="Z70" s="246"/>
-[...1 lines deleted...]
-      <c r="AB70" s="155" t="str">
+      <c r="Z70" s="138"/>
+      <c r="AA70" s="139"/>
+      <c r="AB70" s="135" t="str">
         <f t="shared" ref="AB70:AB98" si="0">IF(R70="","",IF(Z70="",R70,CEILING(R70*Z70,1)))</f>
         <v/>
       </c>
-      <c r="AC70" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ70" s="155" t="str">
+      <c r="AC70" s="136"/>
+      <c r="AD70" s="136"/>
+      <c r="AE70" s="137"/>
+      <c r="AF70" s="132"/>
+      <c r="AG70" s="133"/>
+      <c r="AH70" s="133"/>
+      <c r="AI70" s="134"/>
+      <c r="AJ70" s="135" t="str">
         <f t="shared" ref="AJ70:AJ98" si="1">IF(AB70="","",AB70-AF70)</f>
         <v/>
       </c>
-      <c r="AK70" s="156"/>
-[...1 lines deleted...]
-      <c r="AM70" s="157"/>
+      <c r="AK70" s="136"/>
+      <c r="AL70" s="136"/>
+      <c r="AM70" s="137"/>
       <c r="AN70" s="36" t="str">
         <f>IF(AU70=1,_vst!$C$2,IF(AV70=1,_vst!$C$26,IF(AY70=1,_vst!$C$4,IF(AW70=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR70" s="100" t="str">
         <f t="shared" ref="AR70:AR98" si="2">IF(R70="","",IF(Z70="",V70,CEILING(V70*Z70,1)))</f>
         <v/>
       </c>
       <c r="AS70" s="100" t="str">
         <f>IF(OR(R70="",AT70=1),"",AB70-AR70)</f>
         <v/>
       </c>
       <c r="AT70" s="15">
         <f>IF(OR(K70=_vst!$B$10,K70=_vst!$B$11,K70=_vst!$B$12,K70=_vst!$B$13),1,IF(K70=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU70" s="15">
         <f>IF(AF70&gt;0,IF(AT70&gt;0,1,0),0)</f>
         <v>0</v>
       </c>
       <c r="AV70" s="15">
         <f t="shared" ref="AV70:AV98" si="3">IF(AND($G$65="Ano",AR70&gt;AB70),1,0)</f>
         <v>0</v>
       </c>
       <c r="AW70" s="17">
         <f t="shared" ref="AW70:AW98" si="4">IF(AF70&gt;AB70,1,0)</f>
         <v>0</v>
       </c>
       <c r="AX70" s="37">
         <f t="shared" ref="AX70:AX98" si="5">IF(OR(Y70&lt;&gt;"",Z70&lt;&gt;""),1,0)</f>
         <v>0</v>
       </c>
       <c r="AY70" s="37">
         <f t="shared" ref="AY70:AY98" si="6">IF(OR(AND(Y70="",Z70&lt;&gt;""),AND(Y70&lt;&gt;"",Z70="")),1,0)</f>
         <v>0</v>
       </c>
       <c r="AZ70" s="17">
         <f ca="1">IF(SUM(AU70:AU98,AV70:AV98,AW70:AW98,AT99,AT102,AY70:AY98,AR110,AR65)=0,0,1)</f>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:52" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="161"/>
-[...22 lines deleted...]
-      <c r="X71" s="131"/>
+      <c r="A71" s="165"/>
+      <c r="B71" s="165"/>
+      <c r="C71" s="165"/>
+      <c r="D71" s="165"/>
+      <c r="E71" s="165"/>
+      <c r="F71" s="165"/>
+      <c r="G71" s="165"/>
+      <c r="H71" s="165"/>
+      <c r="I71" s="165"/>
+      <c r="J71" s="165"/>
+      <c r="K71" s="165"/>
+      <c r="L71" s="165"/>
+      <c r="M71" s="165"/>
+      <c r="N71" s="165"/>
+      <c r="O71" s="165"/>
+      <c r="P71" s="165"/>
+      <c r="Q71" s="165"/>
+      <c r="R71" s="132"/>
+      <c r="S71" s="133"/>
+      <c r="T71" s="133"/>
+      <c r="U71" s="134"/>
+      <c r="V71" s="132"/>
+      <c r="W71" s="133"/>
+      <c r="X71" s="134"/>
       <c r="Y71" s="91"/>
-      <c r="Z71" s="246"/>
-[...1 lines deleted...]
-      <c r="AB71" s="155" t="str">
+      <c r="Z71" s="138"/>
+      <c r="AA71" s="139"/>
+      <c r="AB71" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC71" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ71" s="155" t="str">
+      <c r="AC71" s="136"/>
+      <c r="AD71" s="136"/>
+      <c r="AE71" s="137"/>
+      <c r="AF71" s="132"/>
+      <c r="AG71" s="133"/>
+      <c r="AH71" s="133"/>
+      <c r="AI71" s="134"/>
+      <c r="AJ71" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK71" s="156"/>
-[...1 lines deleted...]
-      <c r="AM71" s="157"/>
+      <c r="AK71" s="136"/>
+      <c r="AL71" s="136"/>
+      <c r="AM71" s="137"/>
       <c r="AN71" s="36" t="str">
         <f>IF(AU71=1,_vst!$C$2,IF(AV71=1,_vst!$C$26,IF(AY71=1,_vst!$C$4,IF(AW71=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR71" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS71" s="100" t="str">
         <f t="shared" ref="AS71:AS98" si="7">IF(OR(R71="",AT71=1),"",AB71-AR71)</f>
         <v/>
       </c>
       <c r="AT71" s="15">
         <f>IF(OR(K71=_vst!$B$10,K71=_vst!$B$11,K71=_vst!$B$12,K71=_vst!$B$13),1,IF(K71=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU71" s="15">
         <f t="shared" ref="AU71:AU98" si="8">IF(AF71&gt;0,IF(AT71&gt;0,1,0),0)</f>
         <v>0</v>
       </c>
       <c r="AV71" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW71" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX71" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY71" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:52" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="161"/>
-[...22 lines deleted...]
-      <c r="X72" s="131"/>
+      <c r="A72" s="165"/>
+      <c r="B72" s="165"/>
+      <c r="C72" s="165"/>
+      <c r="D72" s="165"/>
+      <c r="E72" s="165"/>
+      <c r="F72" s="165"/>
+      <c r="G72" s="165"/>
+      <c r="H72" s="165"/>
+      <c r="I72" s="165"/>
+      <c r="J72" s="165"/>
+      <c r="K72" s="165"/>
+      <c r="L72" s="165"/>
+      <c r="M72" s="165"/>
+      <c r="N72" s="165"/>
+      <c r="O72" s="165"/>
+      <c r="P72" s="165"/>
+      <c r="Q72" s="165"/>
+      <c r="R72" s="132"/>
+      <c r="S72" s="133"/>
+      <c r="T72" s="133"/>
+      <c r="U72" s="134"/>
+      <c r="V72" s="132"/>
+      <c r="W72" s="133"/>
+      <c r="X72" s="134"/>
       <c r="Y72" s="91"/>
-      <c r="Z72" s="246"/>
-[...1 lines deleted...]
-      <c r="AB72" s="155" t="str">
+      <c r="Z72" s="138"/>
+      <c r="AA72" s="139"/>
+      <c r="AB72" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC72" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ72" s="155" t="str">
+      <c r="AC72" s="136"/>
+      <c r="AD72" s="136"/>
+      <c r="AE72" s="137"/>
+      <c r="AF72" s="132"/>
+      <c r="AG72" s="133"/>
+      <c r="AH72" s="133"/>
+      <c r="AI72" s="134"/>
+      <c r="AJ72" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK72" s="156"/>
-[...1 lines deleted...]
-      <c r="AM72" s="157"/>
+      <c r="AK72" s="136"/>
+      <c r="AL72" s="136"/>
+      <c r="AM72" s="137"/>
       <c r="AN72" s="36" t="str">
         <f>IF(AU72=1,_vst!$C$2,IF(AV72=1,_vst!$C$26,IF(AY72=1,_vst!$C$4,IF(AW72=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR72" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS72" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT72" s="15">
         <f>IF(OR(K72=_vst!$B$10,K72=_vst!$B$11,K72=_vst!$B$12,K72=_vst!$B$13),1,IF(K72=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU72" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV72" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW72" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX72" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY72" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:52" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A73" s="161"/>
-[...22 lines deleted...]
-      <c r="X73" s="131"/>
+      <c r="A73" s="165"/>
+      <c r="B73" s="165"/>
+      <c r="C73" s="165"/>
+      <c r="D73" s="165"/>
+      <c r="E73" s="165"/>
+      <c r="F73" s="165"/>
+      <c r="G73" s="165"/>
+      <c r="H73" s="165"/>
+      <c r="I73" s="165"/>
+      <c r="J73" s="165"/>
+      <c r="K73" s="165"/>
+      <c r="L73" s="165"/>
+      <c r="M73" s="165"/>
+      <c r="N73" s="165"/>
+      <c r="O73" s="165"/>
+      <c r="P73" s="165"/>
+      <c r="Q73" s="165"/>
+      <c r="R73" s="132"/>
+      <c r="S73" s="133"/>
+      <c r="T73" s="133"/>
+      <c r="U73" s="134"/>
+      <c r="V73" s="132"/>
+      <c r="W73" s="133"/>
+      <c r="X73" s="134"/>
       <c r="Y73" s="91"/>
-      <c r="Z73" s="246"/>
-[...1 lines deleted...]
-      <c r="AB73" s="155" t="str">
+      <c r="Z73" s="138"/>
+      <c r="AA73" s="139"/>
+      <c r="AB73" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC73" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ73" s="155" t="str">
+      <c r="AC73" s="136"/>
+      <c r="AD73" s="136"/>
+      <c r="AE73" s="137"/>
+      <c r="AF73" s="132"/>
+      <c r="AG73" s="133"/>
+      <c r="AH73" s="133"/>
+      <c r="AI73" s="134"/>
+      <c r="AJ73" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK73" s="156"/>
-[...1 lines deleted...]
-      <c r="AM73" s="157"/>
+      <c r="AK73" s="136"/>
+      <c r="AL73" s="136"/>
+      <c r="AM73" s="137"/>
       <c r="AN73" s="36" t="str">
         <f>IF(AU73=1,_vst!$C$2,IF(AV73=1,_vst!$C$26,IF(AY73=1,_vst!$C$4,IF(AW73=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR73" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS73" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT73" s="15">
         <f>IF(OR(K73=_vst!$B$10,K73=_vst!$B$11,K73=_vst!$B$12,K73=_vst!$B$13),1,IF(K73=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU73" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV73" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW73" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX73" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY73" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:52" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="161"/>
-[...22 lines deleted...]
-      <c r="X74" s="131"/>
+      <c r="A74" s="165"/>
+      <c r="B74" s="165"/>
+      <c r="C74" s="165"/>
+      <c r="D74" s="165"/>
+      <c r="E74" s="165"/>
+      <c r="F74" s="165"/>
+      <c r="G74" s="165"/>
+      <c r="H74" s="165"/>
+      <c r="I74" s="165"/>
+      <c r="J74" s="165"/>
+      <c r="K74" s="165"/>
+      <c r="L74" s="165"/>
+      <c r="M74" s="165"/>
+      <c r="N74" s="165"/>
+      <c r="O74" s="165"/>
+      <c r="P74" s="165"/>
+      <c r="Q74" s="165"/>
+      <c r="R74" s="132"/>
+      <c r="S74" s="133"/>
+      <c r="T74" s="133"/>
+      <c r="U74" s="134"/>
+      <c r="V74" s="132"/>
+      <c r="W74" s="133"/>
+      <c r="X74" s="134"/>
       <c r="Y74" s="91"/>
-      <c r="Z74" s="246"/>
-[...1 lines deleted...]
-      <c r="AB74" s="155" t="str">
+      <c r="Z74" s="138"/>
+      <c r="AA74" s="139"/>
+      <c r="AB74" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC74" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ74" s="155" t="str">
+      <c r="AC74" s="136"/>
+      <c r="AD74" s="136"/>
+      <c r="AE74" s="137"/>
+      <c r="AF74" s="132"/>
+      <c r="AG74" s="133"/>
+      <c r="AH74" s="133"/>
+      <c r="AI74" s="134"/>
+      <c r="AJ74" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK74" s="156"/>
-[...1 lines deleted...]
-      <c r="AM74" s="157"/>
+      <c r="AK74" s="136"/>
+      <c r="AL74" s="136"/>
+      <c r="AM74" s="137"/>
       <c r="AN74" s="36" t="str">
         <f>IF(AU74=1,_vst!$C$2,IF(AV74=1,_vst!$C$26,IF(AY74=1,_vst!$C$4,IF(AW74=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR74" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS74" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT74" s="15">
         <f>IF(OR(K74=_vst!$B$10,K74=_vst!$B$11,K74=_vst!$B$12,K74=_vst!$B$13),1,IF(K74=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU74" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV74" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW74" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX74" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY74" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:52" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A75" s="161"/>
-[...22 lines deleted...]
-      <c r="X75" s="131"/>
+      <c r="A75" s="165"/>
+      <c r="B75" s="165"/>
+      <c r="C75" s="165"/>
+      <c r="D75" s="165"/>
+      <c r="E75" s="165"/>
+      <c r="F75" s="165"/>
+      <c r="G75" s="165"/>
+      <c r="H75" s="165"/>
+      <c r="I75" s="165"/>
+      <c r="J75" s="165"/>
+      <c r="K75" s="165"/>
+      <c r="L75" s="165"/>
+      <c r="M75" s="165"/>
+      <c r="N75" s="165"/>
+      <c r="O75" s="165"/>
+      <c r="P75" s="165"/>
+      <c r="Q75" s="165"/>
+      <c r="R75" s="132"/>
+      <c r="S75" s="133"/>
+      <c r="T75" s="133"/>
+      <c r="U75" s="134"/>
+      <c r="V75" s="132"/>
+      <c r="W75" s="133"/>
+      <c r="X75" s="134"/>
       <c r="Y75" s="91"/>
-      <c r="Z75" s="246"/>
-[...1 lines deleted...]
-      <c r="AB75" s="155" t="str">
+      <c r="Z75" s="138"/>
+      <c r="AA75" s="139"/>
+      <c r="AB75" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC75" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ75" s="155" t="str">
+      <c r="AC75" s="136"/>
+      <c r="AD75" s="136"/>
+      <c r="AE75" s="137"/>
+      <c r="AF75" s="132"/>
+      <c r="AG75" s="133"/>
+      <c r="AH75" s="133"/>
+      <c r="AI75" s="134"/>
+      <c r="AJ75" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK75" s="156"/>
-[...1 lines deleted...]
-      <c r="AM75" s="157"/>
+      <c r="AK75" s="136"/>
+      <c r="AL75" s="136"/>
+      <c r="AM75" s="137"/>
       <c r="AN75" s="36" t="str">
         <f>IF(AU75=1,_vst!$C$2,IF(AV75=1,_vst!$C$26,IF(AY75=1,_vst!$C$4,IF(AW75=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR75" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS75" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT75" s="15">
         <f>IF(OR(K75=_vst!$B$10,K75=_vst!$B$11,K75=_vst!$B$12,K75=_vst!$B$13),1,IF(K75=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU75" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV75" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW75" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX75" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY75" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:52" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A76" s="161"/>
-[...22 lines deleted...]
-      <c r="X76" s="131"/>
+      <c r="A76" s="165"/>
+      <c r="B76" s="165"/>
+      <c r="C76" s="165"/>
+      <c r="D76" s="165"/>
+      <c r="E76" s="165"/>
+      <c r="F76" s="165"/>
+      <c r="G76" s="165"/>
+      <c r="H76" s="165"/>
+      <c r="I76" s="165"/>
+      <c r="J76" s="165"/>
+      <c r="K76" s="165"/>
+      <c r="L76" s="165"/>
+      <c r="M76" s="165"/>
+      <c r="N76" s="165"/>
+      <c r="O76" s="165"/>
+      <c r="P76" s="165"/>
+      <c r="Q76" s="165"/>
+      <c r="R76" s="132"/>
+      <c r="S76" s="133"/>
+      <c r="T76" s="133"/>
+      <c r="U76" s="134"/>
+      <c r="V76" s="132"/>
+      <c r="W76" s="133"/>
+      <c r="X76" s="134"/>
       <c r="Y76" s="91"/>
-      <c r="Z76" s="246"/>
-[...1 lines deleted...]
-      <c r="AB76" s="155" t="str">
+      <c r="Z76" s="138"/>
+      <c r="AA76" s="139"/>
+      <c r="AB76" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC76" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ76" s="155" t="str">
+      <c r="AC76" s="136"/>
+      <c r="AD76" s="136"/>
+      <c r="AE76" s="137"/>
+      <c r="AF76" s="132"/>
+      <c r="AG76" s="133"/>
+      <c r="AH76" s="133"/>
+      <c r="AI76" s="134"/>
+      <c r="AJ76" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK76" s="156"/>
-[...1 lines deleted...]
-      <c r="AM76" s="157"/>
+      <c r="AK76" s="136"/>
+      <c r="AL76" s="136"/>
+      <c r="AM76" s="137"/>
       <c r="AN76" s="36" t="str">
         <f>IF(AU76=1,_vst!$C$2,IF(AV76=1,_vst!$C$26,IF(AY76=1,_vst!$C$4,IF(AW76=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR76" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS76" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT76" s="15">
         <f>IF(OR(K76=_vst!$B$10,K76=_vst!$B$11,K76=_vst!$B$12,K76=_vst!$B$13),1,IF(K76=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU76" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV76" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW76" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX76" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY76" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:52" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="132"/>
-[...22 lines deleted...]
-      <c r="X77" s="131"/>
+      <c r="A77" s="129"/>
+      <c r="B77" s="130"/>
+      <c r="C77" s="130"/>
+      <c r="D77" s="130"/>
+      <c r="E77" s="130"/>
+      <c r="F77" s="130"/>
+      <c r="G77" s="130"/>
+      <c r="H77" s="130"/>
+      <c r="I77" s="130"/>
+      <c r="J77" s="131"/>
+      <c r="K77" s="165"/>
+      <c r="L77" s="165"/>
+      <c r="M77" s="165"/>
+      <c r="N77" s="165"/>
+      <c r="O77" s="165"/>
+      <c r="P77" s="165"/>
+      <c r="Q77" s="165"/>
+      <c r="R77" s="132"/>
+      <c r="S77" s="133"/>
+      <c r="T77" s="133"/>
+      <c r="U77" s="134"/>
+      <c r="V77" s="132"/>
+      <c r="W77" s="133"/>
+      <c r="X77" s="134"/>
       <c r="Y77" s="91"/>
-      <c r="Z77" s="246"/>
-[...1 lines deleted...]
-      <c r="AB77" s="155" t="str">
+      <c r="Z77" s="138"/>
+      <c r="AA77" s="139"/>
+      <c r="AB77" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC77" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ77" s="155" t="str">
+      <c r="AC77" s="136"/>
+      <c r="AD77" s="136"/>
+      <c r="AE77" s="137"/>
+      <c r="AF77" s="132"/>
+      <c r="AG77" s="133"/>
+      <c r="AH77" s="133"/>
+      <c r="AI77" s="134"/>
+      <c r="AJ77" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK77" s="156"/>
-[...1 lines deleted...]
-      <c r="AM77" s="157"/>
+      <c r="AK77" s="136"/>
+      <c r="AL77" s="136"/>
+      <c r="AM77" s="137"/>
       <c r="AN77" s="36" t="str">
         <f>IF(AU77=1,_vst!$C$2,IF(AV77=1,_vst!$C$26,IF(AY77=1,_vst!$C$4,IF(AW77=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR77" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS77" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT77" s="15">
         <f>IF(OR(K77=_vst!$B$10,K77=_vst!$B$11,K77=_vst!$B$12,K77=_vst!$B$13),1,IF(K77=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU77" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV77" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW77" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX77" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY77" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:52" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="132"/>
-[...22 lines deleted...]
-      <c r="X78" s="131"/>
+      <c r="A78" s="129"/>
+      <c r="B78" s="130"/>
+      <c r="C78" s="130"/>
+      <c r="D78" s="130"/>
+      <c r="E78" s="130"/>
+      <c r="F78" s="130"/>
+      <c r="G78" s="130"/>
+      <c r="H78" s="130"/>
+      <c r="I78" s="130"/>
+      <c r="J78" s="131"/>
+      <c r="K78" s="165"/>
+      <c r="L78" s="165"/>
+      <c r="M78" s="165"/>
+      <c r="N78" s="165"/>
+      <c r="O78" s="165"/>
+      <c r="P78" s="165"/>
+      <c r="Q78" s="165"/>
+      <c r="R78" s="132"/>
+      <c r="S78" s="133"/>
+      <c r="T78" s="133"/>
+      <c r="U78" s="134"/>
+      <c r="V78" s="132"/>
+      <c r="W78" s="133"/>
+      <c r="X78" s="134"/>
       <c r="Y78" s="91"/>
-      <c r="Z78" s="246"/>
-[...1 lines deleted...]
-      <c r="AB78" s="155" t="str">
+      <c r="Z78" s="138"/>
+      <c r="AA78" s="139"/>
+      <c r="AB78" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC78" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ78" s="155" t="str">
+      <c r="AC78" s="136"/>
+      <c r="AD78" s="136"/>
+      <c r="AE78" s="137"/>
+      <c r="AF78" s="132"/>
+      <c r="AG78" s="133"/>
+      <c r="AH78" s="133"/>
+      <c r="AI78" s="134"/>
+      <c r="AJ78" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK78" s="156"/>
-[...1 lines deleted...]
-      <c r="AM78" s="157"/>
+      <c r="AK78" s="136"/>
+      <c r="AL78" s="136"/>
+      <c r="AM78" s="137"/>
       <c r="AN78" s="36" t="str">
         <f>IF(AU78=1,_vst!$C$2,IF(AV78=1,_vst!$C$26,IF(AY78=1,_vst!$C$4,IF(AW78=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR78" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS78" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT78" s="15">
         <f>IF(OR(K78=_vst!$B$10,K78=_vst!$B$11,K78=_vst!$B$12,K78=_vst!$B$13),1,IF(K78=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU78" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV78" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW78" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX78" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY78" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:52" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A79" s="132"/>
-[...22 lines deleted...]
-      <c r="X79" s="131"/>
+      <c r="A79" s="129"/>
+      <c r="B79" s="130"/>
+      <c r="C79" s="130"/>
+      <c r="D79" s="130"/>
+      <c r="E79" s="130"/>
+      <c r="F79" s="130"/>
+      <c r="G79" s="130"/>
+      <c r="H79" s="130"/>
+      <c r="I79" s="130"/>
+      <c r="J79" s="131"/>
+      <c r="K79" s="165"/>
+      <c r="L79" s="165"/>
+      <c r="M79" s="165"/>
+      <c r="N79" s="165"/>
+      <c r="O79" s="165"/>
+      <c r="P79" s="165"/>
+      <c r="Q79" s="165"/>
+      <c r="R79" s="132"/>
+      <c r="S79" s="133"/>
+      <c r="T79" s="133"/>
+      <c r="U79" s="134"/>
+      <c r="V79" s="132"/>
+      <c r="W79" s="133"/>
+      <c r="X79" s="134"/>
       <c r="Y79" s="91"/>
-      <c r="Z79" s="246"/>
-[...1 lines deleted...]
-      <c r="AB79" s="155" t="str">
+      <c r="Z79" s="138"/>
+      <c r="AA79" s="139"/>
+      <c r="AB79" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC79" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ79" s="155" t="str">
+      <c r="AC79" s="136"/>
+      <c r="AD79" s="136"/>
+      <c r="AE79" s="137"/>
+      <c r="AF79" s="132"/>
+      <c r="AG79" s="133"/>
+      <c r="AH79" s="133"/>
+      <c r="AI79" s="134"/>
+      <c r="AJ79" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK79" s="156"/>
-[...1 lines deleted...]
-      <c r="AM79" s="157"/>
+      <c r="AK79" s="136"/>
+      <c r="AL79" s="136"/>
+      <c r="AM79" s="137"/>
       <c r="AN79" s="36" t="str">
         <f>IF(AU79=1,_vst!$C$2,IF(AV79=1,_vst!$C$26,IF(AY79=1,_vst!$C$4,IF(AW79=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR79" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS79" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT79" s="15">
         <f>IF(OR(K79=_vst!$B$10,K79=_vst!$B$11,K79=_vst!$B$12,K79=_vst!$B$13),1,IF(K79=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU79" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV79" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW79" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX79" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY79" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:52" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="132"/>
-[...22 lines deleted...]
-      <c r="X80" s="131"/>
+      <c r="A80" s="129"/>
+      <c r="B80" s="130"/>
+      <c r="C80" s="130"/>
+      <c r="D80" s="130"/>
+      <c r="E80" s="130"/>
+      <c r="F80" s="130"/>
+      <c r="G80" s="130"/>
+      <c r="H80" s="130"/>
+      <c r="I80" s="130"/>
+      <c r="J80" s="131"/>
+      <c r="K80" s="165"/>
+      <c r="L80" s="165"/>
+      <c r="M80" s="165"/>
+      <c r="N80" s="165"/>
+      <c r="O80" s="165"/>
+      <c r="P80" s="165"/>
+      <c r="Q80" s="165"/>
+      <c r="R80" s="132"/>
+      <c r="S80" s="133"/>
+      <c r="T80" s="133"/>
+      <c r="U80" s="134"/>
+      <c r="V80" s="132"/>
+      <c r="W80" s="133"/>
+      <c r="X80" s="134"/>
       <c r="Y80" s="91"/>
-      <c r="Z80" s="246"/>
-[...1 lines deleted...]
-      <c r="AB80" s="155" t="str">
+      <c r="Z80" s="138"/>
+      <c r="AA80" s="139"/>
+      <c r="AB80" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC80" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ80" s="155" t="str">
+      <c r="AC80" s="136"/>
+      <c r="AD80" s="136"/>
+      <c r="AE80" s="137"/>
+      <c r="AF80" s="132"/>
+      <c r="AG80" s="133"/>
+      <c r="AH80" s="133"/>
+      <c r="AI80" s="134"/>
+      <c r="AJ80" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK80" s="156"/>
-[...1 lines deleted...]
-      <c r="AM80" s="157"/>
+      <c r="AK80" s="136"/>
+      <c r="AL80" s="136"/>
+      <c r="AM80" s="137"/>
       <c r="AN80" s="36" t="str">
         <f>IF(AU80=1,_vst!$C$2,IF(AV80=1,_vst!$C$26,IF(AY80=1,_vst!$C$4,IF(AW80=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR80" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS80" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT80" s="15">
         <f>IF(OR(K80=_vst!$B$10,K80=_vst!$B$11,K80=_vst!$B$12,K80=_vst!$B$13),1,IF(K80=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU80" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV80" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW80" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX80" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY80" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A81" s="132"/>
-[...22 lines deleted...]
-      <c r="X81" s="131"/>
+      <c r="A81" s="129"/>
+      <c r="B81" s="130"/>
+      <c r="C81" s="130"/>
+      <c r="D81" s="130"/>
+      <c r="E81" s="130"/>
+      <c r="F81" s="130"/>
+      <c r="G81" s="130"/>
+      <c r="H81" s="130"/>
+      <c r="I81" s="130"/>
+      <c r="J81" s="131"/>
+      <c r="K81" s="165"/>
+      <c r="L81" s="165"/>
+      <c r="M81" s="165"/>
+      <c r="N81" s="165"/>
+      <c r="O81" s="165"/>
+      <c r="P81" s="165"/>
+      <c r="Q81" s="165"/>
+      <c r="R81" s="132"/>
+      <c r="S81" s="133"/>
+      <c r="T81" s="133"/>
+      <c r="U81" s="134"/>
+      <c r="V81" s="132"/>
+      <c r="W81" s="133"/>
+      <c r="X81" s="134"/>
       <c r="Y81" s="91"/>
-      <c r="Z81" s="246"/>
-[...1 lines deleted...]
-      <c r="AB81" s="155" t="str">
+      <c r="Z81" s="138"/>
+      <c r="AA81" s="139"/>
+      <c r="AB81" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC81" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ81" s="155" t="str">
+      <c r="AC81" s="136"/>
+      <c r="AD81" s="136"/>
+      <c r="AE81" s="137"/>
+      <c r="AF81" s="132"/>
+      <c r="AG81" s="133"/>
+      <c r="AH81" s="133"/>
+      <c r="AI81" s="134"/>
+      <c r="AJ81" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK81" s="156"/>
-[...1 lines deleted...]
-      <c r="AM81" s="157"/>
+      <c r="AK81" s="136"/>
+      <c r="AL81" s="136"/>
+      <c r="AM81" s="137"/>
       <c r="AN81" s="36" t="str">
         <f>IF(AU81=1,_vst!$C$2,IF(AV81=1,_vst!$C$26,IF(AY81=1,_vst!$C$4,IF(AW81=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR81" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS81" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT81" s="15">
         <f>IF(OR(K81=_vst!$B$10,K81=_vst!$B$11,K81=_vst!$B$12,K81=_vst!$B$13),1,IF(K81=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU81" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV81" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW81" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX81" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY81" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="132"/>
-[...22 lines deleted...]
-      <c r="X82" s="131"/>
+      <c r="A82" s="129"/>
+      <c r="B82" s="130"/>
+      <c r="C82" s="130"/>
+      <c r="D82" s="130"/>
+      <c r="E82" s="130"/>
+      <c r="F82" s="130"/>
+      <c r="G82" s="130"/>
+      <c r="H82" s="130"/>
+      <c r="I82" s="130"/>
+      <c r="J82" s="131"/>
+      <c r="K82" s="165"/>
+      <c r="L82" s="165"/>
+      <c r="M82" s="165"/>
+      <c r="N82" s="165"/>
+      <c r="O82" s="165"/>
+      <c r="P82" s="165"/>
+      <c r="Q82" s="165"/>
+      <c r="R82" s="132"/>
+      <c r="S82" s="133"/>
+      <c r="T82" s="133"/>
+      <c r="U82" s="134"/>
+      <c r="V82" s="132"/>
+      <c r="W82" s="133"/>
+      <c r="X82" s="134"/>
       <c r="Y82" s="91"/>
-      <c r="Z82" s="246"/>
-[...1 lines deleted...]
-      <c r="AB82" s="155" t="str">
+      <c r="Z82" s="138"/>
+      <c r="AA82" s="139"/>
+      <c r="AB82" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC82" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ82" s="155" t="str">
+      <c r="AC82" s="136"/>
+      <c r="AD82" s="136"/>
+      <c r="AE82" s="137"/>
+      <c r="AF82" s="132"/>
+      <c r="AG82" s="133"/>
+      <c r="AH82" s="133"/>
+      <c r="AI82" s="134"/>
+      <c r="AJ82" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK82" s="156"/>
-[...1 lines deleted...]
-      <c r="AM82" s="157"/>
+      <c r="AK82" s="136"/>
+      <c r="AL82" s="136"/>
+      <c r="AM82" s="137"/>
       <c r="AN82" s="36" t="str">
         <f>IF(AU82=1,_vst!$C$2,IF(AV82=1,_vst!$C$26,IF(AY82=1,_vst!$C$4,IF(AW82=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR82" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS82" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT82" s="15">
         <f>IF(OR(K82=_vst!$B$10,K82=_vst!$B$11,K82=_vst!$B$12,K82=_vst!$B$13),1,IF(K82=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU82" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV82" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW82" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX82" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY82" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A83" s="132"/>
-[...22 lines deleted...]
-      <c r="X83" s="131"/>
+      <c r="A83" s="129"/>
+      <c r="B83" s="130"/>
+      <c r="C83" s="130"/>
+      <c r="D83" s="130"/>
+      <c r="E83" s="130"/>
+      <c r="F83" s="130"/>
+      <c r="G83" s="130"/>
+      <c r="H83" s="130"/>
+      <c r="I83" s="130"/>
+      <c r="J83" s="131"/>
+      <c r="K83" s="165"/>
+      <c r="L83" s="165"/>
+      <c r="M83" s="165"/>
+      <c r="N83" s="165"/>
+      <c r="O83" s="165"/>
+      <c r="P83" s="165"/>
+      <c r="Q83" s="165"/>
+      <c r="R83" s="132"/>
+      <c r="S83" s="133"/>
+      <c r="T83" s="133"/>
+      <c r="U83" s="134"/>
+      <c r="V83" s="132"/>
+      <c r="W83" s="133"/>
+      <c r="X83" s="134"/>
       <c r="Y83" s="91"/>
-      <c r="Z83" s="246"/>
-[...1 lines deleted...]
-      <c r="AB83" s="155" t="str">
+      <c r="Z83" s="138"/>
+      <c r="AA83" s="139"/>
+      <c r="AB83" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC83" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ83" s="155" t="str">
+      <c r="AC83" s="136"/>
+      <c r="AD83" s="136"/>
+      <c r="AE83" s="137"/>
+      <c r="AF83" s="132"/>
+      <c r="AG83" s="133"/>
+      <c r="AH83" s="133"/>
+      <c r="AI83" s="134"/>
+      <c r="AJ83" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK83" s="156"/>
-[...1 lines deleted...]
-      <c r="AM83" s="157"/>
+      <c r="AK83" s="136"/>
+      <c r="AL83" s="136"/>
+      <c r="AM83" s="137"/>
       <c r="AN83" s="36" t="str">
         <f>IF(AU83=1,_vst!$C$2,IF(AV83=1,_vst!$C$26,IF(AY83=1,_vst!$C$4,IF(AW83=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR83" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS83" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT83" s="15">
         <f>IF(OR(K83=_vst!$B$10,K83=_vst!$B$11,K83=_vst!$B$12,K83=_vst!$B$13),1,IF(K83=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU83" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV83" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW83" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX83" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY83" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A84" s="132"/>
-[...22 lines deleted...]
-      <c r="X84" s="131"/>
+      <c r="A84" s="129"/>
+      <c r="B84" s="130"/>
+      <c r="C84" s="130"/>
+      <c r="D84" s="130"/>
+      <c r="E84" s="130"/>
+      <c r="F84" s="130"/>
+      <c r="G84" s="130"/>
+      <c r="H84" s="130"/>
+      <c r="I84" s="130"/>
+      <c r="J84" s="131"/>
+      <c r="K84" s="165"/>
+      <c r="L84" s="165"/>
+      <c r="M84" s="165"/>
+      <c r="N84" s="165"/>
+      <c r="O84" s="165"/>
+      <c r="P84" s="165"/>
+      <c r="Q84" s="165"/>
+      <c r="R84" s="132"/>
+      <c r="S84" s="133"/>
+      <c r="T84" s="133"/>
+      <c r="U84" s="134"/>
+      <c r="V84" s="132"/>
+      <c r="W84" s="133"/>
+      <c r="X84" s="134"/>
       <c r="Y84" s="91"/>
-      <c r="Z84" s="246"/>
-[...1 lines deleted...]
-      <c r="AB84" s="155" t="str">
+      <c r="Z84" s="138"/>
+      <c r="AA84" s="139"/>
+      <c r="AB84" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC84" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ84" s="155" t="str">
+      <c r="AC84" s="136"/>
+      <c r="AD84" s="136"/>
+      <c r="AE84" s="137"/>
+      <c r="AF84" s="132"/>
+      <c r="AG84" s="133"/>
+      <c r="AH84" s="133"/>
+      <c r="AI84" s="134"/>
+      <c r="AJ84" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK84" s="156"/>
-[...1 lines deleted...]
-      <c r="AM84" s="157"/>
+      <c r="AK84" s="136"/>
+      <c r="AL84" s="136"/>
+      <c r="AM84" s="137"/>
       <c r="AN84" s="36" t="str">
         <f>IF(AU84=1,_vst!$C$2,IF(AV84=1,_vst!$C$26,IF(AY84=1,_vst!$C$4,IF(AW84=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR84" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS84" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT84" s="15">
         <f>IF(OR(K84=_vst!$B$10,K84=_vst!$B$11,K84=_vst!$B$12,K84=_vst!$B$13),1,IF(K84=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU84" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV84" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW84" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX84" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY84" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A85" s="132"/>
-[...22 lines deleted...]
-      <c r="X85" s="131"/>
+      <c r="A85" s="129"/>
+      <c r="B85" s="130"/>
+      <c r="C85" s="130"/>
+      <c r="D85" s="130"/>
+      <c r="E85" s="130"/>
+      <c r="F85" s="130"/>
+      <c r="G85" s="130"/>
+      <c r="H85" s="130"/>
+      <c r="I85" s="130"/>
+      <c r="J85" s="131"/>
+      <c r="K85" s="165"/>
+      <c r="L85" s="165"/>
+      <c r="M85" s="165"/>
+      <c r="N85" s="165"/>
+      <c r="O85" s="165"/>
+      <c r="P85" s="165"/>
+      <c r="Q85" s="165"/>
+      <c r="R85" s="132"/>
+      <c r="S85" s="133"/>
+      <c r="T85" s="133"/>
+      <c r="U85" s="134"/>
+      <c r="V85" s="132"/>
+      <c r="W85" s="133"/>
+      <c r="X85" s="134"/>
       <c r="Y85" s="91"/>
-      <c r="Z85" s="246"/>
-[...1 lines deleted...]
-      <c r="AB85" s="155" t="str">
+      <c r="Z85" s="138"/>
+      <c r="AA85" s="139"/>
+      <c r="AB85" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC85" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ85" s="155" t="str">
+      <c r="AC85" s="136"/>
+      <c r="AD85" s="136"/>
+      <c r="AE85" s="137"/>
+      <c r="AF85" s="132"/>
+      <c r="AG85" s="133"/>
+      <c r="AH85" s="133"/>
+      <c r="AI85" s="134"/>
+      <c r="AJ85" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK85" s="156"/>
-[...1 lines deleted...]
-      <c r="AM85" s="157"/>
+      <c r="AK85" s="136"/>
+      <c r="AL85" s="136"/>
+      <c r="AM85" s="137"/>
       <c r="AN85" s="36" t="str">
         <f>IF(AU85=1,_vst!$C$2,IF(AV85=1,_vst!$C$26,IF(AY85=1,_vst!$C$4,IF(AW85=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR85" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS85" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT85" s="15">
         <f>IF(OR(K85=_vst!$B$10,K85=_vst!$B$11,K85=_vst!$B$12,K85=_vst!$B$13),1,IF(K85=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU85" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV85" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW85" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX85" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY85" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="132"/>
-[...22 lines deleted...]
-      <c r="X86" s="131"/>
+      <c r="A86" s="129"/>
+      <c r="B86" s="130"/>
+      <c r="C86" s="130"/>
+      <c r="D86" s="130"/>
+      <c r="E86" s="130"/>
+      <c r="F86" s="130"/>
+      <c r="G86" s="130"/>
+      <c r="H86" s="130"/>
+      <c r="I86" s="130"/>
+      <c r="J86" s="131"/>
+      <c r="K86" s="165"/>
+      <c r="L86" s="165"/>
+      <c r="M86" s="165"/>
+      <c r="N86" s="165"/>
+      <c r="O86" s="165"/>
+      <c r="P86" s="165"/>
+      <c r="Q86" s="165"/>
+      <c r="R86" s="132"/>
+      <c r="S86" s="133"/>
+      <c r="T86" s="133"/>
+      <c r="U86" s="134"/>
+      <c r="V86" s="132"/>
+      <c r="W86" s="133"/>
+      <c r="X86" s="134"/>
       <c r="Y86" s="91"/>
-      <c r="Z86" s="246"/>
-[...1 lines deleted...]
-      <c r="AB86" s="155" t="str">
+      <c r="Z86" s="138"/>
+      <c r="AA86" s="139"/>
+      <c r="AB86" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC86" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ86" s="155" t="str">
+      <c r="AC86" s="136"/>
+      <c r="AD86" s="136"/>
+      <c r="AE86" s="137"/>
+      <c r="AF86" s="132"/>
+      <c r="AG86" s="133"/>
+      <c r="AH86" s="133"/>
+      <c r="AI86" s="134"/>
+      <c r="AJ86" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK86" s="156"/>
-[...1 lines deleted...]
-      <c r="AM86" s="157"/>
+      <c r="AK86" s="136"/>
+      <c r="AL86" s="136"/>
+      <c r="AM86" s="137"/>
       <c r="AN86" s="36" t="str">
         <f>IF(AU86=1,_vst!$C$2,IF(AV86=1,_vst!$C$26,IF(AY86=1,_vst!$C$4,IF(AW86=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR86" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS86" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT86" s="15">
         <f>IF(OR(K86=_vst!$B$10,K86=_vst!$B$11,K86=_vst!$B$12,K86=_vst!$B$13),1,IF(K86=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU86" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV86" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW86" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX86" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY86" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="132"/>
-[...22 lines deleted...]
-      <c r="X87" s="131"/>
+      <c r="A87" s="129"/>
+      <c r="B87" s="130"/>
+      <c r="C87" s="130"/>
+      <c r="D87" s="130"/>
+      <c r="E87" s="130"/>
+      <c r="F87" s="130"/>
+      <c r="G87" s="130"/>
+      <c r="H87" s="130"/>
+      <c r="I87" s="130"/>
+      <c r="J87" s="131"/>
+      <c r="K87" s="165"/>
+      <c r="L87" s="165"/>
+      <c r="M87" s="165"/>
+      <c r="N87" s="165"/>
+      <c r="O87" s="165"/>
+      <c r="P87" s="165"/>
+      <c r="Q87" s="165"/>
+      <c r="R87" s="132"/>
+      <c r="S87" s="133"/>
+      <c r="T87" s="133"/>
+      <c r="U87" s="134"/>
+      <c r="V87" s="132"/>
+      <c r="W87" s="133"/>
+      <c r="X87" s="134"/>
       <c r="Y87" s="91"/>
-      <c r="Z87" s="246"/>
-[...1 lines deleted...]
-      <c r="AB87" s="155" t="str">
+      <c r="Z87" s="138"/>
+      <c r="AA87" s="139"/>
+      <c r="AB87" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC87" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ87" s="155" t="str">
+      <c r="AC87" s="136"/>
+      <c r="AD87" s="136"/>
+      <c r="AE87" s="137"/>
+      <c r="AF87" s="132"/>
+      <c r="AG87" s="133"/>
+      <c r="AH87" s="133"/>
+      <c r="AI87" s="134"/>
+      <c r="AJ87" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK87" s="156"/>
-[...1 lines deleted...]
-      <c r="AM87" s="157"/>
+      <c r="AK87" s="136"/>
+      <c r="AL87" s="136"/>
+      <c r="AM87" s="137"/>
       <c r="AN87" s="36" t="str">
         <f>IF(AU87=1,_vst!$C$2,IF(AV87=1,_vst!$C$26,IF(AY87=1,_vst!$C$4,IF(AW87=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR87" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS87" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT87" s="15">
         <f>IF(OR(K87=_vst!$B$10,K87=_vst!$B$11,K87=_vst!$B$12,K87=_vst!$B$13),1,IF(K87=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU87" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV87" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW87" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX87" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY87" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="132"/>
-[...22 lines deleted...]
-      <c r="X88" s="131"/>
+      <c r="A88" s="129"/>
+      <c r="B88" s="130"/>
+      <c r="C88" s="130"/>
+      <c r="D88" s="130"/>
+      <c r="E88" s="130"/>
+      <c r="F88" s="130"/>
+      <c r="G88" s="130"/>
+      <c r="H88" s="130"/>
+      <c r="I88" s="130"/>
+      <c r="J88" s="131"/>
+      <c r="K88" s="129"/>
+      <c r="L88" s="130"/>
+      <c r="M88" s="130"/>
+      <c r="N88" s="130"/>
+      <c r="O88" s="130"/>
+      <c r="P88" s="130"/>
+      <c r="Q88" s="131"/>
+      <c r="R88" s="132"/>
+      <c r="S88" s="133"/>
+      <c r="T88" s="133"/>
+      <c r="U88" s="134"/>
+      <c r="V88" s="132"/>
+      <c r="W88" s="133"/>
+      <c r="X88" s="134"/>
       <c r="Y88" s="91"/>
-      <c r="Z88" s="246"/>
-[...1 lines deleted...]
-      <c r="AB88" s="155" t="str">
+      <c r="Z88" s="138"/>
+      <c r="AA88" s="139"/>
+      <c r="AB88" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC88" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ88" s="155" t="str">
+      <c r="AC88" s="136"/>
+      <c r="AD88" s="136"/>
+      <c r="AE88" s="137"/>
+      <c r="AF88" s="132"/>
+      <c r="AG88" s="133"/>
+      <c r="AH88" s="133"/>
+      <c r="AI88" s="134"/>
+      <c r="AJ88" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK88" s="156"/>
-[...1 lines deleted...]
-      <c r="AM88" s="157"/>
+      <c r="AK88" s="136"/>
+      <c r="AL88" s="136"/>
+      <c r="AM88" s="137"/>
       <c r="AN88" s="36" t="str">
         <f>IF(AU88=1,_vst!$C$2,IF(AV88=1,_vst!$C$26,IF(AY88=1,_vst!$C$4,IF(AW88=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR88" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS88" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT88" s="15">
         <f>IF(OR(K88=_vst!$B$10,K88=_vst!$B$11,K88=_vst!$B$12,K88=_vst!$B$13),1,IF(K88=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU88" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV88" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW88" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX88" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY88" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A89" s="132"/>
-[...22 lines deleted...]
-      <c r="X89" s="131"/>
+      <c r="A89" s="129"/>
+      <c r="B89" s="130"/>
+      <c r="C89" s="130"/>
+      <c r="D89" s="130"/>
+      <c r="E89" s="130"/>
+      <c r="F89" s="130"/>
+      <c r="G89" s="130"/>
+      <c r="H89" s="130"/>
+      <c r="I89" s="130"/>
+      <c r="J89" s="131"/>
+      <c r="K89" s="129"/>
+      <c r="L89" s="130"/>
+      <c r="M89" s="130"/>
+      <c r="N89" s="130"/>
+      <c r="O89" s="130"/>
+      <c r="P89" s="130"/>
+      <c r="Q89" s="131"/>
+      <c r="R89" s="132"/>
+      <c r="S89" s="133"/>
+      <c r="T89" s="133"/>
+      <c r="U89" s="134"/>
+      <c r="V89" s="132"/>
+      <c r="W89" s="133"/>
+      <c r="X89" s="134"/>
       <c r="Y89" s="91"/>
-      <c r="Z89" s="246"/>
-[...1 lines deleted...]
-      <c r="AB89" s="155" t="str">
+      <c r="Z89" s="138"/>
+      <c r="AA89" s="139"/>
+      <c r="AB89" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC89" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ89" s="155" t="str">
+      <c r="AC89" s="136"/>
+      <c r="AD89" s="136"/>
+      <c r="AE89" s="137"/>
+      <c r="AF89" s="132"/>
+      <c r="AG89" s="133"/>
+      <c r="AH89" s="133"/>
+      <c r="AI89" s="134"/>
+      <c r="AJ89" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK89" s="156"/>
-[...1 lines deleted...]
-      <c r="AM89" s="157"/>
+      <c r="AK89" s="136"/>
+      <c r="AL89" s="136"/>
+      <c r="AM89" s="137"/>
       <c r="AN89" s="36" t="str">
         <f>IF(AU89=1,_vst!$C$2,IF(AV89=1,_vst!$C$26,IF(AY89=1,_vst!$C$4,IF(AW89=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR89" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS89" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT89" s="15">
         <f>IF(OR(K89=_vst!$B$10,K89=_vst!$B$11,K89=_vst!$B$12,K89=_vst!$B$13),1,IF(K89=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU89" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV89" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW89" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX89" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY89" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="132"/>
-[...22 lines deleted...]
-      <c r="X90" s="131"/>
+      <c r="A90" s="129"/>
+      <c r="B90" s="130"/>
+      <c r="C90" s="130"/>
+      <c r="D90" s="130"/>
+      <c r="E90" s="130"/>
+      <c r="F90" s="130"/>
+      <c r="G90" s="130"/>
+      <c r="H90" s="130"/>
+      <c r="I90" s="130"/>
+      <c r="J90" s="131"/>
+      <c r="K90" s="129"/>
+      <c r="L90" s="130"/>
+      <c r="M90" s="130"/>
+      <c r="N90" s="130"/>
+      <c r="O90" s="130"/>
+      <c r="P90" s="130"/>
+      <c r="Q90" s="131"/>
+      <c r="R90" s="132"/>
+      <c r="S90" s="133"/>
+      <c r="T90" s="133"/>
+      <c r="U90" s="134"/>
+      <c r="V90" s="132"/>
+      <c r="W90" s="133"/>
+      <c r="X90" s="134"/>
       <c r="Y90" s="91"/>
-      <c r="Z90" s="246"/>
-[...1 lines deleted...]
-      <c r="AB90" s="155" t="str">
+      <c r="Z90" s="138"/>
+      <c r="AA90" s="139"/>
+      <c r="AB90" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC90" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ90" s="155" t="str">
+      <c r="AC90" s="136"/>
+      <c r="AD90" s="136"/>
+      <c r="AE90" s="137"/>
+      <c r="AF90" s="132"/>
+      <c r="AG90" s="133"/>
+      <c r="AH90" s="133"/>
+      <c r="AI90" s="134"/>
+      <c r="AJ90" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK90" s="156"/>
-[...1 lines deleted...]
-      <c r="AM90" s="157"/>
+      <c r="AK90" s="136"/>
+      <c r="AL90" s="136"/>
+      <c r="AM90" s="137"/>
       <c r="AN90" s="36" t="str">
         <f>IF(AU90=1,_vst!$C$2,IF(AV90=1,_vst!$C$26,IF(AY90=1,_vst!$C$4,IF(AW90=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR90" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS90" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT90" s="15">
         <f>IF(OR(K90=_vst!$B$10,K90=_vst!$B$11,K90=_vst!$B$12,K90=_vst!$B$13),1,IF(K90=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU90" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV90" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW90" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX90" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY90" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A91" s="132"/>
-[...22 lines deleted...]
-      <c r="X91" s="131"/>
+      <c r="A91" s="129"/>
+      <c r="B91" s="130"/>
+      <c r="C91" s="130"/>
+      <c r="D91" s="130"/>
+      <c r="E91" s="130"/>
+      <c r="F91" s="130"/>
+      <c r="G91" s="130"/>
+      <c r="H91" s="130"/>
+      <c r="I91" s="130"/>
+      <c r="J91" s="131"/>
+      <c r="K91" s="129"/>
+      <c r="L91" s="130"/>
+      <c r="M91" s="130"/>
+      <c r="N91" s="130"/>
+      <c r="O91" s="130"/>
+      <c r="P91" s="130"/>
+      <c r="Q91" s="131"/>
+      <c r="R91" s="132"/>
+      <c r="S91" s="133"/>
+      <c r="T91" s="133"/>
+      <c r="U91" s="134"/>
+      <c r="V91" s="132"/>
+      <c r="W91" s="133"/>
+      <c r="X91" s="134"/>
       <c r="Y91" s="91"/>
-      <c r="Z91" s="246"/>
-[...1 lines deleted...]
-      <c r="AB91" s="155" t="str">
+      <c r="Z91" s="138"/>
+      <c r="AA91" s="139"/>
+      <c r="AB91" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC91" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ91" s="155" t="str">
+      <c r="AC91" s="136"/>
+      <c r="AD91" s="136"/>
+      <c r="AE91" s="137"/>
+      <c r="AF91" s="132"/>
+      <c r="AG91" s="133"/>
+      <c r="AH91" s="133"/>
+      <c r="AI91" s="134"/>
+      <c r="AJ91" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK91" s="156"/>
-[...1 lines deleted...]
-      <c r="AM91" s="157"/>
+      <c r="AK91" s="136"/>
+      <c r="AL91" s="136"/>
+      <c r="AM91" s="137"/>
       <c r="AN91" s="36" t="str">
         <f>IF(AU91=1,_vst!$C$2,IF(AV91=1,_vst!$C$26,IF(AY91=1,_vst!$C$4,IF(AW91=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR91" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS91" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT91" s="15">
         <f>IF(OR(K91=_vst!$B$10,K91=_vst!$B$11,K91=_vst!$B$12,K91=_vst!$B$13),1,IF(K91=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU91" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV91" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW91" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX91" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY91" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="132"/>
-[...22 lines deleted...]
-      <c r="X92" s="131"/>
+      <c r="A92" s="129"/>
+      <c r="B92" s="130"/>
+      <c r="C92" s="130"/>
+      <c r="D92" s="130"/>
+      <c r="E92" s="130"/>
+      <c r="F92" s="130"/>
+      <c r="G92" s="130"/>
+      <c r="H92" s="130"/>
+      <c r="I92" s="130"/>
+      <c r="J92" s="131"/>
+      <c r="K92" s="165"/>
+      <c r="L92" s="165"/>
+      <c r="M92" s="165"/>
+      <c r="N92" s="165"/>
+      <c r="O92" s="165"/>
+      <c r="P92" s="165"/>
+      <c r="Q92" s="165"/>
+      <c r="R92" s="132"/>
+      <c r="S92" s="133"/>
+      <c r="T92" s="133"/>
+      <c r="U92" s="134"/>
+      <c r="V92" s="132"/>
+      <c r="W92" s="133"/>
+      <c r="X92" s="134"/>
       <c r="Y92" s="91"/>
-      <c r="Z92" s="246"/>
-[...1 lines deleted...]
-      <c r="AB92" s="155" t="str">
+      <c r="Z92" s="138"/>
+      <c r="AA92" s="139"/>
+      <c r="AB92" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC92" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ92" s="155" t="str">
+      <c r="AC92" s="136"/>
+      <c r="AD92" s="136"/>
+      <c r="AE92" s="137"/>
+      <c r="AF92" s="132"/>
+      <c r="AG92" s="133"/>
+      <c r="AH92" s="133"/>
+      <c r="AI92" s="134"/>
+      <c r="AJ92" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK92" s="156"/>
-[...1 lines deleted...]
-      <c r="AM92" s="157"/>
+      <c r="AK92" s="136"/>
+      <c r="AL92" s="136"/>
+      <c r="AM92" s="137"/>
       <c r="AN92" s="36" t="str">
         <f>IF(AU92=1,_vst!$C$2,IF(AV92=1,_vst!$C$26,IF(AY92=1,_vst!$C$4,IF(AW92=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR92" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS92" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT92" s="15">
         <f>IF(OR(K92=_vst!$B$10,K92=_vst!$B$11,K92=_vst!$B$12,K92=_vst!$B$13),1,IF(K92=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU92" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV92" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW92" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX92" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY92" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="132"/>
-[...22 lines deleted...]
-      <c r="X93" s="131"/>
+      <c r="A93" s="129"/>
+      <c r="B93" s="130"/>
+      <c r="C93" s="130"/>
+      <c r="D93" s="130"/>
+      <c r="E93" s="130"/>
+      <c r="F93" s="130"/>
+      <c r="G93" s="130"/>
+      <c r="H93" s="130"/>
+      <c r="I93" s="130"/>
+      <c r="J93" s="131"/>
+      <c r="K93" s="165"/>
+      <c r="L93" s="165"/>
+      <c r="M93" s="165"/>
+      <c r="N93" s="165"/>
+      <c r="O93" s="165"/>
+      <c r="P93" s="165"/>
+      <c r="Q93" s="165"/>
+      <c r="R93" s="132"/>
+      <c r="S93" s="133"/>
+      <c r="T93" s="133"/>
+      <c r="U93" s="134"/>
+      <c r="V93" s="132"/>
+      <c r="W93" s="133"/>
+      <c r="X93" s="134"/>
       <c r="Y93" s="91"/>
-      <c r="Z93" s="246"/>
-[...1 lines deleted...]
-      <c r="AB93" s="155" t="str">
+      <c r="Z93" s="138"/>
+      <c r="AA93" s="139"/>
+      <c r="AB93" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC93" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ93" s="155" t="str">
+      <c r="AC93" s="136"/>
+      <c r="AD93" s="136"/>
+      <c r="AE93" s="137"/>
+      <c r="AF93" s="132"/>
+      <c r="AG93" s="133"/>
+      <c r="AH93" s="133"/>
+      <c r="AI93" s="134"/>
+      <c r="AJ93" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK93" s="156"/>
-[...1 lines deleted...]
-      <c r="AM93" s="157"/>
+      <c r="AK93" s="136"/>
+      <c r="AL93" s="136"/>
+      <c r="AM93" s="137"/>
       <c r="AN93" s="36" t="str">
         <f>IF(AU93=1,_vst!$C$2,IF(AV93=1,_vst!$C$26,IF(AY93=1,_vst!$C$4,IF(AW93=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR93" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS93" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT93" s="15">
         <f>IF(OR(K93=_vst!$B$10,K93=_vst!$B$11,K93=_vst!$B$12,K93=_vst!$B$13),1,IF(K93=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU93" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV93" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW93" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX93" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY93" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A94" s="132"/>
-[...22 lines deleted...]
-      <c r="X94" s="131"/>
+      <c r="A94" s="129"/>
+      <c r="B94" s="130"/>
+      <c r="C94" s="130"/>
+      <c r="D94" s="130"/>
+      <c r="E94" s="130"/>
+      <c r="F94" s="130"/>
+      <c r="G94" s="130"/>
+      <c r="H94" s="130"/>
+      <c r="I94" s="130"/>
+      <c r="J94" s="131"/>
+      <c r="K94" s="165"/>
+      <c r="L94" s="165"/>
+      <c r="M94" s="165"/>
+      <c r="N94" s="165"/>
+      <c r="O94" s="165"/>
+      <c r="P94" s="165"/>
+      <c r="Q94" s="165"/>
+      <c r="R94" s="132"/>
+      <c r="S94" s="133"/>
+      <c r="T94" s="133"/>
+      <c r="U94" s="134"/>
+      <c r="V94" s="132"/>
+      <c r="W94" s="133"/>
+      <c r="X94" s="134"/>
       <c r="Y94" s="91"/>
-      <c r="Z94" s="246"/>
-[...1 lines deleted...]
-      <c r="AB94" s="155" t="str">
+      <c r="Z94" s="138"/>
+      <c r="AA94" s="139"/>
+      <c r="AB94" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC94" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ94" s="155" t="str">
+      <c r="AC94" s="136"/>
+      <c r="AD94" s="136"/>
+      <c r="AE94" s="137"/>
+      <c r="AF94" s="132"/>
+      <c r="AG94" s="133"/>
+      <c r="AH94" s="133"/>
+      <c r="AI94" s="134"/>
+      <c r="AJ94" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK94" s="156"/>
-[...1 lines deleted...]
-      <c r="AM94" s="157"/>
+      <c r="AK94" s="136"/>
+      <c r="AL94" s="136"/>
+      <c r="AM94" s="137"/>
       <c r="AN94" s="36" t="str">
         <f>IF(AU94=1,_vst!$C$2,IF(AV94=1,_vst!$C$26,IF(AY94=1,_vst!$C$4,IF(AW94=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR94" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS94" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT94" s="15">
         <f>IF(OR(K94=_vst!$B$10,K94=_vst!$B$11,K94=_vst!$B$12,K94=_vst!$B$13),1,IF(K94=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU94" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV94" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW94" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX94" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY94" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="132"/>
-[...22 lines deleted...]
-      <c r="X95" s="131"/>
+      <c r="A95" s="129"/>
+      <c r="B95" s="130"/>
+      <c r="C95" s="130"/>
+      <c r="D95" s="130"/>
+      <c r="E95" s="130"/>
+      <c r="F95" s="130"/>
+      <c r="G95" s="130"/>
+      <c r="H95" s="130"/>
+      <c r="I95" s="130"/>
+      <c r="J95" s="131"/>
+      <c r="K95" s="165"/>
+      <c r="L95" s="165"/>
+      <c r="M95" s="165"/>
+      <c r="N95" s="165"/>
+      <c r="O95" s="165"/>
+      <c r="P95" s="165"/>
+      <c r="Q95" s="165"/>
+      <c r="R95" s="132"/>
+      <c r="S95" s="133"/>
+      <c r="T95" s="133"/>
+      <c r="U95" s="134"/>
+      <c r="V95" s="132"/>
+      <c r="W95" s="133"/>
+      <c r="X95" s="134"/>
       <c r="Y95" s="91"/>
-      <c r="Z95" s="246"/>
-[...1 lines deleted...]
-      <c r="AB95" s="155" t="str">
+      <c r="Z95" s="138"/>
+      <c r="AA95" s="139"/>
+      <c r="AB95" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC95" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ95" s="155" t="str">
+      <c r="AC95" s="136"/>
+      <c r="AD95" s="136"/>
+      <c r="AE95" s="137"/>
+      <c r="AF95" s="132"/>
+      <c r="AG95" s="133"/>
+      <c r="AH95" s="133"/>
+      <c r="AI95" s="134"/>
+      <c r="AJ95" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK95" s="156"/>
-[...1 lines deleted...]
-      <c r="AM95" s="157"/>
+      <c r="AK95" s="136"/>
+      <c r="AL95" s="136"/>
+      <c r="AM95" s="137"/>
       <c r="AN95" s="36" t="str">
         <f>IF(AU95=1,_vst!$C$2,IF(AV95=1,_vst!$C$26,IF(AY95=1,_vst!$C$4,IF(AW95=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR95" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS95" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT95" s="15">
         <f>IF(OR(K95=_vst!$B$10,K95=_vst!$B$11,K95=_vst!$B$12,K95=_vst!$B$13),1,IF(K95=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU95" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV95" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW95" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX95" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY95" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A96" s="132"/>
-[...22 lines deleted...]
-      <c r="X96" s="131"/>
+      <c r="A96" s="129"/>
+      <c r="B96" s="130"/>
+      <c r="C96" s="130"/>
+      <c r="D96" s="130"/>
+      <c r="E96" s="130"/>
+      <c r="F96" s="130"/>
+      <c r="G96" s="130"/>
+      <c r="H96" s="130"/>
+      <c r="I96" s="130"/>
+      <c r="J96" s="131"/>
+      <c r="K96" s="165"/>
+      <c r="L96" s="165"/>
+      <c r="M96" s="165"/>
+      <c r="N96" s="165"/>
+      <c r="O96" s="165"/>
+      <c r="P96" s="165"/>
+      <c r="Q96" s="165"/>
+      <c r="R96" s="132"/>
+      <c r="S96" s="133"/>
+      <c r="T96" s="133"/>
+      <c r="U96" s="134"/>
+      <c r="V96" s="132"/>
+      <c r="W96" s="133"/>
+      <c r="X96" s="134"/>
       <c r="Y96" s="91"/>
-      <c r="Z96" s="246"/>
-[...1 lines deleted...]
-      <c r="AB96" s="155" t="str">
+      <c r="Z96" s="138"/>
+      <c r="AA96" s="139"/>
+      <c r="AB96" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC96" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ96" s="155" t="str">
+      <c r="AC96" s="136"/>
+      <c r="AD96" s="136"/>
+      <c r="AE96" s="137"/>
+      <c r="AF96" s="132"/>
+      <c r="AG96" s="133"/>
+      <c r="AH96" s="133"/>
+      <c r="AI96" s="134"/>
+      <c r="AJ96" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK96" s="156"/>
-[...1 lines deleted...]
-      <c r="AM96" s="157"/>
+      <c r="AK96" s="136"/>
+      <c r="AL96" s="136"/>
+      <c r="AM96" s="137"/>
       <c r="AN96" s="36" t="str">
         <f>IF(AU96=1,_vst!$C$2,IF(AV96=1,_vst!$C$26,IF(AY96=1,_vst!$C$4,IF(AW96=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR96" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS96" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT96" s="15">
         <f>IF(OR(K96=_vst!$B$10,K96=_vst!$B$11,K96=_vst!$B$12,K96=_vst!$B$13),1,IF(K96=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU96" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV96" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW96" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX96" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY96" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A97" s="161"/>
-[...22 lines deleted...]
-      <c r="X97" s="131"/>
+      <c r="A97" s="165"/>
+      <c r="B97" s="165"/>
+      <c r="C97" s="165"/>
+      <c r="D97" s="165"/>
+      <c r="E97" s="165"/>
+      <c r="F97" s="165"/>
+      <c r="G97" s="165"/>
+      <c r="H97" s="165"/>
+      <c r="I97" s="165"/>
+      <c r="J97" s="165"/>
+      <c r="K97" s="165"/>
+      <c r="L97" s="165"/>
+      <c r="M97" s="165"/>
+      <c r="N97" s="165"/>
+      <c r="O97" s="165"/>
+      <c r="P97" s="165"/>
+      <c r="Q97" s="165"/>
+      <c r="R97" s="132"/>
+      <c r="S97" s="133"/>
+      <c r="T97" s="133"/>
+      <c r="U97" s="134"/>
+      <c r="V97" s="132"/>
+      <c r="W97" s="133"/>
+      <c r="X97" s="134"/>
       <c r="Y97" s="91"/>
-      <c r="Z97" s="246"/>
-[...1 lines deleted...]
-      <c r="AB97" s="155" t="str">
+      <c r="Z97" s="138"/>
+      <c r="AA97" s="139"/>
+      <c r="AB97" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC97" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ97" s="155" t="str">
+      <c r="AC97" s="136"/>
+      <c r="AD97" s="136"/>
+      <c r="AE97" s="137"/>
+      <c r="AF97" s="132"/>
+      <c r="AG97" s="133"/>
+      <c r="AH97" s="133"/>
+      <c r="AI97" s="134"/>
+      <c r="AJ97" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK97" s="156"/>
-[...1 lines deleted...]
-      <c r="AM97" s="157"/>
+      <c r="AK97" s="136"/>
+      <c r="AL97" s="136"/>
+      <c r="AM97" s="137"/>
       <c r="AN97" s="36" t="str">
         <f>IF(AU97=1,_vst!$C$2,IF(AV97=1,_vst!$C$26,IF(AY97=1,_vst!$C$4,IF(AW97=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR97" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS97" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT97" s="15">
         <f>IF(OR(K97=_vst!$B$10,K97=_vst!$B$11,K97=_vst!$B$12,K97=_vst!$B$13),1,IF(K97=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU97" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV97" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW97" s="17">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="AX97" s="37">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="AY97" s="37">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A98" s="132"/>
-[...22 lines deleted...]
-      <c r="X98" s="131"/>
+      <c r="A98" s="129"/>
+      <c r="B98" s="130"/>
+      <c r="C98" s="130"/>
+      <c r="D98" s="130"/>
+      <c r="E98" s="130"/>
+      <c r="F98" s="130"/>
+      <c r="G98" s="130"/>
+      <c r="H98" s="130"/>
+      <c r="I98" s="130"/>
+      <c r="J98" s="131"/>
+      <c r="K98" s="165"/>
+      <c r="L98" s="165"/>
+      <c r="M98" s="165"/>
+      <c r="N98" s="165"/>
+      <c r="O98" s="165"/>
+      <c r="P98" s="165"/>
+      <c r="Q98" s="165"/>
+      <c r="R98" s="132"/>
+      <c r="S98" s="133"/>
+      <c r="T98" s="133"/>
+      <c r="U98" s="134"/>
+      <c r="V98" s="132"/>
+      <c r="W98" s="133"/>
+      <c r="X98" s="134"/>
       <c r="Y98" s="91"/>
-      <c r="Z98" s="246"/>
-[...1 lines deleted...]
-      <c r="AB98" s="155" t="str">
+      <c r="Z98" s="138"/>
+      <c r="AA98" s="139"/>
+      <c r="AB98" s="135" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="AC98" s="156"/>
-[...6 lines deleted...]
-      <c r="AJ98" s="155" t="str">
+      <c r="AC98" s="136"/>
+      <c r="AD98" s="136"/>
+      <c r="AE98" s="137"/>
+      <c r="AF98" s="132"/>
+      <c r="AG98" s="133"/>
+      <c r="AH98" s="133"/>
+      <c r="AI98" s="134"/>
+      <c r="AJ98" s="135" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
-      <c r="AK98" s="156"/>
-[...1 lines deleted...]
-      <c r="AM98" s="157"/>
+      <c r="AK98" s="136"/>
+      <c r="AL98" s="136"/>
+      <c r="AM98" s="137"/>
       <c r="AN98" s="36" t="str">
         <f>IF(AU98=1,_vst!$C$2,IF(AV98=1,_vst!$C$26,IF(AY98=1,_vst!$C$4,IF(AW98=1,_vst!$C$3,""))))</f>
         <v/>
       </c>
       <c r="AR98" s="100" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AS98" s="100" t="str">
         <f t="shared" si="7"/>
         <v/>
       </c>
       <c r="AT98" s="15">
         <f>IF(OR(K98=_vst!$B$10,K98=_vst!$B$11,K98=_vst!$B$12,K98=_vst!$B$13),1,IF(K98=_vst!$B$3,2,0))</f>
         <v>0</v>
       </c>
       <c r="AU98" s="15">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="AV98" s="15">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="AW98" s="17">
@@ -7967,1340 +7967,1340 @@
       <c r="D99" s="88"/>
       <c r="E99" s="88"/>
       <c r="F99" s="88"/>
       <c r="G99" s="88"/>
       <c r="H99" s="88"/>
       <c r="I99" s="88"/>
       <c r="J99" s="88"/>
       <c r="K99" s="88"/>
       <c r="L99" s="88"/>
       <c r="M99" s="88"/>
       <c r="N99" s="88"/>
       <c r="O99" s="88"/>
       <c r="P99" s="88"/>
       <c r="Q99" s="88"/>
       <c r="R99" s="88"/>
       <c r="S99" s="88"/>
       <c r="T99" s="88"/>
       <c r="U99" s="88"/>
       <c r="Y99" s="88"/>
       <c r="Z99" s="88"/>
       <c r="AA99" s="88"/>
       <c r="AB99" s="89"/>
       <c r="AC99" s="89"/>
       <c r="AD99" s="89"/>
       <c r="AE99" s="89"/>
-      <c r="AF99" s="191">
+      <c r="AF99" s="142">
         <f>SUM(AF70:AI98)</f>
         <v>0</v>
       </c>
-      <c r="AG99" s="192"/>
-[...2 lines deleted...]
-      <c r="AJ99" s="191">
+      <c r="AG99" s="143"/>
+      <c r="AH99" s="143"/>
+      <c r="AI99" s="144"/>
+      <c r="AJ99" s="142">
         <f t="shared" ref="AJ99" si="9">SUM(AJ70:AM98)</f>
         <v>0</v>
       </c>
-      <c r="AK99" s="192"/>
-[...1 lines deleted...]
-      <c r="AM99" s="193"/>
+      <c r="AK99" s="143"/>
+      <c r="AL99" s="143"/>
+      <c r="AM99" s="144"/>
       <c r="AN99" s="36" t="str">
         <f>IF(AT99=1,_vst!$C$7,"")</f>
         <v/>
       </c>
       <c r="AS99" s="33">
         <f>SUM(AS70:AS98)</f>
         <v>0</v>
       </c>
       <c r="AT99" s="15">
         <f>IF(AND(AF99&lt;&gt;0,OR(AF99&lt;AR106,AF99&gt;AR107)),1,0)</f>
         <v>0</v>
       </c>
       <c r="AU99" s="32" t="s">
         <v>66</v>
       </c>
       <c r="AV99" s="28"/>
       <c r="AW99" s="28"/>
       <c r="AY99" s="28"/>
     </row>
     <row r="100" spans="1:51" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="1"/>
       <c r="B100" s="1"/>
       <c r="C100" s="1"/>
       <c r="D100" s="1"/>
       <c r="E100" s="1"/>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="77" t="s">
         <v>219</v>
       </c>
-      <c r="I100" s="194"/>
-[...1 lines deleted...]
-      <c r="K100" s="196"/>
+      <c r="I100" s="227"/>
+      <c r="J100" s="228"/>
+      <c r="K100" s="229"/>
       <c r="L100" s="123" t="str">
         <f>IF($AT$102=1,_vst!$C$22,"")</f>
         <v/>
       </c>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
       <c r="O100" s="1"/>
       <c r="P100" s="1"/>
       <c r="Q100" s="1"/>
       <c r="R100" s="1"/>
       <c r="S100" s="1"/>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="Y100" s="1"/>
       <c r="Z100" s="1"/>
       <c r="AA100" s="1"/>
       <c r="AC100" s="1"/>
       <c r="AD100" s="1"/>
       <c r="AE100" s="1"/>
       <c r="AF100" s="1"/>
       <c r="AG100" s="1"/>
       <c r="AH100" s="1"/>
       <c r="AI100" s="77" t="s">
         <v>6</v>
       </c>
-      <c r="AJ100" s="191">
+      <c r="AJ100" s="142">
         <f>SUM(AF99:AM99)</f>
         <v>0</v>
       </c>
-      <c r="AK100" s="192"/>
-[...1 lines deleted...]
-      <c r="AM100" s="193"/>
+      <c r="AK100" s="143"/>
+      <c r="AL100" s="143"/>
+      <c r="AM100" s="144"/>
       <c r="AT100" s="15">
         <f>SUM(AX70:AX98)</f>
         <v>0</v>
       </c>
       <c r="AU100" s="2" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="101" spans="1:51" s="39" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="40"/>
       <c r="B101" s="41"/>
       <c r="C101" s="41"/>
       <c r="D101" s="41"/>
       <c r="E101" s="41"/>
       <c r="F101" s="41"/>
       <c r="G101" s="41"/>
       <c r="H101" s="41"/>
       <c r="I101" s="41"/>
       <c r="J101" s="41"/>
       <c r="K101" s="41"/>
       <c r="L101" s="41"/>
       <c r="M101" s="41"/>
       <c r="N101" s="41"/>
       <c r="O101" s="41"/>
       <c r="P101" s="41"/>
       <c r="Q101" s="41"/>
       <c r="R101" s="41"/>
       <c r="S101" s="41"/>
       <c r="T101" s="41"/>
       <c r="U101" s="41"/>
       <c r="Y101" s="41"/>
       <c r="Z101" s="41"/>
       <c r="AA101" s="41"/>
       <c r="AB101" s="41"/>
       <c r="AC101" s="41"/>
       <c r="AD101" s="41"/>
       <c r="AE101" s="41"/>
       <c r="AF101" s="41"/>
       <c r="AG101" s="41"/>
       <c r="AH101" s="41"/>
       <c r="AI101" s="41"/>
       <c r="AJ101" s="41"/>
       <c r="AK101" s="41"/>
       <c r="AL101" s="41"/>
     </row>
     <row r="102" spans="1:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="31"/>
       <c r="H102" s="49" t="s">
         <v>213</v>
       </c>
-      <c r="I102" s="242" t="str">
+      <c r="I102" s="255" t="str">
         <f>IF(projekt!I100="",_vst!C29,HYPERLINK(_vst!E11))</f>
         <v>odkaz se vygeneruje po zadání data podání žádosti o úvěr</v>
       </c>
-      <c r="J102" s="242"/>
-[...22 lines deleted...]
-      <c r="AG102" s="242"/>
+      <c r="J102" s="255"/>
+      <c r="K102" s="255"/>
+      <c r="L102" s="255"/>
+      <c r="M102" s="255"/>
+      <c r="N102" s="255"/>
+      <c r="O102" s="255"/>
+      <c r="P102" s="255"/>
+      <c r="Q102" s="255"/>
+      <c r="R102" s="255"/>
+      <c r="S102" s="255"/>
+      <c r="T102" s="255"/>
+      <c r="U102" s="255"/>
+      <c r="V102" s="255"/>
+      <c r="W102" s="255"/>
+      <c r="X102" s="255"/>
+      <c r="Y102" s="255"/>
+      <c r="Z102" s="255"/>
+      <c r="AA102" s="255"/>
+      <c r="AB102" s="255"/>
+      <c r="AC102" s="255"/>
+      <c r="AD102" s="255"/>
+      <c r="AE102" s="255"/>
+      <c r="AF102" s="255"/>
+      <c r="AG102" s="255"/>
       <c r="AK102" s="87"/>
       <c r="AM102" s="87"/>
       <c r="AN102" s="87"/>
       <c r="AT102" s="15">
         <f>IF(AND($AT$100&gt;0,projekt!$I$100=""),1,0)</f>
         <v>0</v>
       </c>
       <c r="AU102" s="39" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="103" spans="1:51" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="104" spans="1:51" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="79" t="s">
         <v>177</v>
       </c>
       <c r="B104" s="10"/>
       <c r="L104" s="14"/>
       <c r="AC104" s="14"/>
       <c r="AF104" s="14"/>
       <c r="AH104" s="67" t="str">
         <f ca="1">IF($AZ$70=0,"",_vst!$C$5)</f>
         <v/>
       </c>
-      <c r="AR104" s="144" t="s">
+      <c r="AR104" s="258" t="s">
         <v>204</v>
       </c>
-      <c r="AS104" s="144"/>
-      <c r="AT104" s="144"/>
+      <c r="AS104" s="258"/>
+      <c r="AT104" s="258"/>
     </row>
     <row r="105" spans="1:51" ht="3.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="106" spans="1:51" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="78"/>
-      <c r="B106" s="142" t="s">
+      <c r="B106" s="218" t="s">
         <v>60</v>
       </c>
-      <c r="C106" s="143"/>
-[...12 lines deleted...]
-      <c r="P106" s="197" t="s">
+      <c r="C106" s="219"/>
+      <c r="D106" s="219"/>
+      <c r="E106" s="219"/>
+      <c r="F106" s="219"/>
+      <c r="G106" s="219"/>
+      <c r="H106" s="219"/>
+      <c r="I106" s="219"/>
+      <c r="J106" s="219"/>
+      <c r="K106" s="222"/>
+      <c r="L106" s="222"/>
+      <c r="M106" s="222"/>
+      <c r="N106" s="222"/>
+      <c r="O106" s="223"/>
+      <c r="P106" s="145" t="s">
         <v>90</v>
       </c>
-      <c r="Q106" s="198"/>
-[...3 lines deleted...]
-      <c r="U106" s="150" t="s">
+      <c r="Q106" s="146"/>
+      <c r="R106" s="146"/>
+      <c r="S106" s="146"/>
+      <c r="T106" s="147"/>
+      <c r="U106" s="230" t="s">
         <v>43</v>
       </c>
-      <c r="V106" s="150"/>
-[...2 lines deleted...]
-      <c r="Y106" s="150" t="s">
+      <c r="V106" s="230"/>
+      <c r="W106" s="230"/>
+      <c r="X106" s="230"/>
+      <c r="Y106" s="230" t="s">
         <v>37</v>
       </c>
-      <c r="Z106" s="150"/>
-[...2 lines deleted...]
-      <c r="AC106" s="150" t="s">
+      <c r="Z106" s="230"/>
+      <c r="AA106" s="230"/>
+      <c r="AB106" s="230"/>
+      <c r="AC106" s="230" t="s">
         <v>58</v>
       </c>
-      <c r="AD106" s="150"/>
-[...1 lines deleted...]
-      <c r="AF106" s="150"/>
+      <c r="AD106" s="230"/>
+      <c r="AE106" s="230"/>
+      <c r="AF106" s="230"/>
       <c r="AR106" s="33">
         <v>250000</v>
       </c>
       <c r="AS106" s="17" t="s">
         <v>67</v>
       </c>
       <c r="AT106" s="34">
         <f>AR106/1000000</f>
         <v>0.25</v>
       </c>
       <c r="AV106" s="33">
         <f ca="1">AC107+AC111+AC112+AC113+AC115+AC116</f>
         <v>0</v>
       </c>
       <c r="AW106" s="2" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="107" spans="1:51" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="50">
         <v>1</v>
       </c>
-      <c r="B107" s="142" t="s">
+      <c r="B107" s="218" t="s">
         <v>62</v>
       </c>
-      <c r="C107" s="204"/>
-[...12 lines deleted...]
-      <c r="P107" s="155">
+      <c r="C107" s="221"/>
+      <c r="D107" s="221"/>
+      <c r="E107" s="221"/>
+      <c r="F107" s="221"/>
+      <c r="G107" s="221"/>
+      <c r="H107" s="221"/>
+      <c r="I107" s="221"/>
+      <c r="J107" s="221"/>
+      <c r="K107" s="221"/>
+      <c r="L107" s="221"/>
+      <c r="M107" s="221"/>
+      <c r="N107" s="221"/>
+      <c r="O107" s="221"/>
+      <c r="P107" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B2,AB70:AE98)</f>
         <v>0</v>
       </c>
-      <c r="Q107" s="156"/>
-[...3 lines deleted...]
-      <c r="U107" s="146">
+      <c r="Q107" s="136"/>
+      <c r="R107" s="136"/>
+      <c r="S107" s="136"/>
+      <c r="T107" s="137"/>
+      <c r="U107" s="231">
         <f ca="1">P107</f>
         <v>0</v>
       </c>
-      <c r="V107" s="146"/>
-[...2 lines deleted...]
-      <c r="Y107" s="146">
+      <c r="V107" s="231"/>
+      <c r="W107" s="231"/>
+      <c r="X107" s="231"/>
+      <c r="Y107" s="231">
         <f ca="1">SUMIF(K70:Q98,_vst!B2,AF70:AI98)</f>
         <v>0</v>
       </c>
-      <c r="Z107" s="146"/>
-[...2 lines deleted...]
-      <c r="AC107" s="152">
+      <c r="Z107" s="231"/>
+      <c r="AA107" s="231"/>
+      <c r="AB107" s="231"/>
+      <c r="AC107" s="262">
         <f ca="1">SUMIF(K70:Q98,_vst!B2,AJ70:AM98)</f>
         <v>0</v>
       </c>
-      <c r="AD107" s="153"/>
-[...1 lines deleted...]
-      <c r="AF107" s="154"/>
+      <c r="AD107" s="263"/>
+      <c r="AE107" s="263"/>
+      <c r="AF107" s="264"/>
       <c r="AQ107" s="16"/>
       <c r="AR107" s="33">
         <v>100000000</v>
       </c>
       <c r="AS107" s="17" t="s">
         <v>68</v>
       </c>
       <c r="AT107" s="34">
         <f>AR107/1000000</f>
         <v>100</v>
       </c>
       <c r="AV107" s="105">
         <f ca="1">IF($U$123=0,0,AV106/U123)</f>
         <v>0</v>
       </c>
       <c r="AW107" s="2" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="108" spans="1:51" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="50">
         <v>2</v>
       </c>
-      <c r="B108" s="142" t="s">
+      <c r="B108" s="218" t="s">
         <v>40</v>
       </c>
-      <c r="C108" s="143"/>
-[...12 lines deleted...]
-      <c r="P108" s="191">
+      <c r="C108" s="219"/>
+      <c r="D108" s="219"/>
+      <c r="E108" s="219"/>
+      <c r="F108" s="219"/>
+      <c r="G108" s="219"/>
+      <c r="H108" s="219"/>
+      <c r="I108" s="219"/>
+      <c r="J108" s="219"/>
+      <c r="K108" s="220"/>
+      <c r="L108" s="220"/>
+      <c r="M108" s="220"/>
+      <c r="N108" s="220"/>
+      <c r="O108" s="220"/>
+      <c r="P108" s="142">
         <f ca="1">P109+P114+P117</f>
         <v>0</v>
       </c>
-      <c r="Q108" s="192"/>
-[...3 lines deleted...]
-      <c r="U108" s="145">
+      <c r="Q108" s="143"/>
+      <c r="R108" s="143"/>
+      <c r="S108" s="143"/>
+      <c r="T108" s="144"/>
+      <c r="U108" s="167">
         <f ca="1">U109+U114+U117</f>
         <v>0</v>
       </c>
-      <c r="V108" s="145"/>
-[...2 lines deleted...]
-      <c r="Y108" s="145">
+      <c r="V108" s="167"/>
+      <c r="W108" s="167"/>
+      <c r="X108" s="167"/>
+      <c r="Y108" s="167">
         <f ca="1">Y109+Y114+Y117</f>
         <v>0</v>
       </c>
-      <c r="Z108" s="145"/>
-[...2 lines deleted...]
-      <c r="AC108" s="145">
+      <c r="Z108" s="167"/>
+      <c r="AA108" s="167"/>
+      <c r="AB108" s="167"/>
+      <c r="AC108" s="167">
         <f ca="1">AC109+AC114+AC117</f>
         <v>0</v>
       </c>
-      <c r="AD108" s="145"/>
-[...1 lines deleted...]
-      <c r="AF108" s="145"/>
+      <c r="AD108" s="167"/>
+      <c r="AE108" s="167"/>
+      <c r="AF108" s="167"/>
       <c r="AQ108" s="16"/>
       <c r="AR108" s="105">
         <v>0.9</v>
       </c>
-      <c r="AS108" s="265" t="s">
+      <c r="AS108" s="148" t="s">
         <v>205</v>
       </c>
-      <c r="AT108" s="265"/>
+      <c r="AT108" s="148"/>
       <c r="AV108" s="105">
         <f ca="1">IF($U$107&gt;0,$U$107/$U$123,0)</f>
         <v>0</v>
       </c>
       <c r="AW108" s="2" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:51" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="50">
         <v>3</v>
       </c>
       <c r="B109" s="83"/>
       <c r="C109" s="51" t="s">
         <v>42</v>
       </c>
       <c r="D109" s="52" t="s">
         <v>59</v>
       </c>
       <c r="E109" s="52"/>
       <c r="F109" s="52"/>
       <c r="G109" s="52"/>
       <c r="H109" s="52"/>
       <c r="I109" s="52"/>
       <c r="J109" s="52"/>
       <c r="K109" s="52"/>
       <c r="L109" s="52"/>
       <c r="M109" s="52"/>
       <c r="N109" s="52"/>
       <c r="O109" s="52"/>
-      <c r="P109" s="191">
+      <c r="P109" s="142">
         <f ca="1">SUM(P110:T113)</f>
         <v>0</v>
       </c>
-      <c r="Q109" s="192"/>
-[...3 lines deleted...]
-      <c r="U109" s="145">
+      <c r="Q109" s="143"/>
+      <c r="R109" s="143"/>
+      <c r="S109" s="143"/>
+      <c r="T109" s="144"/>
+      <c r="U109" s="167">
         <f ca="1">SUM(U110:X113)</f>
         <v>0</v>
       </c>
-      <c r="V109" s="145"/>
-[...2 lines deleted...]
-      <c r="Y109" s="145">
+      <c r="V109" s="167"/>
+      <c r="W109" s="167"/>
+      <c r="X109" s="167"/>
+      <c r="Y109" s="167">
         <f ca="1">SUM(Y110:AB113)</f>
         <v>0</v>
       </c>
-      <c r="Z109" s="145"/>
-[...2 lines deleted...]
-      <c r="AC109" s="145">
+      <c r="Z109" s="167"/>
+      <c r="AA109" s="167"/>
+      <c r="AB109" s="167"/>
+      <c r="AC109" s="167">
         <f ca="1">SUM(AC110:AF113)</f>
         <v>0</v>
       </c>
-      <c r="AD109" s="145"/>
-[...1 lines deleted...]
-      <c r="AF109" s="145"/>
+      <c r="AD109" s="167"/>
+      <c r="AE109" s="167"/>
+      <c r="AF109" s="167"/>
       <c r="AQ109" s="16"/>
       <c r="AR109" s="105">
         <f ca="1">IF($U$123=0,0,IF($G$65="Ano",AF99/AS99,AF99/U123))</f>
         <v>0</v>
       </c>
-      <c r="AS109" s="265" t="s">
+      <c r="AS109" s="148" t="s">
         <v>194</v>
       </c>
-      <c r="AT109" s="265"/>
+      <c r="AT109" s="148"/>
       <c r="AV109" s="105">
         <f ca="1">IF($Y$107&gt;0,$Y$107/$Y$123,0)</f>
         <v>0</v>
       </c>
       <c r="AW109" s="2" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="110" spans="1:51" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="50">
         <v>4</v>
       </c>
       <c r="B110" s="53"/>
       <c r="C110" s="52"/>
       <c r="D110" s="54"/>
-      <c r="E110" s="207" t="s">
+      <c r="E110" s="224" t="s">
         <v>163</v>
       </c>
-      <c r="F110" s="208"/>
-[...9 lines deleted...]
-      <c r="P110" s="155">
+      <c r="F110" s="225"/>
+      <c r="G110" s="225"/>
+      <c r="H110" s="225"/>
+      <c r="I110" s="225"/>
+      <c r="J110" s="225"/>
+      <c r="K110" s="225"/>
+      <c r="L110" s="225"/>
+      <c r="M110" s="225"/>
+      <c r="N110" s="225"/>
+      <c r="O110" s="225"/>
+      <c r="P110" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B3,AB70:AE98)</f>
         <v>0</v>
       </c>
-      <c r="Q110" s="156"/>
-[...3 lines deleted...]
-      <c r="U110" s="147" t="s">
+      <c r="Q110" s="136"/>
+      <c r="R110" s="136"/>
+      <c r="S110" s="136"/>
+      <c r="T110" s="137"/>
+      <c r="U110" s="259" t="s">
         <v>44</v>
       </c>
-      <c r="V110" s="148"/>
-[...2 lines deleted...]
-      <c r="Y110" s="151" t="s">
+      <c r="V110" s="260"/>
+      <c r="W110" s="260"/>
+      <c r="X110" s="261"/>
+      <c r="Y110" s="166" t="s">
         <v>44</v>
       </c>
-      <c r="Z110" s="151"/>
-[...2 lines deleted...]
-      <c r="AC110" s="155">
+      <c r="Z110" s="166"/>
+      <c r="AA110" s="166"/>
+      <c r="AB110" s="166"/>
+      <c r="AC110" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B3,AJ70:AM98)</f>
         <v>0</v>
       </c>
-      <c r="AD110" s="156"/>
-[...1 lines deleted...]
-      <c r="AF110" s="157"/>
+      <c r="AD110" s="136"/>
+      <c r="AE110" s="136"/>
+      <c r="AF110" s="137"/>
       <c r="AQ110" s="16"/>
       <c r="AR110" s="104">
         <f ca="1">IF(AR109&gt;AR108,1,0)</f>
         <v>0</v>
       </c>
       <c r="AS110" s="106" t="s">
         <v>198</v>
       </c>
       <c r="AT110" s="107"/>
     </row>
     <row r="111" spans="1:51" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="50">
         <v>5</v>
       </c>
       <c r="B111" s="53"/>
       <c r="C111" s="55"/>
       <c r="D111" s="56"/>
-      <c r="E111" s="209" t="s">
+      <c r="E111" s="186" t="s">
         <v>164</v>
       </c>
-      <c r="F111" s="210"/>
-[...9 lines deleted...]
-      <c r="P111" s="155">
+      <c r="F111" s="226"/>
+      <c r="G111" s="226"/>
+      <c r="H111" s="226"/>
+      <c r="I111" s="226"/>
+      <c r="J111" s="226"/>
+      <c r="K111" s="226"/>
+      <c r="L111" s="226"/>
+      <c r="M111" s="226"/>
+      <c r="N111" s="226"/>
+      <c r="O111" s="226"/>
+      <c r="P111" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B4,AB70:AE98)</f>
         <v>0</v>
       </c>
-      <c r="Q111" s="156"/>
-[...3 lines deleted...]
-      <c r="U111" s="135">
+      <c r="Q111" s="136"/>
+      <c r="R111" s="136"/>
+      <c r="S111" s="136"/>
+      <c r="T111" s="137"/>
+      <c r="U111" s="168">
         <f ca="1">P111</f>
         <v>0</v>
       </c>
-      <c r="V111" s="135"/>
-[...2 lines deleted...]
-      <c r="Y111" s="135">
+      <c r="V111" s="168"/>
+      <c r="W111" s="168"/>
+      <c r="X111" s="168"/>
+      <c r="Y111" s="168">
         <f ca="1">SUMIF(K70:Q98,_vst!B4,AF70:AI98)</f>
         <v>0</v>
       </c>
-      <c r="Z111" s="135"/>
-[...2 lines deleted...]
-      <c r="AC111" s="155">
+      <c r="Z111" s="168"/>
+      <c r="AA111" s="168"/>
+      <c r="AB111" s="168"/>
+      <c r="AC111" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B4,AJ70:AM98)</f>
         <v>0</v>
       </c>
-      <c r="AD111" s="156"/>
-[...1 lines deleted...]
-      <c r="AF111" s="157"/>
+      <c r="AD111" s="136"/>
+      <c r="AE111" s="136"/>
+      <c r="AF111" s="137"/>
       <c r="AQ111" s="16"/>
     </row>
     <row r="112" spans="1:51" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="50">
         <v>6</v>
       </c>
       <c r="B112" s="53"/>
       <c r="C112" s="56"/>
       <c r="D112" s="56"/>
       <c r="E112" s="52" t="s">
         <v>166</v>
       </c>
       <c r="F112" s="81"/>
       <c r="G112" s="81"/>
       <c r="H112" s="81"/>
       <c r="I112" s="81"/>
       <c r="J112" s="81"/>
       <c r="K112" s="81"/>
       <c r="L112" s="81"/>
       <c r="M112" s="81"/>
       <c r="N112" s="81"/>
       <c r="O112" s="57"/>
-      <c r="P112" s="155">
+      <c r="P112" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B5,AB70:AE98)</f>
         <v>0</v>
       </c>
-      <c r="Q112" s="156"/>
-[...3 lines deleted...]
-      <c r="U112" s="135">
+      <c r="Q112" s="136"/>
+      <c r="R112" s="136"/>
+      <c r="S112" s="136"/>
+      <c r="T112" s="137"/>
+      <c r="U112" s="168">
         <f ca="1">P112</f>
         <v>0</v>
       </c>
-      <c r="V112" s="135"/>
-[...2 lines deleted...]
-      <c r="Y112" s="135">
+      <c r="V112" s="168"/>
+      <c r="W112" s="168"/>
+      <c r="X112" s="168"/>
+      <c r="Y112" s="168">
         <f ca="1">SUMIF(K70:Q98,_vst!B5,AF70:AI98)</f>
         <v>0</v>
       </c>
-      <c r="Z112" s="135"/>
-[...2 lines deleted...]
-      <c r="AC112" s="155">
+      <c r="Z112" s="168"/>
+      <c r="AA112" s="168"/>
+      <c r="AB112" s="168"/>
+      <c r="AC112" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B5,AJ70:AM98)</f>
         <v>0</v>
       </c>
-      <c r="AD112" s="156"/>
-[...1 lines deleted...]
-      <c r="AF112" s="157"/>
+      <c r="AD112" s="136"/>
+      <c r="AE112" s="136"/>
+      <c r="AF112" s="137"/>
       <c r="AQ112" s="16"/>
     </row>
     <row r="113" spans="1:43" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="50">
         <v>7</v>
       </c>
       <c r="B113" s="53"/>
       <c r="C113" s="56"/>
       <c r="D113" s="56"/>
       <c r="E113" s="52" t="s">
         <v>165</v>
       </c>
       <c r="F113" s="81"/>
       <c r="G113" s="81"/>
       <c r="H113" s="81"/>
       <c r="I113" s="81"/>
       <c r="J113" s="81"/>
       <c r="K113" s="81"/>
       <c r="L113" s="81"/>
       <c r="M113" s="81"/>
       <c r="N113" s="81"/>
       <c r="O113" s="81"/>
-      <c r="P113" s="155">
+      <c r="P113" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B6,AB70:AE98)</f>
         <v>0</v>
       </c>
-      <c r="Q113" s="156"/>
-[...3 lines deleted...]
-      <c r="U113" s="135">
+      <c r="Q113" s="136"/>
+      <c r="R113" s="136"/>
+      <c r="S113" s="136"/>
+      <c r="T113" s="137"/>
+      <c r="U113" s="168">
         <f ca="1">P113</f>
         <v>0</v>
       </c>
-      <c r="V113" s="135"/>
-[...2 lines deleted...]
-      <c r="Y113" s="135">
+      <c r="V113" s="168"/>
+      <c r="W113" s="168"/>
+      <c r="X113" s="168"/>
+      <c r="Y113" s="168">
         <f ca="1">SUMIF(K70:Q98,_vst!B6,AF70:AI98)</f>
         <v>0</v>
       </c>
-      <c r="Z113" s="135"/>
-[...2 lines deleted...]
-      <c r="AC113" s="155">
+      <c r="Z113" s="168"/>
+      <c r="AA113" s="168"/>
+      <c r="AB113" s="168"/>
+      <c r="AC113" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B6,AJ70:AM98)</f>
         <v>0</v>
       </c>
-      <c r="AD113" s="156"/>
-[...1 lines deleted...]
-      <c r="AF113" s="157"/>
+      <c r="AD113" s="136"/>
+      <c r="AE113" s="136"/>
+      <c r="AF113" s="137"/>
       <c r="AQ113" s="16"/>
     </row>
     <row r="114" spans="1:43" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="50">
         <v>8</v>
       </c>
       <c r="B114" s="53"/>
       <c r="C114" s="56"/>
       <c r="D114" s="52" t="s">
         <v>45</v>
       </c>
       <c r="E114" s="80"/>
       <c r="F114" s="81"/>
       <c r="G114" s="81"/>
       <c r="H114" s="81"/>
       <c r="I114" s="81"/>
       <c r="J114" s="81"/>
       <c r="K114" s="81"/>
       <c r="L114" s="81"/>
       <c r="M114" s="81"/>
       <c r="N114" s="81"/>
       <c r="O114" s="81"/>
-      <c r="P114" s="191">
+      <c r="P114" s="142">
         <f ca="1">SUM(P115:T116)</f>
         <v>0</v>
       </c>
-      <c r="Q114" s="192"/>
-[...3 lines deleted...]
-      <c r="U114" s="191">
+      <c r="Q114" s="143"/>
+      <c r="R114" s="143"/>
+      <c r="S114" s="143"/>
+      <c r="T114" s="144"/>
+      <c r="U114" s="142">
         <f ca="1">SUM(U115:X116)</f>
         <v>0</v>
       </c>
-      <c r="V114" s="192"/>
-[...2 lines deleted...]
-      <c r="Y114" s="145">
+      <c r="V114" s="143"/>
+      <c r="W114" s="143"/>
+      <c r="X114" s="144"/>
+      <c r="Y114" s="167">
         <f ca="1">SUM(Y115:AB116)</f>
         <v>0</v>
       </c>
-      <c r="Z114" s="145"/>
-[...2 lines deleted...]
-      <c r="AC114" s="145">
+      <c r="Z114" s="167"/>
+      <c r="AA114" s="167"/>
+      <c r="AB114" s="167"/>
+      <c r="AC114" s="167">
         <f ca="1">SUM(AC115:AF116)</f>
         <v>0</v>
       </c>
-      <c r="AD114" s="145"/>
-[...1 lines deleted...]
-      <c r="AF114" s="145"/>
+      <c r="AD114" s="167"/>
+      <c r="AE114" s="167"/>
+      <c r="AF114" s="167"/>
       <c r="AQ114" s="16"/>
     </row>
     <row r="115" spans="1:43" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="50">
         <v>9</v>
       </c>
       <c r="B115" s="53"/>
       <c r="C115" s="52"/>
       <c r="D115" s="52"/>
       <c r="E115" s="52" t="s">
         <v>46</v>
       </c>
       <c r="F115" s="52"/>
       <c r="G115" s="52"/>
       <c r="H115" s="52"/>
       <c r="I115" s="52"/>
       <c r="J115" s="52"/>
       <c r="K115" s="52"/>
       <c r="L115" s="52"/>
       <c r="M115" s="52"/>
       <c r="N115" s="52"/>
       <c r="O115" s="52"/>
-      <c r="P115" s="155">
+      <c r="P115" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B7,AB70:AE98)</f>
         <v>0</v>
       </c>
-      <c r="Q115" s="156"/>
-[...3 lines deleted...]
-      <c r="U115" s="135">
+      <c r="Q115" s="136"/>
+      <c r="R115" s="136"/>
+      <c r="S115" s="136"/>
+      <c r="T115" s="137"/>
+      <c r="U115" s="168">
         <f ca="1">P115</f>
         <v>0</v>
       </c>
-      <c r="V115" s="135"/>
-[...2 lines deleted...]
-      <c r="Y115" s="135">
+      <c r="V115" s="168"/>
+      <c r="W115" s="168"/>
+      <c r="X115" s="168"/>
+      <c r="Y115" s="168">
         <f ca="1">SUMIF(K70:Q98,_vst!B7,AF70:AI98)</f>
         <v>0</v>
       </c>
-      <c r="Z115" s="135"/>
-[...2 lines deleted...]
-      <c r="AC115" s="155">
+      <c r="Z115" s="168"/>
+      <c r="AA115" s="168"/>
+      <c r="AB115" s="168"/>
+      <c r="AC115" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B7,AJ70:AM98)</f>
         <v>0</v>
       </c>
-      <c r="AD115" s="156"/>
-[...1 lines deleted...]
-      <c r="AF115" s="157"/>
+      <c r="AD115" s="136"/>
+      <c r="AE115" s="136"/>
+      <c r="AF115" s="137"/>
       <c r="AQ115" s="16"/>
     </row>
     <row r="116" spans="1:43" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="50">
         <v>10</v>
       </c>
       <c r="B116" s="53"/>
       <c r="C116" s="52"/>
       <c r="D116" s="58"/>
       <c r="E116" s="58" t="s">
         <v>167</v>
       </c>
       <c r="F116" s="52"/>
       <c r="G116" s="52"/>
       <c r="H116" s="52"/>
       <c r="I116" s="52"/>
       <c r="J116" s="52"/>
       <c r="K116" s="56"/>
       <c r="L116" s="56"/>
       <c r="M116" s="56"/>
       <c r="N116" s="56"/>
       <c r="O116" s="56"/>
-      <c r="P116" s="155">
+      <c r="P116" s="135">
         <f ca="1">SUMIF($K$70:$Q$98,_vst!B8,$AB$70:$AE$98)</f>
         <v>0</v>
       </c>
-      <c r="Q116" s="156"/>
-[...3 lines deleted...]
-      <c r="U116" s="151">
+      <c r="Q116" s="136"/>
+      <c r="R116" s="136"/>
+      <c r="S116" s="136"/>
+      <c r="T116" s="137"/>
+      <c r="U116" s="166">
         <f ca="1">P116</f>
         <v>0</v>
       </c>
-      <c r="V116" s="151"/>
-[...2 lines deleted...]
-      <c r="Y116" s="151">
+      <c r="V116" s="166"/>
+      <c r="W116" s="166"/>
+      <c r="X116" s="166"/>
+      <c r="Y116" s="166">
         <f ca="1">SUMIF($K$70:$Q$98,_vst!$B$8,$AF$70:$AI$98)</f>
         <v>0</v>
       </c>
-      <c r="Z116" s="151"/>
-[...2 lines deleted...]
-      <c r="AC116" s="155">
+      <c r="Z116" s="166"/>
+      <c r="AA116" s="166"/>
+      <c r="AB116" s="166"/>
+      <c r="AC116" s="135">
         <f ca="1">SUMIF($K$70:$Q$98,_vst!B8,$AJ$70:$AM$98)</f>
         <v>0</v>
       </c>
-      <c r="AD116" s="156"/>
-[...1 lines deleted...]
-      <c r="AF116" s="157"/>
+      <c r="AD116" s="136"/>
+      <c r="AE116" s="136"/>
+      <c r="AF116" s="137"/>
       <c r="AQ116" s="16"/>
     </row>
     <row r="117" spans="1:43" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="50"/>
       <c r="B117" s="53"/>
       <c r="C117" s="52"/>
       <c r="D117" s="58" t="s">
         <v>217</v>
       </c>
       <c r="E117" s="58"/>
       <c r="F117" s="52"/>
       <c r="G117" s="52"/>
       <c r="H117" s="52"/>
       <c r="I117" s="52"/>
       <c r="J117" s="52"/>
       <c r="K117" s="56"/>
       <c r="L117" s="56"/>
       <c r="M117" s="56"/>
       <c r="N117" s="56"/>
       <c r="O117" s="56"/>
-      <c r="P117" s="155">
+      <c r="P117" s="135">
         <f ca="1">SUMIF($K$70:$Q$98,_vst!B9,$AB$70:$AE$98)</f>
         <v>0</v>
       </c>
-      <c r="Q117" s="156"/>
-[...3 lines deleted...]
-      <c r="U117" s="151">
+      <c r="Q117" s="136"/>
+      <c r="R117" s="136"/>
+      <c r="S117" s="136"/>
+      <c r="T117" s="137"/>
+      <c r="U117" s="166">
         <f ca="1">P117</f>
         <v>0</v>
       </c>
-      <c r="V117" s="151"/>
-[...2 lines deleted...]
-      <c r="Y117" s="151">
+      <c r="V117" s="166"/>
+      <c r="W117" s="166"/>
+      <c r="X117" s="166"/>
+      <c r="Y117" s="166">
         <f ca="1">SUMIF($K$70:$Q$98,_vst!B9,$AF$70:$AI$98)</f>
         <v>0</v>
       </c>
-      <c r="Z117" s="151"/>
-[...2 lines deleted...]
-      <c r="AC117" s="155">
+      <c r="Z117" s="166"/>
+      <c r="AA117" s="166"/>
+      <c r="AB117" s="166"/>
+      <c r="AC117" s="135">
         <f ca="1">SUMIF($K$70:$Q$98,_vst!B9,$AJ$70:$AM$98)</f>
         <v>0</v>
       </c>
-      <c r="AD117" s="156"/>
-[...1 lines deleted...]
-      <c r="AF117" s="157"/>
+      <c r="AD117" s="136"/>
+      <c r="AE117" s="136"/>
+      <c r="AF117" s="137"/>
       <c r="AQ117" s="16"/>
     </row>
     <row r="118" spans="1:43" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="50">
         <v>14</v>
       </c>
-      <c r="B118" s="142" t="s">
+      <c r="B118" s="218" t="s">
         <v>2</v>
       </c>
-      <c r="C118" s="143"/>
-[...12 lines deleted...]
-      <c r="P118" s="155">
+      <c r="C118" s="219"/>
+      <c r="D118" s="219"/>
+      <c r="E118" s="219"/>
+      <c r="F118" s="219"/>
+      <c r="G118" s="219"/>
+      <c r="H118" s="219"/>
+      <c r="I118" s="219"/>
+      <c r="J118" s="219"/>
+      <c r="K118" s="220"/>
+      <c r="L118" s="220"/>
+      <c r="M118" s="220"/>
+      <c r="N118" s="220"/>
+      <c r="O118" s="220"/>
+      <c r="P118" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B10,AB70:AE98)</f>
         <v>0</v>
       </c>
-      <c r="Q118" s="156"/>
-[...3 lines deleted...]
-      <c r="U118" s="151" t="s">
+      <c r="Q118" s="136"/>
+      <c r="R118" s="136"/>
+      <c r="S118" s="136"/>
+      <c r="T118" s="137"/>
+      <c r="U118" s="166" t="s">
         <v>44</v>
       </c>
-      <c r="V118" s="151"/>
-[...2 lines deleted...]
-      <c r="Y118" s="151" t="s">
+      <c r="V118" s="166"/>
+      <c r="W118" s="166"/>
+      <c r="X118" s="166"/>
+      <c r="Y118" s="166" t="s">
         <v>44</v>
       </c>
-      <c r="Z118" s="151"/>
-[...2 lines deleted...]
-      <c r="AC118" s="155">
+      <c r="Z118" s="166"/>
+      <c r="AA118" s="166"/>
+      <c r="AB118" s="166"/>
+      <c r="AC118" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B10,AJ70:AM98)</f>
         <v>0</v>
       </c>
-      <c r="AD118" s="156"/>
-[...1 lines deleted...]
-      <c r="AF118" s="157"/>
+      <c r="AD118" s="136"/>
+      <c r="AE118" s="136"/>
+      <c r="AF118" s="137"/>
       <c r="AQ118" s="16"/>
     </row>
     <row r="119" spans="1:43" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="50">
         <v>15</v>
       </c>
-      <c r="B119" s="142" t="s">
+      <c r="B119" s="218" t="s">
         <v>3</v>
       </c>
-      <c r="C119" s="143"/>
-[...12 lines deleted...]
-      <c r="P119" s="191">
+      <c r="C119" s="219"/>
+      <c r="D119" s="219"/>
+      <c r="E119" s="219"/>
+      <c r="F119" s="219"/>
+      <c r="G119" s="219"/>
+      <c r="H119" s="219"/>
+      <c r="I119" s="219"/>
+      <c r="J119" s="219"/>
+      <c r="K119" s="220"/>
+      <c r="L119" s="220"/>
+      <c r="M119" s="220"/>
+      <c r="N119" s="220"/>
+      <c r="O119" s="220"/>
+      <c r="P119" s="142">
         <f ca="1">SUM(P120:T121)</f>
         <v>0</v>
       </c>
-      <c r="Q119" s="192"/>
-[...3 lines deleted...]
-      <c r="U119" s="151" t="s">
+      <c r="Q119" s="143"/>
+      <c r="R119" s="143"/>
+      <c r="S119" s="143"/>
+      <c r="T119" s="144"/>
+      <c r="U119" s="166" t="s">
         <v>44</v>
       </c>
-      <c r="V119" s="151"/>
-[...2 lines deleted...]
-      <c r="Y119" s="151" t="s">
+      <c r="V119" s="166"/>
+      <c r="W119" s="166"/>
+      <c r="X119" s="166"/>
+      <c r="Y119" s="166" t="s">
         <v>44</v>
       </c>
-      <c r="Z119" s="151"/>
-[...2 lines deleted...]
-      <c r="AC119" s="145">
+      <c r="Z119" s="166"/>
+      <c r="AA119" s="166"/>
+      <c r="AB119" s="166"/>
+      <c r="AC119" s="167">
         <f ca="1">SUM(AC120:AF121)</f>
         <v>0</v>
       </c>
-      <c r="AD119" s="145"/>
-[...1 lines deleted...]
-      <c r="AF119" s="145"/>
+      <c r="AD119" s="167"/>
+      <c r="AE119" s="167"/>
+      <c r="AF119" s="167"/>
       <c r="AQ119" s="16"/>
     </row>
     <row r="120" spans="1:43" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="50">
         <v>16</v>
       </c>
       <c r="B120" s="59" t="s">
         <v>7</v>
       </c>
       <c r="C120" s="56"/>
       <c r="D120" s="52" t="s">
         <v>8</v>
       </c>
       <c r="E120" s="60"/>
-      <c r="F120" s="209"/>
-[...9 lines deleted...]
-      <c r="P120" s="155">
+      <c r="F120" s="186"/>
+      <c r="G120" s="187"/>
+      <c r="H120" s="187"/>
+      <c r="I120" s="187"/>
+      <c r="J120" s="187"/>
+      <c r="K120" s="187"/>
+      <c r="L120" s="187"/>
+      <c r="M120" s="187"/>
+      <c r="N120" s="187"/>
+      <c r="O120" s="187"/>
+      <c r="P120" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B11,AB70:AE98)</f>
         <v>0</v>
       </c>
-      <c r="Q120" s="156"/>
-[...3 lines deleted...]
-      <c r="U120" s="151" t="s">
+      <c r="Q120" s="136"/>
+      <c r="R120" s="136"/>
+      <c r="S120" s="136"/>
+      <c r="T120" s="137"/>
+      <c r="U120" s="166" t="s">
         <v>44</v>
       </c>
-      <c r="V120" s="151"/>
-[...2 lines deleted...]
-      <c r="Y120" s="151" t="s">
+      <c r="V120" s="166"/>
+      <c r="W120" s="166"/>
+      <c r="X120" s="166"/>
+      <c r="Y120" s="166" t="s">
         <v>44</v>
       </c>
-      <c r="Z120" s="151"/>
-[...2 lines deleted...]
-      <c r="AC120" s="155">
+      <c r="Z120" s="166"/>
+      <c r="AA120" s="166"/>
+      <c r="AB120" s="166"/>
+      <c r="AC120" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B11,AJ70:AM98)</f>
         <v>0</v>
       </c>
-      <c r="AD120" s="156"/>
-[...1 lines deleted...]
-      <c r="AF120" s="157"/>
+      <c r="AD120" s="136"/>
+      <c r="AE120" s="136"/>
+      <c r="AF120" s="137"/>
       <c r="AQ120" s="16"/>
     </row>
     <row r="121" spans="1:43" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="50">
         <v>17</v>
       </c>
       <c r="B121" s="83"/>
       <c r="C121" s="82"/>
       <c r="D121" s="52" t="s">
         <v>4</v>
       </c>
       <c r="E121" s="61"/>
       <c r="F121" s="62"/>
       <c r="G121" s="82"/>
       <c r="H121" s="82"/>
       <c r="I121" s="82"/>
       <c r="J121" s="82"/>
       <c r="K121" s="82"/>
       <c r="L121" s="82"/>
       <c r="M121" s="82"/>
       <c r="N121" s="82"/>
       <c r="O121" s="63"/>
-      <c r="P121" s="155">
+      <c r="P121" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B12,AB70:AE98)</f>
         <v>0</v>
       </c>
-      <c r="Q121" s="156"/>
-[...3 lines deleted...]
-      <c r="U121" s="151" t="s">
+      <c r="Q121" s="136"/>
+      <c r="R121" s="136"/>
+      <c r="S121" s="136"/>
+      <c r="T121" s="137"/>
+      <c r="U121" s="166" t="s">
         <v>44</v>
       </c>
-      <c r="V121" s="151"/>
-[...2 lines deleted...]
-      <c r="Y121" s="151" t="s">
+      <c r="V121" s="166"/>
+      <c r="W121" s="166"/>
+      <c r="X121" s="166"/>
+      <c r="Y121" s="166" t="s">
         <v>44</v>
       </c>
-      <c r="Z121" s="151"/>
-[...2 lines deleted...]
-      <c r="AC121" s="155">
+      <c r="Z121" s="166"/>
+      <c r="AA121" s="166"/>
+      <c r="AB121" s="166"/>
+      <c r="AC121" s="135">
         <f ca="1">SUMIF(K70:Q98,_vst!B12,AJ70:AM98)</f>
         <v>0</v>
       </c>
-      <c r="AD121" s="156"/>
-[...1 lines deleted...]
-      <c r="AF121" s="157"/>
+      <c r="AD121" s="136"/>
+      <c r="AE121" s="136"/>
+      <c r="AF121" s="137"/>
       <c r="AQ121" s="16"/>
     </row>
     <row r="122" spans="1:43" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A122" s="75">
         <v>18</v>
       </c>
-      <c r="B122" s="213" t="s">
+      <c r="B122" s="189" t="s">
         <v>5</v>
       </c>
-      <c r="C122" s="214"/>
-[...12 lines deleted...]
-      <c r="P122" s="236">
+      <c r="C122" s="190"/>
+      <c r="D122" s="190"/>
+      <c r="E122" s="190"/>
+      <c r="F122" s="190"/>
+      <c r="G122" s="190"/>
+      <c r="H122" s="190"/>
+      <c r="I122" s="190"/>
+      <c r="J122" s="190"/>
+      <c r="K122" s="191"/>
+      <c r="L122" s="191"/>
+      <c r="M122" s="191"/>
+      <c r="N122" s="191"/>
+      <c r="O122" s="191"/>
+      <c r="P122" s="209">
         <f ca="1">SUMIF(K70:Q98,_vst!B13,AB70:AE98)</f>
         <v>0</v>
       </c>
-      <c r="Q122" s="237"/>
-[...3 lines deleted...]
-      <c r="U122" s="222" t="s">
+      <c r="Q122" s="210"/>
+      <c r="R122" s="210"/>
+      <c r="S122" s="210"/>
+      <c r="T122" s="211"/>
+      <c r="U122" s="196" t="s">
         <v>44</v>
       </c>
-      <c r="V122" s="222"/>
-[...2 lines deleted...]
-      <c r="Y122" s="222" t="s">
+      <c r="V122" s="196"/>
+      <c r="W122" s="196"/>
+      <c r="X122" s="196"/>
+      <c r="Y122" s="196" t="s">
         <v>44</v>
       </c>
-      <c r="Z122" s="222"/>
-[...2 lines deleted...]
-      <c r="AC122" s="243">
+      <c r="Z122" s="196"/>
+      <c r="AA122" s="196"/>
+      <c r="AB122" s="196"/>
+      <c r="AC122" s="178">
         <f ca="1">SUMIF(K70:Q98,_vst!B13,AJ70:AM98)</f>
         <v>0</v>
       </c>
-      <c r="AD122" s="244"/>
-[...1 lines deleted...]
-      <c r="AF122" s="245"/>
+      <c r="AD122" s="179"/>
+      <c r="AE122" s="179"/>
+      <c r="AF122" s="180"/>
       <c r="AQ122" s="16"/>
     </row>
     <row r="123" spans="1:43" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A123" s="76">
         <v>19</v>
       </c>
-      <c r="B123" s="216" t="s">
+      <c r="B123" s="192" t="s">
         <v>6</v>
       </c>
-      <c r="C123" s="217"/>
-[...12 lines deleted...]
-      <c r="P123" s="239">
+      <c r="C123" s="193"/>
+      <c r="D123" s="193"/>
+      <c r="E123" s="193"/>
+      <c r="F123" s="193"/>
+      <c r="G123" s="193"/>
+      <c r="H123" s="193"/>
+      <c r="I123" s="193"/>
+      <c r="J123" s="193"/>
+      <c r="K123" s="194"/>
+      <c r="L123" s="194"/>
+      <c r="M123" s="194"/>
+      <c r="N123" s="194"/>
+      <c r="O123" s="195"/>
+      <c r="P123" s="212">
         <f ca="1">P107+P108+P118+P119+P122</f>
         <v>0</v>
       </c>
-      <c r="Q123" s="240"/>
-[...3 lines deleted...]
-      <c r="U123" s="231">
+      <c r="Q123" s="213"/>
+      <c r="R123" s="213"/>
+      <c r="S123" s="213"/>
+      <c r="T123" s="214"/>
+      <c r="U123" s="176">
         <f ca="1">U107+U108</f>
         <v>0</v>
       </c>
-      <c r="V123" s="231"/>
-[...2 lines deleted...]
-      <c r="Y123" s="231">
+      <c r="V123" s="176"/>
+      <c r="W123" s="176"/>
+      <c r="X123" s="176"/>
+      <c r="Y123" s="176">
         <f ca="1">Y107+Y108</f>
         <v>0</v>
       </c>
-      <c r="Z123" s="231"/>
-[...2 lines deleted...]
-      <c r="AC123" s="231">
+      <c r="Z123" s="176"/>
+      <c r="AA123" s="176"/>
+      <c r="AB123" s="176"/>
+      <c r="AC123" s="176">
         <f ca="1">AC107+AC108+AC118+AC119+AC122</f>
         <v>0</v>
       </c>
-      <c r="AD123" s="231"/>
-[...1 lines deleted...]
-      <c r="AF123" s="252"/>
+      <c r="AD123" s="176"/>
+      <c r="AE123" s="176"/>
+      <c r="AF123" s="185"/>
     </row>
     <row r="124" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H124" s="4"/>
       <c r="I124" s="4"/>
       <c r="J124" s="4"/>
       <c r="K124" s="5"/>
       <c r="L124" s="6"/>
       <c r="M124" s="6"/>
       <c r="N124" s="6"/>
       <c r="O124" s="6"/>
       <c r="P124" s="6"/>
       <c r="Q124" s="6"/>
       <c r="R124" s="6"/>
       <c r="S124" s="6"/>
       <c r="T124" s="6"/>
       <c r="U124" s="6"/>
       <c r="V124" s="6"/>
       <c r="W124" s="6"/>
       <c r="X124" s="6"/>
       <c r="Y124" s="6"/>
       <c r="Z124" s="6"/>
       <c r="AA124" s="6"/>
       <c r="AB124" s="7"/>
       <c r="AC124" s="7"/>
       <c r="AD124" s="7"/>
       <c r="AE124" s="21"/>
       <c r="AF124" s="21"/>
       <c r="AG124" s="21"/>
       <c r="AH124" s="21"/>
       <c r="AI124" s="7"/>
       <c r="AJ124" s="7"/>
       <c r="AK124" s="7"/>
       <c r="AL124" s="7"/>
       <c r="AM124" s="7"/>
       <c r="AN124" s="7"/>
       <c r="AO124" s="7"/>
       <c r="AP124" s="7"/>
     </row>
     <row r="125" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A125" s="223" t="s">
+      <c r="A125" s="197" t="s">
         <v>218</v>
       </c>
-      <c r="B125" s="224"/>
-[...11 lines deleted...]
-      <c r="N125" s="160" t="s">
+      <c r="B125" s="198"/>
+      <c r="C125" s="198"/>
+      <c r="D125" s="198"/>
+      <c r="E125" s="198"/>
+      <c r="F125" s="198"/>
+      <c r="G125" s="198"/>
+      <c r="H125" s="198"/>
+      <c r="I125" s="198"/>
+      <c r="J125" s="198"/>
+      <c r="K125" s="198"/>
+      <c r="L125" s="198"/>
+      <c r="M125" s="199"/>
+      <c r="N125" s="177" t="s">
         <v>20</v>
       </c>
-      <c r="O125" s="160"/>
-[...3 lines deleted...]
-      <c r="S125" s="160" t="s">
+      <c r="O125" s="177"/>
+      <c r="P125" s="177"/>
+      <c r="Q125" s="177"/>
+      <c r="R125" s="177"/>
+      <c r="S125" s="177" t="s">
         <v>21</v>
       </c>
-      <c r="T125" s="160"/>
-[...3 lines deleted...]
-      <c r="X125" s="160" t="s">
+      <c r="T125" s="177"/>
+      <c r="U125" s="177"/>
+      <c r="V125" s="177"/>
+      <c r="W125" s="177"/>
+      <c r="X125" s="177" t="s">
         <v>22</v>
       </c>
-      <c r="Y125" s="160"/>
-[...1 lines deleted...]
-      <c r="AA125" s="160"/>
+      <c r="Y125" s="177"/>
+      <c r="Z125" s="177"/>
+      <c r="AA125" s="177"/>
       <c r="AB125" s="124" t="str">
         <f ca="1">IF(AF126&lt;0,_vst!C8,"")</f>
         <v/>
       </c>
       <c r="AD125" s="22"/>
       <c r="AE125" s="22"/>
       <c r="AF125" s="22"/>
       <c r="AG125" s="22"/>
       <c r="AH125" s="22"/>
       <c r="AI125" s="7"/>
       <c r="AJ125" s="20"/>
       <c r="AK125" s="20"/>
       <c r="AL125" s="20"/>
       <c r="AM125" s="20"/>
       <c r="AN125" s="18"/>
       <c r="AO125" s="18"/>
       <c r="AP125" s="18"/>
     </row>
     <row r="126" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A126" s="226"/>
-[...25 lines deleted...]
-      <c r="AA126" s="232"/>
+      <c r="A126" s="200"/>
+      <c r="B126" s="201"/>
+      <c r="C126" s="201"/>
+      <c r="D126" s="201"/>
+      <c r="E126" s="201"/>
+      <c r="F126" s="201"/>
+      <c r="G126" s="201"/>
+      <c r="H126" s="201"/>
+      <c r="I126" s="201"/>
+      <c r="J126" s="201"/>
+      <c r="K126" s="201"/>
+      <c r="L126" s="201"/>
+      <c r="M126" s="202"/>
+      <c r="N126" s="188"/>
+      <c r="O126" s="188"/>
+      <c r="P126" s="188"/>
+      <c r="Q126" s="188"/>
+      <c r="R126" s="188"/>
+      <c r="S126" s="188"/>
+      <c r="T126" s="188"/>
+      <c r="U126" s="188"/>
+      <c r="V126" s="188"/>
+      <c r="W126" s="188"/>
+      <c r="X126" s="205"/>
+      <c r="Y126" s="205"/>
+      <c r="Z126" s="205"/>
+      <c r="AA126" s="205"/>
       <c r="AB126" s="125" t="s">
         <v>87</v>
       </c>
       <c r="AD126" s="22"/>
       <c r="AE126" s="22"/>
-      <c r="AF126" s="251">
+      <c r="AF126" s="184">
         <f ca="1">U123-N126-S126-X126</f>
         <v>0</v>
       </c>
-      <c r="AG126" s="251"/>
-[...1 lines deleted...]
-      <c r="AI126" s="251"/>
+      <c r="AG126" s="184"/>
+      <c r="AH126" s="184"/>
+      <c r="AI126" s="184"/>
       <c r="AP126" s="19"/>
     </row>
     <row r="127" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="8"/>
       <c r="B127" s="8"/>
       <c r="C127" s="8"/>
       <c r="D127" s="8"/>
       <c r="E127" s="8"/>
       <c r="F127" s="8"/>
       <c r="G127" s="8"/>
       <c r="H127" s="8"/>
       <c r="I127" s="8"/>
       <c r="J127" s="7"/>
       <c r="K127" s="7"/>
       <c r="L127" s="7"/>
       <c r="M127" s="7"/>
       <c r="N127" s="7"/>
       <c r="O127" s="7"/>
       <c r="P127" s="7"/>
       <c r="Q127" s="7"/>
       <c r="R127" s="7"/>
       <c r="S127" s="7"/>
       <c r="T127" s="7"/>
       <c r="U127" s="7"/>
       <c r="V127" s="7"/>
@@ -9321,64 +9321,64 @@
       <c r="AK127" s="7"/>
       <c r="AL127" s="7"/>
       <c r="AM127" s="7"/>
       <c r="AN127" s="7"/>
       <c r="AO127" s="7"/>
       <c r="AP127" s="7"/>
     </row>
     <row r="128" spans="1:43" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="1"/>
       <c r="B128" s="8"/>
       <c r="C128" s="8"/>
       <c r="D128" s="8"/>
       <c r="E128" s="8"/>
       <c r="F128" s="8"/>
       <c r="G128" s="8"/>
       <c r="H128" s="8"/>
       <c r="I128" s="8"/>
       <c r="J128" s="7"/>
       <c r="K128" s="7"/>
       <c r="L128" s="7"/>
       <c r="M128" s="7"/>
       <c r="N128" s="64" t="str">
         <f>IF(G65="Ano",_vst!$C$28,_vst!$C$27)</f>
         <v>Podíl Zvýhodněného úvěru na způsobilých výdajích bez DPH:</v>
       </c>
-      <c r="O128" s="174">
+      <c r="O128" s="252">
         <f ca="1">AR109</f>
         <v>0</v>
       </c>
-      <c r="P128" s="175"/>
-      <c r="Q128" s="233" t="s">
+      <c r="P128" s="253"/>
+      <c r="Q128" s="206" t="s">
         <v>144</v>
       </c>
-      <c r="R128" s="234"/>
-      <c r="S128" s="235">
+      <c r="R128" s="207"/>
+      <c r="S128" s="208">
         <f>$AR$108</f>
         <v>0.9</v>
       </c>
-      <c r="T128" s="235"/>
+      <c r="T128" s="208"/>
       <c r="U128" s="90" t="str">
         <f ca="1">IF($AR$110=1,_vst!$C$10,"")</f>
         <v/>
       </c>
       <c r="W128" s="3"/>
       <c r="X128" s="3"/>
       <c r="Y128" s="3"/>
       <c r="Z128" s="3"/>
       <c r="AA128" s="7"/>
       <c r="AB128" s="23"/>
       <c r="AC128" s="22"/>
       <c r="AD128" s="7"/>
       <c r="AE128" s="7"/>
       <c r="AF128" s="7"/>
       <c r="AK128" s="7"/>
       <c r="AL128" s="7"/>
       <c r="AM128" s="7"/>
       <c r="AN128" s="7"/>
       <c r="AO128" s="7"/>
       <c r="AP128" s="7"/>
     </row>
     <row r="129" spans="1:79" ht="2.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="1"/>
       <c r="B129" s="8"/>
       <c r="C129" s="8"/>
@@ -9416,55 +9416,55 @@
       <c r="AJ129" s="7"/>
       <c r="AK129" s="7"/>
       <c r="AL129" s="7"/>
       <c r="AM129" s="7"/>
       <c r="AN129" s="7"/>
       <c r="AO129" s="7"/>
       <c r="AP129" s="7"/>
     </row>
     <row r="130" spans="1:79" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="108"/>
       <c r="B130" s="109"/>
       <c r="C130" s="110"/>
       <c r="D130" s="110"/>
       <c r="E130" s="110"/>
       <c r="F130" s="110"/>
       <c r="G130" s="110"/>
       <c r="H130" s="110"/>
       <c r="I130" s="110"/>
       <c r="J130" s="111"/>
       <c r="K130" s="111"/>
       <c r="L130" s="111"/>
       <c r="M130" s="111"/>
       <c r="N130" s="112" t="s">
         <v>195</v>
       </c>
-      <c r="O130" s="229">
+      <c r="O130" s="203">
         <f ca="1">$AV$107</f>
         <v>0</v>
       </c>
-      <c r="P130" s="230"/>
+      <c r="P130" s="204"/>
       <c r="Q130" s="117"/>
       <c r="R130" s="113"/>
       <c r="S130" s="114"/>
       <c r="T130" s="115"/>
       <c r="U130" s="116"/>
       <c r="V130" s="118"/>
       <c r="W130" s="118"/>
       <c r="X130" s="118"/>
       <c r="Y130" s="3"/>
       <c r="Z130" s="7"/>
       <c r="AA130" s="23"/>
       <c r="AB130" s="22"/>
       <c r="AC130" s="7"/>
       <c r="AD130" s="7"/>
       <c r="AE130" s="7"/>
       <c r="AF130" s="7"/>
       <c r="AG130" s="7"/>
       <c r="AH130" s="7"/>
       <c r="AI130" s="7"/>
       <c r="AJ130" s="7"/>
       <c r="AK130" s="7"/>
       <c r="AL130" s="7"/>
       <c r="AM130" s="7"/>
       <c r="AN130" s="7"/>
       <c r="AO130" s="7"/>
@@ -9574,305 +9574,305 @@
         <v>206</v>
       </c>
       <c r="H135" s="31" t="s">
         <v>207</v>
       </c>
       <c r="R135" s="1"/>
       <c r="S135" s="1"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
       <c r="X135" s="1"/>
       <c r="Y135" s="1"/>
       <c r="Z135" s="1"/>
       <c r="AA135" s="1"/>
       <c r="AB135" s="1"/>
       <c r="AC135" s="1"/>
       <c r="AD135" s="1"/>
       <c r="AE135" s="1"/>
       <c r="AF135" s="1"/>
       <c r="AG135" s="1"/>
       <c r="AH135" s="1"/>
       <c r="AI135" s="1"/>
     </row>
     <row r="136" spans="1:79" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A136" s="155">
+      <c r="A136" s="135">
         <f ca="1">Y123</f>
         <v>0</v>
       </c>
-      <c r="B136" s="156"/>
-[...2 lines deleted...]
-      <c r="E136" s="157"/>
+      <c r="B136" s="136"/>
+      <c r="C136" s="136"/>
+      <c r="D136" s="136"/>
+      <c r="E136" s="137"/>
       <c r="F136" s="1"/>
       <c r="H136" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I136" s="1"/>
       <c r="J136" s="1"/>
       <c r="K136" s="1"/>
-      <c r="M136" s="220"/>
-      <c r="N136" s="221"/>
+      <c r="M136" s="169"/>
+      <c r="N136" s="170"/>
       <c r="Q136" s="45"/>
       <c r="S136" s="49" t="s">
         <v>88</v>
       </c>
-      <c r="T136" s="220"/>
-      <c r="U136" s="221"/>
+      <c r="T136" s="169"/>
+      <c r="U136" s="170"/>
       <c r="W136" s="46"/>
       <c r="Y136" s="49" t="s">
         <v>89</v>
       </c>
-      <c r="Z136" s="220"/>
-      <c r="AA136" s="221"/>
+      <c r="Z136" s="169"/>
+      <c r="AA136" s="170"/>
     </row>
     <row r="137" spans="1:79" ht="3.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="138" spans="1:79" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:79" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A139" s="212"/>
-[...3 lines deleted...]
-      <c r="E139" s="212"/>
+      <c r="A139" s="188"/>
+      <c r="B139" s="188"/>
+      <c r="C139" s="188"/>
+      <c r="D139" s="188"/>
+      <c r="E139" s="188"/>
       <c r="F139" s="1"/>
     </row>
     <row r="140" spans="1:79" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:79" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A141" s="135">
+      <c r="A141" s="168">
         <f>SUM(V142:Z144)</f>
         <v>0</v>
       </c>
-      <c r="B141" s="135"/>
-[...2 lines deleted...]
-      <c r="E141" s="135"/>
+      <c r="B141" s="168"/>
+      <c r="C141" s="168"/>
+      <c r="D141" s="168"/>
+      <c r="E141" s="168"/>
       <c r="F141" s="1"/>
-      <c r="G141" s="142" t="s">
+      <c r="G141" s="218" t="s">
         <v>11</v>
       </c>
-      <c r="H141" s="143"/>
-[...13 lines deleted...]
-      <c r="V141" s="137" t="s">
+      <c r="H141" s="219"/>
+      <c r="I141" s="219"/>
+      <c r="J141" s="219"/>
+      <c r="K141" s="219"/>
+      <c r="L141" s="219"/>
+      <c r="M141" s="219"/>
+      <c r="N141" s="219"/>
+      <c r="O141" s="219"/>
+      <c r="P141" s="219"/>
+      <c r="Q141" s="219"/>
+      <c r="R141" s="219"/>
+      <c r="S141" s="219"/>
+      <c r="T141" s="219"/>
+      <c r="U141" s="219"/>
+      <c r="V141" s="173" t="s">
         <v>14</v>
       </c>
-      <c r="W141" s="138"/>
-[...3 lines deleted...]
-      <c r="AA141" s="160" t="s">
+      <c r="W141" s="174"/>
+      <c r="X141" s="174"/>
+      <c r="Y141" s="174"/>
+      <c r="Z141" s="175"/>
+      <c r="AA141" s="177" t="s">
         <v>12</v>
       </c>
-      <c r="AB141" s="160"/>
-[...3 lines deleted...]
-      <c r="AF141" s="160" t="s">
+      <c r="AB141" s="177"/>
+      <c r="AC141" s="177"/>
+      <c r="AD141" s="177"/>
+      <c r="AE141" s="177"/>
+      <c r="AF141" s="177" t="s">
         <v>13</v>
       </c>
-      <c r="AG141" s="160"/>
-[...2 lines deleted...]
-      <c r="AJ141" s="160"/>
+      <c r="AG141" s="177"/>
+      <c r="AH141" s="177"/>
+      <c r="AI141" s="177"/>
+      <c r="AJ141" s="177"/>
       <c r="AP141" s="24"/>
       <c r="BC141" s="5"/>
       <c r="BD141" s="5"/>
       <c r="BE141" s="5"/>
       <c r="BF141" s="5"/>
       <c r="BT141" s="26"/>
       <c r="BU141" s="26"/>
       <c r="BV141" s="26"/>
       <c r="BW141" s="26"/>
       <c r="BX141" s="26"/>
       <c r="BY141" s="26"/>
       <c r="BZ141" s="26"/>
       <c r="CA141" s="26"/>
     </row>
     <row r="142" spans="1:79" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="9"/>
       <c r="B142" s="9"/>
       <c r="C142" s="9"/>
       <c r="D142" s="9"/>
       <c r="E142" s="9"/>
-      <c r="G142" s="132"/>
-[...28 lines deleted...]
-      <c r="AJ142" s="128"/>
+      <c r="G142" s="129"/>
+      <c r="H142" s="130"/>
+      <c r="I142" s="130"/>
+      <c r="J142" s="130"/>
+      <c r="K142" s="130"/>
+      <c r="L142" s="130"/>
+      <c r="M142" s="130"/>
+      <c r="N142" s="130"/>
+      <c r="O142" s="130"/>
+      <c r="P142" s="130"/>
+      <c r="Q142" s="130"/>
+      <c r="R142" s="130"/>
+      <c r="S142" s="130"/>
+      <c r="T142" s="130"/>
+      <c r="U142" s="131"/>
+      <c r="V142" s="132"/>
+      <c r="W142" s="133"/>
+      <c r="X142" s="133"/>
+      <c r="Y142" s="133"/>
+      <c r="Z142" s="134"/>
+      <c r="AA142" s="181"/>
+      <c r="AB142" s="182"/>
+      <c r="AC142" s="182"/>
+      <c r="AD142" s="182"/>
+      <c r="AE142" s="183"/>
+      <c r="AF142" s="171"/>
+      <c r="AG142" s="172"/>
+      <c r="AH142" s="172"/>
+      <c r="AI142" s="172"/>
+      <c r="AJ142" s="172"/>
       <c r="AP142" s="1"/>
       <c r="BC142" s="29"/>
       <c r="BD142" s="29"/>
       <c r="BE142" s="29"/>
       <c r="BF142" s="29"/>
       <c r="BT142" s="29"/>
       <c r="BU142" s="29"/>
       <c r="BV142" s="29"/>
       <c r="BW142" s="29"/>
       <c r="BX142" s="30"/>
       <c r="BY142" s="29"/>
       <c r="BZ142" s="29"/>
       <c r="CA142" s="29"/>
     </row>
     <row r="143" spans="1:79" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="9"/>
       <c r="B143" s="9"/>
       <c r="C143" s="9"/>
       <c r="D143" s="9"/>
       <c r="E143" s="9"/>
-      <c r="G143" s="132"/>
-[...28 lines deleted...]
-      <c r="AJ143" s="128"/>
+      <c r="G143" s="129"/>
+      <c r="H143" s="130"/>
+      <c r="I143" s="130"/>
+      <c r="J143" s="130"/>
+      <c r="K143" s="130"/>
+      <c r="L143" s="130"/>
+      <c r="M143" s="130"/>
+      <c r="N143" s="130"/>
+      <c r="O143" s="130"/>
+      <c r="P143" s="130"/>
+      <c r="Q143" s="130"/>
+      <c r="R143" s="130"/>
+      <c r="S143" s="130"/>
+      <c r="T143" s="130"/>
+      <c r="U143" s="131"/>
+      <c r="V143" s="132"/>
+      <c r="W143" s="133"/>
+      <c r="X143" s="133"/>
+      <c r="Y143" s="133"/>
+      <c r="Z143" s="134"/>
+      <c r="AA143" s="171"/>
+      <c r="AB143" s="172"/>
+      <c r="AC143" s="172"/>
+      <c r="AD143" s="172"/>
+      <c r="AE143" s="172"/>
+      <c r="AF143" s="171"/>
+      <c r="AG143" s="172"/>
+      <c r="AH143" s="172"/>
+      <c r="AI143" s="172"/>
+      <c r="AJ143" s="172"/>
       <c r="AP143" s="1"/>
       <c r="BC143" s="29"/>
       <c r="BD143" s="29"/>
       <c r="BE143" s="29"/>
       <c r="BF143" s="29"/>
       <c r="BG143" s="29"/>
       <c r="BH143" s="29"/>
       <c r="BI143" s="29"/>
       <c r="BJ143" s="29"/>
       <c r="BK143" s="29"/>
       <c r="BL143" s="29"/>
       <c r="BM143" s="29"/>
       <c r="BN143" s="19"/>
       <c r="BO143" s="19"/>
       <c r="BP143" s="19"/>
       <c r="BQ143" s="19"/>
       <c r="BR143" s="19"/>
       <c r="BS143" s="30"/>
       <c r="BT143" s="29"/>
       <c r="BU143" s="29"/>
       <c r="BV143" s="29"/>
       <c r="BW143" s="29"/>
       <c r="BX143" s="30"/>
       <c r="BY143" s="29"/>
       <c r="BZ143" s="29"/>
       <c r="CA143" s="29"/>
     </row>
     <row r="144" spans="1:79" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="G144" s="132"/>
-[...28 lines deleted...]
-      <c r="AJ144" s="128"/>
+      <c r="G144" s="129"/>
+      <c r="H144" s="130"/>
+      <c r="I144" s="130"/>
+      <c r="J144" s="130"/>
+      <c r="K144" s="130"/>
+      <c r="L144" s="130"/>
+      <c r="M144" s="130"/>
+      <c r="N144" s="130"/>
+      <c r="O144" s="130"/>
+      <c r="P144" s="130"/>
+      <c r="Q144" s="130"/>
+      <c r="R144" s="130"/>
+      <c r="S144" s="130"/>
+      <c r="T144" s="130"/>
+      <c r="U144" s="131"/>
+      <c r="V144" s="132"/>
+      <c r="W144" s="133"/>
+      <c r="X144" s="133"/>
+      <c r="Y144" s="133"/>
+      <c r="Z144" s="134"/>
+      <c r="AA144" s="171"/>
+      <c r="AB144" s="172"/>
+      <c r="AC144" s="172"/>
+      <c r="AD144" s="172"/>
+      <c r="AE144" s="172"/>
+      <c r="AF144" s="171"/>
+      <c r="AG144" s="172"/>
+      <c r="AH144" s="172"/>
+      <c r="AI144" s="172"/>
+      <c r="AJ144" s="172"/>
       <c r="AP144" s="1"/>
       <c r="BC144" s="29"/>
       <c r="BD144" s="29"/>
       <c r="BE144" s="29"/>
       <c r="BF144" s="29"/>
       <c r="BG144" s="29"/>
       <c r="BH144" s="29"/>
       <c r="BI144" s="29"/>
       <c r="BJ144" s="29"/>
       <c r="BK144" s="29"/>
       <c r="BL144" s="29"/>
       <c r="BM144" s="29"/>
       <c r="BN144" s="19"/>
       <c r="BO144" s="19"/>
       <c r="BP144" s="19"/>
       <c r="BQ144" s="19"/>
       <c r="BR144" s="19"/>
       <c r="BS144" s="30"/>
       <c r="BT144" s="29"/>
       <c r="BU144" s="29"/>
       <c r="BV144" s="29"/>
       <c r="BW144" s="29"/>
       <c r="BX144" s="30"/>
       <c r="BY144" s="29"/>
       <c r="BZ144" s="29"/>
@@ -9918,272 +9918,272 @@
       <c r="BF145" s="12"/>
       <c r="BG145" s="12"/>
       <c r="BH145" s="12"/>
       <c r="BI145" s="12"/>
       <c r="BJ145" s="12"/>
       <c r="BK145" s="12"/>
       <c r="BL145" s="12"/>
       <c r="BM145" s="12"/>
       <c r="BN145" s="13"/>
       <c r="BO145" s="13"/>
       <c r="BP145" s="13"/>
       <c r="BQ145" s="13"/>
       <c r="BR145" s="13"/>
       <c r="BS145" s="12"/>
       <c r="BT145" s="12"/>
       <c r="BU145" s="12"/>
       <c r="BV145" s="12"/>
       <c r="BW145" s="12"/>
       <c r="BX145" s="12"/>
       <c r="BY145" s="12"/>
       <c r="BZ145" s="12"/>
       <c r="CA145" s="12"/>
       <c r="CB145" s="12"/>
     </row>
     <row r="146" spans="1:80" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A146" s="135">
+      <c r="A146" s="168">
         <f>SUM(V147:Z149)</f>
         <v>0</v>
       </c>
-      <c r="B146" s="135"/>
-[...2 lines deleted...]
-      <c r="E146" s="135"/>
+      <c r="B146" s="168"/>
+      <c r="C146" s="168"/>
+      <c r="D146" s="168"/>
+      <c r="E146" s="168"/>
       <c r="F146" s="1"/>
-      <c r="G146" s="142" t="s">
+      <c r="G146" s="218" t="s">
         <v>16</v>
       </c>
-      <c r="H146" s="143"/>
-[...13 lines deleted...]
-      <c r="V146" s="137" t="s">
+      <c r="H146" s="219"/>
+      <c r="I146" s="219"/>
+      <c r="J146" s="219"/>
+      <c r="K146" s="219"/>
+      <c r="L146" s="219"/>
+      <c r="M146" s="219"/>
+      <c r="N146" s="219"/>
+      <c r="O146" s="219"/>
+      <c r="P146" s="219"/>
+      <c r="Q146" s="219"/>
+      <c r="R146" s="219"/>
+      <c r="S146" s="219"/>
+      <c r="T146" s="219"/>
+      <c r="U146" s="219"/>
+      <c r="V146" s="173" t="s">
         <v>23</v>
       </c>
-      <c r="W146" s="138"/>
-[...3 lines deleted...]
-      <c r="AA146" s="137" t="s">
+      <c r="W146" s="174"/>
+      <c r="X146" s="174"/>
+      <c r="Y146" s="174"/>
+      <c r="Z146" s="175"/>
+      <c r="AA146" s="173" t="s">
         <v>17</v>
       </c>
-      <c r="AB146" s="138"/>
-[...7 lines deleted...]
-      <c r="AJ146" s="141"/>
+      <c r="AB146" s="174"/>
+      <c r="AC146" s="174"/>
+      <c r="AD146" s="174"/>
+      <c r="AE146" s="174"/>
+      <c r="AF146" s="266"/>
+      <c r="AG146" s="266"/>
+      <c r="AH146" s="266"/>
+      <c r="AI146" s="266"/>
+      <c r="AJ146" s="267"/>
       <c r="AP146" s="25"/>
       <c r="BC146" s="5"/>
       <c r="BD146" s="5"/>
       <c r="BE146" s="5"/>
       <c r="BF146" s="5"/>
       <c r="BG146" s="5"/>
       <c r="BH146" s="5"/>
       <c r="BI146" s="5"/>
       <c r="BJ146" s="5"/>
       <c r="BK146" s="5"/>
       <c r="BL146" s="5"/>
       <c r="BM146" s="5"/>
       <c r="BN146" s="26"/>
       <c r="BO146" s="26"/>
       <c r="BP146" s="26"/>
       <c r="BQ146" s="26"/>
       <c r="BR146" s="26"/>
       <c r="BS146" s="26"/>
       <c r="BT146" s="26"/>
       <c r="BU146" s="26"/>
       <c r="BV146" s="26"/>
       <c r="BW146" s="26"/>
       <c r="BX146" s="27"/>
       <c r="BY146" s="27"/>
       <c r="BZ146" s="27"/>
       <c r="CA146" s="27"/>
       <c r="CB146" s="27"/>
     </row>
     <row r="147" spans="1:80" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="G147" s="132"/>
-[...28 lines deleted...]
-      <c r="AJ147" s="134"/>
+      <c r="G147" s="129"/>
+      <c r="H147" s="130"/>
+      <c r="I147" s="130"/>
+      <c r="J147" s="130"/>
+      <c r="K147" s="130"/>
+      <c r="L147" s="130"/>
+      <c r="M147" s="130"/>
+      <c r="N147" s="130"/>
+      <c r="O147" s="130"/>
+      <c r="P147" s="130"/>
+      <c r="Q147" s="130"/>
+      <c r="R147" s="130"/>
+      <c r="S147" s="130"/>
+      <c r="T147" s="130"/>
+      <c r="U147" s="131"/>
+      <c r="V147" s="132"/>
+      <c r="W147" s="133"/>
+      <c r="X147" s="133"/>
+      <c r="Y147" s="133"/>
+      <c r="Z147" s="134"/>
+      <c r="AA147" s="129"/>
+      <c r="AB147" s="130"/>
+      <c r="AC147" s="130"/>
+      <c r="AD147" s="130"/>
+      <c r="AE147" s="130"/>
+      <c r="AF147" s="130"/>
+      <c r="AG147" s="130"/>
+      <c r="AH147" s="130"/>
+      <c r="AI147" s="130"/>
+      <c r="AJ147" s="131"/>
       <c r="AP147" s="1"/>
       <c r="BC147" s="29"/>
       <c r="BD147" s="29"/>
       <c r="BE147" s="29"/>
       <c r="BF147" s="29"/>
       <c r="BG147" s="29"/>
       <c r="BH147" s="29"/>
       <c r="BI147" s="29"/>
       <c r="BJ147" s="29"/>
       <c r="BK147" s="29"/>
       <c r="BL147" s="29"/>
       <c r="BM147" s="29"/>
       <c r="BN147" s="19"/>
       <c r="BO147" s="19"/>
       <c r="BP147" s="19"/>
       <c r="BQ147" s="19"/>
       <c r="BR147" s="19"/>
       <c r="BS147" s="29"/>
       <c r="BT147" s="29"/>
       <c r="BU147" s="29"/>
       <c r="BV147" s="29"/>
       <c r="BW147" s="29"/>
       <c r="BX147" s="29"/>
       <c r="BY147" s="29"/>
       <c r="BZ147" s="29"/>
       <c r="CA147" s="29"/>
       <c r="CB147" s="29"/>
     </row>
     <row r="148" spans="1:80" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="G148" s="132"/>
-[...28 lines deleted...]
-      <c r="AJ148" s="134"/>
+      <c r="G148" s="129"/>
+      <c r="H148" s="130"/>
+      <c r="I148" s="130"/>
+      <c r="J148" s="130"/>
+      <c r="K148" s="130"/>
+      <c r="L148" s="130"/>
+      <c r="M148" s="130"/>
+      <c r="N148" s="130"/>
+      <c r="O148" s="130"/>
+      <c r="P148" s="130"/>
+      <c r="Q148" s="130"/>
+      <c r="R148" s="130"/>
+      <c r="S148" s="130"/>
+      <c r="T148" s="130"/>
+      <c r="U148" s="131"/>
+      <c r="V148" s="132"/>
+      <c r="W148" s="133"/>
+      <c r="X148" s="133"/>
+      <c r="Y148" s="133"/>
+      <c r="Z148" s="134"/>
+      <c r="AA148" s="129"/>
+      <c r="AB148" s="130"/>
+      <c r="AC148" s="130"/>
+      <c r="AD148" s="130"/>
+      <c r="AE148" s="130"/>
+      <c r="AF148" s="130"/>
+      <c r="AG148" s="130"/>
+      <c r="AH148" s="130"/>
+      <c r="AI148" s="130"/>
+      <c r="AJ148" s="131"/>
       <c r="AP148" s="1"/>
       <c r="BC148" s="29"/>
       <c r="BD148" s="29"/>
       <c r="BE148" s="29"/>
       <c r="BF148" s="29"/>
       <c r="BG148" s="29"/>
       <c r="BH148" s="29"/>
       <c r="BI148" s="29"/>
       <c r="BJ148" s="29"/>
       <c r="BK148" s="29"/>
       <c r="BL148" s="29"/>
       <c r="BM148" s="29"/>
       <c r="BN148" s="19"/>
       <c r="BO148" s="19"/>
       <c r="BP148" s="19"/>
       <c r="BQ148" s="19"/>
       <c r="BR148" s="19"/>
       <c r="BS148" s="29"/>
       <c r="BT148" s="29"/>
       <c r="BU148" s="29"/>
       <c r="BV148" s="29"/>
       <c r="BW148" s="29"/>
       <c r="BX148" s="29"/>
       <c r="BY148" s="29"/>
       <c r="BZ148" s="29"/>
       <c r="CA148" s="29"/>
       <c r="CB148" s="29"/>
     </row>
     <row r="149" spans="1:80" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="G149" s="132"/>
-[...28 lines deleted...]
-      <c r="AJ149" s="134"/>
+      <c r="G149" s="129"/>
+      <c r="H149" s="130"/>
+      <c r="I149" s="130"/>
+      <c r="J149" s="130"/>
+      <c r="K149" s="130"/>
+      <c r="L149" s="130"/>
+      <c r="M149" s="130"/>
+      <c r="N149" s="130"/>
+      <c r="O149" s="130"/>
+      <c r="P149" s="130"/>
+      <c r="Q149" s="130"/>
+      <c r="R149" s="130"/>
+      <c r="S149" s="130"/>
+      <c r="T149" s="130"/>
+      <c r="U149" s="131"/>
+      <c r="V149" s="132"/>
+      <c r="W149" s="133"/>
+      <c r="X149" s="133"/>
+      <c r="Y149" s="133"/>
+      <c r="Z149" s="134"/>
+      <c r="AA149" s="129"/>
+      <c r="AB149" s="130"/>
+      <c r="AC149" s="130"/>
+      <c r="AD149" s="130"/>
+      <c r="AE149" s="130"/>
+      <c r="AF149" s="130"/>
+      <c r="AG149" s="130"/>
+      <c r="AH149" s="130"/>
+      <c r="AI149" s="130"/>
+      <c r="AJ149" s="131"/>
       <c r="AP149" s="1"/>
       <c r="AT149" s="22"/>
       <c r="BC149" s="29"/>
       <c r="BD149" s="29"/>
       <c r="BE149" s="29"/>
       <c r="BF149" s="29"/>
       <c r="BG149" s="29"/>
       <c r="BH149" s="29"/>
       <c r="BI149" s="29"/>
       <c r="BJ149" s="29"/>
       <c r="BK149" s="29"/>
       <c r="BL149" s="29"/>
       <c r="BM149" s="29"/>
       <c r="BN149" s="19"/>
       <c r="BO149" s="19"/>
       <c r="BP149" s="19"/>
       <c r="BQ149" s="19"/>
       <c r="BR149" s="19"/>
       <c r="BS149" s="29"/>
       <c r="BT149" s="29"/>
       <c r="BU149" s="29"/>
       <c r="BV149" s="29"/>
       <c r="BW149" s="29"/>
       <c r="BX149" s="29"/>
       <c r="BY149" s="29"/>
@@ -10231,690 +10231,690 @@
       <c r="BF150" s="12"/>
       <c r="BG150" s="12"/>
       <c r="BH150" s="12"/>
       <c r="BI150" s="12"/>
       <c r="BJ150" s="12"/>
       <c r="BK150" s="12"/>
       <c r="BL150" s="12"/>
       <c r="BM150" s="12"/>
       <c r="BN150" s="13"/>
       <c r="BO150" s="13"/>
       <c r="BP150" s="13"/>
       <c r="BQ150" s="13"/>
       <c r="BR150" s="13"/>
       <c r="BS150" s="12"/>
       <c r="BT150" s="12"/>
       <c r="BU150" s="12"/>
       <c r="BV150" s="12"/>
       <c r="BW150" s="12"/>
       <c r="BX150" s="12"/>
       <c r="BY150" s="12"/>
       <c r="BZ150" s="12"/>
       <c r="CA150" s="12"/>
       <c r="CB150" s="12"/>
     </row>
     <row r="151" spans="1:80" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A151" s="135">
+      <c r="A151" s="168">
         <f>SUM(V152:Z154)</f>
         <v>0</v>
       </c>
-      <c r="B151" s="135"/>
-[...2 lines deleted...]
-      <c r="E151" s="135"/>
+      <c r="B151" s="168"/>
+      <c r="C151" s="168"/>
+      <c r="D151" s="168"/>
+      <c r="E151" s="168"/>
       <c r="F151" s="1"/>
-      <c r="G151" s="142" t="s">
+      <c r="G151" s="218" t="s">
         <v>61</v>
       </c>
-      <c r="H151" s="143"/>
-[...13 lines deleted...]
-      <c r="V151" s="137" t="s">
+      <c r="H151" s="219"/>
+      <c r="I151" s="219"/>
+      <c r="J151" s="219"/>
+      <c r="K151" s="219"/>
+      <c r="L151" s="219"/>
+      <c r="M151" s="219"/>
+      <c r="N151" s="219"/>
+      <c r="O151" s="219"/>
+      <c r="P151" s="219"/>
+      <c r="Q151" s="219"/>
+      <c r="R151" s="219"/>
+      <c r="S151" s="219"/>
+      <c r="T151" s="219"/>
+      <c r="U151" s="219"/>
+      <c r="V151" s="173" t="s">
         <v>19</v>
       </c>
-      <c r="W151" s="138"/>
-[...3 lines deleted...]
-      <c r="AA151" s="160" t="s">
+      <c r="W151" s="174"/>
+      <c r="X151" s="174"/>
+      <c r="Y151" s="174"/>
+      <c r="Z151" s="175"/>
+      <c r="AA151" s="177" t="s">
         <v>12</v>
       </c>
-      <c r="AB151" s="160"/>
-[...3 lines deleted...]
-      <c r="AF151" s="160" t="s">
+      <c r="AB151" s="177"/>
+      <c r="AC151" s="177"/>
+      <c r="AD151" s="177"/>
+      <c r="AE151" s="177"/>
+      <c r="AF151" s="177" t="s">
         <v>13</v>
       </c>
-      <c r="AG151" s="160"/>
-[...2 lines deleted...]
-      <c r="AJ151" s="160"/>
+      <c r="AG151" s="177"/>
+      <c r="AH151" s="177"/>
+      <c r="AI151" s="177"/>
+      <c r="AJ151" s="177"/>
       <c r="AP151" s="24"/>
       <c r="BC151" s="5"/>
       <c r="BD151" s="5"/>
       <c r="BE151" s="5"/>
       <c r="BF151" s="5"/>
       <c r="BG151" s="5"/>
       <c r="BH151" s="5"/>
       <c r="BI151" s="5"/>
       <c r="BJ151" s="5"/>
       <c r="BK151" s="5"/>
       <c r="BL151" s="5"/>
       <c r="BM151" s="5"/>
       <c r="BN151" s="26"/>
       <c r="BO151" s="26"/>
       <c r="BP151" s="26"/>
       <c r="BQ151" s="26"/>
       <c r="BR151" s="26"/>
       <c r="BS151" s="26"/>
       <c r="BT151" s="26"/>
       <c r="BU151" s="26"/>
       <c r="BV151" s="26"/>
       <c r="BW151" s="26"/>
       <c r="BX151" s="26"/>
       <c r="BY151" s="26"/>
       <c r="BZ151" s="26"/>
       <c r="CA151" s="26"/>
       <c r="CB151" s="26"/>
     </row>
     <row r="152" spans="1:80" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="G152" s="132"/>
-[...28 lines deleted...]
-      <c r="AJ152" s="128"/>
+      <c r="G152" s="129"/>
+      <c r="H152" s="130"/>
+      <c r="I152" s="130"/>
+      <c r="J152" s="130"/>
+      <c r="K152" s="130"/>
+      <c r="L152" s="130"/>
+      <c r="M152" s="130"/>
+      <c r="N152" s="130"/>
+      <c r="O152" s="130"/>
+      <c r="P152" s="130"/>
+      <c r="Q152" s="130"/>
+      <c r="R152" s="130"/>
+      <c r="S152" s="130"/>
+      <c r="T152" s="130"/>
+      <c r="U152" s="131"/>
+      <c r="V152" s="132"/>
+      <c r="W152" s="133"/>
+      <c r="X152" s="133"/>
+      <c r="Y152" s="133"/>
+      <c r="Z152" s="134"/>
+      <c r="AA152" s="171"/>
+      <c r="AB152" s="172"/>
+      <c r="AC152" s="172"/>
+      <c r="AD152" s="172"/>
+      <c r="AE152" s="172"/>
+      <c r="AF152" s="171"/>
+      <c r="AG152" s="172"/>
+      <c r="AH152" s="172"/>
+      <c r="AI152" s="172"/>
+      <c r="AJ152" s="172"/>
       <c r="AP152" s="1"/>
       <c r="BC152" s="29"/>
       <c r="BD152" s="29"/>
       <c r="BE152" s="29"/>
       <c r="BF152" s="29"/>
       <c r="BG152" s="29"/>
       <c r="BH152" s="29"/>
       <c r="BI152" s="29"/>
       <c r="BJ152" s="29"/>
       <c r="BK152" s="29"/>
       <c r="BL152" s="29"/>
       <c r="BM152" s="29"/>
       <c r="BN152" s="19"/>
       <c r="BO152" s="19"/>
       <c r="BP152" s="19"/>
       <c r="BQ152" s="19"/>
       <c r="BR152" s="19"/>
       <c r="BS152" s="30"/>
       <c r="BT152" s="29"/>
       <c r="BU152" s="29"/>
       <c r="BV152" s="29"/>
       <c r="BW152" s="29"/>
       <c r="BX152" s="30"/>
       <c r="BY152" s="29"/>
       <c r="BZ152" s="29"/>
       <c r="CA152" s="29"/>
       <c r="CB152" s="29"/>
     </row>
     <row r="153" spans="1:80" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="G153" s="132"/>
-[...28 lines deleted...]
-      <c r="AJ153" s="128"/>
+      <c r="G153" s="129"/>
+      <c r="H153" s="130"/>
+      <c r="I153" s="130"/>
+      <c r="J153" s="130"/>
+      <c r="K153" s="130"/>
+      <c r="L153" s="130"/>
+      <c r="M153" s="130"/>
+      <c r="N153" s="130"/>
+      <c r="O153" s="130"/>
+      <c r="P153" s="130"/>
+      <c r="Q153" s="130"/>
+      <c r="R153" s="130"/>
+      <c r="S153" s="130"/>
+      <c r="T153" s="130"/>
+      <c r="U153" s="131"/>
+      <c r="V153" s="132"/>
+      <c r="W153" s="133"/>
+      <c r="X153" s="133"/>
+      <c r="Y153" s="133"/>
+      <c r="Z153" s="134"/>
+      <c r="AA153" s="171"/>
+      <c r="AB153" s="172"/>
+      <c r="AC153" s="172"/>
+      <c r="AD153" s="172"/>
+      <c r="AE153" s="172"/>
+      <c r="AF153" s="171"/>
+      <c r="AG153" s="172"/>
+      <c r="AH153" s="172"/>
+      <c r="AI153" s="172"/>
+      <c r="AJ153" s="172"/>
       <c r="AP153" s="1"/>
       <c r="BC153" s="29"/>
       <c r="BD153" s="29"/>
       <c r="BE153" s="29"/>
       <c r="BF153" s="29"/>
       <c r="BG153" s="29"/>
       <c r="BH153" s="29"/>
       <c r="BI153" s="29"/>
       <c r="BJ153" s="29"/>
       <c r="BK153" s="29"/>
       <c r="BL153" s="29"/>
       <c r="BM153" s="29"/>
       <c r="BN153" s="19"/>
       <c r="BO153" s="19"/>
       <c r="BP153" s="19"/>
       <c r="BQ153" s="19"/>
       <c r="BR153" s="19"/>
       <c r="BS153" s="30"/>
       <c r="BT153" s="29"/>
       <c r="BU153" s="29"/>
       <c r="BV153" s="29"/>
       <c r="BW153" s="29"/>
       <c r="BX153" s="30"/>
       <c r="BY153" s="29"/>
       <c r="BZ153" s="29"/>
       <c r="CA153" s="29"/>
       <c r="CB153" s="29"/>
     </row>
     <row r="154" spans="1:80" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A154" s="158" t="s">
+      <c r="A154" s="256" t="s">
         <v>41</v>
       </c>
-      <c r="B154" s="158"/>
-[...29 lines deleted...]
-      <c r="AJ154" s="128"/>
+      <c r="B154" s="256"/>
+      <c r="G154" s="129"/>
+      <c r="H154" s="130"/>
+      <c r="I154" s="130"/>
+      <c r="J154" s="130"/>
+      <c r="K154" s="130"/>
+      <c r="L154" s="130"/>
+      <c r="M154" s="130"/>
+      <c r="N154" s="130"/>
+      <c r="O154" s="130"/>
+      <c r="P154" s="130"/>
+      <c r="Q154" s="130"/>
+      <c r="R154" s="130"/>
+      <c r="S154" s="130"/>
+      <c r="T154" s="130"/>
+      <c r="U154" s="131"/>
+      <c r="V154" s="132"/>
+      <c r="W154" s="133"/>
+      <c r="X154" s="133"/>
+      <c r="Y154" s="133"/>
+      <c r="Z154" s="134"/>
+      <c r="AA154" s="171"/>
+      <c r="AB154" s="172"/>
+      <c r="AC154" s="172"/>
+      <c r="AD154" s="172"/>
+      <c r="AE154" s="172"/>
+      <c r="AF154" s="171"/>
+      <c r="AG154" s="172"/>
+      <c r="AH154" s="172"/>
+      <c r="AI154" s="172"/>
+      <c r="AJ154" s="172"/>
       <c r="AP154" s="1"/>
       <c r="BC154" s="29"/>
       <c r="BD154" s="29"/>
       <c r="BE154" s="29"/>
       <c r="BF154" s="29"/>
       <c r="BG154" s="29"/>
       <c r="BH154" s="29"/>
       <c r="BI154" s="29"/>
       <c r="BJ154" s="29"/>
       <c r="BK154" s="29"/>
       <c r="BL154" s="29"/>
       <c r="BM154" s="29"/>
       <c r="BN154" s="19"/>
       <c r="BO154" s="19"/>
       <c r="BP154" s="19"/>
       <c r="BQ154" s="19"/>
       <c r="BR154" s="19"/>
       <c r="BS154" s="30"/>
       <c r="BT154" s="29"/>
       <c r="BU154" s="29"/>
       <c r="BV154" s="29"/>
       <c r="BW154" s="29"/>
       <c r="BX154" s="30"/>
       <c r="BY154" s="29"/>
       <c r="BZ154" s="29"/>
       <c r="CA154" s="29"/>
       <c r="CB154" s="29"/>
     </row>
     <row r="155" spans="1:80" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A155" s="159"/>
-      <c r="B155" s="159"/>
+      <c r="A155" s="257"/>
+      <c r="B155" s="257"/>
       <c r="AR155" s="17">
         <f ca="1">IF(A156=0,0,IF(A156&lt;P123,1,0))</f>
         <v>0</v>
       </c>
       <c r="AS155" s="2" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="156" spans="1:80" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A156" s="145">
+      <c r="A156" s="167">
         <f ca="1">SUM(A139,A136,A141,A146,A151)</f>
         <v>0</v>
       </c>
-      <c r="B156" s="145"/>
-[...2 lines deleted...]
-      <c r="E156" s="145"/>
+      <c r="B156" s="167"/>
+      <c r="C156" s="167"/>
+      <c r="D156" s="167"/>
+      <c r="E156" s="167"/>
       <c r="F156" s="44" t="s">
         <v>87</v>
       </c>
       <c r="G156" s="22"/>
       <c r="H156" s="22"/>
-      <c r="J156" s="136">
+      <c r="J156" s="265">
         <f ca="1">P123-A156</f>
         <v>0</v>
       </c>
-      <c r="K156" s="136"/>
-[...1 lines deleted...]
-      <c r="M156" s="136"/>
+      <c r="K156" s="265"/>
+      <c r="L156" s="265"/>
+      <c r="M156" s="265"/>
       <c r="N156" s="48" t="str">
         <f ca="1">IF(J156&lt;(-0.1),_vst!$C$6,"")</f>
         <v/>
       </c>
       <c r="O156" s="47"/>
       <c r="S156" s="12"/>
       <c r="T156" s="12"/>
       <c r="U156" s="12"/>
       <c r="V156" s="12"/>
       <c r="W156" s="12"/>
       <c r="X156" s="12"/>
       <c r="Y156" s="12"/>
       <c r="Z156" s="12"/>
       <c r="AA156" s="12"/>
       <c r="AB156" s="13"/>
       <c r="AC156" s="13"/>
       <c r="AD156" s="13"/>
       <c r="AE156" s="13"/>
       <c r="AF156" s="13"/>
       <c r="AG156" s="12"/>
       <c r="AH156" s="12"/>
       <c r="AI156" s="12"/>
       <c r="AJ156" s="12"/>
       <c r="AK156" s="12"/>
       <c r="AL156" s="12"/>
       <c r="AM156" s="12"/>
       <c r="AN156" s="12"/>
       <c r="AO156" s="12"/>
       <c r="AP156" s="12"/>
     </row>
     <row r="157" spans="1:80" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="158" spans="1:80" ht="7.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="159" spans="1:80" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A159" s="177" t="s">
+      <c r="A159" s="233" t="s">
         <v>220</v>
       </c>
-      <c r="B159" s="177"/>
-[...20 lines deleted...]
-      <c r="W159" s="178"/>
+      <c r="B159" s="233"/>
+      <c r="C159" s="233"/>
+      <c r="D159" s="233"/>
+      <c r="E159" s="233"/>
+      <c r="F159" s="233"/>
+      <c r="G159" s="233"/>
+      <c r="H159" s="233"/>
+      <c r="I159" s="233"/>
+      <c r="J159" s="233"/>
+      <c r="K159" s="233"/>
+      <c r="L159" s="234"/>
+      <c r="M159" s="234"/>
+      <c r="N159" s="234"/>
+      <c r="O159" s="234"/>
+      <c r="P159" s="234"/>
+      <c r="Q159" s="234"/>
+      <c r="R159" s="234"/>
+      <c r="S159" s="234"/>
+      <c r="T159" s="234"/>
+      <c r="U159" s="234"/>
+      <c r="V159" s="234"/>
+      <c r="W159" s="234"/>
     </row>
     <row r="160" spans="1:80" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A160" s="184" t="s">
+      <c r="A160" s="240" t="s">
         <v>129</v>
       </c>
-      <c r="B160" s="185"/>
-[...13 lines deleted...]
-      <c r="P160" s="187" t="s">
+      <c r="B160" s="241"/>
+      <c r="C160" s="241"/>
+      <c r="D160" s="241"/>
+      <c r="E160" s="241"/>
+      <c r="F160" s="241"/>
+      <c r="G160" s="241"/>
+      <c r="H160" s="241"/>
+      <c r="I160" s="241"/>
+      <c r="J160" s="241"/>
+      <c r="K160" s="241"/>
+      <c r="L160" s="241"/>
+      <c r="M160" s="242"/>
+      <c r="N160" s="242"/>
+      <c r="O160" s="242"/>
+      <c r="P160" s="243" t="s">
         <v>130</v>
       </c>
-      <c r="Q160" s="188"/>
-[...3 lines deleted...]
-      <c r="U160" s="184" t="s">
+      <c r="Q160" s="244"/>
+      <c r="R160" s="244"/>
+      <c r="S160" s="244"/>
+      <c r="T160" s="245"/>
+      <c r="U160" s="240" t="s">
         <v>131</v>
       </c>
-      <c r="V160" s="185"/>
-[...12 lines deleted...]
-      <c r="AI160" s="186"/>
+      <c r="V160" s="241"/>
+      <c r="W160" s="241"/>
+      <c r="X160" s="241"/>
+      <c r="Y160" s="241"/>
+      <c r="Z160" s="241"/>
+      <c r="AA160" s="241"/>
+      <c r="AB160" s="241"/>
+      <c r="AC160" s="241"/>
+      <c r="AD160" s="241"/>
+      <c r="AE160" s="241"/>
+      <c r="AF160" s="241"/>
+      <c r="AG160" s="242"/>
+      <c r="AH160" s="242"/>
+      <c r="AI160" s="242"/>
     </row>
     <row r="161" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A161" s="161"/>
-[...33 lines deleted...]
-      <c r="AI161" s="161"/>
+      <c r="A161" s="165"/>
+      <c r="B161" s="165"/>
+      <c r="C161" s="165"/>
+      <c r="D161" s="165"/>
+      <c r="E161" s="165"/>
+      <c r="F161" s="165"/>
+      <c r="G161" s="165"/>
+      <c r="H161" s="165"/>
+      <c r="I161" s="165"/>
+      <c r="J161" s="165"/>
+      <c r="K161" s="165"/>
+      <c r="L161" s="165"/>
+      <c r="M161" s="165"/>
+      <c r="N161" s="165"/>
+      <c r="O161" s="165"/>
+      <c r="P161" s="232"/>
+      <c r="Q161" s="232"/>
+      <c r="R161" s="232"/>
+      <c r="S161" s="232"/>
+      <c r="T161" s="232"/>
+      <c r="U161" s="165"/>
+      <c r="V161" s="165"/>
+      <c r="W161" s="165"/>
+      <c r="X161" s="165"/>
+      <c r="Y161" s="165"/>
+      <c r="Z161" s="165"/>
+      <c r="AA161" s="165"/>
+      <c r="AB161" s="165"/>
+      <c r="AC161" s="165"/>
+      <c r="AD161" s="165"/>
+      <c r="AE161" s="165"/>
+      <c r="AF161" s="165"/>
+      <c r="AG161" s="165"/>
+      <c r="AH161" s="165"/>
+      <c r="AI161" s="165"/>
     </row>
     <row r="162" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A162" s="161"/>
-[...33 lines deleted...]
-      <c r="AI162" s="161"/>
+      <c r="A162" s="165"/>
+      <c r="B162" s="165"/>
+      <c r="C162" s="165"/>
+      <c r="D162" s="165"/>
+      <c r="E162" s="165"/>
+      <c r="F162" s="165"/>
+      <c r="G162" s="165"/>
+      <c r="H162" s="165"/>
+      <c r="I162" s="165"/>
+      <c r="J162" s="165"/>
+      <c r="K162" s="165"/>
+      <c r="L162" s="165"/>
+      <c r="M162" s="165"/>
+      <c r="N162" s="165"/>
+      <c r="O162" s="165"/>
+      <c r="P162" s="232"/>
+      <c r="Q162" s="232"/>
+      <c r="R162" s="232"/>
+      <c r="S162" s="232"/>
+      <c r="T162" s="232"/>
+      <c r="U162" s="165"/>
+      <c r="V162" s="165"/>
+      <c r="W162" s="165"/>
+      <c r="X162" s="165"/>
+      <c r="Y162" s="165"/>
+      <c r="Z162" s="165"/>
+      <c r="AA162" s="165"/>
+      <c r="AB162" s="165"/>
+      <c r="AC162" s="165"/>
+      <c r="AD162" s="165"/>
+      <c r="AE162" s="165"/>
+      <c r="AF162" s="165"/>
+      <c r="AG162" s="165"/>
+      <c r="AH162" s="165"/>
+      <c r="AI162" s="165"/>
     </row>
     <row r="163" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A163" s="161"/>
-[...33 lines deleted...]
-      <c r="AI163" s="161"/>
+      <c r="A163" s="165"/>
+      <c r="B163" s="165"/>
+      <c r="C163" s="165"/>
+      <c r="D163" s="165"/>
+      <c r="E163" s="165"/>
+      <c r="F163" s="165"/>
+      <c r="G163" s="165"/>
+      <c r="H163" s="165"/>
+      <c r="I163" s="165"/>
+      <c r="J163" s="165"/>
+      <c r="K163" s="165"/>
+      <c r="L163" s="165"/>
+      <c r="M163" s="165"/>
+      <c r="N163" s="165"/>
+      <c r="O163" s="165"/>
+      <c r="P163" s="232"/>
+      <c r="Q163" s="232"/>
+      <c r="R163" s="232"/>
+      <c r="S163" s="232"/>
+      <c r="T163" s="232"/>
+      <c r="U163" s="165"/>
+      <c r="V163" s="165"/>
+      <c r="W163" s="165"/>
+      <c r="X163" s="165"/>
+      <c r="Y163" s="165"/>
+      <c r="Z163" s="165"/>
+      <c r="AA163" s="165"/>
+      <c r="AB163" s="165"/>
+      <c r="AC163" s="165"/>
+      <c r="AD163" s="165"/>
+      <c r="AE163" s="165"/>
+      <c r="AF163" s="165"/>
+      <c r="AG163" s="165"/>
+      <c r="AH163" s="165"/>
+      <c r="AI163" s="165"/>
     </row>
     <row r="164" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A164" s="161"/>
-[...33 lines deleted...]
-      <c r="AI164" s="161"/>
+      <c r="A164" s="165"/>
+      <c r="B164" s="165"/>
+      <c r="C164" s="165"/>
+      <c r="D164" s="165"/>
+      <c r="E164" s="165"/>
+      <c r="F164" s="165"/>
+      <c r="G164" s="165"/>
+      <c r="H164" s="165"/>
+      <c r="I164" s="165"/>
+      <c r="J164" s="165"/>
+      <c r="K164" s="165"/>
+      <c r="L164" s="165"/>
+      <c r="M164" s="165"/>
+      <c r="N164" s="165"/>
+      <c r="O164" s="165"/>
+      <c r="P164" s="232"/>
+      <c r="Q164" s="232"/>
+      <c r="R164" s="232"/>
+      <c r="S164" s="232"/>
+      <c r="T164" s="232"/>
+      <c r="U164" s="165"/>
+      <c r="V164" s="165"/>
+      <c r="W164" s="165"/>
+      <c r="X164" s="165"/>
+      <c r="Y164" s="165"/>
+      <c r="Z164" s="165"/>
+      <c r="AA164" s="165"/>
+      <c r="AB164" s="165"/>
+      <c r="AC164" s="165"/>
+      <c r="AD164" s="165"/>
+      <c r="AE164" s="165"/>
+      <c r="AF164" s="165"/>
+      <c r="AG164" s="165"/>
+      <c r="AH164" s="165"/>
+      <c r="AI164" s="165"/>
     </row>
     <row r="165" spans="1:45" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A165" s="161"/>
-[...33 lines deleted...]
-      <c r="AI165" s="161"/>
+      <c r="A165" s="165"/>
+      <c r="B165" s="165"/>
+      <c r="C165" s="165"/>
+      <c r="D165" s="165"/>
+      <c r="E165" s="165"/>
+      <c r="F165" s="165"/>
+      <c r="G165" s="165"/>
+      <c r="H165" s="165"/>
+      <c r="I165" s="165"/>
+      <c r="J165" s="165"/>
+      <c r="K165" s="165"/>
+      <c r="L165" s="165"/>
+      <c r="M165" s="165"/>
+      <c r="N165" s="165"/>
+      <c r="O165" s="165"/>
+      <c r="P165" s="232"/>
+      <c r="Q165" s="232"/>
+      <c r="R165" s="232"/>
+      <c r="S165" s="232"/>
+      <c r="T165" s="232"/>
+      <c r="U165" s="165"/>
+      <c r="V165" s="165"/>
+      <c r="W165" s="165"/>
+      <c r="X165" s="165"/>
+      <c r="Y165" s="165"/>
+      <c r="Z165" s="165"/>
+      <c r="AA165" s="165"/>
+      <c r="AB165" s="165"/>
+      <c r="AC165" s="165"/>
+      <c r="AD165" s="165"/>
+      <c r="AE165" s="165"/>
+      <c r="AF165" s="165"/>
+      <c r="AG165" s="165"/>
+      <c r="AH165" s="165"/>
+      <c r="AI165" s="165"/>
     </row>
     <row r="167" spans="1:45" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="84"/>
       <c r="B167" s="84"/>
       <c r="C167" s="84"/>
       <c r="D167" s="84"/>
       <c r="E167" s="84"/>
       <c r="F167" s="84"/>
       <c r="G167" s="84"/>
       <c r="H167" s="84"/>
       <c r="I167" s="84"/>
       <c r="J167" s="84"/>
       <c r="K167" s="84"/>
       <c r="L167" s="84"/>
       <c r="M167" s="84"/>
       <c r="N167" s="84"/>
       <c r="O167" s="84"/>
       <c r="P167" s="84"/>
       <c r="Q167" s="84"/>
       <c r="R167" s="84"/>
       <c r="S167" s="84"/>
       <c r="T167" s="84"/>
       <c r="U167" s="84"/>
       <c r="V167" s="84"/>
       <c r="W167" s="84"/>
       <c r="X167" s="84"/>
       <c r="Y167" s="84"/>
       <c r="Z167" s="84"/>
       <c r="AA167" s="84"/>
       <c r="AB167" s="84"/>
       <c r="AC167" s="84"/>
       <c r="AD167" s="84"/>
       <c r="AE167" s="84"/>
       <c r="AF167" s="84"/>
       <c r="AG167" s="84"/>
       <c r="AH167" s="84"/>
       <c r="AI167" s="84"/>
       <c r="AR167" s="35"/>
       <c r="AS167" s="35"/>
     </row>
     <row r="168" spans="1:45" s="35" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="28" t="s">
         <v>72</v>
       </c>
-      <c r="B168" s="183"/>
-[...11 lines deleted...]
-      <c r="N168" s="183"/>
+      <c r="B168" s="239"/>
+      <c r="C168" s="239"/>
+      <c r="D168" s="239"/>
+      <c r="E168" s="239"/>
+      <c r="F168" s="239"/>
+      <c r="G168" s="239"/>
+      <c r="H168" s="239"/>
+      <c r="I168" s="239"/>
+      <c r="J168" s="239"/>
+      <c r="K168" s="239"/>
+      <c r="L168" s="239"/>
+      <c r="M168" s="239"/>
+      <c r="N168" s="239"/>
       <c r="O168" s="2"/>
       <c r="P168" s="28" t="s">
         <v>73</v>
       </c>
-      <c r="Q168" s="182"/>
-[...3 lines deleted...]
-      <c r="U168" s="183"/>
+      <c r="Q168" s="238"/>
+      <c r="R168" s="239"/>
+      <c r="S168" s="239"/>
+      <c r="T168" s="239"/>
+      <c r="U168" s="239"/>
       <c r="V168" s="2"/>
       <c r="W168" s="2"/>
       <c r="X168" s="2"/>
       <c r="Y168" s="2"/>
       <c r="Z168" s="2"/>
       <c r="AA168" s="2"/>
       <c r="AB168" s="2"/>
       <c r="AC168" s="2"/>
       <c r="AD168" s="2"/>
       <c r="AE168" s="2"/>
       <c r="AF168" s="2"/>
       <c r="AG168" s="2"/>
       <c r="AH168" s="2"/>
       <c r="AI168" s="2"/>
       <c r="AJ168" s="2"/>
       <c r="AK168" s="2"/>
       <c r="AL168" s="2"/>
       <c r="AM168" s="2"/>
       <c r="AN168" s="2"/>
       <c r="AR168" s="2"/>
       <c r="AS168" s="2"/>
     </row>
     <row r="169" spans="1:45" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="85"/>
       <c r="B169" s="85"/>
@@ -10926,658 +10926,658 @@
       <c r="H169" s="85"/>
       <c r="I169" s="85"/>
       <c r="J169" s="85"/>
       <c r="K169" s="85"/>
       <c r="L169" s="85"/>
       <c r="M169" s="85"/>
       <c r="N169" s="85"/>
       <c r="O169" s="85"/>
       <c r="P169" s="85"/>
       <c r="Q169" s="85"/>
       <c r="R169" s="85"/>
       <c r="S169" s="85"/>
       <c r="T169" s="85"/>
       <c r="U169" s="85"/>
       <c r="V169" s="85"/>
       <c r="W169" s="85"/>
       <c r="X169" s="85"/>
       <c r="Y169" s="85"/>
       <c r="Z169" s="85"/>
       <c r="AA169" s="85"/>
       <c r="AB169" s="85"/>
       <c r="AC169" s="85"/>
       <c r="AD169" s="85"/>
     </row>
     <row r="170" spans="1:45" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A170" s="169" t="s">
+      <c r="A170" s="246" t="s">
         <v>75</v>
       </c>
-      <c r="B170" s="170"/>
-[...7 lines deleted...]
-      <c r="J170" s="169" t="s">
+      <c r="B170" s="247"/>
+      <c r="C170" s="247"/>
+      <c r="D170" s="247"/>
+      <c r="E170" s="247"/>
+      <c r="F170" s="247"/>
+      <c r="G170" s="247"/>
+      <c r="H170" s="247"/>
+      <c r="I170" s="248"/>
+      <c r="J170" s="246" t="s">
         <v>146</v>
       </c>
-      <c r="K170" s="170"/>
-[...5 lines deleted...]
-      <c r="Q170" s="171" t="s">
+      <c r="K170" s="247"/>
+      <c r="L170" s="247"/>
+      <c r="M170" s="247"/>
+      <c r="N170" s="247"/>
+      <c r="O170" s="247"/>
+      <c r="P170" s="247"/>
+      <c r="Q170" s="249" t="s">
         <v>76</v>
       </c>
-      <c r="R170" s="171"/>
-[...11 lines deleted...]
-      <c r="AD170" s="172"/>
+      <c r="R170" s="249"/>
+      <c r="S170" s="249"/>
+      <c r="T170" s="249"/>
+      <c r="U170" s="249"/>
+      <c r="V170" s="249"/>
+      <c r="W170" s="249"/>
+      <c r="X170" s="249"/>
+      <c r="Y170" s="250"/>
+      <c r="Z170" s="250"/>
+      <c r="AA170" s="250"/>
+      <c r="AB170" s="250"/>
+      <c r="AC170" s="250"/>
+      <c r="AD170" s="250"/>
     </row>
     <row r="171" spans="1:45" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A171" s="179"/>
-[...28 lines deleted...]
-      <c r="AD171" s="181"/>
+      <c r="A171" s="235"/>
+      <c r="B171" s="236"/>
+      <c r="C171" s="236"/>
+      <c r="D171" s="236"/>
+      <c r="E171" s="236"/>
+      <c r="F171" s="236"/>
+      <c r="G171" s="236"/>
+      <c r="H171" s="236"/>
+      <c r="I171" s="236"/>
+      <c r="J171" s="237"/>
+      <c r="K171" s="237"/>
+      <c r="L171" s="237"/>
+      <c r="M171" s="237"/>
+      <c r="N171" s="237"/>
+      <c r="O171" s="237"/>
+      <c r="P171" s="237"/>
+      <c r="Q171" s="237"/>
+      <c r="R171" s="237"/>
+      <c r="S171" s="237"/>
+      <c r="T171" s="237"/>
+      <c r="U171" s="237"/>
+      <c r="V171" s="237"/>
+      <c r="W171" s="237"/>
+      <c r="X171" s="237"/>
+      <c r="Y171" s="237"/>
+      <c r="Z171" s="237"/>
+      <c r="AA171" s="237"/>
+      <c r="AB171" s="237"/>
+      <c r="AC171" s="237"/>
+      <c r="AD171" s="237"/>
     </row>
     <row r="172" spans="1:45" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A172" s="179"/>
-[...28 lines deleted...]
-      <c r="AD172" s="181"/>
+      <c r="A172" s="235"/>
+      <c r="B172" s="236"/>
+      <c r="C172" s="236"/>
+      <c r="D172" s="236"/>
+      <c r="E172" s="236"/>
+      <c r="F172" s="236"/>
+      <c r="G172" s="236"/>
+      <c r="H172" s="236"/>
+      <c r="I172" s="236"/>
+      <c r="J172" s="237"/>
+      <c r="K172" s="237"/>
+      <c r="L172" s="237"/>
+      <c r="M172" s="237"/>
+      <c r="N172" s="237"/>
+      <c r="O172" s="237"/>
+      <c r="P172" s="237"/>
+      <c r="Q172" s="237"/>
+      <c r="R172" s="237"/>
+      <c r="S172" s="237"/>
+      <c r="T172" s="237"/>
+      <c r="U172" s="237"/>
+      <c r="V172" s="237"/>
+      <c r="W172" s="237"/>
+      <c r="X172" s="237"/>
+      <c r="Y172" s="237"/>
+      <c r="Z172" s="237"/>
+      <c r="AA172" s="237"/>
+      <c r="AB172" s="237"/>
+      <c r="AC172" s="237"/>
+      <c r="AD172" s="237"/>
     </row>
     <row r="173" spans="1:45" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A173" s="179"/>
-[...28 lines deleted...]
-      <c r="AD173" s="181"/>
+      <c r="A173" s="235"/>
+      <c r="B173" s="236"/>
+      <c r="C173" s="236"/>
+      <c r="D173" s="236"/>
+      <c r="E173" s="236"/>
+      <c r="F173" s="236"/>
+      <c r="G173" s="236"/>
+      <c r="H173" s="236"/>
+      <c r="I173" s="236"/>
+      <c r="J173" s="237"/>
+      <c r="K173" s="237"/>
+      <c r="L173" s="237"/>
+      <c r="M173" s="237"/>
+      <c r="N173" s="237"/>
+      <c r="O173" s="237"/>
+      <c r="P173" s="237"/>
+      <c r="Q173" s="237"/>
+      <c r="R173" s="237"/>
+      <c r="S173" s="237"/>
+      <c r="T173" s="237"/>
+      <c r="U173" s="237"/>
+      <c r="V173" s="237"/>
+      <c r="W173" s="237"/>
+      <c r="X173" s="237"/>
+      <c r="Y173" s="237"/>
+      <c r="Z173" s="237"/>
+      <c r="AA173" s="237"/>
+      <c r="AB173" s="237"/>
+      <c r="AC173" s="237"/>
+      <c r="AD173" s="237"/>
     </row>
     <row r="174" spans="1:45" ht="12" x14ac:dyDescent="0.2">
       <c r="A174" s="74" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="175" spans="1:45" ht="12" x14ac:dyDescent="0.2"/>
     <row r="176" spans="1:45" ht="12" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="Ri66sk2RE/5tYORFCw8ncn6Pwt4dc9ztrDrxLelbFZT2gfHINe4rxptpLq2mJMfi3/2duAn5xminy2bsBAyveg==" saltValue="Q2VhXSoH0GD/DiUWTyA/2Q==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatRows="0"/>
   <mergeCells count="465">
-    <mergeCell ref="G65:H65"/>
-[...18 lines deleted...]
-    <mergeCell ref="Y68:Y69"/>
+    <mergeCell ref="AA144:AE144"/>
+    <mergeCell ref="AF154:AJ154"/>
+    <mergeCell ref="G148:U148"/>
+    <mergeCell ref="A151:E151"/>
+    <mergeCell ref="J156:M156"/>
+    <mergeCell ref="G153:U153"/>
+    <mergeCell ref="AA147:AJ147"/>
+    <mergeCell ref="A146:E146"/>
+    <mergeCell ref="V147:Z147"/>
+    <mergeCell ref="V146:Z146"/>
+    <mergeCell ref="AA146:AJ146"/>
+    <mergeCell ref="AF144:AJ144"/>
+    <mergeCell ref="AR104:AT104"/>
+    <mergeCell ref="U109:X109"/>
+    <mergeCell ref="U107:X107"/>
+    <mergeCell ref="U110:X110"/>
+    <mergeCell ref="Y106:AB106"/>
+    <mergeCell ref="U118:X118"/>
+    <mergeCell ref="AC107:AF107"/>
+    <mergeCell ref="AC112:AF112"/>
+    <mergeCell ref="AC109:AF109"/>
+    <mergeCell ref="AC110:AF110"/>
+    <mergeCell ref="U116:X116"/>
+    <mergeCell ref="Y113:AB113"/>
+    <mergeCell ref="U113:X113"/>
+    <mergeCell ref="AC113:AF113"/>
+    <mergeCell ref="Y114:AB114"/>
+    <mergeCell ref="Y115:AB115"/>
+    <mergeCell ref="AA152:AE152"/>
+    <mergeCell ref="P113:T113"/>
+    <mergeCell ref="G154:U154"/>
+    <mergeCell ref="V154:Z154"/>
+    <mergeCell ref="AA154:AE154"/>
+    <mergeCell ref="G151:U151"/>
+    <mergeCell ref="G149:U149"/>
+    <mergeCell ref="G152:U152"/>
+    <mergeCell ref="V148:Z148"/>
+    <mergeCell ref="AA148:AJ148"/>
+    <mergeCell ref="V149:Z149"/>
+    <mergeCell ref="AA151:AE151"/>
+    <mergeCell ref="AF151:AJ151"/>
+    <mergeCell ref="AA149:AJ149"/>
+    <mergeCell ref="G141:U141"/>
+    <mergeCell ref="G146:U146"/>
+    <mergeCell ref="G142:U142"/>
+    <mergeCell ref="G143:U143"/>
+    <mergeCell ref="G144:U144"/>
+    <mergeCell ref="G147:U147"/>
+    <mergeCell ref="V151:Z151"/>
+    <mergeCell ref="AF152:AJ152"/>
+    <mergeCell ref="AA153:AE153"/>
+    <mergeCell ref="AF153:AJ153"/>
+    <mergeCell ref="U115:X115"/>
+    <mergeCell ref="V79:X79"/>
+    <mergeCell ref="V80:X80"/>
+    <mergeCell ref="V81:X81"/>
+    <mergeCell ref="V82:X82"/>
+    <mergeCell ref="A156:E156"/>
+    <mergeCell ref="A154:B155"/>
+    <mergeCell ref="V153:Z153"/>
+    <mergeCell ref="V152:Z152"/>
+    <mergeCell ref="V144:Z144"/>
+    <mergeCell ref="A86:J86"/>
+    <mergeCell ref="AC106:AF106"/>
+    <mergeCell ref="AF95:AI95"/>
+    <mergeCell ref="A78:J78"/>
+    <mergeCell ref="A79:J79"/>
+    <mergeCell ref="A98:J98"/>
+    <mergeCell ref="K98:Q98"/>
+    <mergeCell ref="R88:U88"/>
+    <mergeCell ref="R89:U89"/>
+    <mergeCell ref="A84:J84"/>
+    <mergeCell ref="A83:J83"/>
+    <mergeCell ref="K83:Q83"/>
+    <mergeCell ref="A87:J87"/>
+    <mergeCell ref="K87:Q87"/>
+    <mergeCell ref="K84:Q84"/>
+    <mergeCell ref="R90:U90"/>
+    <mergeCell ref="R94:U94"/>
+    <mergeCell ref="A82:J82"/>
+    <mergeCell ref="A85:J85"/>
+    <mergeCell ref="K85:Q85"/>
+    <mergeCell ref="A88:J88"/>
+    <mergeCell ref="B56:AN56"/>
+    <mergeCell ref="A61:AJ61"/>
+    <mergeCell ref="B58:AN58"/>
+    <mergeCell ref="B59:AN59"/>
+    <mergeCell ref="A94:J94"/>
+    <mergeCell ref="A95:J95"/>
+    <mergeCell ref="Y110:AB110"/>
+    <mergeCell ref="P110:T110"/>
+    <mergeCell ref="P111:T111"/>
+    <mergeCell ref="K82:Q82"/>
+    <mergeCell ref="K80:Q80"/>
+    <mergeCell ref="R80:U80"/>
+    <mergeCell ref="R81:U81"/>
+    <mergeCell ref="R82:U82"/>
+    <mergeCell ref="R83:U83"/>
+    <mergeCell ref="K81:Q81"/>
+    <mergeCell ref="K95:Q95"/>
+    <mergeCell ref="R95:U95"/>
+    <mergeCell ref="I102:AG102"/>
+    <mergeCell ref="R78:U78"/>
+    <mergeCell ref="AC108:AF108"/>
+    <mergeCell ref="AC111:AF111"/>
+    <mergeCell ref="Y109:AB109"/>
+    <mergeCell ref="A73:J73"/>
+    <mergeCell ref="J170:P170"/>
+    <mergeCell ref="Q170:AD170"/>
+    <mergeCell ref="A8:AN8"/>
+    <mergeCell ref="B40:AN40"/>
+    <mergeCell ref="B41:AN41"/>
+    <mergeCell ref="B43:AN43"/>
+    <mergeCell ref="B44:AN44"/>
+    <mergeCell ref="B46:AN46"/>
+    <mergeCell ref="B47:AN47"/>
+    <mergeCell ref="B49:AN49"/>
+    <mergeCell ref="B50:AN50"/>
+    <mergeCell ref="B13:AN13"/>
+    <mergeCell ref="B14:AN14"/>
+    <mergeCell ref="B24:AN24"/>
+    <mergeCell ref="B25:AN25"/>
+    <mergeCell ref="B27:AN27"/>
+    <mergeCell ref="B30:AN30"/>
+    <mergeCell ref="B31:AN31"/>
+    <mergeCell ref="B33:AN33"/>
+    <mergeCell ref="B37:AN37"/>
+    <mergeCell ref="B55:AN55"/>
+    <mergeCell ref="O128:P128"/>
+    <mergeCell ref="Y118:AB118"/>
+    <mergeCell ref="N125:R125"/>
+    <mergeCell ref="P163:T163"/>
+    <mergeCell ref="U163:AI163"/>
+    <mergeCell ref="A159:W159"/>
+    <mergeCell ref="A171:I171"/>
+    <mergeCell ref="J171:P171"/>
+    <mergeCell ref="Q171:AD173"/>
+    <mergeCell ref="A172:I172"/>
+    <mergeCell ref="J172:P172"/>
+    <mergeCell ref="A173:I173"/>
+    <mergeCell ref="J173:P173"/>
+    <mergeCell ref="Q168:U168"/>
+    <mergeCell ref="A165:O165"/>
+    <mergeCell ref="P165:T165"/>
+    <mergeCell ref="U165:AI165"/>
+    <mergeCell ref="A162:O162"/>
+    <mergeCell ref="P164:T164"/>
+    <mergeCell ref="A160:O160"/>
+    <mergeCell ref="P160:T160"/>
+    <mergeCell ref="U160:AI160"/>
+    <mergeCell ref="A161:O161"/>
+    <mergeCell ref="P161:T161"/>
+    <mergeCell ref="U161:AI161"/>
+    <mergeCell ref="B168:N168"/>
+    <mergeCell ref="A170:I170"/>
+    <mergeCell ref="A164:O164"/>
+    <mergeCell ref="U164:AI164"/>
+    <mergeCell ref="V93:X93"/>
+    <mergeCell ref="V86:X86"/>
+    <mergeCell ref="Y112:AB112"/>
+    <mergeCell ref="P114:T114"/>
+    <mergeCell ref="P115:T115"/>
+    <mergeCell ref="P116:T116"/>
+    <mergeCell ref="U114:X114"/>
+    <mergeCell ref="K96:Q96"/>
+    <mergeCell ref="I100:K100"/>
+    <mergeCell ref="U106:X106"/>
+    <mergeCell ref="P106:T106"/>
+    <mergeCell ref="K97:Q97"/>
+    <mergeCell ref="K86:Q86"/>
+    <mergeCell ref="Y107:AB107"/>
+    <mergeCell ref="Y108:AB108"/>
+    <mergeCell ref="AB89:AE89"/>
+    <mergeCell ref="AB90:AE90"/>
+    <mergeCell ref="AB93:AE93"/>
+    <mergeCell ref="AB94:AE94"/>
+    <mergeCell ref="P162:T162"/>
+    <mergeCell ref="U162:AI162"/>
+    <mergeCell ref="A163:O163"/>
+    <mergeCell ref="A5:AD5"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B118:O118"/>
+    <mergeCell ref="B119:O119"/>
+    <mergeCell ref="B107:O107"/>
+    <mergeCell ref="B108:O108"/>
+    <mergeCell ref="B106:O106"/>
+    <mergeCell ref="E110:O110"/>
+    <mergeCell ref="E111:O111"/>
+    <mergeCell ref="K77:Q77"/>
+    <mergeCell ref="K78:Q78"/>
+    <mergeCell ref="A77:J77"/>
+    <mergeCell ref="A70:J70"/>
+    <mergeCell ref="A97:J97"/>
+    <mergeCell ref="A96:J96"/>
+    <mergeCell ref="A71:J71"/>
+    <mergeCell ref="R92:U92"/>
+    <mergeCell ref="A91:J91"/>
+    <mergeCell ref="K91:Q91"/>
+    <mergeCell ref="A93:J93"/>
+    <mergeCell ref="K93:Q93"/>
+    <mergeCell ref="A92:J92"/>
+    <mergeCell ref="B34:AN34"/>
+    <mergeCell ref="B36:AN36"/>
+    <mergeCell ref="F120:O120"/>
+    <mergeCell ref="A139:E139"/>
+    <mergeCell ref="B122:O122"/>
+    <mergeCell ref="B123:O123"/>
+    <mergeCell ref="Z136:AA136"/>
+    <mergeCell ref="P120:T120"/>
+    <mergeCell ref="A141:E141"/>
+    <mergeCell ref="U122:X122"/>
+    <mergeCell ref="A136:E136"/>
+    <mergeCell ref="A125:M126"/>
+    <mergeCell ref="O130:P130"/>
+    <mergeCell ref="Y122:AB122"/>
+    <mergeCell ref="U123:X123"/>
+    <mergeCell ref="X125:AA125"/>
+    <mergeCell ref="X126:AA126"/>
+    <mergeCell ref="P121:T121"/>
+    <mergeCell ref="Q128:R128"/>
+    <mergeCell ref="S128:T128"/>
+    <mergeCell ref="U120:X120"/>
+    <mergeCell ref="P122:T122"/>
+    <mergeCell ref="N126:R126"/>
+    <mergeCell ref="S125:W125"/>
+    <mergeCell ref="S126:W126"/>
+    <mergeCell ref="P123:T123"/>
+    <mergeCell ref="M136:N136"/>
+    <mergeCell ref="V143:Z143"/>
+    <mergeCell ref="AA143:AE143"/>
+    <mergeCell ref="AF143:AJ143"/>
+    <mergeCell ref="V141:Z141"/>
+    <mergeCell ref="Y123:AB123"/>
+    <mergeCell ref="AC118:AF118"/>
+    <mergeCell ref="U121:X121"/>
+    <mergeCell ref="T136:U136"/>
+    <mergeCell ref="AA141:AE141"/>
+    <mergeCell ref="AC122:AF122"/>
+    <mergeCell ref="AC119:AF119"/>
+    <mergeCell ref="U119:X119"/>
+    <mergeCell ref="AF141:AJ141"/>
+    <mergeCell ref="AC120:AF120"/>
+    <mergeCell ref="AC121:AF121"/>
+    <mergeCell ref="V142:Z142"/>
+    <mergeCell ref="Y119:AB119"/>
+    <mergeCell ref="AA142:AE142"/>
+    <mergeCell ref="AF142:AJ142"/>
+    <mergeCell ref="AF126:AI126"/>
+    <mergeCell ref="AC123:AF123"/>
+    <mergeCell ref="Y120:AB120"/>
+    <mergeCell ref="Y121:AB121"/>
+    <mergeCell ref="AC115:AF115"/>
+    <mergeCell ref="AC116:AF116"/>
+    <mergeCell ref="P118:T118"/>
+    <mergeCell ref="P119:T119"/>
+    <mergeCell ref="Y116:AB116"/>
+    <mergeCell ref="U108:X108"/>
+    <mergeCell ref="V97:X97"/>
+    <mergeCell ref="V98:X98"/>
+    <mergeCell ref="Z97:AA97"/>
+    <mergeCell ref="Z98:AA98"/>
+    <mergeCell ref="R97:U97"/>
+    <mergeCell ref="R98:U98"/>
+    <mergeCell ref="U111:X111"/>
+    <mergeCell ref="P107:T107"/>
+    <mergeCell ref="P108:T108"/>
+    <mergeCell ref="P109:T109"/>
+    <mergeCell ref="P117:T117"/>
+    <mergeCell ref="U117:X117"/>
+    <mergeCell ref="Y117:AB117"/>
+    <mergeCell ref="AC117:AF117"/>
+    <mergeCell ref="P112:T112"/>
+    <mergeCell ref="U112:X112"/>
+    <mergeCell ref="Y111:AB111"/>
+    <mergeCell ref="AC114:AF114"/>
+    <mergeCell ref="AJ99:AM99"/>
+    <mergeCell ref="B52:AN52"/>
+    <mergeCell ref="B53:AN53"/>
+    <mergeCell ref="B22:AN22"/>
+    <mergeCell ref="B28:AN28"/>
+    <mergeCell ref="AF80:AI80"/>
+    <mergeCell ref="AF79:AI79"/>
+    <mergeCell ref="AF78:AI78"/>
+    <mergeCell ref="K88:Q88"/>
+    <mergeCell ref="A90:J90"/>
+    <mergeCell ref="K92:Q92"/>
+    <mergeCell ref="K94:Q94"/>
+    <mergeCell ref="R93:U93"/>
+    <mergeCell ref="R86:U86"/>
+    <mergeCell ref="AJ80:AM80"/>
+    <mergeCell ref="Z86:AA86"/>
+    <mergeCell ref="AJ81:AM81"/>
+    <mergeCell ref="AJ97:AM97"/>
+    <mergeCell ref="Z93:AA93"/>
+    <mergeCell ref="Z94:AA94"/>
+    <mergeCell ref="A68:J69"/>
+    <mergeCell ref="A74:J74"/>
+    <mergeCell ref="A75:J75"/>
+    <mergeCell ref="K76:Q76"/>
+    <mergeCell ref="AB68:AE69"/>
+    <mergeCell ref="AF69:AI69"/>
+    <mergeCell ref="K79:Q79"/>
+    <mergeCell ref="K68:Q69"/>
+    <mergeCell ref="R68:U69"/>
+    <mergeCell ref="V70:X70"/>
+    <mergeCell ref="K90:Q90"/>
+    <mergeCell ref="A89:J89"/>
+    <mergeCell ref="K89:Q89"/>
+    <mergeCell ref="R77:U77"/>
+    <mergeCell ref="A76:J76"/>
+    <mergeCell ref="K70:Q70"/>
+    <mergeCell ref="K71:Q71"/>
+    <mergeCell ref="K72:Q72"/>
+    <mergeCell ref="K73:Q73"/>
+    <mergeCell ref="K74:Q74"/>
+    <mergeCell ref="K75:Q75"/>
+    <mergeCell ref="A72:J72"/>
+    <mergeCell ref="R73:U73"/>
+    <mergeCell ref="R70:U70"/>
+    <mergeCell ref="R71:U71"/>
+    <mergeCell ref="R74:U74"/>
+    <mergeCell ref="R75:U75"/>
+    <mergeCell ref="R76:U76"/>
+    <mergeCell ref="AJ78:AM78"/>
+    <mergeCell ref="V74:X74"/>
+    <mergeCell ref="V75:X75"/>
+    <mergeCell ref="AF73:AI73"/>
+    <mergeCell ref="AF74:AI74"/>
+    <mergeCell ref="AF75:AI75"/>
+    <mergeCell ref="AF76:AI76"/>
+    <mergeCell ref="V72:X72"/>
+    <mergeCell ref="V76:X76"/>
+    <mergeCell ref="V77:X77"/>
+    <mergeCell ref="V78:X78"/>
+    <mergeCell ref="B16:AN16"/>
+    <mergeCell ref="B17:AN17"/>
+    <mergeCell ref="R72:U72"/>
+    <mergeCell ref="AJ86:AM86"/>
+    <mergeCell ref="AB84:AE84"/>
+    <mergeCell ref="AB85:AE85"/>
+    <mergeCell ref="AJ69:AM69"/>
+    <mergeCell ref="AJ70:AM70"/>
+    <mergeCell ref="AJ71:AM71"/>
+    <mergeCell ref="AJ82:AM82"/>
+    <mergeCell ref="AJ83:AM83"/>
+    <mergeCell ref="AJ77:AM77"/>
+    <mergeCell ref="AF77:AI77"/>
+    <mergeCell ref="AJ84:AM84"/>
+    <mergeCell ref="AF84:AI84"/>
+    <mergeCell ref="Z83:AA83"/>
+    <mergeCell ref="Z84:AA84"/>
+    <mergeCell ref="Z85:AA85"/>
+    <mergeCell ref="V71:X71"/>
+    <mergeCell ref="Z19:AA19"/>
+    <mergeCell ref="AJ72:AM72"/>
+    <mergeCell ref="AJ73:AM73"/>
+    <mergeCell ref="AF72:AI72"/>
+    <mergeCell ref="AJ75:AM75"/>
+    <mergeCell ref="R91:U91"/>
+    <mergeCell ref="AF81:AI81"/>
+    <mergeCell ref="R87:U87"/>
+    <mergeCell ref="R85:U85"/>
+    <mergeCell ref="AB82:AE82"/>
+    <mergeCell ref="AB83:AE83"/>
+    <mergeCell ref="AF90:AI90"/>
+    <mergeCell ref="AF98:AI98"/>
+    <mergeCell ref="Z88:AA88"/>
+    <mergeCell ref="AB91:AE91"/>
+    <mergeCell ref="AB92:AE92"/>
+    <mergeCell ref="Z91:AA91"/>
+    <mergeCell ref="Z92:AA92"/>
+    <mergeCell ref="AB95:AE95"/>
+    <mergeCell ref="AB96:AE96"/>
+    <mergeCell ref="AB97:AE97"/>
+    <mergeCell ref="AF93:AI93"/>
+    <mergeCell ref="AF94:AI94"/>
+    <mergeCell ref="AF97:AI97"/>
+    <mergeCell ref="R84:U84"/>
+    <mergeCell ref="Z95:AA95"/>
+    <mergeCell ref="Z96:AA96"/>
+    <mergeCell ref="R96:U96"/>
+    <mergeCell ref="V95:X95"/>
+    <mergeCell ref="V96:X96"/>
+    <mergeCell ref="AJ95:AM95"/>
+    <mergeCell ref="AF96:AI96"/>
+    <mergeCell ref="AJ96:AM96"/>
+    <mergeCell ref="AF83:AI83"/>
+    <mergeCell ref="Z89:AA89"/>
+    <mergeCell ref="Z90:AA90"/>
+    <mergeCell ref="V89:X89"/>
+    <mergeCell ref="V91:X91"/>
+    <mergeCell ref="V92:X92"/>
+    <mergeCell ref="V94:X94"/>
+    <mergeCell ref="AS108:AT108"/>
+    <mergeCell ref="AS109:AT109"/>
+    <mergeCell ref="AB72:AE72"/>
+    <mergeCell ref="AB73:AE73"/>
+    <mergeCell ref="AB74:AE74"/>
+    <mergeCell ref="AB75:AE75"/>
+    <mergeCell ref="AB76:AE76"/>
+    <mergeCell ref="AB77:AE77"/>
+    <mergeCell ref="AB78:AE78"/>
+    <mergeCell ref="AB79:AE79"/>
+    <mergeCell ref="AB80:AE80"/>
+    <mergeCell ref="AB86:AE86"/>
+    <mergeCell ref="AB87:AE87"/>
+    <mergeCell ref="AJ93:AM93"/>
+    <mergeCell ref="AF92:AI92"/>
+    <mergeCell ref="AF91:AI91"/>
+    <mergeCell ref="AF85:AI85"/>
+    <mergeCell ref="AF82:AI82"/>
+    <mergeCell ref="AB81:AE81"/>
+    <mergeCell ref="AJ98:AM98"/>
+    <mergeCell ref="AJ90:AM90"/>
+    <mergeCell ref="AJ92:AM92"/>
+    <mergeCell ref="AJ76:AM76"/>
+    <mergeCell ref="AJ74:AM74"/>
     <mergeCell ref="AJ100:AM100"/>
     <mergeCell ref="AF68:AM68"/>
     <mergeCell ref="AF88:AI88"/>
     <mergeCell ref="AB88:AE88"/>
     <mergeCell ref="AJ87:AM87"/>
     <mergeCell ref="AJ88:AM88"/>
     <mergeCell ref="Z75:AA75"/>
     <mergeCell ref="Z76:AA76"/>
     <mergeCell ref="Z77:AA77"/>
     <mergeCell ref="Z78:AA78"/>
     <mergeCell ref="Z70:AA70"/>
     <mergeCell ref="Z71:AA71"/>
     <mergeCell ref="Z72:AA72"/>
     <mergeCell ref="Z73:AA73"/>
     <mergeCell ref="Z74:AA74"/>
     <mergeCell ref="AJ94:AM94"/>
     <mergeCell ref="AJ91:AM91"/>
     <mergeCell ref="AJ89:AM89"/>
     <mergeCell ref="AF89:AI89"/>
     <mergeCell ref="AF87:AI87"/>
     <mergeCell ref="AF99:AI99"/>
     <mergeCell ref="AB98:AE98"/>
     <mergeCell ref="AJ85:AM85"/>
     <mergeCell ref="AJ79:AM79"/>
+    <mergeCell ref="G65:H65"/>
+    <mergeCell ref="A80:J80"/>
+    <mergeCell ref="V88:X88"/>
+    <mergeCell ref="V90:X90"/>
+    <mergeCell ref="AF71:AI71"/>
+    <mergeCell ref="AF70:AI70"/>
+    <mergeCell ref="AB70:AE70"/>
+    <mergeCell ref="AB71:AE71"/>
+    <mergeCell ref="Z79:AA79"/>
+    <mergeCell ref="Z80:AA80"/>
+    <mergeCell ref="Z81:AA81"/>
+    <mergeCell ref="AF86:AI86"/>
+    <mergeCell ref="Z87:AA87"/>
+    <mergeCell ref="Z82:AA82"/>
+    <mergeCell ref="V73:X73"/>
+    <mergeCell ref="V83:X83"/>
+    <mergeCell ref="V84:X84"/>
+    <mergeCell ref="V85:X85"/>
+    <mergeCell ref="V87:X87"/>
+    <mergeCell ref="Y68:Y69"/>
     <mergeCell ref="A81:J81"/>
-    <mergeCell ref="AS108:AT108"/>
-[...19 lines deleted...]
-    <mergeCell ref="AJ90:AM90"/>
     <mergeCell ref="R79:U79"/>
-    <mergeCell ref="AJ92:AM92"/>
-[...71 lines deleted...]
-    <mergeCell ref="V78:X78"/>
     <mergeCell ref="V68:X69"/>
     <mergeCell ref="Z68:AA69"/>
-    <mergeCell ref="AB68:AE69"/>
-[...321 lines deleted...]
-    <mergeCell ref="AF144:AJ144"/>
   </mergeCells>
   <conditionalFormatting sqref="B22:AN22">
     <cfRule type="expression" dxfId="6" priority="34">
       <formula>AND($Z$19&lt;&gt;"Ano")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F156:J156">
     <cfRule type="expression" dxfId="5" priority="15">
       <formula>AND($J$156&lt;&gt;0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I100:K100">
     <cfRule type="expression" dxfId="4" priority="2">
       <formula>AND($AT$100=0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I102:AG102">
     <cfRule type="expression" dxfId="3" priority="1">
       <formula>AND($AT$100&gt;0)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V70:X98">
     <cfRule type="expression" dxfId="2" priority="4">
       <formula>AND(OR($G$65="",$G$65="Ne"))</formula>
     </cfRule>
@@ -12060,27 +12060,36 @@
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
     <vt:lpwstr>2025-07-03T10:20:28Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
     <vt:lpwstr>Veřejná informace</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
     <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
     <vt:lpwstr>a065061d-e9e8-441e-8a08-05d1fbcc0a02</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="IX_DOC_TYPE">
+    <vt:lpwstr>F032</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
 </Properties>
 </file>