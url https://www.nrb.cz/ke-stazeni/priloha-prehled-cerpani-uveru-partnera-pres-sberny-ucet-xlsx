--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -1,65 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\sefcik\Documents\ŠABLONY_PRŮŘEZOVÉ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\sefcik\Documents\Šablony_průřezové\Revize-SUP2\doplněné_Ivetou\pending\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{80981A1B-8101-49B0-ACD9-E815CFB60278}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="13590"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Přehled_čerpání_partner" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="X42" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t>Příloha žádosti o přiznání/výplatu finančního příspěvku (subvence) na úhradu úroků</t>
   </si>
   <si>
     <t>Poskytovatel úvěru (spolupracující partner)</t>
   </si>
   <si>
     <t>Název</t>
   </si>
   <si>
     <r>
       <t>Adresa</t>
@@ -164,51 +177,51 @@
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> Tento formulář vyplní spolupracující partner v případě, že čerpání jím poskytovaných úvěrů probíhá ze společného (sběrného) účtu, nikoliv z
   úvěrových účtů založených individuálně pro každý úvěr. Nahrazuje standardní výpis transakcí z úvěrového účtu.</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
@@ -329,185 +342,176 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="47">
+  <cellXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="1" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="1" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="4" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -761,1361 +765,1301 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AX56"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C5" sqref="C5:Y5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="3.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="4.5703125" style="1" customWidth="1"/>
     <col min="6" max="27" width="3.7109375" style="1" customWidth="1"/>
     <col min="28" max="39" width="3.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39" s="1" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AA1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:39" s="20" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="22" t="s">
+    <row r="2" spans="1:39" s="15" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="B2" s="22"/>
-[...38 lines deleted...]
-    <row r="3" spans="1:39" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="17"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="17"/>
+      <c r="F2" s="17"/>
+      <c r="G2" s="17"/>
+      <c r="H2" s="17"/>
+      <c r="I2" s="17"/>
+      <c r="J2" s="17"/>
+      <c r="K2" s="17"/>
+      <c r="L2" s="17"/>
+      <c r="M2" s="17"/>
+      <c r="N2" s="17"/>
+      <c r="O2" s="17"/>
+      <c r="P2" s="17"/>
+      <c r="Q2" s="17"/>
+      <c r="R2" s="17"/>
+      <c r="S2" s="17"/>
+      <c r="T2" s="17"/>
+      <c r="U2" s="17"/>
+      <c r="V2" s="17"/>
+      <c r="W2" s="17"/>
+      <c r="X2" s="17"/>
+      <c r="Y2" s="17"/>
+      <c r="Z2" s="17"/>
+      <c r="AA2" s="17"/>
+      <c r="AB2" s="14"/>
+      <c r="AC2" s="14"/>
+      <c r="AD2" s="14"/>
+      <c r="AE2" s="14"/>
+      <c r="AF2" s="14"/>
+      <c r="AG2" s="14"/>
+      <c r="AH2" s="14"/>
+      <c r="AI2" s="14"/>
+      <c r="AJ2" s="14"/>
+      <c r="AK2" s="14"/>
+      <c r="AL2" s="14"/>
+      <c r="AM2" s="14"/>
+    </row>
+    <row r="3" spans="1:39" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="4"/>
-[...2 lines deleted...]
-      <c r="E3" s="4"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
       <c r="L3" s="5"/>
       <c r="M3" s="5"/>
       <c r="N3" s="5"/>
     </row>
-    <row r="4" spans="1:39" s="6" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:39" s="4" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3"/>
-      <c r="B4" s="4"/>
-[...2 lines deleted...]
-      <c r="E4" s="4"/>
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="5"/>
       <c r="L4" s="5"/>
       <c r="M4" s="5"/>
       <c r="N4" s="5"/>
     </row>
-    <row r="5" spans="1:39" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="7" t="s">
+    <row r="5" spans="1:39" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="7"/>
-[...24 lines deleted...]
-    <row r="6" spans="1:39" s="6" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="6"/>
+      <c r="C5" s="18"/>
+      <c r="D5" s="18"/>
+      <c r="E5" s="18"/>
+      <c r="F5" s="18"/>
+      <c r="G5" s="18"/>
+      <c r="H5" s="18"/>
+      <c r="I5" s="18"/>
+      <c r="J5" s="18"/>
+      <c r="K5" s="18"/>
+      <c r="L5" s="18"/>
+      <c r="M5" s="18"/>
+      <c r="N5" s="18"/>
+      <c r="O5" s="18"/>
+      <c r="P5" s="18"/>
+      <c r="Q5" s="18"/>
+      <c r="R5" s="18"/>
+      <c r="S5" s="18"/>
+      <c r="T5" s="18"/>
+      <c r="U5" s="18"/>
+      <c r="V5" s="18"/>
+      <c r="W5" s="18"/>
+      <c r="X5" s="18"/>
+      <c r="Y5" s="18"/>
+    </row>
+    <row r="6" spans="1:39" s="4" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="3"/>
-      <c r="B6" s="4"/>
-[...25 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="7"/>
+      <c r="I6" s="7"/>
+      <c r="J6" s="7"/>
+      <c r="K6" s="7"/>
+      <c r="L6" s="7"/>
+      <c r="M6" s="7"/>
+      <c r="N6" s="7"/>
+      <c r="O6" s="7"/>
+      <c r="P6" s="7"/>
+      <c r="Q6" s="7"/>
+      <c r="R6" s="7"/>
+      <c r="S6" s="7"/>
+      <c r="T6" s="7"/>
+      <c r="U6" s="7"/>
+      <c r="V6" s="7"/>
+      <c r="W6" s="7"/>
+      <c r="X6" s="7"/>
+      <c r="Y6" s="6"/>
+    </row>
+    <row r="7" spans="1:39" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="4"/>
-[...24 lines deleted...]
-    <row r="8" spans="1:39" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C7" s="18"/>
+      <c r="D7" s="18"/>
+      <c r="E7" s="18"/>
+      <c r="F7" s="18"/>
+      <c r="G7" s="18"/>
+      <c r="H7" s="18"/>
+      <c r="I7" s="18"/>
+      <c r="J7" s="18"/>
+      <c r="K7" s="18"/>
+      <c r="L7" s="18"/>
+      <c r="M7" s="18"/>
+      <c r="N7" s="18"/>
+      <c r="O7" s="18"/>
+      <c r="P7" s="18"/>
+      <c r="Q7" s="18"/>
+      <c r="R7" s="18"/>
+      <c r="S7" s="18"/>
+      <c r="T7" s="18"/>
+      <c r="U7" s="18"/>
+      <c r="V7" s="18"/>
+      <c r="W7" s="18"/>
+      <c r="X7" s="18"/>
+      <c r="Y7" s="18"/>
+    </row>
+    <row r="8" spans="1:39" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
-      <c r="B8" s="4"/>
-[...2 lines deleted...]
-      <c r="E8" s="4"/>
       <c r="F8" s="5"/>
       <c r="G8" s="5"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
       <c r="J8" s="5"/>
       <c r="K8" s="5"/>
       <c r="L8" s="5"/>
       <c r="M8" s="5"/>
       <c r="N8" s="5"/>
     </row>
-    <row r="9" spans="1:39" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:39" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="4"/>
-[...2 lines deleted...]
-      <c r="E9" s="4"/>
       <c r="F9" s="5"/>
       <c r="G9" s="5"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5"/>
       <c r="J9" s="5"/>
       <c r="K9" s="5"/>
       <c r="L9" s="5"/>
       <c r="M9" s="5"/>
       <c r="N9" s="5"/>
     </row>
-    <row r="10" spans="1:39" s="6" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:39" s="4" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="3"/>
-      <c r="B10" s="4"/>
-[...2 lines deleted...]
-      <c r="E10" s="4"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
       <c r="J10" s="5"/>
       <c r="K10" s="5"/>
       <c r="L10" s="5"/>
       <c r="M10" s="5"/>
       <c r="N10" s="5"/>
     </row>
-    <row r="11" spans="1:39" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="10" t="s">
+    <row r="11" spans="1:39" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="B11" s="4"/>
-[...23 lines deleted...]
-    <row r="12" spans="1:39" s="6" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="F11" s="19"/>
+      <c r="G11" s="19"/>
+      <c r="H11" s="19"/>
+      <c r="I11" s="19"/>
+      <c r="J11" s="19"/>
+      <c r="K11" s="19"/>
+      <c r="L11" s="19"/>
+      <c r="M11" s="19"/>
+      <c r="N11" s="19"/>
+      <c r="O11" s="19"/>
+      <c r="P11" s="19"/>
+      <c r="Q11" s="19"/>
+      <c r="R11" s="19"/>
+      <c r="S11" s="19"/>
+      <c r="T11" s="19"/>
+      <c r="U11" s="19"/>
+      <c r="V11" s="19"/>
+      <c r="W11" s="19"/>
+      <c r="X11" s="19"/>
+      <c r="Y11" s="19"/>
+    </row>
+    <row r="12" spans="1:39" s="4" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="3"/>
-      <c r="B12" s="4"/>
-[...25 lines deleted...]
-      <c r="A13" s="10" t="s">
+      <c r="F12" s="9"/>
+      <c r="G12" s="9"/>
+      <c r="H12" s="9"/>
+      <c r="I12" s="9"/>
+      <c r="J12" s="9"/>
+      <c r="K12" s="9"/>
+      <c r="L12" s="9"/>
+      <c r="M12" s="9"/>
+      <c r="N12" s="9"/>
+      <c r="O12" s="6"/>
+      <c r="P12" s="6"/>
+      <c r="Q12" s="6"/>
+      <c r="R12" s="6"/>
+      <c r="S12" s="6"/>
+      <c r="T12" s="6"/>
+      <c r="U12" s="6"/>
+      <c r="V12" s="6"/>
+      <c r="W12" s="6"/>
+      <c r="X12" s="6"/>
+      <c r="Y12" s="6"/>
+    </row>
+    <row r="13" spans="1:39" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="4"/>
-[...39 lines deleted...]
-      <c r="A15" s="10" t="s">
+      <c r="F13" s="20"/>
+      <c r="G13" s="20"/>
+      <c r="H13" s="20"/>
+      <c r="I13" s="20"/>
+      <c r="J13" s="20"/>
+      <c r="K13" s="20"/>
+      <c r="L13" s="20"/>
+      <c r="M13" s="20"/>
+      <c r="N13" s="20"/>
+      <c r="O13" s="6"/>
+      <c r="P13" s="6"/>
+      <c r="Q13" s="6"/>
+      <c r="R13" s="6"/>
+      <c r="S13" s="6"/>
+      <c r="T13" s="6"/>
+      <c r="U13" s="6"/>
+      <c r="V13" s="6"/>
+      <c r="W13" s="6"/>
+      <c r="X13" s="6"/>
+      <c r="Y13" s="6"/>
+    </row>
+    <row r="14" spans="1:39" s="4" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="10"/>
+      <c r="I14" s="11"/>
+      <c r="J14" s="11"/>
+      <c r="K14" s="11"/>
+      <c r="L14" s="11"/>
+      <c r="M14" s="11"/>
+      <c r="N14" s="11"/>
+      <c r="O14" s="11"/>
+      <c r="P14" s="11"/>
+      <c r="Q14" s="11"/>
+    </row>
+    <row r="15" spans="1:39" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B15" s="4"/>
-[...15 lines deleted...]
-      <c r="C16" s="4"/>
+      <c r="J15" s="20"/>
+      <c r="K15" s="20"/>
+      <c r="L15" s="20"/>
+      <c r="M15" s="20"/>
+      <c r="N15" s="20"/>
+      <c r="O15" s="20"/>
+      <c r="P15" s="20"/>
+      <c r="Q15" s="20"/>
+      <c r="R15" s="20"/>
+    </row>
+    <row r="16" spans="1:39" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="10"/>
       <c r="N16" s="5"/>
     </row>
-    <row r="17" spans="1:27" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B17" s="4"/>
-      <c r="C17" s="4"/>
       <c r="N17" s="5"/>
-      <c r="W17" s="12" t="s">
+      <c r="W17" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="X17" s="4"/>
-[...4 lines deleted...]
-    <row r="18" spans="1:27" s="6" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="Z17" s="21"/>
+      <c r="AA17" s="22"/>
+    </row>
+    <row r="18" spans="1:27" s="4" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3"/>
-      <c r="B18" s="4"/>
-      <c r="C18" s="4"/>
       <c r="N18" s="5"/>
     </row>
-    <row r="19" spans="1:27" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="14" t="s">
+    <row r="19" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="B19" s="28" t="s">
+      <c r="B19" s="23" t="s">
         <v>11</v>
       </c>
-      <c r="C19" s="29"/>
-[...7 lines deleted...]
-      <c r="K19" s="28" t="s">
+      <c r="C19" s="24"/>
+      <c r="D19" s="24"/>
+      <c r="E19" s="24"/>
+      <c r="F19" s="24"/>
+      <c r="G19" s="24"/>
+      <c r="H19" s="24"/>
+      <c r="I19" s="24"/>
+      <c r="J19" s="25"/>
+      <c r="K19" s="23" t="s">
         <v>12</v>
       </c>
-      <c r="L19" s="29"/>
-[...7 lines deleted...]
-      <c r="T19" s="28" t="s">
+      <c r="L19" s="24"/>
+      <c r="M19" s="24"/>
+      <c r="N19" s="24"/>
+      <c r="O19" s="24"/>
+      <c r="P19" s="24"/>
+      <c r="Q19" s="24"/>
+      <c r="R19" s="24"/>
+      <c r="S19" s="25"/>
+      <c r="T19" s="23" t="s">
         <v>13</v>
       </c>
-      <c r="U19" s="29"/>
-[...2 lines deleted...]
-      <c r="X19" s="28" t="s">
+      <c r="U19" s="24"/>
+      <c r="V19" s="24"/>
+      <c r="W19" s="25"/>
+      <c r="X19" s="23" t="s">
         <v>14</v>
       </c>
-      <c r="Y19" s="29"/>
-[...4 lines deleted...]
-      <c r="A20" s="14">
+      <c r="Y19" s="24"/>
+      <c r="Z19" s="24"/>
+      <c r="AA19" s="25"/>
+    </row>
+    <row r="20" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="12">
         <v>1</v>
       </c>
-      <c r="B20" s="31"/>
-[...27 lines deleted...]
-      <c r="A21" s="14">
+      <c r="B20" s="26"/>
+      <c r="C20" s="27"/>
+      <c r="D20" s="27"/>
+      <c r="E20" s="27"/>
+      <c r="F20" s="27"/>
+      <c r="G20" s="27"/>
+      <c r="H20" s="27"/>
+      <c r="I20" s="27"/>
+      <c r="J20" s="28"/>
+      <c r="K20" s="26"/>
+      <c r="L20" s="27"/>
+      <c r="M20" s="27"/>
+      <c r="N20" s="27"/>
+      <c r="O20" s="27"/>
+      <c r="P20" s="27"/>
+      <c r="Q20" s="27"/>
+      <c r="R20" s="27"/>
+      <c r="S20" s="28"/>
+      <c r="T20" s="29"/>
+      <c r="U20" s="30"/>
+      <c r="V20" s="30"/>
+      <c r="W20" s="31"/>
+      <c r="X20" s="32"/>
+      <c r="Y20" s="33"/>
+      <c r="Z20" s="33"/>
+      <c r="AA20" s="34"/>
+    </row>
+    <row r="21" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="12">
         <v>2</v>
       </c>
-      <c r="B21" s="31"/>
-[...27 lines deleted...]
-      <c r="A22" s="14">
+      <c r="B21" s="26"/>
+      <c r="C21" s="27"/>
+      <c r="D21" s="27"/>
+      <c r="E21" s="27"/>
+      <c r="F21" s="27"/>
+      <c r="G21" s="27"/>
+      <c r="H21" s="27"/>
+      <c r="I21" s="27"/>
+      <c r="J21" s="28"/>
+      <c r="K21" s="26"/>
+      <c r="L21" s="27"/>
+      <c r="M21" s="27"/>
+      <c r="N21" s="27"/>
+      <c r="O21" s="27"/>
+      <c r="P21" s="27"/>
+      <c r="Q21" s="27"/>
+      <c r="R21" s="27"/>
+      <c r="S21" s="28"/>
+      <c r="T21" s="29"/>
+      <c r="U21" s="30"/>
+      <c r="V21" s="30"/>
+      <c r="W21" s="31"/>
+      <c r="X21" s="32"/>
+      <c r="Y21" s="33"/>
+      <c r="Z21" s="33"/>
+      <c r="AA21" s="34"/>
+    </row>
+    <row r="22" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="12">
         <v>3</v>
       </c>
-      <c r="B22" s="31"/>
-[...27 lines deleted...]
-      <c r="A23" s="14">
+      <c r="B22" s="26"/>
+      <c r="C22" s="27"/>
+      <c r="D22" s="27"/>
+      <c r="E22" s="27"/>
+      <c r="F22" s="27"/>
+      <c r="G22" s="27"/>
+      <c r="H22" s="27"/>
+      <c r="I22" s="27"/>
+      <c r="J22" s="28"/>
+      <c r="K22" s="26"/>
+      <c r="L22" s="27"/>
+      <c r="M22" s="27"/>
+      <c r="N22" s="27"/>
+      <c r="O22" s="27"/>
+      <c r="P22" s="27"/>
+      <c r="Q22" s="27"/>
+      <c r="R22" s="27"/>
+      <c r="S22" s="28"/>
+      <c r="T22" s="29"/>
+      <c r="U22" s="30"/>
+      <c r="V22" s="30"/>
+      <c r="W22" s="31"/>
+      <c r="X22" s="32"/>
+      <c r="Y22" s="33"/>
+      <c r="Z22" s="33"/>
+      <c r="AA22" s="34"/>
+    </row>
+    <row r="23" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="12">
         <v>4</v>
       </c>
-      <c r="B23" s="31"/>
-[...27 lines deleted...]
-      <c r="A24" s="14">
+      <c r="B23" s="26"/>
+      <c r="C23" s="27"/>
+      <c r="D23" s="27"/>
+      <c r="E23" s="27"/>
+      <c r="F23" s="27"/>
+      <c r="G23" s="27"/>
+      <c r="H23" s="27"/>
+      <c r="I23" s="27"/>
+      <c r="J23" s="28"/>
+      <c r="K23" s="26"/>
+      <c r="L23" s="27"/>
+      <c r="M23" s="27"/>
+      <c r="N23" s="27"/>
+      <c r="O23" s="27"/>
+      <c r="P23" s="27"/>
+      <c r="Q23" s="27"/>
+      <c r="R23" s="27"/>
+      <c r="S23" s="28"/>
+      <c r="T23" s="29"/>
+      <c r="U23" s="30"/>
+      <c r="V23" s="30"/>
+      <c r="W23" s="31"/>
+      <c r="X23" s="32"/>
+      <c r="Y23" s="33"/>
+      <c r="Z23" s="33"/>
+      <c r="AA23" s="34"/>
+    </row>
+    <row r="24" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="12">
         <v>5</v>
       </c>
-      <c r="B24" s="31"/>
-[...27 lines deleted...]
-      <c r="A25" s="14">
+      <c r="B24" s="26"/>
+      <c r="C24" s="27"/>
+      <c r="D24" s="27"/>
+      <c r="E24" s="27"/>
+      <c r="F24" s="27"/>
+      <c r="G24" s="27"/>
+      <c r="H24" s="27"/>
+      <c r="I24" s="27"/>
+      <c r="J24" s="28"/>
+      <c r="K24" s="26"/>
+      <c r="L24" s="27"/>
+      <c r="M24" s="27"/>
+      <c r="N24" s="27"/>
+      <c r="O24" s="27"/>
+      <c r="P24" s="27"/>
+      <c r="Q24" s="27"/>
+      <c r="R24" s="27"/>
+      <c r="S24" s="28"/>
+      <c r="T24" s="29"/>
+      <c r="U24" s="30"/>
+      <c r="V24" s="30"/>
+      <c r="W24" s="31"/>
+      <c r="X24" s="32"/>
+      <c r="Y24" s="33"/>
+      <c r="Z24" s="33"/>
+      <c r="AA24" s="34"/>
+    </row>
+    <row r="25" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="12">
         <v>6</v>
       </c>
-      <c r="B25" s="31"/>
-[...27 lines deleted...]
-      <c r="A26" s="14">
+      <c r="B25" s="26"/>
+      <c r="C25" s="27"/>
+      <c r="D25" s="27"/>
+      <c r="E25" s="27"/>
+      <c r="F25" s="27"/>
+      <c r="G25" s="27"/>
+      <c r="H25" s="27"/>
+      <c r="I25" s="27"/>
+      <c r="J25" s="28"/>
+      <c r="K25" s="26"/>
+      <c r="L25" s="27"/>
+      <c r="M25" s="27"/>
+      <c r="N25" s="27"/>
+      <c r="O25" s="27"/>
+      <c r="P25" s="27"/>
+      <c r="Q25" s="27"/>
+      <c r="R25" s="27"/>
+      <c r="S25" s="28"/>
+      <c r="T25" s="29"/>
+      <c r="U25" s="30"/>
+      <c r="V25" s="30"/>
+      <c r="W25" s="31"/>
+      <c r="X25" s="32"/>
+      <c r="Y25" s="33"/>
+      <c r="Z25" s="33"/>
+      <c r="AA25" s="34"/>
+    </row>
+    <row r="26" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="12">
         <v>7</v>
       </c>
-      <c r="B26" s="31"/>
-[...27 lines deleted...]
-      <c r="A27" s="14">
+      <c r="B26" s="26"/>
+      <c r="C26" s="27"/>
+      <c r="D26" s="27"/>
+      <c r="E26" s="27"/>
+      <c r="F26" s="27"/>
+      <c r="G26" s="27"/>
+      <c r="H26" s="27"/>
+      <c r="I26" s="27"/>
+      <c r="J26" s="28"/>
+      <c r="K26" s="26"/>
+      <c r="L26" s="27"/>
+      <c r="M26" s="27"/>
+      <c r="N26" s="27"/>
+      <c r="O26" s="27"/>
+      <c r="P26" s="27"/>
+      <c r="Q26" s="27"/>
+      <c r="R26" s="27"/>
+      <c r="S26" s="28"/>
+      <c r="T26" s="29"/>
+      <c r="U26" s="30"/>
+      <c r="V26" s="30"/>
+      <c r="W26" s="31"/>
+      <c r="X26" s="32"/>
+      <c r="Y26" s="33"/>
+      <c r="Z26" s="33"/>
+      <c r="AA26" s="34"/>
+    </row>
+    <row r="27" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="12">
         <v>8</v>
       </c>
-      <c r="B27" s="31"/>
-[...27 lines deleted...]
-      <c r="A28" s="14">
+      <c r="B27" s="26"/>
+      <c r="C27" s="27"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="27"/>
+      <c r="F27" s="27"/>
+      <c r="G27" s="27"/>
+      <c r="H27" s="27"/>
+      <c r="I27" s="27"/>
+      <c r="J27" s="28"/>
+      <c r="K27" s="26"/>
+      <c r="L27" s="27"/>
+      <c r="M27" s="27"/>
+      <c r="N27" s="27"/>
+      <c r="O27" s="27"/>
+      <c r="P27" s="27"/>
+      <c r="Q27" s="27"/>
+      <c r="R27" s="27"/>
+      <c r="S27" s="28"/>
+      <c r="T27" s="29"/>
+      <c r="U27" s="30"/>
+      <c r="V27" s="30"/>
+      <c r="W27" s="31"/>
+      <c r="X27" s="32"/>
+      <c r="Y27" s="33"/>
+      <c r="Z27" s="33"/>
+      <c r="AA27" s="34"/>
+    </row>
+    <row r="28" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="12">
         <v>9</v>
       </c>
-      <c r="B28" s="31"/>
-[...27 lines deleted...]
-      <c r="A29" s="14">
+      <c r="B28" s="26"/>
+      <c r="C28" s="27"/>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="27"/>
+      <c r="J28" s="28"/>
+      <c r="K28" s="26"/>
+      <c r="L28" s="27"/>
+      <c r="M28" s="27"/>
+      <c r="N28" s="27"/>
+      <c r="O28" s="27"/>
+      <c r="P28" s="27"/>
+      <c r="Q28" s="27"/>
+      <c r="R28" s="27"/>
+      <c r="S28" s="28"/>
+      <c r="T28" s="29"/>
+      <c r="U28" s="30"/>
+      <c r="V28" s="30"/>
+      <c r="W28" s="31"/>
+      <c r="X28" s="32"/>
+      <c r="Y28" s="33"/>
+      <c r="Z28" s="33"/>
+      <c r="AA28" s="34"/>
+    </row>
+    <row r="29" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="12">
         <v>10</v>
       </c>
-      <c r="B29" s="31"/>
-[...27 lines deleted...]
-      <c r="A30" s="14">
+      <c r="B29" s="26"/>
+      <c r="C29" s="27"/>
+      <c r="D29" s="27"/>
+      <c r="E29" s="27"/>
+      <c r="F29" s="27"/>
+      <c r="G29" s="27"/>
+      <c r="H29" s="27"/>
+      <c r="I29" s="27"/>
+      <c r="J29" s="28"/>
+      <c r="K29" s="26"/>
+      <c r="L29" s="27"/>
+      <c r="M29" s="27"/>
+      <c r="N29" s="27"/>
+      <c r="O29" s="27"/>
+      <c r="P29" s="27"/>
+      <c r="Q29" s="27"/>
+      <c r="R29" s="27"/>
+      <c r="S29" s="28"/>
+      <c r="T29" s="29"/>
+      <c r="U29" s="30"/>
+      <c r="V29" s="30"/>
+      <c r="W29" s="31"/>
+      <c r="X29" s="32"/>
+      <c r="Y29" s="33"/>
+      <c r="Z29" s="33"/>
+      <c r="AA29" s="34"/>
+    </row>
+    <row r="30" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="12">
         <v>11</v>
       </c>
-      <c r="B30" s="31"/>
-[...27 lines deleted...]
-      <c r="A31" s="14">
+      <c r="B30" s="26"/>
+      <c r="C30" s="27"/>
+      <c r="D30" s="27"/>
+      <c r="E30" s="27"/>
+      <c r="F30" s="27"/>
+      <c r="G30" s="27"/>
+      <c r="H30" s="27"/>
+      <c r="I30" s="27"/>
+      <c r="J30" s="28"/>
+      <c r="K30" s="26"/>
+      <c r="L30" s="27"/>
+      <c r="M30" s="27"/>
+      <c r="N30" s="27"/>
+      <c r="O30" s="27"/>
+      <c r="P30" s="27"/>
+      <c r="Q30" s="27"/>
+      <c r="R30" s="27"/>
+      <c r="S30" s="28"/>
+      <c r="T30" s="29"/>
+      <c r="U30" s="30"/>
+      <c r="V30" s="30"/>
+      <c r="W30" s="31"/>
+      <c r="X30" s="32"/>
+      <c r="Y30" s="33"/>
+      <c r="Z30" s="33"/>
+      <c r="AA30" s="34"/>
+    </row>
+    <row r="31" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="12">
         <v>12</v>
       </c>
-      <c r="B31" s="31"/>
-[...27 lines deleted...]
-      <c r="A32" s="14">
+      <c r="B31" s="26"/>
+      <c r="C31" s="27"/>
+      <c r="D31" s="27"/>
+      <c r="E31" s="27"/>
+      <c r="F31" s="27"/>
+      <c r="G31" s="27"/>
+      <c r="H31" s="27"/>
+      <c r="I31" s="27"/>
+      <c r="J31" s="28"/>
+      <c r="K31" s="26"/>
+      <c r="L31" s="27"/>
+      <c r="M31" s="27"/>
+      <c r="N31" s="27"/>
+      <c r="O31" s="27"/>
+      <c r="P31" s="27"/>
+      <c r="Q31" s="27"/>
+      <c r="R31" s="27"/>
+      <c r="S31" s="28"/>
+      <c r="T31" s="29"/>
+      <c r="U31" s="30"/>
+      <c r="V31" s="30"/>
+      <c r="W31" s="31"/>
+      <c r="X31" s="32"/>
+      <c r="Y31" s="33"/>
+      <c r="Z31" s="33"/>
+      <c r="AA31" s="34"/>
+    </row>
+    <row r="32" spans="1:27" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="12">
         <v>13</v>
       </c>
-      <c r="B32" s="31"/>
-[...27 lines deleted...]
-      <c r="A33" s="14">
+      <c r="B32" s="26"/>
+      <c r="C32" s="27"/>
+      <c r="D32" s="27"/>
+      <c r="E32" s="27"/>
+      <c r="F32" s="27"/>
+      <c r="G32" s="27"/>
+      <c r="H32" s="27"/>
+      <c r="I32" s="27"/>
+      <c r="J32" s="28"/>
+      <c r="K32" s="26"/>
+      <c r="L32" s="27"/>
+      <c r="M32" s="27"/>
+      <c r="N32" s="27"/>
+      <c r="O32" s="27"/>
+      <c r="P32" s="27"/>
+      <c r="Q32" s="27"/>
+      <c r="R32" s="27"/>
+      <c r="S32" s="28"/>
+      <c r="T32" s="29"/>
+      <c r="U32" s="30"/>
+      <c r="V32" s="30"/>
+      <c r="W32" s="31"/>
+      <c r="X32" s="32"/>
+      <c r="Y32" s="33"/>
+      <c r="Z32" s="33"/>
+      <c r="AA32" s="34"/>
+    </row>
+    <row r="33" spans="1:50" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="12">
         <v>14</v>
       </c>
-      <c r="B33" s="31"/>
-[...27 lines deleted...]
-      <c r="A34" s="14">
+      <c r="B33" s="26"/>
+      <c r="C33" s="27"/>
+      <c r="D33" s="27"/>
+      <c r="E33" s="27"/>
+      <c r="F33" s="27"/>
+      <c r="G33" s="27"/>
+      <c r="H33" s="27"/>
+      <c r="I33" s="27"/>
+      <c r="J33" s="28"/>
+      <c r="K33" s="26"/>
+      <c r="L33" s="27"/>
+      <c r="M33" s="27"/>
+      <c r="N33" s="27"/>
+      <c r="O33" s="27"/>
+      <c r="P33" s="27"/>
+      <c r="Q33" s="27"/>
+      <c r="R33" s="27"/>
+      <c r="S33" s="28"/>
+      <c r="T33" s="29"/>
+      <c r="U33" s="30"/>
+      <c r="V33" s="30"/>
+      <c r="W33" s="31"/>
+      <c r="X33" s="32"/>
+      <c r="Y33" s="33"/>
+      <c r="Z33" s="33"/>
+      <c r="AA33" s="34"/>
+    </row>
+    <row r="34" spans="1:50" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="12">
         <v>15</v>
       </c>
-      <c r="B34" s="31"/>
-[...27 lines deleted...]
-      <c r="A35" s="14">
+      <c r="B34" s="26"/>
+      <c r="C34" s="27"/>
+      <c r="D34" s="27"/>
+      <c r="E34" s="27"/>
+      <c r="F34" s="27"/>
+      <c r="G34" s="27"/>
+      <c r="H34" s="27"/>
+      <c r="I34" s="27"/>
+      <c r="J34" s="28"/>
+      <c r="K34" s="26"/>
+      <c r="L34" s="27"/>
+      <c r="M34" s="27"/>
+      <c r="N34" s="27"/>
+      <c r="O34" s="27"/>
+      <c r="P34" s="27"/>
+      <c r="Q34" s="27"/>
+      <c r="R34" s="27"/>
+      <c r="S34" s="28"/>
+      <c r="T34" s="29"/>
+      <c r="U34" s="30"/>
+      <c r="V34" s="30"/>
+      <c r="W34" s="31"/>
+      <c r="X34" s="32"/>
+      <c r="Y34" s="33"/>
+      <c r="Z34" s="33"/>
+      <c r="AA34" s="34"/>
+    </row>
+    <row r="35" spans="1:50" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="12">
         <v>16</v>
       </c>
-      <c r="B35" s="31"/>
-[...27 lines deleted...]
-      <c r="A36" s="14">
+      <c r="B35" s="26"/>
+      <c r="C35" s="27"/>
+      <c r="D35" s="27"/>
+      <c r="E35" s="27"/>
+      <c r="F35" s="27"/>
+      <c r="G35" s="27"/>
+      <c r="H35" s="27"/>
+      <c r="I35" s="27"/>
+      <c r="J35" s="28"/>
+      <c r="K35" s="26"/>
+      <c r="L35" s="27"/>
+      <c r="M35" s="27"/>
+      <c r="N35" s="27"/>
+      <c r="O35" s="27"/>
+      <c r="P35" s="27"/>
+      <c r="Q35" s="27"/>
+      <c r="R35" s="27"/>
+      <c r="S35" s="28"/>
+      <c r="T35" s="29"/>
+      <c r="U35" s="30"/>
+      <c r="V35" s="30"/>
+      <c r="W35" s="31"/>
+      <c r="X35" s="32"/>
+      <c r="Y35" s="33"/>
+      <c r="Z35" s="33"/>
+      <c r="AA35" s="34"/>
+    </row>
+    <row r="36" spans="1:50" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="12">
         <v>17</v>
       </c>
-      <c r="B36" s="31"/>
-[...27 lines deleted...]
-      <c r="A37" s="14">
+      <c r="B36" s="26"/>
+      <c r="C36" s="27"/>
+      <c r="D36" s="27"/>
+      <c r="E36" s="27"/>
+      <c r="F36" s="27"/>
+      <c r="G36" s="27"/>
+      <c r="H36" s="27"/>
+      <c r="I36" s="27"/>
+      <c r="J36" s="28"/>
+      <c r="K36" s="26"/>
+      <c r="L36" s="27"/>
+      <c r="M36" s="27"/>
+      <c r="N36" s="27"/>
+      <c r="O36" s="27"/>
+      <c r="P36" s="27"/>
+      <c r="Q36" s="27"/>
+      <c r="R36" s="27"/>
+      <c r="S36" s="28"/>
+      <c r="T36" s="29"/>
+      <c r="U36" s="30"/>
+      <c r="V36" s="30"/>
+      <c r="W36" s="31"/>
+      <c r="X36" s="32"/>
+      <c r="Y36" s="33"/>
+      <c r="Z36" s="33"/>
+      <c r="AA36" s="34"/>
+    </row>
+    <row r="37" spans="1:50" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="12">
         <v>18</v>
       </c>
-      <c r="B37" s="31"/>
-[...27 lines deleted...]
-      <c r="A38" s="14">
+      <c r="B37" s="26"/>
+      <c r="C37" s="27"/>
+      <c r="D37" s="27"/>
+      <c r="E37" s="27"/>
+      <c r="F37" s="27"/>
+      <c r="G37" s="27"/>
+      <c r="H37" s="27"/>
+      <c r="I37" s="27"/>
+      <c r="J37" s="28"/>
+      <c r="K37" s="26"/>
+      <c r="L37" s="27"/>
+      <c r="M37" s="27"/>
+      <c r="N37" s="27"/>
+      <c r="O37" s="27"/>
+      <c r="P37" s="27"/>
+      <c r="Q37" s="27"/>
+      <c r="R37" s="27"/>
+      <c r="S37" s="28"/>
+      <c r="T37" s="29"/>
+      <c r="U37" s="30"/>
+      <c r="V37" s="30"/>
+      <c r="W37" s="31"/>
+      <c r="X37" s="32"/>
+      <c r="Y37" s="33"/>
+      <c r="Z37" s="33"/>
+      <c r="AA37" s="34"/>
+    </row>
+    <row r="38" spans="1:50" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="12">
         <v>19</v>
       </c>
-      <c r="B38" s="31"/>
-[...27 lines deleted...]
-      <c r="A39" s="14">
+      <c r="B38" s="26"/>
+      <c r="C38" s="27"/>
+      <c r="D38" s="27"/>
+      <c r="E38" s="27"/>
+      <c r="F38" s="27"/>
+      <c r="G38" s="27"/>
+      <c r="H38" s="27"/>
+      <c r="I38" s="27"/>
+      <c r="J38" s="28"/>
+      <c r="K38" s="26"/>
+      <c r="L38" s="27"/>
+      <c r="M38" s="27"/>
+      <c r="N38" s="27"/>
+      <c r="O38" s="27"/>
+      <c r="P38" s="27"/>
+      <c r="Q38" s="27"/>
+      <c r="R38" s="27"/>
+      <c r="S38" s="28"/>
+      <c r="T38" s="29"/>
+      <c r="U38" s="30"/>
+      <c r="V38" s="30"/>
+      <c r="W38" s="31"/>
+      <c r="X38" s="32"/>
+      <c r="Y38" s="33"/>
+      <c r="Z38" s="33"/>
+      <c r="AA38" s="34"/>
+    </row>
+    <row r="39" spans="1:50" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="12">
         <v>20</v>
       </c>
-      <c r="B39" s="31"/>
-[...27 lines deleted...]
-      <c r="A40" s="14">
+      <c r="B39" s="26"/>
+      <c r="C39" s="27"/>
+      <c r="D39" s="27"/>
+      <c r="E39" s="27"/>
+      <c r="F39" s="27"/>
+      <c r="G39" s="27"/>
+      <c r="H39" s="27"/>
+      <c r="I39" s="27"/>
+      <c r="J39" s="28"/>
+      <c r="K39" s="26"/>
+      <c r="L39" s="27"/>
+      <c r="M39" s="27"/>
+      <c r="N39" s="27"/>
+      <c r="O39" s="27"/>
+      <c r="P39" s="27"/>
+      <c r="Q39" s="27"/>
+      <c r="R39" s="27"/>
+      <c r="S39" s="28"/>
+      <c r="T39" s="29"/>
+      <c r="U39" s="30"/>
+      <c r="V39" s="30"/>
+      <c r="W39" s="31"/>
+      <c r="X39" s="32"/>
+      <c r="Y39" s="33"/>
+      <c r="Z39" s="33"/>
+      <c r="AA39" s="34"/>
+    </row>
+    <row r="40" spans="1:50" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="12">
         <v>21</v>
       </c>
-      <c r="B40" s="31"/>
-[...27 lines deleted...]
-      <c r="A41" s="14">
+      <c r="B40" s="26"/>
+      <c r="C40" s="27"/>
+      <c r="D40" s="27"/>
+      <c r="E40" s="27"/>
+      <c r="F40" s="27"/>
+      <c r="G40" s="27"/>
+      <c r="H40" s="27"/>
+      <c r="I40" s="27"/>
+      <c r="J40" s="28"/>
+      <c r="K40" s="26"/>
+      <c r="L40" s="27"/>
+      <c r="M40" s="27"/>
+      <c r="N40" s="27"/>
+      <c r="O40" s="27"/>
+      <c r="P40" s="27"/>
+      <c r="Q40" s="27"/>
+      <c r="R40" s="27"/>
+      <c r="S40" s="28"/>
+      <c r="T40" s="29"/>
+      <c r="U40" s="30"/>
+      <c r="V40" s="30"/>
+      <c r="W40" s="31"/>
+      <c r="X40" s="32"/>
+      <c r="Y40" s="33"/>
+      <c r="Z40" s="33"/>
+      <c r="AA40" s="34"/>
+    </row>
+    <row r="41" spans="1:50" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="12">
         <v>22</v>
       </c>
-      <c r="B41" s="31"/>
-[...24 lines deleted...]
-      <c r="AA41" s="39"/>
+      <c r="B41" s="26"/>
+      <c r="C41" s="27"/>
+      <c r="D41" s="27"/>
+      <c r="E41" s="27"/>
+      <c r="F41" s="27"/>
+      <c r="G41" s="27"/>
+      <c r="H41" s="27"/>
+      <c r="I41" s="27"/>
+      <c r="J41" s="28"/>
+      <c r="K41" s="26"/>
+      <c r="L41" s="27"/>
+      <c r="M41" s="27"/>
+      <c r="N41" s="27"/>
+      <c r="O41" s="27"/>
+      <c r="P41" s="27"/>
+      <c r="Q41" s="27"/>
+      <c r="R41" s="27"/>
+      <c r="S41" s="28"/>
+      <c r="T41" s="29"/>
+      <c r="U41" s="30"/>
+      <c r="V41" s="30"/>
+      <c r="W41" s="31"/>
+      <c r="X41" s="32"/>
+      <c r="Y41" s="33"/>
+      <c r="Z41" s="33"/>
+      <c r="AA41" s="34"/>
     </row>
     <row r="42" spans="1:50" s="1" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="W42" s="15" t="s">
+      <c r="W42" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="X42" s="42" t="str">
+      <c r="X42" s="37" t="str">
         <f>IF(SUM(X20:AA41)=0,"",SUM(X20:AA41))</f>
         <v/>
       </c>
-      <c r="Y42" s="43"/>
-[...7 lines deleted...]
-      <c r="D43" s="4"/>
+      <c r="Y42" s="38"/>
+      <c r="Z42" s="38"/>
+      <c r="AA42" s="39"/>
+    </row>
+    <row r="43" spans="1:50" s="4" customFormat="1" ht="12" x14ac:dyDescent="0.2">
+      <c r="A43" s="8"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
     </row>
-    <row r="44" spans="1:50" s="21" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="16" t="s">
+    <row r="44" spans="1:50" s="16" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="B44" s="45"/>
-[...13 lines deleted...]
-      <c r="P44" s="16" t="s">
+      <c r="B44" s="40"/>
+      <c r="C44" s="40"/>
+      <c r="D44" s="40"/>
+      <c r="E44" s="40"/>
+      <c r="F44" s="40"/>
+      <c r="G44" s="40"/>
+      <c r="H44" s="40"/>
+      <c r="I44" s="40"/>
+      <c r="J44" s="40"/>
+      <c r="K44" s="40"/>
+      <c r="L44" s="40"/>
+      <c r="M44" s="40"/>
+      <c r="N44" s="40"/>
+      <c r="O44" s="6"/>
+      <c r="P44" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="Q44" s="46"/>
-[...24 lines deleted...]
-      <c r="D45" s="4"/>
+      <c r="Q44" s="41"/>
+      <c r="R44" s="41"/>
+      <c r="S44" s="41"/>
+      <c r="T44" s="41"/>
+      <c r="U44" s="41"/>
+      <c r="V44" s="41"/>
+      <c r="W44" s="6"/>
+      <c r="X44" s="6"/>
+      <c r="Y44" s="6"/>
+      <c r="Z44" s="6"/>
+      <c r="AA44" s="6"/>
+      <c r="AB44" s="6"/>
+      <c r="AC44" s="6"/>
+      <c r="AD44" s="6"/>
+      <c r="AE44" s="6"/>
+      <c r="AF44" s="6"/>
+      <c r="AG44" s="6"/>
+      <c r="AH44" s="6"/>
+      <c r="AI44" s="6"/>
+      <c r="AX44" s="6"/>
+    </row>
+    <row r="45" spans="1:50" s="4" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="8"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
     </row>
-    <row r="46" spans="1:50" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A46" s="10" t="s">
+    <row r="46" spans="1:50" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="B46" s="4"/>
-[...16 lines deleted...]
-      <c r="S46" s="23"/>
+      <c r="D46" s="18"/>
+      <c r="E46" s="18"/>
+      <c r="F46" s="18"/>
+      <c r="G46" s="18"/>
+      <c r="H46" s="18"/>
+      <c r="I46" s="18"/>
+      <c r="J46" s="18"/>
+      <c r="K46" s="18"/>
+      <c r="L46" s="18"/>
+      <c r="M46" s="18"/>
+      <c r="N46" s="18"/>
+      <c r="O46" s="18"/>
+      <c r="P46" s="18"/>
+      <c r="Q46" s="18"/>
+      <c r="R46" s="18"/>
+      <c r="S46" s="18"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
       <c r="Z46" s="1"/>
       <c r="AA46" s="1"/>
       <c r="AB46" s="1"/>
       <c r="AC46" s="1"/>
     </row>
-    <row r="47" spans="1:50" s="6" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="D47" s="4"/>
+    <row r="47" spans="1:50" s="4" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="8"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
       <c r="O47" s="1"/>
       <c r="P47" s="1"/>
     </row>
-    <row r="48" spans="1:50" s="6" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="10" t="s">
+    <row r="48" spans="1:50" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="B48" s="4"/>
-[...14 lines deleted...]
-      <c r="S48" s="40"/>
+      <c r="G48" s="35"/>
+      <c r="H48" s="35"/>
+      <c r="I48" s="35"/>
+      <c r="J48" s="35"/>
+      <c r="K48" s="35"/>
+      <c r="L48" s="35"/>
+      <c r="M48" s="35"/>
+      <c r="N48" s="35"/>
+      <c r="O48" s="35"/>
+      <c r="P48" s="35"/>
+      <c r="Q48" s="35"/>
+      <c r="R48" s="35"/>
+      <c r="S48" s="35"/>
     </row>
     <row r="49" spans="1:27" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.25"/>
     <row r="50" spans="1:27" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.25"/>
     <row r="51" spans="1:27" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.25"/>
     <row r="52" spans="1:27" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.25"/>
     <row r="53" spans="1:27" s="1" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="41" t="s">
+      <c r="A53" s="36" t="s">
         <v>22</v>
       </c>
-      <c r="B53" s="41"/>
-[...24 lines deleted...]
-      <c r="AA53" s="41"/>
+      <c r="B53" s="36"/>
+      <c r="C53" s="36"/>
+      <c r="D53" s="36"/>
+      <c r="E53" s="36"/>
+      <c r="F53" s="36"/>
+      <c r="G53" s="36"/>
+      <c r="H53" s="36"/>
+      <c r="I53" s="36"/>
+      <c r="J53" s="36"/>
+      <c r="K53" s="36"/>
+      <c r="L53" s="36"/>
+      <c r="M53" s="36"/>
+      <c r="N53" s="36"/>
+      <c r="O53" s="36"/>
+      <c r="P53" s="36"/>
+      <c r="Q53" s="36"/>
+      <c r="R53" s="36"/>
+      <c r="S53" s="36"/>
+      <c r="T53" s="36"/>
+      <c r="U53" s="36"/>
+      <c r="V53" s="36"/>
+      <c r="W53" s="36"/>
+      <c r="X53" s="36"/>
+      <c r="Y53" s="36"/>
+      <c r="Z53" s="36"/>
+      <c r="AA53" s="36"/>
     </row>
     <row r="54" spans="1:27" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.25">
-      <c r="A54" s="41" t="s">
+      <c r="A54" s="36" t="s">
         <v>20</v>
       </c>
-      <c r="B54" s="41"/>
-[...24 lines deleted...]
-      <c r="AA54" s="41"/>
+      <c r="B54" s="36"/>
+      <c r="C54" s="36"/>
+      <c r="D54" s="36"/>
+      <c r="E54" s="36"/>
+      <c r="F54" s="36"/>
+      <c r="G54" s="36"/>
+      <c r="H54" s="36"/>
+      <c r="I54" s="36"/>
+      <c r="J54" s="36"/>
+      <c r="K54" s="36"/>
+      <c r="L54" s="36"/>
+      <c r="M54" s="36"/>
+      <c r="N54" s="36"/>
+      <c r="O54" s="36"/>
+      <c r="P54" s="36"/>
+      <c r="Q54" s="36"/>
+      <c r="R54" s="36"/>
+      <c r="S54" s="36"/>
+      <c r="T54" s="36"/>
+      <c r="U54" s="36"/>
+      <c r="V54" s="36"/>
+      <c r="W54" s="36"/>
+      <c r="X54" s="36"/>
+      <c r="Y54" s="36"/>
+      <c r="Z54" s="36"/>
+      <c r="AA54" s="36"/>
     </row>
     <row r="55" spans="1:27" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.25"/>
     <row r="56" spans="1:27" s="1" customFormat="1" ht="12" x14ac:dyDescent="0.25">
       <c r="AA56" s="2"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="z5eJC7LmLIDWd1S2VwE9rK2qWOrq25D11gn60nZIDZkZehWh/5Zzw1zTBCKBOuJXlwBYG68JjEBL8lwPhp7U1Q==" saltValue="mN2A4ViOmgLFn5uV+ye7ow==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatRows="0" selectLockedCells="1"/>
   <mergeCells count="106">
     <mergeCell ref="D46:S46"/>
     <mergeCell ref="G48:S48"/>
     <mergeCell ref="A53:AA53"/>
     <mergeCell ref="A54:AA54"/>
     <mergeCell ref="B41:J41"/>
     <mergeCell ref="K41:S41"/>
     <mergeCell ref="T41:W41"/>
     <mergeCell ref="X41:AA41"/>
     <mergeCell ref="X42:AA42"/>
     <mergeCell ref="B44:N44"/>
     <mergeCell ref="Q44:V44"/>
     <mergeCell ref="B39:J39"/>
     <mergeCell ref="K39:S39"/>
     <mergeCell ref="T39:W39"/>
     <mergeCell ref="X39:AA39"/>
     <mergeCell ref="B40:J40"/>
     <mergeCell ref="K40:S40"/>
@@ -2188,72 +2132,110 @@
     <mergeCell ref="B24:J24"/>
     <mergeCell ref="K24:S24"/>
     <mergeCell ref="T24:W24"/>
     <mergeCell ref="X24:AA24"/>
     <mergeCell ref="B21:J21"/>
     <mergeCell ref="K21:S21"/>
     <mergeCell ref="T21:W21"/>
     <mergeCell ref="X21:AA21"/>
     <mergeCell ref="B22:J22"/>
     <mergeCell ref="K22:S22"/>
     <mergeCell ref="T22:W22"/>
     <mergeCell ref="X22:AA22"/>
     <mergeCell ref="A2:AA2"/>
     <mergeCell ref="C5:Y5"/>
     <mergeCell ref="C7:Y7"/>
     <mergeCell ref="F11:Y11"/>
     <mergeCell ref="F13:N13"/>
     <mergeCell ref="J15:R15"/>
     <mergeCell ref="Z17:AA17"/>
     <mergeCell ref="B19:J19"/>
     <mergeCell ref="K19:S19"/>
     <mergeCell ref="T19:W19"/>
     <mergeCell ref="X19:AA19"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation allowBlank="1" showErrorMessage="1" sqref="B20:B41 T20:W41 K20:K41 X20:AA42"/>
+    <dataValidation allowBlank="1" showErrorMessage="1" sqref="B20:B41 T20:W41 K20:K41 X20:AA42" xr:uid="{00000000-0002-0000-0000-000000000000}"/>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="83" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Arial,Obyčejné"&amp;6verze šablony 1.1 (web)</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>listy</vt:lpstr>
+        <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Přehled_čerpání_partner</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CMZRB, a.s.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>sefcik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_DOC_TYPE">
+    <vt:lpwstr>F766</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T14:17:47Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>6e22eda9-975e-407d-b535-610218532672</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>