--- v0 (2025-10-03)
+++ v1 (2026-01-01)
@@ -10,58 +10,58 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr showInkAnnotation="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\URO\OVM\Hromadná aktualizace Přílohy PROJEKT\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\fricova\Documents\SUP II\Revize šablon dokumentů\OVMP\Opatřit metadaty_pro indexaci_předat OVMP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D04A0C14-1CF8-49B6-AC6C-8641F89155D1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7C4C4996-EC6E-4B1B-ABB4-5F3B95AA8BDE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Příloha Projekt" sheetId="1" r:id="rId1"/>
     <sheet name="Vyběr opatření" sheetId="7" r:id="rId2"/>
     <sheet name="List3" sheetId="5" state="hidden" r:id="rId3"/>
     <sheet name="_vst" sheetId="2" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="cena">'Příloha Projekt'!$R$54:$U$74,'Příloha Projekt'!#REF!</definedName>
     <definedName name="DNSH">List3!$A$1:$A$3</definedName>
     <definedName name="DOPAD">List3!$E$1:$E$4</definedName>
     <definedName name="energetika">_vst!$H$2:$H$3</definedName>
     <definedName name="kategorie">_vst!$B$2:$B$14</definedName>
     <definedName name="kategorie2">_vst!#REF!</definedName>
     <definedName name="kategorienz3">_vst!#REF!</definedName>
     <definedName name="kategorienz4">_vst!$B$2:$B$11</definedName>
     <definedName name="kategoriezp">_vst!#REF!</definedName>
     <definedName name="kategoriezp2">_vst!#REF!</definedName>
     <definedName name="klimat">List3!$C$1:$C$2</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Příloha Projekt'!$A$1:$AE$118</definedName>
     <definedName name="podpora">_vst!$F$4:$F$5</definedName>
     <definedName name="PR">List3!$D$1:$D$3</definedName>
     <definedName name="PRA">List3!$D$1:$D$3</definedName>
@@ -2329,415 +2329,415 @@
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="164" fontId="5" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="10" fontId="5" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="5" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="5" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="13" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="13" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="12" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="12" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="12" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="14" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="17" fillId="14" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="11" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="11" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="11" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="12" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="12" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="12" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="13" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="13" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="13" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="13" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="1" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="5" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="11" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...154 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="14" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="14" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-      <protection locked="0"/>
-[...108 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="13" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="14" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
     <cellStyle name="Procenta" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="29">
     <dxf>
       <font>
@@ -3637,725 +3637,725 @@
     <col min="29" max="29" width="3.85546875" style="2" customWidth="1"/>
     <col min="30" max="30" width="8.85546875" style="2" customWidth="1"/>
     <col min="31" max="32" width="3.85546875" style="2" customWidth="1"/>
     <col min="33" max="33" width="3.85546875" style="2"/>
     <col min="34" max="34" width="13.85546875" style="2" customWidth="1"/>
     <col min="35" max="16384" width="3.85546875" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="92" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="2" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="99" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="3" spans="1:30" ht="12" x14ac:dyDescent="0.2"/>
     <row r="4" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="118"/>
-[...22 lines deleted...]
-      <c r="X5" s="120"/>
+      <c r="A5" s="116"/>
+      <c r="B5" s="117"/>
+      <c r="C5" s="117"/>
+      <c r="D5" s="117"/>
+      <c r="E5" s="117"/>
+      <c r="F5" s="117"/>
+      <c r="G5" s="117"/>
+      <c r="H5" s="117"/>
+      <c r="I5" s="117"/>
+      <c r="J5" s="117"/>
+      <c r="K5" s="117"/>
+      <c r="L5" s="117"/>
+      <c r="M5" s="117"/>
+      <c r="N5" s="117"/>
+      <c r="O5" s="117"/>
+      <c r="P5" s="117"/>
+      <c r="Q5" s="117"/>
+      <c r="R5" s="117"/>
+      <c r="S5" s="117"/>
+      <c r="T5" s="117"/>
+      <c r="U5" s="117"/>
+      <c r="V5" s="117"/>
+      <c r="W5" s="117"/>
+      <c r="X5" s="118"/>
     </row>
     <row r="6" spans="1:30" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="11"/>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11"/>
       <c r="S6" s="11"/>
       <c r="T6" s="11"/>
       <c r="U6" s="11"/>
       <c r="V6" s="11"/>
       <c r="W6" s="11"/>
       <c r="X6" s="11"/>
     </row>
     <row r="7" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="125"/>
-[...4 lines deleted...]
-      <c r="G7" s="127"/>
+      <c r="B7" s="185"/>
+      <c r="C7" s="186"/>
+      <c r="D7" s="186"/>
+      <c r="E7" s="186"/>
+      <c r="F7" s="186"/>
+      <c r="G7" s="187"/>
     </row>
     <row r="8" spans="1:30" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="11"/>
       <c r="G8" s="11"/>
     </row>
     <row r="9" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A9" s="131" t="s">
+      <c r="A9" s="194" t="s">
         <v>1</v>
       </c>
-      <c r="B9" s="131"/>
-[...27 lines deleted...]
-      <c r="AD9" s="131"/>
+      <c r="B9" s="194"/>
+      <c r="C9" s="194"/>
+      <c r="D9" s="194"/>
+      <c r="E9" s="194"/>
+      <c r="F9" s="194"/>
+      <c r="G9" s="194"/>
+      <c r="H9" s="194"/>
+      <c r="I9" s="194"/>
+      <c r="J9" s="194"/>
+      <c r="K9" s="194"/>
+      <c r="L9" s="194"/>
+      <c r="M9" s="194"/>
+      <c r="N9" s="194"/>
+      <c r="O9" s="194"/>
+      <c r="P9" s="194"/>
+      <c r="Q9" s="194"/>
+      <c r="R9" s="194"/>
+      <c r="S9" s="194"/>
+      <c r="T9" s="194"/>
+      <c r="U9" s="194"/>
+      <c r="V9" s="194"/>
+      <c r="W9" s="194"/>
+      <c r="X9" s="194"/>
+      <c r="Y9" s="194"/>
+      <c r="Z9" s="194"/>
+      <c r="AA9" s="194"/>
+      <c r="AB9" s="194"/>
+      <c r="AC9" s="194"/>
+      <c r="AD9" s="194"/>
     </row>
     <row r="10" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="81" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:30" ht="3.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="12" spans="1:30" s="13" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="12"/>
       <c r="B12" s="14"/>
       <c r="C12" s="14"/>
       <c r="D12" s="14"/>
       <c r="E12" s="14"/>
       <c r="F12" s="14"/>
       <c r="G12" s="14"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="14"/>
       <c r="L12" s="14"/>
       <c r="M12" s="14"/>
       <c r="N12" s="14"/>
       <c r="O12" s="14"/>
       <c r="P12" s="14"/>
       <c r="Q12" s="14"/>
       <c r="R12" s="14"/>
       <c r="S12" s="14"/>
       <c r="T12" s="14"/>
       <c r="U12" s="14"/>
       <c r="V12" s="14"/>
       <c r="W12" s="14"/>
       <c r="X12" s="14"/>
       <c r="Y12" s="14"/>
       <c r="Z12" s="14"/>
       <c r="AA12" s="14"/>
       <c r="AB12" s="14"/>
       <c r="AC12" s="14"/>
       <c r="AD12" s="14"/>
     </row>
     <row r="13" spans="1:30" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="15" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="110" t="s">
+      <c r="B13" s="188" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="111"/>
-[...26 lines deleted...]
-      <c r="AD13" s="112"/>
+      <c r="C13" s="189"/>
+      <c r="D13" s="189"/>
+      <c r="E13" s="189"/>
+      <c r="F13" s="189"/>
+      <c r="G13" s="189"/>
+      <c r="H13" s="189"/>
+      <c r="I13" s="189"/>
+      <c r="J13" s="189"/>
+      <c r="K13" s="189"/>
+      <c r="L13" s="189"/>
+      <c r="M13" s="189"/>
+      <c r="N13" s="189"/>
+      <c r="O13" s="189"/>
+      <c r="P13" s="189"/>
+      <c r="Q13" s="189"/>
+      <c r="R13" s="189"/>
+      <c r="S13" s="189"/>
+      <c r="T13" s="189"/>
+      <c r="U13" s="189"/>
+      <c r="V13" s="189"/>
+      <c r="W13" s="189"/>
+      <c r="X13" s="189"/>
+      <c r="Y13" s="189"/>
+      <c r="Z13" s="189"/>
+      <c r="AA13" s="189"/>
+      <c r="AB13" s="189"/>
+      <c r="AC13" s="189"/>
+      <c r="AD13" s="190"/>
     </row>
     <row r="14" spans="1:30" s="13" customFormat="1" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="12"/>
-      <c r="B14" s="128"/>
-[...27 lines deleted...]
-      <c r="AD14" s="130"/>
+      <c r="B14" s="191"/>
+      <c r="C14" s="192"/>
+      <c r="D14" s="192"/>
+      <c r="E14" s="192"/>
+      <c r="F14" s="192"/>
+      <c r="G14" s="192"/>
+      <c r="H14" s="192"/>
+      <c r="I14" s="192"/>
+      <c r="J14" s="192"/>
+      <c r="K14" s="192"/>
+      <c r="L14" s="192"/>
+      <c r="M14" s="192"/>
+      <c r="N14" s="192"/>
+      <c r="O14" s="192"/>
+      <c r="P14" s="192"/>
+      <c r="Q14" s="192"/>
+      <c r="R14" s="192"/>
+      <c r="S14" s="192"/>
+      <c r="T14" s="192"/>
+      <c r="U14" s="192"/>
+      <c r="V14" s="192"/>
+      <c r="W14" s="192"/>
+      <c r="X14" s="192"/>
+      <c r="Y14" s="192"/>
+      <c r="Z14" s="192"/>
+      <c r="AA14" s="192"/>
+      <c r="AB14" s="192"/>
+      <c r="AC14" s="192"/>
+      <c r="AD14" s="193"/>
     </row>
     <row r="15" spans="1:30" s="13" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="12"/>
       <c r="B15" s="14"/>
       <c r="C15" s="14"/>
       <c r="D15" s="14"/>
       <c r="E15" s="14"/>
       <c r="F15" s="14"/>
       <c r="G15" s="14"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="14"/>
       <c r="L15" s="14"/>
       <c r="M15" s="14"/>
       <c r="N15" s="14"/>
       <c r="O15" s="14"/>
       <c r="P15" s="14"/>
       <c r="Q15" s="14"/>
       <c r="R15" s="14"/>
       <c r="S15" s="14"/>
       <c r="T15" s="14"/>
       <c r="U15" s="14"/>
       <c r="V15" s="14"/>
       <c r="W15" s="14"/>
       <c r="X15" s="14"/>
       <c r="Y15" s="14"/>
       <c r="Z15" s="14"/>
       <c r="AA15" s="14"/>
       <c r="AB15" s="14"/>
       <c r="AC15" s="14"/>
       <c r="AD15" s="14"/>
     </row>
     <row r="16" spans="1:30" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="B16" s="154" t="s">
+      <c r="B16" s="212" t="s">
         <v>80</v>
       </c>
-      <c r="C16" s="155"/>
-[...26 lines deleted...]
-      <c r="AD16" s="156"/>
+      <c r="C16" s="213"/>
+      <c r="D16" s="213"/>
+      <c r="E16" s="213"/>
+      <c r="F16" s="213"/>
+      <c r="G16" s="213"/>
+      <c r="H16" s="213"/>
+      <c r="I16" s="213"/>
+      <c r="J16" s="213"/>
+      <c r="K16" s="213"/>
+      <c r="L16" s="213"/>
+      <c r="M16" s="213"/>
+      <c r="N16" s="213"/>
+      <c r="O16" s="213"/>
+      <c r="P16" s="213"/>
+      <c r="Q16" s="213"/>
+      <c r="R16" s="213"/>
+      <c r="S16" s="213"/>
+      <c r="T16" s="213"/>
+      <c r="U16" s="213"/>
+      <c r="V16" s="213"/>
+      <c r="W16" s="213"/>
+      <c r="X16" s="213"/>
+      <c r="Y16" s="213"/>
+      <c r="Z16" s="213"/>
+      <c r="AA16" s="213"/>
+      <c r="AB16" s="213"/>
+      <c r="AC16" s="213"/>
+      <c r="AD16" s="214"/>
     </row>
     <row r="17" spans="1:33" s="13" customFormat="1" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="12"/>
-      <c r="B17" s="151"/>
-[...27 lines deleted...]
-      <c r="AD17" s="153"/>
+      <c r="B17" s="209"/>
+      <c r="C17" s="210"/>
+      <c r="D17" s="210"/>
+      <c r="E17" s="210"/>
+      <c r="F17" s="210"/>
+      <c r="G17" s="210"/>
+      <c r="H17" s="210"/>
+      <c r="I17" s="210"/>
+      <c r="J17" s="210"/>
+      <c r="K17" s="210"/>
+      <c r="L17" s="210"/>
+      <c r="M17" s="210"/>
+      <c r="N17" s="210"/>
+      <c r="O17" s="210"/>
+      <c r="P17" s="210"/>
+      <c r="Q17" s="210"/>
+      <c r="R17" s="210"/>
+      <c r="S17" s="210"/>
+      <c r="T17" s="210"/>
+      <c r="U17" s="210"/>
+      <c r="V17" s="210"/>
+      <c r="W17" s="210"/>
+      <c r="X17" s="210"/>
+      <c r="Y17" s="210"/>
+      <c r="Z17" s="210"/>
+      <c r="AA17" s="210"/>
+      <c r="AB17" s="210"/>
+      <c r="AC17" s="210"/>
+      <c r="AD17" s="211"/>
     </row>
     <row r="18" spans="1:33" s="13" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="12"/>
       <c r="B18" s="14"/>
       <c r="C18" s="14"/>
       <c r="D18" s="14"/>
       <c r="E18" s="14"/>
       <c r="F18" s="14"/>
       <c r="G18" s="14"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="14"/>
       <c r="L18" s="14"/>
       <c r="M18" s="14"/>
       <c r="N18" s="14"/>
       <c r="O18" s="14"/>
       <c r="P18" s="14"/>
       <c r="Q18" s="14"/>
       <c r="R18" s="14"/>
       <c r="S18" s="14"/>
       <c r="T18" s="14"/>
       <c r="U18" s="14"/>
       <c r="V18" s="14"/>
       <c r="W18" s="14"/>
       <c r="X18" s="14"/>
       <c r="Y18" s="14"/>
       <c r="Z18" s="14"/>
       <c r="AA18" s="14"/>
       <c r="AB18" s="14"/>
       <c r="AC18" s="14"/>
       <c r="AD18" s="14"/>
     </row>
     <row r="19" spans="1:33" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="B19" s="110" t="s">
+      <c r="B19" s="188" t="s">
         <v>24</v>
       </c>
-      <c r="C19" s="111"/>
-[...26 lines deleted...]
-      <c r="AD19" s="112"/>
+      <c r="C19" s="189"/>
+      <c r="D19" s="189"/>
+      <c r="E19" s="189"/>
+      <c r="F19" s="189"/>
+      <c r="G19" s="189"/>
+      <c r="H19" s="189"/>
+      <c r="I19" s="189"/>
+      <c r="J19" s="189"/>
+      <c r="K19" s="189"/>
+      <c r="L19" s="189"/>
+      <c r="M19" s="189"/>
+      <c r="N19" s="189"/>
+      <c r="O19" s="189"/>
+      <c r="P19" s="189"/>
+      <c r="Q19" s="189"/>
+      <c r="R19" s="189"/>
+      <c r="S19" s="189"/>
+      <c r="T19" s="189"/>
+      <c r="U19" s="189"/>
+      <c r="V19" s="189"/>
+      <c r="W19" s="189"/>
+      <c r="X19" s="189"/>
+      <c r="Y19" s="189"/>
+      <c r="Z19" s="189"/>
+      <c r="AA19" s="189"/>
+      <c r="AB19" s="189"/>
+      <c r="AC19" s="189"/>
+      <c r="AD19" s="190"/>
     </row>
     <row r="20" spans="1:33" s="13" customFormat="1" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="12"/>
-      <c r="B20" s="128"/>
-[...27 lines deleted...]
-      <c r="AD20" s="130"/>
+      <c r="B20" s="191"/>
+      <c r="C20" s="192"/>
+      <c r="D20" s="192"/>
+      <c r="E20" s="192"/>
+      <c r="F20" s="192"/>
+      <c r="G20" s="192"/>
+      <c r="H20" s="192"/>
+      <c r="I20" s="192"/>
+      <c r="J20" s="192"/>
+      <c r="K20" s="192"/>
+      <c r="L20" s="192"/>
+      <c r="M20" s="192"/>
+      <c r="N20" s="192"/>
+      <c r="O20" s="192"/>
+      <c r="P20" s="192"/>
+      <c r="Q20" s="192"/>
+      <c r="R20" s="192"/>
+      <c r="S20" s="192"/>
+      <c r="T20" s="192"/>
+      <c r="U20" s="192"/>
+      <c r="V20" s="192"/>
+      <c r="W20" s="192"/>
+      <c r="X20" s="192"/>
+      <c r="Y20" s="192"/>
+      <c r="Z20" s="192"/>
+      <c r="AA20" s="192"/>
+      <c r="AB20" s="192"/>
+      <c r="AC20" s="192"/>
+      <c r="AD20" s="193"/>
     </row>
     <row r="21" spans="1:33" s="13" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="12"/>
       <c r="B21" s="14"/>
       <c r="C21" s="14"/>
       <c r="D21" s="14"/>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
       <c r="G21" s="14"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="14"/>
       <c r="L21" s="14"/>
       <c r="M21" s="14"/>
       <c r="N21" s="14"/>
       <c r="O21" s="14"/>
       <c r="P21" s="14"/>
       <c r="Q21" s="14"/>
       <c r="R21" s="14"/>
       <c r="S21" s="14"/>
       <c r="T21" s="14"/>
       <c r="U21" s="14"/>
       <c r="V21" s="14"/>
       <c r="W21" s="14"/>
       <c r="X21" s="14"/>
       <c r="Y21" s="14"/>
       <c r="Z21" s="14"/>
       <c r="AA21" s="14"/>
       <c r="AB21" s="14"/>
       <c r="AC21" s="14"/>
       <c r="AD21" s="14"/>
     </row>
     <row r="22" spans="1:33" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="B22" s="110" t="s">
+      <c r="B22" s="188" t="s">
         <v>25</v>
       </c>
-      <c r="C22" s="111"/>
-[...26 lines deleted...]
-      <c r="AD22" s="112"/>
+      <c r="C22" s="189"/>
+      <c r="D22" s="189"/>
+      <c r="E22" s="189"/>
+      <c r="F22" s="189"/>
+      <c r="G22" s="189"/>
+      <c r="H22" s="189"/>
+      <c r="I22" s="189"/>
+      <c r="J22" s="189"/>
+      <c r="K22" s="189"/>
+      <c r="L22" s="189"/>
+      <c r="M22" s="189"/>
+      <c r="N22" s="189"/>
+      <c r="O22" s="189"/>
+      <c r="P22" s="189"/>
+      <c r="Q22" s="189"/>
+      <c r="R22" s="189"/>
+      <c r="S22" s="189"/>
+      <c r="T22" s="189"/>
+      <c r="U22" s="189"/>
+      <c r="V22" s="189"/>
+      <c r="W22" s="189"/>
+      <c r="X22" s="189"/>
+      <c r="Y22" s="189"/>
+      <c r="Z22" s="189"/>
+      <c r="AA22" s="189"/>
+      <c r="AB22" s="189"/>
+      <c r="AC22" s="189"/>
+      <c r="AD22" s="190"/>
     </row>
     <row r="23" spans="1:33" s="13" customFormat="1" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="12"/>
-      <c r="B23" s="128"/>
-[...27 lines deleted...]
-      <c r="AD23" s="130"/>
+      <c r="B23" s="191"/>
+      <c r="C23" s="192"/>
+      <c r="D23" s="192"/>
+      <c r="E23" s="192"/>
+      <c r="F23" s="192"/>
+      <c r="G23" s="192"/>
+      <c r="H23" s="192"/>
+      <c r="I23" s="192"/>
+      <c r="J23" s="192"/>
+      <c r="K23" s="192"/>
+      <c r="L23" s="192"/>
+      <c r="M23" s="192"/>
+      <c r="N23" s="192"/>
+      <c r="O23" s="192"/>
+      <c r="P23" s="192"/>
+      <c r="Q23" s="192"/>
+      <c r="R23" s="192"/>
+      <c r="S23" s="192"/>
+      <c r="T23" s="192"/>
+      <c r="U23" s="192"/>
+      <c r="V23" s="192"/>
+      <c r="W23" s="192"/>
+      <c r="X23" s="192"/>
+      <c r="Y23" s="192"/>
+      <c r="Z23" s="192"/>
+      <c r="AA23" s="192"/>
+      <c r="AB23" s="192"/>
+      <c r="AC23" s="192"/>
+      <c r="AD23" s="193"/>
     </row>
     <row r="24" spans="1:33" s="13" customFormat="1" ht="3.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="12"/>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="14"/>
       <c r="L24" s="14"/>
       <c r="M24" s="14"/>
       <c r="N24" s="14"/>
       <c r="O24" s="14"/>
       <c r="P24" s="14"/>
       <c r="Q24" s="14"/>
       <c r="R24" s="14"/>
       <c r="S24" s="14"/>
       <c r="T24" s="14"/>
       <c r="U24" s="14"/>
       <c r="V24" s="14"/>
       <c r="W24" s="14"/>
       <c r="X24" s="14"/>
       <c r="Y24" s="14"/>
       <c r="Z24" s="14"/>
       <c r="AA24" s="14"/>
       <c r="AB24" s="14"/>
       <c r="AC24" s="14"/>
       <c r="AD24" s="14"/>
     </row>
     <row r="25" spans="1:33" s="13" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="B25" s="110" t="s">
+      <c r="B25" s="188" t="s">
         <v>26</v>
       </c>
-      <c r="C25" s="111"/>
-[...26 lines deleted...]
-      <c r="AD25" s="112"/>
+      <c r="C25" s="189"/>
+      <c r="D25" s="189"/>
+      <c r="E25" s="189"/>
+      <c r="F25" s="189"/>
+      <c r="G25" s="189"/>
+      <c r="H25" s="189"/>
+      <c r="I25" s="189"/>
+      <c r="J25" s="189"/>
+      <c r="K25" s="189"/>
+      <c r="L25" s="189"/>
+      <c r="M25" s="189"/>
+      <c r="N25" s="189"/>
+      <c r="O25" s="189"/>
+      <c r="P25" s="189"/>
+      <c r="Q25" s="189"/>
+      <c r="R25" s="189"/>
+      <c r="S25" s="189"/>
+      <c r="T25" s="189"/>
+      <c r="U25" s="189"/>
+      <c r="V25" s="189"/>
+      <c r="W25" s="189"/>
+      <c r="X25" s="189"/>
+      <c r="Y25" s="189"/>
+      <c r="Z25" s="189"/>
+      <c r="AA25" s="189"/>
+      <c r="AB25" s="189"/>
+      <c r="AC25" s="189"/>
+      <c r="AD25" s="190"/>
     </row>
     <row r="26" spans="1:33" s="13" customFormat="1" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="12"/>
-      <c r="B26" s="128"/>
-[...27 lines deleted...]
-      <c r="AD26" s="130"/>
+      <c r="B26" s="191"/>
+      <c r="C26" s="192"/>
+      <c r="D26" s="192"/>
+      <c r="E26" s="192"/>
+      <c r="F26" s="192"/>
+      <c r="G26" s="192"/>
+      <c r="H26" s="192"/>
+      <c r="I26" s="192"/>
+      <c r="J26" s="192"/>
+      <c r="K26" s="192"/>
+      <c r="L26" s="192"/>
+      <c r="M26" s="192"/>
+      <c r="N26" s="192"/>
+      <c r="O26" s="192"/>
+      <c r="P26" s="192"/>
+      <c r="Q26" s="192"/>
+      <c r="R26" s="192"/>
+      <c r="S26" s="192"/>
+      <c r="T26" s="192"/>
+      <c r="U26" s="192"/>
+      <c r="V26" s="192"/>
+      <c r="W26" s="192"/>
+      <c r="X26" s="192"/>
+      <c r="Y26" s="192"/>
+      <c r="Z26" s="192"/>
+      <c r="AA26" s="192"/>
+      <c r="AB26" s="192"/>
+      <c r="AC26" s="192"/>
+      <c r="AD26" s="193"/>
     </row>
     <row r="27" spans="1:33" s="13" customFormat="1" ht="12" x14ac:dyDescent="0.2">
       <c r="A27" s="12"/>
       <c r="B27" s="29"/>
       <c r="C27" s="29"/>
       <c r="D27" s="29"/>
       <c r="E27" s="29"/>
       <c r="F27" s="29"/>
       <c r="G27" s="29"/>
       <c r="H27" s="29"/>
       <c r="I27" s="29"/>
       <c r="J27" s="29"/>
       <c r="K27" s="29"/>
       <c r="L27" s="29"/>
       <c r="M27" s="29"/>
       <c r="N27" s="29"/>
       <c r="O27" s="29"/>
       <c r="P27" s="29"/>
       <c r="Q27" s="29"/>
       <c r="R27" s="29"/>
       <c r="S27" s="29"/>
       <c r="T27" s="29"/>
       <c r="U27" s="29"/>
       <c r="V27" s="29"/>
       <c r="W27" s="29"/>
       <c r="X27" s="29"/>
       <c r="Y27" s="29"/>
       <c r="Z27" s="29"/>
       <c r="AA27" s="29"/>
       <c r="AB27" s="29"/>
       <c r="AC27" s="29"/>
       <c r="AD27" s="29"/>
     </row>
     <row r="28" spans="1:33" ht="27" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="124" t="s">
+      <c r="A28" s="184" t="s">
         <v>27</v>
       </c>
-      <c r="B28" s="124"/>
-[...27 lines deleted...]
-      <c r="AD28" s="124"/>
+      <c r="B28" s="184"/>
+      <c r="C28" s="184"/>
+      <c r="D28" s="184"/>
+      <c r="E28" s="184"/>
+      <c r="F28" s="184"/>
+      <c r="G28" s="184"/>
+      <c r="H28" s="184"/>
+      <c r="I28" s="184"/>
+      <c r="J28" s="184"/>
+      <c r="K28" s="184"/>
+      <c r="L28" s="184"/>
+      <c r="M28" s="184"/>
+      <c r="N28" s="184"/>
+      <c r="O28" s="184"/>
+      <c r="P28" s="184"/>
+      <c r="Q28" s="184"/>
+      <c r="R28" s="184"/>
+      <c r="S28" s="184"/>
+      <c r="T28" s="184"/>
+      <c r="U28" s="184"/>
+      <c r="V28" s="184"/>
+      <c r="W28" s="184"/>
+      <c r="X28" s="184"/>
+      <c r="Y28" s="184"/>
+      <c r="Z28" s="184"/>
+      <c r="AA28" s="184"/>
+      <c r="AB28" s="184"/>
+      <c r="AC28" s="184"/>
+      <c r="AD28" s="184"/>
     </row>
     <row r="29" spans="1:33" s="13" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="12"/>
       <c r="B29" s="14"/>
       <c r="C29" s="14"/>
       <c r="D29" s="14"/>
       <c r="E29" s="14"/>
       <c r="F29" s="14"/>
       <c r="G29" s="14"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="14"/>
       <c r="L29" s="14"/>
       <c r="M29" s="14"/>
       <c r="N29" s="14"/>
       <c r="O29" s="14"/>
       <c r="P29" s="14"/>
       <c r="Q29" s="14"/>
       <c r="R29" s="14"/>
       <c r="S29" s="14"/>
       <c r="T29" s="14"/>
       <c r="U29" s="14"/>
       <c r="V29" s="14"/>
       <c r="W29" s="14"/>
@@ -4417,298 +4417,298 @@
       <c r="K31" s="14"/>
       <c r="L31" s="14"/>
       <c r="M31" s="14"/>
       <c r="N31" s="14"/>
       <c r="O31" s="14"/>
       <c r="P31" s="14"/>
       <c r="Q31" s="14"/>
       <c r="R31" s="14"/>
       <c r="S31" s="14"/>
       <c r="T31" s="14"/>
       <c r="U31" s="14"/>
       <c r="V31" s="14"/>
       <c r="W31" s="14"/>
       <c r="X31" s="14"/>
       <c r="Y31" s="14"/>
       <c r="Z31" s="14"/>
       <c r="AA31" s="14"/>
       <c r="AB31" s="14"/>
       <c r="AC31" s="14"/>
       <c r="AD31" s="14"/>
     </row>
     <row r="32" spans="1:33" s="13" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="12"/>
       <c r="B32" s="28"/>
       <c r="C32" s="53"/>
-      <c r="D32" s="157" t="s">
+      <c r="D32" s="114" t="s">
         <v>115</v>
       </c>
-      <c r="E32" s="158"/>
-[...27 lines deleted...]
-      <c r="AG32" s="158"/>
+      <c r="E32" s="115"/>
+      <c r="F32" s="115"/>
+      <c r="G32" s="115"/>
+      <c r="H32" s="115"/>
+      <c r="I32" s="115"/>
+      <c r="J32" s="115"/>
+      <c r="K32" s="115"/>
+      <c r="L32" s="115"/>
+      <c r="M32" s="115"/>
+      <c r="N32" s="115"/>
+      <c r="O32" s="115"/>
+      <c r="P32" s="115"/>
+      <c r="Q32" s="115"/>
+      <c r="R32" s="115"/>
+      <c r="S32" s="115"/>
+      <c r="T32" s="115"/>
+      <c r="U32" s="115"/>
+      <c r="V32" s="115"/>
+      <c r="W32" s="115"/>
+      <c r="X32" s="115"/>
+      <c r="Y32" s="115"/>
+      <c r="Z32" s="115"/>
+      <c r="AA32" s="115"/>
+      <c r="AB32" s="115"/>
+      <c r="AC32" s="115"/>
+      <c r="AD32" s="115"/>
+      <c r="AE32" s="115"/>
+      <c r="AF32" s="115"/>
+      <c r="AG32" s="115"/>
     </row>
     <row r="33" spans="1:34" s="13" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="12"/>
       <c r="B33" s="14"/>
       <c r="C33" s="14"/>
       <c r="D33" s="96"/>
       <c r="E33" s="96"/>
       <c r="F33" s="96"/>
       <c r="G33" s="96"/>
       <c r="H33" s="96"/>
       <c r="I33" s="96"/>
       <c r="J33" s="96"/>
       <c r="K33" s="96"/>
       <c r="L33" s="96"/>
       <c r="M33" s="96"/>
       <c r="N33" s="96"/>
       <c r="O33" s="96"/>
       <c r="P33" s="96"/>
       <c r="Q33" s="96"/>
       <c r="R33" s="96"/>
       <c r="S33" s="96"/>
       <c r="T33" s="96"/>
       <c r="U33" s="96"/>
       <c r="V33" s="96"/>
       <c r="W33" s="96"/>
       <c r="X33" s="96"/>
       <c r="Y33" s="96"/>
       <c r="Z33" s="96"/>
       <c r="AA33" s="96"/>
       <c r="AB33" s="96"/>
       <c r="AC33" s="96"/>
       <c r="AD33" s="96"/>
       <c r="AE33" s="96"/>
       <c r="AF33" s="96"/>
       <c r="AG33" s="96"/>
     </row>
     <row r="34" spans="1:34" s="13" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="12"/>
       <c r="B34" s="14"/>
       <c r="C34" s="53"/>
-      <c r="D34" s="157" t="s">
+      <c r="D34" s="114" t="s">
         <v>116</v>
       </c>
-      <c r="E34" s="157"/>
-[...27 lines deleted...]
-      <c r="AG34" s="157"/>
+      <c r="E34" s="114"/>
+      <c r="F34" s="114"/>
+      <c r="G34" s="114"/>
+      <c r="H34" s="114"/>
+      <c r="I34" s="114"/>
+      <c r="J34" s="114"/>
+      <c r="K34" s="114"/>
+      <c r="L34" s="114"/>
+      <c r="M34" s="114"/>
+      <c r="N34" s="114"/>
+      <c r="O34" s="114"/>
+      <c r="P34" s="114"/>
+      <c r="Q34" s="114"/>
+      <c r="R34" s="114"/>
+      <c r="S34" s="114"/>
+      <c r="T34" s="114"/>
+      <c r="U34" s="114"/>
+      <c r="V34" s="114"/>
+      <c r="W34" s="114"/>
+      <c r="X34" s="114"/>
+      <c r="Y34" s="114"/>
+      <c r="Z34" s="114"/>
+      <c r="AA34" s="114"/>
+      <c r="AB34" s="114"/>
+      <c r="AC34" s="114"/>
+      <c r="AD34" s="114"/>
+      <c r="AE34" s="114"/>
+      <c r="AF34" s="114"/>
+      <c r="AG34" s="114"/>
     </row>
     <row r="35" spans="1:34" s="13" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="12"/>
       <c r="B35" s="14"/>
       <c r="C35" s="14"/>
       <c r="D35" s="97"/>
       <c r="E35" s="97"/>
       <c r="F35" s="97"/>
       <c r="G35" s="97"/>
       <c r="H35" s="97"/>
       <c r="I35" s="97"/>
       <c r="J35" s="97"/>
       <c r="K35" s="97"/>
       <c r="L35" s="97"/>
       <c r="M35" s="97"/>
       <c r="N35" s="97"/>
       <c r="O35" s="97"/>
       <c r="P35" s="97"/>
       <c r="Q35" s="97"/>
       <c r="R35" s="97"/>
       <c r="S35" s="97"/>
       <c r="T35" s="97"/>
       <c r="U35" s="97"/>
       <c r="V35" s="97"/>
       <c r="W35" s="97"/>
       <c r="X35" s="97"/>
       <c r="Y35" s="97"/>
       <c r="Z35" s="97"/>
       <c r="AA35" s="97"/>
       <c r="AB35" s="97"/>
       <c r="AC35" s="97"/>
       <c r="AD35" s="97"/>
       <c r="AE35" s="97"/>
       <c r="AF35" s="97"/>
       <c r="AG35" s="97"/>
     </row>
     <row r="36" spans="1:34" s="31" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="12"/>
       <c r="B36" s="14"/>
       <c r="C36" s="53"/>
-      <c r="D36" s="157" t="s">
+      <c r="D36" s="114" t="s">
         <v>117</v>
       </c>
-      <c r="E36" s="158"/>
-[...27 lines deleted...]
-      <c r="AG36" s="158"/>
+      <c r="E36" s="115"/>
+      <c r="F36" s="115"/>
+      <c r="G36" s="115"/>
+      <c r="H36" s="115"/>
+      <c r="I36" s="115"/>
+      <c r="J36" s="115"/>
+      <c r="K36" s="115"/>
+      <c r="L36" s="115"/>
+      <c r="M36" s="115"/>
+      <c r="N36" s="115"/>
+      <c r="O36" s="115"/>
+      <c r="P36" s="115"/>
+      <c r="Q36" s="115"/>
+      <c r="R36" s="115"/>
+      <c r="S36" s="115"/>
+      <c r="T36" s="115"/>
+      <c r="U36" s="115"/>
+      <c r="V36" s="115"/>
+      <c r="W36" s="115"/>
+      <c r="X36" s="115"/>
+      <c r="Y36" s="115"/>
+      <c r="Z36" s="115"/>
+      <c r="AA36" s="115"/>
+      <c r="AB36" s="115"/>
+      <c r="AC36" s="115"/>
+      <c r="AD36" s="115"/>
+      <c r="AE36" s="115"/>
+      <c r="AF36" s="115"/>
+      <c r="AG36" s="115"/>
     </row>
     <row r="37" spans="1:34" s="13" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="12"/>
       <c r="B37" s="14"/>
       <c r="C37" s="14"/>
       <c r="D37" s="97"/>
       <c r="E37" s="97"/>
       <c r="F37" s="97"/>
       <c r="G37" s="97"/>
       <c r="H37" s="97"/>
       <c r="I37" s="97"/>
       <c r="J37" s="97"/>
       <c r="K37" s="97"/>
       <c r="L37" s="97"/>
       <c r="M37" s="97"/>
       <c r="N37" s="97"/>
       <c r="O37" s="97"/>
       <c r="P37" s="97"/>
       <c r="Q37" s="97"/>
       <c r="R37" s="97"/>
       <c r="S37" s="97"/>
       <c r="T37" s="97"/>
       <c r="U37" s="97"/>
       <c r="V37" s="97"/>
       <c r="W37" s="97"/>
       <c r="X37" s="97"/>
       <c r="Y37" s="97"/>
       <c r="Z37" s="97"/>
       <c r="AA37" s="97"/>
       <c r="AB37" s="97"/>
       <c r="AC37" s="97"/>
       <c r="AD37" s="97"/>
       <c r="AE37" s="97"/>
       <c r="AF37" s="97"/>
       <c r="AG37" s="97"/>
     </row>
     <row r="38" spans="1:34" s="13" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="12"/>
       <c r="B38" s="14"/>
       <c r="C38" s="53"/>
-      <c r="D38" s="157" t="s">
+      <c r="D38" s="114" t="s">
         <v>118</v>
       </c>
-      <c r="E38" s="158"/>
-[...27 lines deleted...]
-      <c r="AG38" s="158"/>
+      <c r="E38" s="115"/>
+      <c r="F38" s="115"/>
+      <c r="G38" s="115"/>
+      <c r="H38" s="115"/>
+      <c r="I38" s="115"/>
+      <c r="J38" s="115"/>
+      <c r="K38" s="115"/>
+      <c r="L38" s="115"/>
+      <c r="M38" s="115"/>
+      <c r="N38" s="115"/>
+      <c r="O38" s="115"/>
+      <c r="P38" s="115"/>
+      <c r="Q38" s="115"/>
+      <c r="R38" s="115"/>
+      <c r="S38" s="115"/>
+      <c r="T38" s="115"/>
+      <c r="U38" s="115"/>
+      <c r="V38" s="115"/>
+      <c r="W38" s="115"/>
+      <c r="X38" s="115"/>
+      <c r="Y38" s="115"/>
+      <c r="Z38" s="115"/>
+      <c r="AA38" s="115"/>
+      <c r="AB38" s="115"/>
+      <c r="AC38" s="115"/>
+      <c r="AD38" s="115"/>
+      <c r="AE38" s="115"/>
+      <c r="AF38" s="115"/>
+      <c r="AG38" s="115"/>
     </row>
     <row r="39" spans="1:34" s="13" customFormat="1" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="12"/>
       <c r="B39" s="14"/>
       <c r="C39" s="14"/>
       <c r="D39" s="29"/>
       <c r="E39" s="29"/>
       <c r="F39" s="29"/>
       <c r="G39" s="29"/>
       <c r="H39" s="29"/>
       <c r="I39" s="29"/>
       <c r="J39" s="29"/>
       <c r="K39" s="29"/>
       <c r="L39" s="29"/>
       <c r="M39" s="29"/>
       <c r="N39" s="29"/>
       <c r="O39" s="29"/>
       <c r="P39" s="29"/>
       <c r="Q39" s="29"/>
       <c r="R39" s="29"/>
       <c r="S39" s="29"/>
       <c r="T39" s="29"/>
       <c r="U39" s="29"/>
       <c r="V39" s="29"/>
       <c r="W39" s="29"/>
@@ -4823,1286 +4823,1286 @@
       <c r="Q45" s="42"/>
       <c r="R45" s="42"/>
       <c r="S45" s="43"/>
       <c r="T45" s="44"/>
     </row>
     <row r="46" spans="1:34" s="13" customFormat="1" ht="1.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A46" s="40"/>
       <c r="B46" s="40"/>
       <c r="C46" s="40"/>
       <c r="D46" s="40"/>
       <c r="E46" s="40"/>
       <c r="F46" s="40"/>
       <c r="G46" s="40"/>
       <c r="H46" s="40"/>
       <c r="I46" s="40"/>
       <c r="J46" s="40"/>
       <c r="K46" s="40"/>
       <c r="O46" s="41"/>
       <c r="P46" s="41"/>
       <c r="Q46" s="42"/>
       <c r="R46" s="42"/>
       <c r="S46" s="43"/>
       <c r="T46" s="44"/>
     </row>
     <row r="47" spans="1:34" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="163" t="s">
+      <c r="A47" s="176" t="s">
         <v>52</v>
       </c>
-      <c r="B47" s="164"/>
-[...8 lines deleted...]
-      <c r="K47" s="165"/>
+      <c r="B47" s="177"/>
+      <c r="C47" s="177"/>
+      <c r="D47" s="177"/>
+      <c r="E47" s="177"/>
+      <c r="F47" s="177"/>
+      <c r="G47" s="177"/>
+      <c r="H47" s="177"/>
+      <c r="I47" s="177"/>
+      <c r="J47" s="177"/>
+      <c r="K47" s="178"/>
       <c r="L47" s="5"/>
       <c r="M47" s="5"/>
       <c r="N47" s="5"/>
-      <c r="O47" s="141" t="s">
+      <c r="O47" s="179" t="s">
         <v>42</v>
       </c>
-      <c r="P47" s="142"/>
-[...1 lines deleted...]
-      <c r="R47" s="143"/>
+      <c r="P47" s="180"/>
+      <c r="Q47" s="180"/>
+      <c r="R47" s="181"/>
       <c r="S47" s="5"/>
-      <c r="T47" s="148" t="str">
+      <c r="T47" s="206" t="str">
         <f ca="1">IF(V80&gt;5000000,"Způsobilé výdaje jsou vyšší než 5 000 000 Kč - musíte použít Energetický posudek","OK")</f>
         <v>OK</v>
       </c>
-      <c r="U47" s="148"/>
-[...8 lines deleted...]
-      <c r="AD47" s="148"/>
+      <c r="U47" s="206"/>
+      <c r="V47" s="206"/>
+      <c r="W47" s="206"/>
+      <c r="X47" s="206"/>
+      <c r="Y47" s="206"/>
+      <c r="Z47" s="206"/>
+      <c r="AA47" s="206"/>
+      <c r="AB47" s="206"/>
+      <c r="AC47" s="206"/>
+      <c r="AD47" s="206"/>
       <c r="AH47" s="13"/>
     </row>
     <row r="48" spans="1:34" s="13" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A48" s="12"/>
       <c r="B48" s="21"/>
       <c r="O48" s="21" t="s">
         <v>127</v>
       </c>
       <c r="P48" s="21"/>
       <c r="U48" s="54"/>
       <c r="V48" s="54"/>
       <c r="W48" s="54"/>
       <c r="X48" s="54"/>
       <c r="Y48" s="54"/>
       <c r="Z48" s="54"/>
       <c r="AA48" s="54"/>
       <c r="AB48" s="54"/>
       <c r="AC48" s="54"/>
       <c r="AD48" s="54"/>
     </row>
     <row r="49" spans="1:34" s="13" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="163" t="s">
+      <c r="A49" s="176" t="s">
         <v>64</v>
       </c>
-      <c r="B49" s="164"/>
-[...8 lines deleted...]
-      <c r="K49" s="165"/>
+      <c r="B49" s="177"/>
+      <c r="C49" s="177"/>
+      <c r="D49" s="177"/>
+      <c r="E49" s="177"/>
+      <c r="F49" s="177"/>
+      <c r="G49" s="177"/>
+      <c r="H49" s="177"/>
+      <c r="I49" s="177"/>
+      <c r="J49" s="177"/>
+      <c r="K49" s="178"/>
       <c r="L49" s="5"/>
       <c r="M49" s="5"/>
       <c r="N49" s="5"/>
-      <c r="O49" s="141" t="s">
+      <c r="O49" s="179" t="s">
         <v>65</v>
       </c>
-      <c r="P49" s="142"/>
-[...1 lines deleted...]
-      <c r="R49" s="143"/>
+      <c r="P49" s="180"/>
+      <c r="Q49" s="180"/>
+      <c r="R49" s="181"/>
       <c r="S49" s="54"/>
       <c r="T49" s="54"/>
       <c r="U49" s="54"/>
       <c r="V49" s="54"/>
       <c r="W49" s="54"/>
       <c r="X49" s="54"/>
       <c r="Y49" s="54"/>
       <c r="Z49" s="54"/>
       <c r="AA49" s="54"/>
       <c r="AB49" s="54"/>
       <c r="AC49" s="54"/>
       <c r="AD49" s="54"/>
     </row>
     <row r="50" spans="1:34" ht="12" x14ac:dyDescent="0.2">
       <c r="B50" s="21"/>
       <c r="P50" s="21"/>
     </row>
     <row r="51" spans="1:34" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="30"/>
       <c r="B51" s="30"/>
       <c r="C51" s="30"/>
       <c r="D51" s="30"/>
       <c r="E51" s="30"/>
       <c r="F51" s="30"/>
       <c r="G51" s="30"/>
       <c r="H51" s="30"/>
       <c r="I51" s="30"/>
       <c r="J51" s="30"/>
       <c r="K51" s="30"/>
       <c r="L51" s="30"/>
       <c r="M51" s="30"/>
       <c r="N51" s="30"/>
       <c r="O51" s="30"/>
       <c r="P51" s="30"/>
       <c r="Q51" s="30"/>
       <c r="R51" s="30"/>
       <c r="S51" s="30"/>
       <c r="T51" s="30"/>
       <c r="U51" s="30"/>
       <c r="V51" s="30"/>
       <c r="W51" s="30"/>
       <c r="X51" s="30"/>
       <c r="Y51" s="30"/>
       <c r="Z51" s="30"/>
       <c r="AA51" s="30"/>
       <c r="AB51" s="30"/>
       <c r="AC51" s="30"/>
       <c r="AD51" s="30"/>
     </row>
     <row r="52" spans="1:34" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="132" t="s">
+      <c r="A52" s="195" t="s">
         <v>131</v>
       </c>
-      <c r="B52" s="133"/>
-[...8 lines deleted...]
-      <c r="K52" s="132" t="s">
+      <c r="B52" s="196"/>
+      <c r="C52" s="196"/>
+      <c r="D52" s="196"/>
+      <c r="E52" s="196"/>
+      <c r="F52" s="196"/>
+      <c r="G52" s="196"/>
+      <c r="H52" s="196"/>
+      <c r="I52" s="196"/>
+      <c r="J52" s="197"/>
+      <c r="K52" s="195" t="s">
         <v>135</v>
       </c>
-      <c r="L52" s="133"/>
-[...5 lines deleted...]
-      <c r="R52" s="144" t="s">
+      <c r="L52" s="196"/>
+      <c r="M52" s="196"/>
+      <c r="N52" s="196"/>
+      <c r="O52" s="196"/>
+      <c r="P52" s="196"/>
+      <c r="Q52" s="197"/>
+      <c r="R52" s="202" t="s">
         <v>133</v>
       </c>
-      <c r="S52" s="145"/>
-      <c r="T52" s="132" t="s">
+      <c r="S52" s="203"/>
+      <c r="T52" s="195" t="s">
         <v>132</v>
       </c>
-      <c r="U52" s="134"/>
-      <c r="V52" s="149" t="s">
+      <c r="U52" s="197"/>
+      <c r="V52" s="207" t="s">
         <v>134</v>
       </c>
-      <c r="W52" s="138" t="s">
+      <c r="W52" s="182" t="s">
         <v>46</v>
       </c>
-      <c r="X52" s="139"/>
-[...5 lines deleted...]
-      <c r="AD52" s="140"/>
+      <c r="X52" s="201"/>
+      <c r="Y52" s="201"/>
+      <c r="Z52" s="201"/>
+      <c r="AA52" s="201"/>
+      <c r="AB52" s="201"/>
+      <c r="AC52" s="201"/>
+      <c r="AD52" s="183"/>
     </row>
     <row r="53" spans="1:34" ht="41.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A53" s="135"/>
-[...21 lines deleted...]
-      <c r="W53" s="138" t="s">
+      <c r="A53" s="198"/>
+      <c r="B53" s="199"/>
+      <c r="C53" s="199"/>
+      <c r="D53" s="199"/>
+      <c r="E53" s="199"/>
+      <c r="F53" s="199"/>
+      <c r="G53" s="199"/>
+      <c r="H53" s="199"/>
+      <c r="I53" s="199"/>
+      <c r="J53" s="200"/>
+      <c r="K53" s="198"/>
+      <c r="L53" s="199"/>
+      <c r="M53" s="199"/>
+      <c r="N53" s="199"/>
+      <c r="O53" s="199"/>
+      <c r="P53" s="199"/>
+      <c r="Q53" s="200"/>
+      <c r="R53" s="204"/>
+      <c r="S53" s="205"/>
+      <c r="T53" s="198"/>
+      <c r="U53" s="200"/>
+      <c r="V53" s="208"/>
+      <c r="W53" s="182" t="s">
         <v>54</v>
       </c>
-      <c r="X53" s="139"/>
-[...2 lines deleted...]
-      <c r="AA53" s="138" t="s">
+      <c r="X53" s="201"/>
+      <c r="Y53" s="201"/>
+      <c r="Z53" s="183"/>
+      <c r="AA53" s="182" t="s">
         <v>61</v>
       </c>
-      <c r="AB53" s="140"/>
-      <c r="AC53" s="138" t="s">
+      <c r="AB53" s="183"/>
+      <c r="AC53" s="182" t="s">
         <v>128</v>
       </c>
-      <c r="AD53" s="140"/>
+      <c r="AD53" s="183"/>
     </row>
     <row r="54" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="118"/>
-[...19 lines deleted...]
-      <c r="U54" s="109"/>
+      <c r="A54" s="116"/>
+      <c r="B54" s="117"/>
+      <c r="C54" s="117"/>
+      <c r="D54" s="117"/>
+      <c r="E54" s="117"/>
+      <c r="F54" s="117"/>
+      <c r="G54" s="117"/>
+      <c r="H54" s="117"/>
+      <c r="I54" s="117"/>
+      <c r="J54" s="118"/>
+      <c r="K54" s="116"/>
+      <c r="L54" s="117"/>
+      <c r="M54" s="117"/>
+      <c r="N54" s="117"/>
+      <c r="O54" s="117"/>
+      <c r="P54" s="117"/>
+      <c r="Q54" s="118"/>
+      <c r="R54" s="119"/>
+      <c r="S54" s="120"/>
+      <c r="T54" s="140"/>
+      <c r="U54" s="141"/>
       <c r="V54" s="95">
         <f t="shared" ref="V54:V65" si="0">R54+T54</f>
         <v>0</v>
       </c>
-      <c r="W54" s="107"/>
-[...3 lines deleted...]
-      <c r="AA54" s="161">
+      <c r="W54" s="140"/>
+      <c r="X54" s="142"/>
+      <c r="Y54" s="142"/>
+      <c r="Z54" s="141"/>
+      <c r="AA54" s="124">
         <f t="shared" ref="AA54:AA56" si="1">V54-R54</f>
         <v>0</v>
       </c>
-      <c r="AB54" s="162"/>
-      <c r="AC54" s="159">
+      <c r="AB54" s="125"/>
+      <c r="AC54" s="126">
         <f>V54-W54-AA54</f>
         <v>0</v>
       </c>
-      <c r="AD54" s="160"/>
+      <c r="AD54" s="127"/>
       <c r="AH54" s="49"/>
     </row>
     <row r="55" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="118"/>
-[...19 lines deleted...]
-      <c r="U55" s="109"/>
+      <c r="A55" s="116"/>
+      <c r="B55" s="117"/>
+      <c r="C55" s="117"/>
+      <c r="D55" s="117"/>
+      <c r="E55" s="117"/>
+      <c r="F55" s="117"/>
+      <c r="G55" s="117"/>
+      <c r="H55" s="117"/>
+      <c r="I55" s="117"/>
+      <c r="J55" s="118"/>
+      <c r="K55" s="116"/>
+      <c r="L55" s="117"/>
+      <c r="M55" s="117"/>
+      <c r="N55" s="117"/>
+      <c r="O55" s="117"/>
+      <c r="P55" s="117"/>
+      <c r="Q55" s="118"/>
+      <c r="R55" s="119"/>
+      <c r="S55" s="120"/>
+      <c r="T55" s="140"/>
+      <c r="U55" s="141"/>
       <c r="V55" s="95">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="W55" s="107"/>
-[...3 lines deleted...]
-      <c r="AA55" s="161">
+      <c r="W55" s="140"/>
+      <c r="X55" s="142"/>
+      <c r="Y55" s="142"/>
+      <c r="Z55" s="141"/>
+      <c r="AA55" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AB55" s="162"/>
-      <c r="AC55" s="159">
+      <c r="AB55" s="125"/>
+      <c r="AC55" s="126">
         <f t="shared" ref="AC55:AC73" si="2">V55-W55-AA55</f>
         <v>0</v>
       </c>
-      <c r="AD55" s="160"/>
+      <c r="AD55" s="127"/>
       <c r="AH55" s="49"/>
     </row>
     <row r="56" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="118"/>
-[...19 lines deleted...]
-      <c r="U56" s="109"/>
+      <c r="A56" s="116"/>
+      <c r="B56" s="117"/>
+      <c r="C56" s="117"/>
+      <c r="D56" s="117"/>
+      <c r="E56" s="117"/>
+      <c r="F56" s="117"/>
+      <c r="G56" s="117"/>
+      <c r="H56" s="117"/>
+      <c r="I56" s="117"/>
+      <c r="J56" s="118"/>
+      <c r="K56" s="116"/>
+      <c r="L56" s="117"/>
+      <c r="M56" s="117"/>
+      <c r="N56" s="117"/>
+      <c r="O56" s="117"/>
+      <c r="P56" s="117"/>
+      <c r="Q56" s="118"/>
+      <c r="R56" s="119"/>
+      <c r="S56" s="120"/>
+      <c r="T56" s="140"/>
+      <c r="U56" s="141"/>
       <c r="V56" s="95">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="W56" s="107"/>
-[...3 lines deleted...]
-      <c r="AA56" s="161">
+      <c r="W56" s="140"/>
+      <c r="X56" s="142"/>
+      <c r="Y56" s="142"/>
+      <c r="Z56" s="141"/>
+      <c r="AA56" s="124">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AB56" s="162"/>
-      <c r="AC56" s="159">
+      <c r="AB56" s="125"/>
+      <c r="AC56" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD56" s="160"/>
+      <c r="AD56" s="127"/>
       <c r="AH56" s="49"/>
     </row>
     <row r="57" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="118"/>
-[...19 lines deleted...]
-      <c r="U57" s="109"/>
+      <c r="A57" s="116"/>
+      <c r="B57" s="117"/>
+      <c r="C57" s="117"/>
+      <c r="D57" s="117"/>
+      <c r="E57" s="117"/>
+      <c r="F57" s="117"/>
+      <c r="G57" s="117"/>
+      <c r="H57" s="117"/>
+      <c r="I57" s="117"/>
+      <c r="J57" s="118"/>
+      <c r="K57" s="116"/>
+      <c r="L57" s="117"/>
+      <c r="M57" s="117"/>
+      <c r="N57" s="117"/>
+      <c r="O57" s="117"/>
+      <c r="P57" s="117"/>
+      <c r="Q57" s="118"/>
+      <c r="R57" s="119"/>
+      <c r="S57" s="120"/>
+      <c r="T57" s="140"/>
+      <c r="U57" s="141"/>
       <c r="V57" s="95">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="W57" s="107"/>
-[...3 lines deleted...]
-      <c r="AA57" s="161">
+      <c r="W57" s="140"/>
+      <c r="X57" s="142"/>
+      <c r="Y57" s="142"/>
+      <c r="Z57" s="141"/>
+      <c r="AA57" s="124">
         <f t="shared" ref="AA57:AA74" si="3">V57-R57</f>
         <v>0</v>
       </c>
-      <c r="AB57" s="162"/>
-      <c r="AC57" s="159">
+      <c r="AB57" s="125"/>
+      <c r="AC57" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD57" s="160"/>
+      <c r="AD57" s="127"/>
       <c r="AH57" s="49"/>
     </row>
     <row r="58" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="118"/>
-[...19 lines deleted...]
-      <c r="U58" s="109"/>
+      <c r="A58" s="116"/>
+      <c r="B58" s="117"/>
+      <c r="C58" s="117"/>
+      <c r="D58" s="117"/>
+      <c r="E58" s="117"/>
+      <c r="F58" s="117"/>
+      <c r="G58" s="117"/>
+      <c r="H58" s="117"/>
+      <c r="I58" s="117"/>
+      <c r="J58" s="118"/>
+      <c r="K58" s="116"/>
+      <c r="L58" s="117"/>
+      <c r="M58" s="117"/>
+      <c r="N58" s="117"/>
+      <c r="O58" s="117"/>
+      <c r="P58" s="117"/>
+      <c r="Q58" s="118"/>
+      <c r="R58" s="119"/>
+      <c r="S58" s="120"/>
+      <c r="T58" s="140"/>
+      <c r="U58" s="141"/>
       <c r="V58" s="95">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="W58" s="107"/>
-[...3 lines deleted...]
-      <c r="AA58" s="161">
+      <c r="W58" s="140"/>
+      <c r="X58" s="142"/>
+      <c r="Y58" s="142"/>
+      <c r="Z58" s="141"/>
+      <c r="AA58" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB58" s="162"/>
-      <c r="AC58" s="159">
+      <c r="AB58" s="125"/>
+      <c r="AC58" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD58" s="160"/>
+      <c r="AD58" s="127"/>
       <c r="AH58" s="49"/>
     </row>
     <row r="59" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A59" s="118"/>
-[...19 lines deleted...]
-      <c r="U59" s="109"/>
+      <c r="A59" s="116"/>
+      <c r="B59" s="117"/>
+      <c r="C59" s="117"/>
+      <c r="D59" s="117"/>
+      <c r="E59" s="117"/>
+      <c r="F59" s="117"/>
+      <c r="G59" s="117"/>
+      <c r="H59" s="117"/>
+      <c r="I59" s="117"/>
+      <c r="J59" s="118"/>
+      <c r="K59" s="116"/>
+      <c r="L59" s="117"/>
+      <c r="M59" s="117"/>
+      <c r="N59" s="117"/>
+      <c r="O59" s="117"/>
+      <c r="P59" s="117"/>
+      <c r="Q59" s="118"/>
+      <c r="R59" s="119"/>
+      <c r="S59" s="120"/>
+      <c r="T59" s="140"/>
+      <c r="U59" s="141"/>
       <c r="V59" s="95">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="W59" s="107"/>
-[...3 lines deleted...]
-      <c r="AA59" s="161">
+      <c r="W59" s="140"/>
+      <c r="X59" s="142"/>
+      <c r="Y59" s="142"/>
+      <c r="Z59" s="141"/>
+      <c r="AA59" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB59" s="162"/>
-      <c r="AC59" s="159">
+      <c r="AB59" s="125"/>
+      <c r="AC59" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD59" s="160"/>
+      <c r="AD59" s="127"/>
       <c r="AH59" s="49"/>
     </row>
     <row r="60" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="118"/>
-[...19 lines deleted...]
-      <c r="U60" s="109"/>
+      <c r="A60" s="116"/>
+      <c r="B60" s="117"/>
+      <c r="C60" s="117"/>
+      <c r="D60" s="117"/>
+      <c r="E60" s="117"/>
+      <c r="F60" s="117"/>
+      <c r="G60" s="117"/>
+      <c r="H60" s="117"/>
+      <c r="I60" s="117"/>
+      <c r="J60" s="118"/>
+      <c r="K60" s="116"/>
+      <c r="L60" s="117"/>
+      <c r="M60" s="117"/>
+      <c r="N60" s="117"/>
+      <c r="O60" s="117"/>
+      <c r="P60" s="117"/>
+      <c r="Q60" s="118"/>
+      <c r="R60" s="119"/>
+      <c r="S60" s="120"/>
+      <c r="T60" s="140"/>
+      <c r="U60" s="141"/>
       <c r="V60" s="95">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="W60" s="107"/>
-[...3 lines deleted...]
-      <c r="AA60" s="161">
+      <c r="W60" s="140"/>
+      <c r="X60" s="142"/>
+      <c r="Y60" s="142"/>
+      <c r="Z60" s="141"/>
+      <c r="AA60" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB60" s="162"/>
-      <c r="AC60" s="159">
+      <c r="AB60" s="125"/>
+      <c r="AC60" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD60" s="160"/>
+      <c r="AD60" s="127"/>
       <c r="AH60" s="49"/>
     </row>
     <row r="61" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="118"/>
-[...19 lines deleted...]
-      <c r="U61" s="109"/>
+      <c r="A61" s="116"/>
+      <c r="B61" s="117"/>
+      <c r="C61" s="117"/>
+      <c r="D61" s="117"/>
+      <c r="E61" s="117"/>
+      <c r="F61" s="117"/>
+      <c r="G61" s="117"/>
+      <c r="H61" s="117"/>
+      <c r="I61" s="117"/>
+      <c r="J61" s="118"/>
+      <c r="K61" s="116"/>
+      <c r="L61" s="117"/>
+      <c r="M61" s="117"/>
+      <c r="N61" s="117"/>
+      <c r="O61" s="117"/>
+      <c r="P61" s="117"/>
+      <c r="Q61" s="118"/>
+      <c r="R61" s="119"/>
+      <c r="S61" s="120"/>
+      <c r="T61" s="140"/>
+      <c r="U61" s="141"/>
       <c r="V61" s="95">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="W61" s="107"/>
-[...3 lines deleted...]
-      <c r="AA61" s="161">
+      <c r="W61" s="140"/>
+      <c r="X61" s="142"/>
+      <c r="Y61" s="142"/>
+      <c r="Z61" s="141"/>
+      <c r="AA61" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB61" s="162"/>
-      <c r="AC61" s="159">
+      <c r="AB61" s="125"/>
+      <c r="AC61" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD61" s="160"/>
+      <c r="AD61" s="127"/>
       <c r="AH61" s="49"/>
     </row>
     <row r="62" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="118"/>
-[...19 lines deleted...]
-      <c r="U62" s="109"/>
+      <c r="A62" s="116"/>
+      <c r="B62" s="117"/>
+      <c r="C62" s="117"/>
+      <c r="D62" s="117"/>
+      <c r="E62" s="117"/>
+      <c r="F62" s="117"/>
+      <c r="G62" s="117"/>
+      <c r="H62" s="117"/>
+      <c r="I62" s="117"/>
+      <c r="J62" s="118"/>
+      <c r="K62" s="116"/>
+      <c r="L62" s="117"/>
+      <c r="M62" s="117"/>
+      <c r="N62" s="117"/>
+      <c r="O62" s="117"/>
+      <c r="P62" s="117"/>
+      <c r="Q62" s="118"/>
+      <c r="R62" s="119"/>
+      <c r="S62" s="120"/>
+      <c r="T62" s="140"/>
+      <c r="U62" s="141"/>
       <c r="V62" s="95">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="W62" s="107"/>
-[...3 lines deleted...]
-      <c r="AA62" s="161">
+      <c r="W62" s="140"/>
+      <c r="X62" s="142"/>
+      <c r="Y62" s="142"/>
+      <c r="Z62" s="141"/>
+      <c r="AA62" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB62" s="162"/>
-      <c r="AC62" s="159">
+      <c r="AB62" s="125"/>
+      <c r="AC62" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD62" s="160"/>
+      <c r="AD62" s="127"/>
       <c r="AH62" s="49"/>
     </row>
     <row r="63" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A63" s="118"/>
-[...19 lines deleted...]
-      <c r="U63" s="109"/>
+      <c r="A63" s="116"/>
+      <c r="B63" s="117"/>
+      <c r="C63" s="117"/>
+      <c r="D63" s="117"/>
+      <c r="E63" s="117"/>
+      <c r="F63" s="117"/>
+      <c r="G63" s="117"/>
+      <c r="H63" s="117"/>
+      <c r="I63" s="117"/>
+      <c r="J63" s="118"/>
+      <c r="K63" s="116"/>
+      <c r="L63" s="117"/>
+      <c r="M63" s="117"/>
+      <c r="N63" s="117"/>
+      <c r="O63" s="117"/>
+      <c r="P63" s="117"/>
+      <c r="Q63" s="118"/>
+      <c r="R63" s="119"/>
+      <c r="S63" s="120"/>
+      <c r="T63" s="140"/>
+      <c r="U63" s="141"/>
       <c r="V63" s="95">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="W63" s="107"/>
-[...3 lines deleted...]
-      <c r="AA63" s="161">
+      <c r="W63" s="140"/>
+      <c r="X63" s="142"/>
+      <c r="Y63" s="142"/>
+      <c r="Z63" s="141"/>
+      <c r="AA63" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB63" s="162"/>
-      <c r="AC63" s="159">
+      <c r="AB63" s="125"/>
+      <c r="AC63" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD63" s="160"/>
+      <c r="AD63" s="127"/>
       <c r="AH63" s="49"/>
     </row>
     <row r="64" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="118"/>
-[...19 lines deleted...]
-      <c r="U64" s="109"/>
+      <c r="A64" s="116"/>
+      <c r="B64" s="117"/>
+      <c r="C64" s="117"/>
+      <c r="D64" s="117"/>
+      <c r="E64" s="117"/>
+      <c r="F64" s="117"/>
+      <c r="G64" s="117"/>
+      <c r="H64" s="117"/>
+      <c r="I64" s="117"/>
+      <c r="J64" s="118"/>
+      <c r="K64" s="116"/>
+      <c r="L64" s="117"/>
+      <c r="M64" s="117"/>
+      <c r="N64" s="117"/>
+      <c r="O64" s="117"/>
+      <c r="P64" s="117"/>
+      <c r="Q64" s="118"/>
+      <c r="R64" s="119"/>
+      <c r="S64" s="120"/>
+      <c r="T64" s="140"/>
+      <c r="U64" s="141"/>
       <c r="V64" s="95">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="W64" s="107"/>
-[...3 lines deleted...]
-      <c r="AA64" s="161">
+      <c r="W64" s="140"/>
+      <c r="X64" s="142"/>
+      <c r="Y64" s="142"/>
+      <c r="Z64" s="141"/>
+      <c r="AA64" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB64" s="162"/>
-      <c r="AC64" s="159">
+      <c r="AB64" s="125"/>
+      <c r="AC64" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD64" s="160"/>
+      <c r="AD64" s="127"/>
       <c r="AH64" s="49"/>
     </row>
     <row r="65" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="118"/>
-[...19 lines deleted...]
-      <c r="U65" s="109"/>
+      <c r="A65" s="116"/>
+      <c r="B65" s="117"/>
+      <c r="C65" s="117"/>
+      <c r="D65" s="117"/>
+      <c r="E65" s="117"/>
+      <c r="F65" s="117"/>
+      <c r="G65" s="117"/>
+      <c r="H65" s="117"/>
+      <c r="I65" s="117"/>
+      <c r="J65" s="118"/>
+      <c r="K65" s="116"/>
+      <c r="L65" s="117"/>
+      <c r="M65" s="117"/>
+      <c r="N65" s="117"/>
+      <c r="O65" s="117"/>
+      <c r="P65" s="117"/>
+      <c r="Q65" s="118"/>
+      <c r="R65" s="119"/>
+      <c r="S65" s="120"/>
+      <c r="T65" s="140"/>
+      <c r="U65" s="141"/>
       <c r="V65" s="95">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="W65" s="107"/>
-[...3 lines deleted...]
-      <c r="AA65" s="161">
+      <c r="W65" s="140"/>
+      <c r="X65" s="142"/>
+      <c r="Y65" s="142"/>
+      <c r="Z65" s="141"/>
+      <c r="AA65" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB65" s="162"/>
-      <c r="AC65" s="159">
+      <c r="AB65" s="125"/>
+      <c r="AC65" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD65" s="160"/>
+      <c r="AD65" s="127"/>
       <c r="AH65" s="49"/>
     </row>
     <row r="66" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="118"/>
-[...19 lines deleted...]
-      <c r="U66" s="109"/>
+      <c r="A66" s="116"/>
+      <c r="B66" s="117"/>
+      <c r="C66" s="117"/>
+      <c r="D66" s="117"/>
+      <c r="E66" s="117"/>
+      <c r="F66" s="117"/>
+      <c r="G66" s="117"/>
+      <c r="H66" s="117"/>
+      <c r="I66" s="117"/>
+      <c r="J66" s="118"/>
+      <c r="K66" s="116"/>
+      <c r="L66" s="117"/>
+      <c r="M66" s="117"/>
+      <c r="N66" s="117"/>
+      <c r="O66" s="117"/>
+      <c r="P66" s="117"/>
+      <c r="Q66" s="118"/>
+      <c r="R66" s="119"/>
+      <c r="S66" s="120"/>
+      <c r="T66" s="140"/>
+      <c r="U66" s="141"/>
       <c r="V66" s="95">
         <f t="shared" ref="V66:V73" si="4">R66+T66</f>
         <v>0</v>
       </c>
-      <c r="W66" s="107"/>
-[...3 lines deleted...]
-      <c r="AA66" s="161">
+      <c r="W66" s="140"/>
+      <c r="X66" s="142"/>
+      <c r="Y66" s="142"/>
+      <c r="Z66" s="141"/>
+      <c r="AA66" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB66" s="162"/>
-      <c r="AC66" s="159">
+      <c r="AB66" s="125"/>
+      <c r="AC66" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD66" s="160"/>
+      <c r="AD66" s="127"/>
       <c r="AH66" s="49"/>
     </row>
     <row r="67" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="118"/>
-[...19 lines deleted...]
-      <c r="U67" s="109"/>
+      <c r="A67" s="116"/>
+      <c r="B67" s="117"/>
+      <c r="C67" s="117"/>
+      <c r="D67" s="117"/>
+      <c r="E67" s="117"/>
+      <c r="F67" s="117"/>
+      <c r="G67" s="117"/>
+      <c r="H67" s="117"/>
+      <c r="I67" s="117"/>
+      <c r="J67" s="118"/>
+      <c r="K67" s="116"/>
+      <c r="L67" s="117"/>
+      <c r="M67" s="117"/>
+      <c r="N67" s="117"/>
+      <c r="O67" s="117"/>
+      <c r="P67" s="117"/>
+      <c r="Q67" s="118"/>
+      <c r="R67" s="119"/>
+      <c r="S67" s="120"/>
+      <c r="T67" s="140"/>
+      <c r="U67" s="141"/>
       <c r="V67" s="95">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="W67" s="107"/>
-[...3 lines deleted...]
-      <c r="AA67" s="161">
+      <c r="W67" s="140"/>
+      <c r="X67" s="142"/>
+      <c r="Y67" s="142"/>
+      <c r="Z67" s="141"/>
+      <c r="AA67" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB67" s="162"/>
-      <c r="AC67" s="159">
+      <c r="AB67" s="125"/>
+      <c r="AC67" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD67" s="160"/>
+      <c r="AD67" s="127"/>
       <c r="AH67" s="49"/>
     </row>
     <row r="68" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="118"/>
-[...19 lines deleted...]
-      <c r="U68" s="109"/>
+      <c r="A68" s="116"/>
+      <c r="B68" s="117"/>
+      <c r="C68" s="117"/>
+      <c r="D68" s="117"/>
+      <c r="E68" s="117"/>
+      <c r="F68" s="117"/>
+      <c r="G68" s="117"/>
+      <c r="H68" s="117"/>
+      <c r="I68" s="117"/>
+      <c r="J68" s="118"/>
+      <c r="K68" s="116"/>
+      <c r="L68" s="117"/>
+      <c r="M68" s="117"/>
+      <c r="N68" s="117"/>
+      <c r="O68" s="117"/>
+      <c r="P68" s="117"/>
+      <c r="Q68" s="118"/>
+      <c r="R68" s="119"/>
+      <c r="S68" s="120"/>
+      <c r="T68" s="140"/>
+      <c r="U68" s="141"/>
       <c r="V68" s="95">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="W68" s="107"/>
-[...3 lines deleted...]
-      <c r="AA68" s="161">
+      <c r="W68" s="140"/>
+      <c r="X68" s="142"/>
+      <c r="Y68" s="142"/>
+      <c r="Z68" s="141"/>
+      <c r="AA68" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB68" s="162"/>
-      <c r="AC68" s="159">
+      <c r="AB68" s="125"/>
+      <c r="AC68" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD68" s="160"/>
+      <c r="AD68" s="127"/>
       <c r="AH68" s="49"/>
     </row>
     <row r="69" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="118"/>
-[...19 lines deleted...]
-      <c r="U69" s="109"/>
+      <c r="A69" s="116"/>
+      <c r="B69" s="117"/>
+      <c r="C69" s="117"/>
+      <c r="D69" s="117"/>
+      <c r="E69" s="117"/>
+      <c r="F69" s="117"/>
+      <c r="G69" s="117"/>
+      <c r="H69" s="117"/>
+      <c r="I69" s="117"/>
+      <c r="J69" s="118"/>
+      <c r="K69" s="116"/>
+      <c r="L69" s="117"/>
+      <c r="M69" s="117"/>
+      <c r="N69" s="117"/>
+      <c r="O69" s="117"/>
+      <c r="P69" s="117"/>
+      <c r="Q69" s="118"/>
+      <c r="R69" s="119"/>
+      <c r="S69" s="120"/>
+      <c r="T69" s="140"/>
+      <c r="U69" s="141"/>
       <c r="V69" s="95">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="W69" s="107"/>
-[...3 lines deleted...]
-      <c r="AA69" s="161">
+      <c r="W69" s="140"/>
+      <c r="X69" s="142"/>
+      <c r="Y69" s="142"/>
+      <c r="Z69" s="141"/>
+      <c r="AA69" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB69" s="162"/>
-      <c r="AC69" s="159">
+      <c r="AB69" s="125"/>
+      <c r="AC69" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD69" s="160"/>
+      <c r="AD69" s="127"/>
       <c r="AH69" s="49"/>
     </row>
     <row r="70" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="118"/>
-[...19 lines deleted...]
-      <c r="U70" s="109"/>
+      <c r="A70" s="116"/>
+      <c r="B70" s="117"/>
+      <c r="C70" s="117"/>
+      <c r="D70" s="117"/>
+      <c r="E70" s="117"/>
+      <c r="F70" s="117"/>
+      <c r="G70" s="117"/>
+      <c r="H70" s="117"/>
+      <c r="I70" s="117"/>
+      <c r="J70" s="118"/>
+      <c r="K70" s="116"/>
+      <c r="L70" s="117"/>
+      <c r="M70" s="117"/>
+      <c r="N70" s="117"/>
+      <c r="O70" s="117"/>
+      <c r="P70" s="117"/>
+      <c r="Q70" s="118"/>
+      <c r="R70" s="119"/>
+      <c r="S70" s="120"/>
+      <c r="T70" s="140"/>
+      <c r="U70" s="141"/>
       <c r="V70" s="95">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="W70" s="107"/>
-[...3 lines deleted...]
-      <c r="AA70" s="161">
+      <c r="W70" s="140"/>
+      <c r="X70" s="142"/>
+      <c r="Y70" s="142"/>
+      <c r="Z70" s="141"/>
+      <c r="AA70" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB70" s="162"/>
-      <c r="AC70" s="159">
+      <c r="AB70" s="125"/>
+      <c r="AC70" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD70" s="160"/>
+      <c r="AD70" s="127"/>
       <c r="AH70" s="49"/>
     </row>
     <row r="71" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="118"/>
-[...19 lines deleted...]
-      <c r="U71" s="109"/>
+      <c r="A71" s="116"/>
+      <c r="B71" s="117"/>
+      <c r="C71" s="117"/>
+      <c r="D71" s="117"/>
+      <c r="E71" s="117"/>
+      <c r="F71" s="117"/>
+      <c r="G71" s="117"/>
+      <c r="H71" s="117"/>
+      <c r="I71" s="117"/>
+      <c r="J71" s="118"/>
+      <c r="K71" s="116"/>
+      <c r="L71" s="117"/>
+      <c r="M71" s="117"/>
+      <c r="N71" s="117"/>
+      <c r="O71" s="117"/>
+      <c r="P71" s="117"/>
+      <c r="Q71" s="118"/>
+      <c r="R71" s="119"/>
+      <c r="S71" s="120"/>
+      <c r="T71" s="140"/>
+      <c r="U71" s="141"/>
       <c r="V71" s="95">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="W71" s="107"/>
-[...3 lines deleted...]
-      <c r="AA71" s="161">
+      <c r="W71" s="140"/>
+      <c r="X71" s="142"/>
+      <c r="Y71" s="142"/>
+      <c r="Z71" s="141"/>
+      <c r="AA71" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB71" s="162"/>
-      <c r="AC71" s="159">
+      <c r="AB71" s="125"/>
+      <c r="AC71" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD71" s="160"/>
+      <c r="AD71" s="127"/>
       <c r="AH71" s="49"/>
     </row>
     <row r="72" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="118"/>
-[...19 lines deleted...]
-      <c r="U72" s="109"/>
+      <c r="A72" s="116"/>
+      <c r="B72" s="117"/>
+      <c r="C72" s="117"/>
+      <c r="D72" s="117"/>
+      <c r="E72" s="117"/>
+      <c r="F72" s="117"/>
+      <c r="G72" s="117"/>
+      <c r="H72" s="117"/>
+      <c r="I72" s="117"/>
+      <c r="J72" s="118"/>
+      <c r="K72" s="116"/>
+      <c r="L72" s="117"/>
+      <c r="M72" s="117"/>
+      <c r="N72" s="117"/>
+      <c r="O72" s="117"/>
+      <c r="P72" s="117"/>
+      <c r="Q72" s="118"/>
+      <c r="R72" s="119"/>
+      <c r="S72" s="120"/>
+      <c r="T72" s="140"/>
+      <c r="U72" s="141"/>
       <c r="V72" s="95">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="W72" s="107"/>
-[...3 lines deleted...]
-      <c r="AA72" s="161">
+      <c r="W72" s="140"/>
+      <c r="X72" s="142"/>
+      <c r="Y72" s="142"/>
+      <c r="Z72" s="141"/>
+      <c r="AA72" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB72" s="162"/>
-      <c r="AC72" s="159">
+      <c r="AB72" s="125"/>
+      <c r="AC72" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD72" s="160"/>
+      <c r="AD72" s="127"/>
       <c r="AH72" s="49"/>
     </row>
     <row r="73" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A73" s="118"/>
-[...19 lines deleted...]
-      <c r="U73" s="109"/>
+      <c r="A73" s="116"/>
+      <c r="B73" s="117"/>
+      <c r="C73" s="117"/>
+      <c r="D73" s="117"/>
+      <c r="E73" s="117"/>
+      <c r="F73" s="117"/>
+      <c r="G73" s="117"/>
+      <c r="H73" s="117"/>
+      <c r="I73" s="117"/>
+      <c r="J73" s="118"/>
+      <c r="K73" s="116"/>
+      <c r="L73" s="117"/>
+      <c r="M73" s="117"/>
+      <c r="N73" s="117"/>
+      <c r="O73" s="117"/>
+      <c r="P73" s="117"/>
+      <c r="Q73" s="118"/>
+      <c r="R73" s="119"/>
+      <c r="S73" s="120"/>
+      <c r="T73" s="140"/>
+      <c r="U73" s="141"/>
       <c r="V73" s="95">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="W73" s="107"/>
-[...3 lines deleted...]
-      <c r="AA73" s="161">
+      <c r="W73" s="140"/>
+      <c r="X73" s="142"/>
+      <c r="Y73" s="142"/>
+      <c r="Z73" s="141"/>
+      <c r="AA73" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB73" s="162"/>
-      <c r="AC73" s="159">
+      <c r="AB73" s="125"/>
+      <c r="AC73" s="126">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AD73" s="160"/>
+      <c r="AD73" s="127"/>
       <c r="AH73" s="49"/>
     </row>
     <row r="74" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="118"/>
-[...19 lines deleted...]
-      <c r="U74" s="109"/>
+      <c r="A74" s="116"/>
+      <c r="B74" s="117"/>
+      <c r="C74" s="117"/>
+      <c r="D74" s="117"/>
+      <c r="E74" s="117"/>
+      <c r="F74" s="117"/>
+      <c r="G74" s="117"/>
+      <c r="H74" s="117"/>
+      <c r="I74" s="117"/>
+      <c r="J74" s="118"/>
+      <c r="K74" s="116"/>
+      <c r="L74" s="117"/>
+      <c r="M74" s="117"/>
+      <c r="N74" s="117"/>
+      <c r="O74" s="117"/>
+      <c r="P74" s="117"/>
+      <c r="Q74" s="118"/>
+      <c r="R74" s="119"/>
+      <c r="S74" s="120"/>
+      <c r="T74" s="140"/>
+      <c r="U74" s="141"/>
       <c r="V74" s="95">
         <f>R74+T74</f>
         <v>0</v>
       </c>
-      <c r="W74" s="107"/>
-[...3 lines deleted...]
-      <c r="AA74" s="161">
+      <c r="W74" s="140"/>
+      <c r="X74" s="142"/>
+      <c r="Y74" s="142"/>
+      <c r="Z74" s="141"/>
+      <c r="AA74" s="124">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="AB74" s="162"/>
-      <c r="AC74" s="159">
+      <c r="AB74" s="125"/>
+      <c r="AC74" s="126">
         <f t="shared" ref="AC74" si="5">V74-W74-AA74</f>
         <v>0</v>
       </c>
-      <c r="AD74" s="160"/>
+      <c r="AD74" s="127"/>
       <c r="AH74" s="49"/>
     </row>
     <row r="75" spans="1:34" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="22"/>
       <c r="B75" s="22"/>
       <c r="C75" s="22"/>
       <c r="D75" s="22"/>
       <c r="E75" s="22"/>
       <c r="F75" s="22"/>
       <c r="G75" s="22"/>
       <c r="H75" s="22"/>
       <c r="I75" s="22"/>
       <c r="J75" s="22"/>
       <c r="K75" s="22"/>
       <c r="L75" s="22"/>
       <c r="M75" s="22"/>
       <c r="N75" s="22"/>
       <c r="O75" s="22"/>
       <c r="P75" s="22"/>
       <c r="Q75" s="22"/>
-      <c r="R75" s="210">
+      <c r="R75" s="128">
         <f>SUM(R54:S74)</f>
         <v>0</v>
       </c>
-      <c r="S75" s="211"/>
+      <c r="S75" s="129"/>
       <c r="T75" s="94"/>
       <c r="U75" s="94"/>
       <c r="V75" s="94"/>
-      <c r="W75" s="207">
+      <c r="W75" s="121">
         <f>SUM(W54:Z74)</f>
         <v>0</v>
       </c>
-      <c r="X75" s="208"/>
-[...2 lines deleted...]
-      <c r="AA75" s="202">
+      <c r="X75" s="122"/>
+      <c r="Y75" s="122"/>
+      <c r="Z75" s="123"/>
+      <c r="AA75" s="109">
         <f>SUM(AA54:AA74)</f>
         <v>0</v>
       </c>
-      <c r="AB75" s="203"/>
-      <c r="AC75" s="199">
+      <c r="AB75" s="110"/>
+      <c r="AC75" s="145">
         <f>SUM(AC54:AC74)</f>
         <v>0</v>
       </c>
-      <c r="AD75" s="199"/>
+      <c r="AD75" s="145"/>
     </row>
     <row r="76" spans="1:34" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="22"/>
       <c r="B76" s="22"/>
       <c r="C76" s="22"/>
       <c r="D76" s="22"/>
       <c r="E76" s="22"/>
       <c r="F76" s="22"/>
       <c r="G76" s="22"/>
       <c r="H76" s="22"/>
       <c r="I76" s="22"/>
       <c r="J76" s="22"/>
       <c r="K76" s="22"/>
       <c r="L76" s="22"/>
       <c r="M76" s="22"/>
       <c r="N76" s="22"/>
       <c r="O76" s="22"/>
       <c r="P76" s="22"/>
       <c r="Q76" s="22"/>
       <c r="R76" s="61">
         <f ca="1">SUMIF(K54:Q74,"Ostatní nezpůsobilé výdaje",R54:S73)</f>
         <v>0</v>
       </c>
       <c r="S76" s="61"/>
       <c r="T76" s="23"/>
       <c r="U76" s="23"/>
       <c r="V76" s="23"/>
       <c r="W76" s="50"/>
       <c r="X76" s="50"/>
       <c r="Y76" s="50"/>
       <c r="Z76" s="50"/>
       <c r="AA76" s="51"/>
       <c r="AB76" s="51"/>
       <c r="AC76" s="51"/>
       <c r="AD76" s="51"/>
     </row>
     <row r="77" spans="1:34" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A77" s="200" t="s">
+      <c r="A77" s="143" t="s">
         <v>73</v>
       </c>
-      <c r="B77" s="200"/>
-[...15 lines deleted...]
-      <c r="R77" s="200"/>
+      <c r="B77" s="143"/>
+      <c r="C77" s="143"/>
+      <c r="D77" s="143"/>
+      <c r="E77" s="143"/>
+      <c r="F77" s="143"/>
+      <c r="G77" s="143"/>
+      <c r="H77" s="143"/>
+      <c r="I77" s="143"/>
+      <c r="J77" s="143"/>
+      <c r="K77" s="143"/>
+      <c r="L77" s="143"/>
+      <c r="M77" s="143"/>
+      <c r="N77" s="143"/>
+      <c r="O77" s="143"/>
+      <c r="P77" s="143"/>
+      <c r="Q77" s="143"/>
+      <c r="R77" s="143"/>
       <c r="S77" s="23"/>
       <c r="T77" s="23"/>
       <c r="U77" s="23"/>
       <c r="V77" s="23"/>
       <c r="W77" s="50"/>
       <c r="X77" s="50"/>
       <c r="Y77" s="50"/>
       <c r="Z77" s="50"/>
       <c r="AA77" s="51"/>
       <c r="AB77" s="51"/>
       <c r="AC77" s="51"/>
       <c r="AD77" s="51"/>
     </row>
     <row r="78" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A78" s="100" t="s">
         <v>63</v>
       </c>
       <c r="B78" s="101"/>
       <c r="C78" s="101"/>
       <c r="D78" s="101"/>
       <c r="E78" s="101"/>
       <c r="F78" s="101"/>
       <c r="G78" s="101"/>
       <c r="H78" s="101"/>
       <c r="I78" s="101"/>
       <c r="J78" s="101"/>
       <c r="K78" s="101"/>
       <c r="L78" s="101"/>
       <c r="M78" s="101"/>
       <c r="N78" s="101"/>
       <c r="O78" s="101"/>
       <c r="P78" s="101"/>
       <c r="Q78" s="101"/>
       <c r="R78" s="102"/>
       <c r="U78" s="6"/>
-      <c r="V78" s="121">
+      <c r="V78" s="218">
         <f>R75</f>
         <v>0</v>
       </c>
-      <c r="W78" s="122"/>
-[...2 lines deleted...]
-      <c r="Z78" s="123"/>
+      <c r="W78" s="219"/>
+      <c r="X78" s="219"/>
+      <c r="Y78" s="219"/>
+      <c r="Z78" s="220"/>
       <c r="AA78" s="51"/>
       <c r="AB78" s="51"/>
       <c r="AC78" s="51"/>
       <c r="AD78" s="51"/>
       <c r="AE78" s="13"/>
       <c r="AF78" s="13"/>
     </row>
     <row r="79" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A79" s="22"/>
       <c r="B79" s="22"/>
       <c r="C79" s="22"/>
       <c r="D79" s="22"/>
       <c r="E79" s="22"/>
       <c r="F79" s="22"/>
       <c r="G79" s="22"/>
       <c r="H79" s="22"/>
       <c r="I79" s="22"/>
       <c r="J79" s="22"/>
       <c r="K79" s="22"/>
       <c r="L79" s="22"/>
       <c r="M79" s="22"/>
       <c r="N79" s="22"/>
       <c r="O79" s="22"/>
       <c r="P79" s="22"/>
       <c r="Q79" s="22"/>
@@ -6122,58 +6122,58 @@
       <c r="AE79" s="13"/>
       <c r="AF79" s="13"/>
     </row>
     <row r="80" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="100" t="s">
         <v>49</v>
       </c>
       <c r="B80" s="101"/>
       <c r="C80" s="101"/>
       <c r="D80" s="101"/>
       <c r="E80" s="101"/>
       <c r="F80" s="101"/>
       <c r="G80" s="101"/>
       <c r="H80" s="101"/>
       <c r="I80" s="101"/>
       <c r="J80" s="101"/>
       <c r="K80" s="101"/>
       <c r="L80" s="101"/>
       <c r="M80" s="101"/>
       <c r="N80" s="101"/>
       <c r="O80" s="101"/>
       <c r="P80" s="101"/>
       <c r="Q80" s="101"/>
       <c r="R80" s="102"/>
       <c r="U80" s="6"/>
-      <c r="V80" s="212">
+      <c r="V80" s="130">
         <f ca="1">R75-R76</f>
         <v>0</v>
       </c>
-      <c r="W80" s="213"/>
-[...2 lines deleted...]
-      <c r="Z80" s="214"/>
+      <c r="W80" s="131"/>
+      <c r="X80" s="131"/>
+      <c r="Y80" s="131"/>
+      <c r="Z80" s="132"/>
       <c r="AA80" s="52"/>
       <c r="AB80" s="52"/>
       <c r="AC80" s="52"/>
       <c r="AD80" s="52"/>
       <c r="AE80" s="13"/>
       <c r="AF80" s="13"/>
     </row>
     <row r="81" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A81" s="63"/>
       <c r="B81" s="63"/>
       <c r="C81" s="63"/>
       <c r="D81" s="63"/>
       <c r="E81" s="63"/>
       <c r="F81" s="63"/>
       <c r="G81" s="63"/>
       <c r="H81" s="63"/>
       <c r="I81" s="63"/>
       <c r="J81" s="63"/>
       <c r="K81" s="63"/>
       <c r="L81" s="63"/>
       <c r="M81" s="63"/>
       <c r="N81" s="63"/>
       <c r="O81" s="63"/>
       <c r="P81" s="63"/>
       <c r="Q81" s="63"/>
@@ -6191,57 +6191,57 @@
       <c r="AE81" s="13"/>
       <c r="AF81" s="13"/>
     </row>
     <row r="82" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="100" t="s">
         <v>126</v>
       </c>
       <c r="B82" s="101"/>
       <c r="C82" s="101"/>
       <c r="D82" s="101"/>
       <c r="E82" s="101"/>
       <c r="F82" s="101"/>
       <c r="G82" s="101"/>
       <c r="H82" s="101"/>
       <c r="I82" s="101"/>
       <c r="J82" s="101"/>
       <c r="K82" s="101"/>
       <c r="L82" s="101"/>
       <c r="M82" s="101"/>
       <c r="N82" s="101"/>
       <c r="O82" s="101"/>
       <c r="P82" s="101"/>
       <c r="Q82" s="101"/>
       <c r="R82" s="102"/>
       <c r="U82" s="6"/>
-      <c r="V82" s="185">
+      <c r="V82" s="103">
         <v>0</v>
       </c>
-      <c r="W82" s="186"/>
-[...2 lines deleted...]
-      <c r="Z82" s="187"/>
+      <c r="W82" s="104"/>
+      <c r="X82" s="104"/>
+      <c r="Y82" s="104"/>
+      <c r="Z82" s="105"/>
       <c r="AA82" s="52"/>
       <c r="AB82" s="52"/>
       <c r="AC82" s="52"/>
       <c r="AD82" s="52"/>
       <c r="AE82" s="13"/>
       <c r="AF82" s="13"/>
     </row>
     <row r="83" spans="1:34" s="13" customFormat="1" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A83" s="63"/>
       <c r="B83" s="63"/>
       <c r="C83" s="63"/>
       <c r="D83" s="63"/>
       <c r="E83" s="63"/>
       <c r="F83" s="63"/>
       <c r="G83" s="63"/>
       <c r="H83" s="63"/>
       <c r="I83" s="63"/>
       <c r="J83" s="63"/>
       <c r="K83" s="63"/>
       <c r="L83" s="63"/>
       <c r="M83" s="63"/>
       <c r="N83" s="63"/>
       <c r="O83" s="63"/>
       <c r="P83" s="63"/>
       <c r="Q83" s="63"/>
@@ -6256,115 +6256,115 @@
       <c r="AB83" s="52"/>
       <c r="AC83" s="52"/>
       <c r="AD83" s="52"/>
     </row>
     <row r="84" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A84" s="100" t="s">
         <v>68</v>
       </c>
       <c r="B84" s="101"/>
       <c r="C84" s="101"/>
       <c r="D84" s="101"/>
       <c r="E84" s="101"/>
       <c r="F84" s="101"/>
       <c r="G84" s="101"/>
       <c r="H84" s="101"/>
       <c r="I84" s="101"/>
       <c r="J84" s="101"/>
       <c r="K84" s="101"/>
       <c r="L84" s="101"/>
       <c r="M84" s="101"/>
       <c r="N84" s="101"/>
       <c r="O84" s="101"/>
       <c r="P84" s="101"/>
       <c r="Q84" s="101"/>
       <c r="R84" s="102"/>
-      <c r="V84" s="204">
+      <c r="V84" s="111">
         <f ca="1">V80-V82</f>
         <v>0</v>
       </c>
-      <c r="W84" s="205"/>
-[...2 lines deleted...]
-      <c r="Z84" s="206"/>
+      <c r="W84" s="112"/>
+      <c r="X84" s="112"/>
+      <c r="Y84" s="112"/>
+      <c r="Z84" s="113"/>
     </row>
     <row r="85" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A85" s="47"/>
       <c r="B85" s="47"/>
       <c r="C85" s="47"/>
       <c r="D85" s="47"/>
       <c r="E85" s="47"/>
       <c r="F85" s="47"/>
       <c r="G85" s="47"/>
       <c r="H85" s="47"/>
       <c r="I85" s="47"/>
       <c r="J85" s="46"/>
       <c r="K85" s="46"/>
       <c r="L85" s="6"/>
       <c r="M85" s="6"/>
       <c r="N85" s="6"/>
       <c r="U85" s="6"/>
       <c r="V85" s="6"/>
       <c r="W85" s="6"/>
       <c r="X85" s="6"/>
       <c r="Y85" s="6"/>
       <c r="Z85" s="6"/>
       <c r="AA85" s="6"/>
       <c r="AB85" s="6"/>
       <c r="AC85" s="6"/>
       <c r="AD85" s="6"/>
     </row>
     <row r="86" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A86" s="100" t="s">
         <v>47</v>
       </c>
       <c r="B86" s="101"/>
       <c r="C86" s="101"/>
       <c r="D86" s="101"/>
       <c r="E86" s="101"/>
       <c r="F86" s="101"/>
       <c r="G86" s="101"/>
       <c r="H86" s="101"/>
       <c r="I86" s="101"/>
       <c r="J86" s="101"/>
       <c r="K86" s="101"/>
       <c r="L86" s="101"/>
       <c r="M86" s="101"/>
       <c r="N86" s="101"/>
       <c r="O86" s="101"/>
       <c r="P86" s="101"/>
       <c r="Q86" s="101"/>
       <c r="R86" s="102"/>
       <c r="U86" s="6"/>
-      <c r="V86" s="215">
+      <c r="V86" s="133">
         <f>W75</f>
         <v>0</v>
       </c>
-      <c r="W86" s="216"/>
-[...2 lines deleted...]
-      <c r="Z86" s="217"/>
+      <c r="W86" s="134"/>
+      <c r="X86" s="134"/>
+      <c r="Y86" s="134"/>
+      <c r="Z86" s="135"/>
       <c r="AA86" s="6"/>
       <c r="AB86" s="6"/>
       <c r="AC86" s="6"/>
       <c r="AD86" s="6"/>
     </row>
     <row r="87" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A87" s="47"/>
       <c r="B87" s="47"/>
       <c r="C87" s="47"/>
       <c r="D87" s="47"/>
       <c r="E87" s="47"/>
       <c r="F87" s="47"/>
       <c r="G87" s="47"/>
       <c r="H87" s="47"/>
       <c r="I87" s="47"/>
       <c r="J87" s="46"/>
       <c r="K87" s="46"/>
       <c r="L87" s="6"/>
       <c r="M87" s="6"/>
       <c r="N87" s="6"/>
       <c r="U87" s="6"/>
       <c r="V87" s="6"/>
       <c r="W87" s="6"/>
       <c r="X87" s="6"/>
       <c r="Y87" s="6"/>
@@ -6374,58 +6374,58 @@
       <c r="AC87" s="6"/>
       <c r="AD87" s="6"/>
     </row>
     <row r="88" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="100" t="s">
         <v>48</v>
       </c>
       <c r="B88" s="101"/>
       <c r="C88" s="101"/>
       <c r="D88" s="101"/>
       <c r="E88" s="101"/>
       <c r="F88" s="101"/>
       <c r="G88" s="101"/>
       <c r="H88" s="101"/>
       <c r="I88" s="101"/>
       <c r="J88" s="101"/>
       <c r="K88" s="101"/>
       <c r="L88" s="101"/>
       <c r="M88" s="101"/>
       <c r="N88" s="101"/>
       <c r="O88" s="101"/>
       <c r="P88" s="101"/>
       <c r="Q88" s="101"/>
       <c r="R88" s="102"/>
       <c r="U88" s="6"/>
-      <c r="V88" s="218">
+      <c r="V88" s="136">
         <f>AC75+AA75</f>
         <v>0</v>
       </c>
-      <c r="W88" s="219"/>
-[...2 lines deleted...]
-      <c r="Z88" s="220"/>
+      <c r="W88" s="137"/>
+      <c r="X88" s="137"/>
+      <c r="Y88" s="137"/>
+      <c r="Z88" s="138"/>
       <c r="AA88" s="6"/>
       <c r="AB88" s="6"/>
       <c r="AC88" s="6"/>
       <c r="AD88" s="6"/>
     </row>
     <row r="89" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A89" s="47"/>
       <c r="B89" s="47"/>
       <c r="C89" s="47"/>
       <c r="D89" s="47"/>
       <c r="E89" s="47"/>
       <c r="F89" s="47"/>
       <c r="G89" s="47"/>
       <c r="H89" s="47"/>
       <c r="I89" s="47"/>
       <c r="J89" s="47"/>
       <c r="K89" s="47"/>
       <c r="L89" s="6"/>
       <c r="M89" s="6"/>
       <c r="N89" s="6"/>
       <c r="U89" s="6"/>
       <c r="V89" s="6"/>
       <c r="W89" s="37"/>
       <c r="X89" s="37"/>
       <c r="Y89" s="37"/>
@@ -6435,67 +6435,67 @@
       <c r="AC89" s="6"/>
       <c r="AD89" s="6"/>
     </row>
     <row r="90" spans="1:34" s="20" customFormat="1" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A90" s="100" t="s">
         <v>129</v>
       </c>
       <c r="B90" s="101"/>
       <c r="C90" s="101"/>
       <c r="D90" s="101"/>
       <c r="E90" s="101"/>
       <c r="F90" s="101"/>
       <c r="G90" s="101"/>
       <c r="H90" s="101"/>
       <c r="I90" s="101"/>
       <c r="J90" s="101"/>
       <c r="K90" s="101"/>
       <c r="L90" s="101"/>
       <c r="M90" s="101"/>
       <c r="N90" s="101"/>
       <c r="O90" s="101"/>
       <c r="P90" s="101"/>
       <c r="Q90" s="101"/>
       <c r="R90" s="102"/>
       <c r="U90" s="25"/>
-      <c r="V90" s="103">
+      <c r="V90" s="106">
         <f ca="1">IFERROR(IF(V84&lt;&gt;0,V86/V84,V86/V80),0)</f>
         <v>0</v>
       </c>
-      <c r="W90" s="104"/>
-[...3 lines deleted...]
-      <c r="AA90" s="106" t="str">
+      <c r="W90" s="107"/>
+      <c r="X90" s="107"/>
+      <c r="Y90" s="107"/>
+      <c r="Z90" s="108"/>
+      <c r="AA90" s="139" t="str">
         <f ca="1">IF(V90&gt;90%,"Úvěr nesmí být více jak 90 % !!!","OK")</f>
         <v>OK</v>
       </c>
-      <c r="AB90" s="106"/>
-[...3 lines deleted...]
-      <c r="AF90" s="106"/>
+      <c r="AB90" s="139"/>
+      <c r="AC90" s="139"/>
+      <c r="AD90" s="139"/>
+      <c r="AE90" s="139"/>
+      <c r="AF90" s="139"/>
       <c r="AH90" s="2"/>
     </row>
     <row r="91" spans="1:34" s="20" customFormat="1" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A91" s="8"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="2"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
       <c r="I91" s="2"/>
       <c r="J91" s="2"/>
       <c r="K91" s="2"/>
       <c r="L91" s="2"/>
       <c r="M91" s="2"/>
       <c r="N91" s="2"/>
       <c r="O91" s="21"/>
       <c r="P91" s="2"/>
       <c r="Q91" s="2"/>
       <c r="R91" s="2"/>
       <c r="S91" s="2"/>
       <c r="T91" s="2"/>
       <c r="U91" s="2"/>
       <c r="V91" s="2"/>
@@ -6511,104 +6511,104 @@
       <c r="AF91" s="98"/>
       <c r="AH91" s="2"/>
     </row>
     <row r="92" spans="1:34" s="20" customFormat="1" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A92" s="100" t="s">
         <v>130</v>
       </c>
       <c r="B92" s="101"/>
       <c r="C92" s="101"/>
       <c r="D92" s="101"/>
       <c r="E92" s="101"/>
       <c r="F92" s="101"/>
       <c r="G92" s="101"/>
       <c r="H92" s="101"/>
       <c r="I92" s="101"/>
       <c r="J92" s="101"/>
       <c r="K92" s="101"/>
       <c r="L92" s="101"/>
       <c r="M92" s="101"/>
       <c r="N92" s="101"/>
       <c r="O92" s="101"/>
       <c r="P92" s="101"/>
       <c r="Q92" s="101"/>
       <c r="R92" s="102"/>
       <c r="U92" s="25"/>
-      <c r="V92" s="103">
+      <c r="V92" s="106">
         <f ca="1">IFERROR(IF(V86/V84,V86/V80),0)</f>
         <v>0</v>
       </c>
-      <c r="W92" s="104"/>
-[...3 lines deleted...]
-      <c r="AA92" s="106" t="str">
+      <c r="W92" s="107"/>
+      <c r="X92" s="107"/>
+      <c r="Y92" s="107"/>
+      <c r="Z92" s="108"/>
+      <c r="AA92" s="139" t="str">
         <f ca="1">IF(V92&gt;90%,"Úvěr nesmí být více jak 90 % !!!","OK")</f>
         <v>OK</v>
       </c>
-      <c r="AB92" s="106"/>
-[...3 lines deleted...]
-      <c r="AF92" s="106"/>
+      <c r="AB92" s="139"/>
+      <c r="AC92" s="139"/>
+      <c r="AD92" s="139"/>
+      <c r="AE92" s="139"/>
+      <c r="AF92" s="139"/>
       <c r="AH92" s="2"/>
     </row>
     <row r="93" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A93" s="8"/>
       <c r="O93" s="21"/>
       <c r="AA93" s="24"/>
       <c r="AB93" s="24"/>
       <c r="AC93" s="24"/>
       <c r="AD93" s="24"/>
     </row>
     <row r="94" spans="1:34" ht="15.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A94" s="100" t="s">
         <v>53</v>
       </c>
       <c r="B94" s="101"/>
       <c r="C94" s="101"/>
       <c r="D94" s="101"/>
       <c r="E94" s="101"/>
       <c r="F94" s="101"/>
       <c r="G94" s="101"/>
       <c r="H94" s="101"/>
       <c r="I94" s="101"/>
       <c r="J94" s="101"/>
       <c r="K94" s="101"/>
       <c r="L94" s="101"/>
       <c r="M94" s="101"/>
       <c r="N94" s="101"/>
       <c r="O94" s="101"/>
       <c r="P94" s="101"/>
       <c r="Q94" s="101"/>
       <c r="R94" s="102"/>
       <c r="U94" s="6"/>
-      <c r="V94" s="185"/>
-[...3 lines deleted...]
-      <c r="Z94" s="187"/>
+      <c r="V94" s="103"/>
+      <c r="W94" s="104"/>
+      <c r="X94" s="104"/>
+      <c r="Y94" s="104"/>
+      <c r="Z94" s="105"/>
       <c r="AA94" s="24"/>
       <c r="AB94" s="24"/>
       <c r="AC94" s="24"/>
       <c r="AD94" s="24"/>
     </row>
     <row r="95" spans="1:34" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="80" t="s">
         <v>44</v>
       </c>
       <c r="H95" s="3"/>
       <c r="I95" s="3"/>
       <c r="J95" s="3"/>
       <c r="K95" s="4"/>
       <c r="L95" s="5"/>
       <c r="M95" s="5"/>
       <c r="N95" s="5"/>
       <c r="O95" s="5"/>
       <c r="P95" s="5"/>
       <c r="Q95" s="5"/>
       <c r="R95" s="5"/>
       <c r="S95" s="5"/>
       <c r="T95" s="5"/>
       <c r="U95" s="6"/>
       <c r="V95" s="6"/>
       <c r="W95" s="6"/>
@@ -6625,119 +6625,119 @@
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="J96" s="3"/>
       <c r="K96" s="4"/>
       <c r="L96" s="5"/>
       <c r="M96" s="5"/>
       <c r="N96" s="5"/>
       <c r="O96" s="5"/>
       <c r="P96" s="5"/>
       <c r="Q96" s="5"/>
       <c r="R96" s="5"/>
       <c r="S96" s="5"/>
       <c r="T96" s="5"/>
       <c r="U96" s="6"/>
       <c r="V96" s="6"/>
       <c r="W96" s="6"/>
       <c r="X96" s="6"/>
       <c r="Y96" s="10"/>
       <c r="Z96" s="10"/>
       <c r="AA96" s="6"/>
       <c r="AB96" s="6"/>
       <c r="AC96" s="6"/>
       <c r="AD96" s="6"/>
     </row>
     <row r="97" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A97" s="191" t="s">
+      <c r="A97" s="150" t="s">
         <v>2</v>
       </c>
-      <c r="B97" s="192"/>
-[...3 lines deleted...]
-      <c r="F97" s="191" t="s">
+      <c r="B97" s="151"/>
+      <c r="C97" s="151"/>
+      <c r="D97" s="151"/>
+      <c r="E97" s="152"/>
+      <c r="F97" s="150" t="s">
         <v>3</v>
       </c>
-      <c r="G97" s="192"/>
-[...3 lines deleted...]
-      <c r="K97" s="197" t="s">
+      <c r="G97" s="151"/>
+      <c r="H97" s="151"/>
+      <c r="I97" s="151"/>
+      <c r="J97" s="152"/>
+      <c r="K97" s="156" t="s">
         <v>50</v>
       </c>
-      <c r="L97" s="198"/>
-[...15 lines deleted...]
-      <c r="AB97" s="198"/>
+      <c r="L97" s="157"/>
+      <c r="M97" s="157"/>
+      <c r="N97" s="157"/>
+      <c r="O97" s="157"/>
+      <c r="P97" s="157"/>
+      <c r="Q97" s="157"/>
+      <c r="R97" s="157"/>
+      <c r="S97" s="157"/>
+      <c r="T97" s="157"/>
+      <c r="U97" s="157"/>
+      <c r="V97" s="157"/>
+      <c r="W97" s="157"/>
+      <c r="X97" s="157"/>
+      <c r="Y97" s="157"/>
+      <c r="Z97" s="157"/>
+      <c r="AA97" s="157"/>
+      <c r="AB97" s="157"/>
       <c r="AC97" s="17"/>
       <c r="AD97" s="9"/>
     </row>
     <row r="98" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A98" s="194"/>
-[...8 lines deleted...]
-      <c r="J98" s="196"/>
+      <c r="A98" s="153"/>
+      <c r="B98" s="154"/>
+      <c r="C98" s="154"/>
+      <c r="D98" s="154"/>
+      <c r="E98" s="155"/>
+      <c r="F98" s="153"/>
+      <c r="G98" s="154"/>
+      <c r="H98" s="154"/>
+      <c r="I98" s="154"/>
+      <c r="J98" s="155"/>
       <c r="M98" s="21" t="s">
         <v>51</v>
       </c>
       <c r="N98" s="21"/>
       <c r="O98" s="21"/>
       <c r="P98" s="21"/>
       <c r="Q98" s="48"/>
-      <c r="R98" s="114">
+      <c r="R98" s="216">
         <f>W75-A98-F98</f>
         <v>0</v>
       </c>
-      <c r="S98" s="114"/>
-      <c r="T98" s="114"/>
+      <c r="S98" s="216"/>
+      <c r="T98" s="216"/>
       <c r="U98" s="56"/>
       <c r="V98" s="56"/>
       <c r="W98" s="56"/>
       <c r="X98" s="56"/>
-      <c r="Y98" s="201"/>
-[...2 lines deleted...]
-      <c r="AD98" s="117"/>
+      <c r="Y98" s="144"/>
+      <c r="Z98" s="144"/>
+      <c r="AC98" s="217"/>
+      <c r="AD98" s="217"/>
     </row>
     <row r="99" spans="1:30" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="100" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="80" t="s">
         <v>45</v>
       </c>
       <c r="H100" s="3"/>
       <c r="I100" s="3"/>
       <c r="J100" s="3"/>
       <c r="K100" s="4"/>
       <c r="L100" s="5"/>
       <c r="M100" s="5"/>
       <c r="N100" s="5"/>
       <c r="O100" s="5"/>
       <c r="P100" s="5"/>
       <c r="Q100" s="5"/>
       <c r="R100" s="5"/>
       <c r="S100" s="5"/>
       <c r="T100" s="5"/>
       <c r="U100" s="6"/>
       <c r="V100" s="6"/>
       <c r="W100" s="6"/>
       <c r="X100" s="6"/>
       <c r="Y100" s="6"/>
       <c r="Z100" s="6"/>
@@ -6762,55 +6762,55 @@
     </row>
     <row r="102" spans="1:30" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A102" s="100" t="s">
         <v>28</v>
       </c>
       <c r="B102" s="101"/>
       <c r="C102" s="101"/>
       <c r="D102" s="101"/>
       <c r="E102" s="101"/>
       <c r="F102" s="101"/>
       <c r="G102" s="101"/>
       <c r="H102" s="101"/>
       <c r="I102" s="101"/>
       <c r="J102" s="101"/>
       <c r="K102" s="101"/>
       <c r="L102" s="101"/>
       <c r="M102" s="101"/>
       <c r="N102" s="101"/>
       <c r="O102" s="101"/>
       <c r="P102" s="101"/>
       <c r="Q102" s="101"/>
       <c r="R102" s="102"/>
       <c r="S102" s="5"/>
       <c r="T102" s="5"/>
       <c r="U102" s="6"/>
-      <c r="V102" s="185"/>
-[...3 lines deleted...]
-      <c r="Z102" s="187"/>
+      <c r="V102" s="103"/>
+      <c r="W102" s="104"/>
+      <c r="X102" s="104"/>
+      <c r="Y102" s="104"/>
+      <c r="Z102" s="105"/>
       <c r="AA102" s="6"/>
       <c r="AB102" s="6"/>
       <c r="AC102" s="6"/>
       <c r="AD102" s="6"/>
     </row>
     <row r="103" spans="1:30" s="13" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A103" s="63"/>
       <c r="B103" s="63"/>
       <c r="C103" s="63"/>
       <c r="D103" s="63"/>
       <c r="E103" s="63"/>
       <c r="F103" s="63"/>
       <c r="G103" s="63"/>
       <c r="H103" s="63"/>
       <c r="I103" s="63"/>
       <c r="J103" s="63"/>
       <c r="K103" s="63"/>
       <c r="L103" s="63"/>
       <c r="M103" s="63"/>
       <c r="N103" s="63"/>
       <c r="O103" s="63"/>
       <c r="P103" s="63"/>
       <c r="Q103" s="63"/>
       <c r="R103" s="63"/>
       <c r="S103" s="65"/>
@@ -6825,152 +6825,152 @@
       <c r="AB103" s="52"/>
       <c r="AC103" s="52"/>
       <c r="AD103" s="52"/>
     </row>
     <row r="104" spans="1:30" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A104" s="100" t="s">
         <v>69</v>
       </c>
       <c r="B104" s="101"/>
       <c r="C104" s="101"/>
       <c r="D104" s="101"/>
       <c r="E104" s="101"/>
       <c r="F104" s="101"/>
       <c r="G104" s="101"/>
       <c r="H104" s="101"/>
       <c r="I104" s="101"/>
       <c r="J104" s="101"/>
       <c r="K104" s="101"/>
       <c r="L104" s="101"/>
       <c r="M104" s="101"/>
       <c r="N104" s="101"/>
       <c r="O104" s="101"/>
       <c r="P104" s="101"/>
       <c r="Q104" s="101"/>
       <c r="R104" s="102"/>
-      <c r="V104" s="185"/>
-[...3 lines deleted...]
-      <c r="Z104" s="187"/>
+      <c r="V104" s="103"/>
+      <c r="W104" s="104"/>
+      <c r="X104" s="104"/>
+      <c r="Y104" s="104"/>
+      <c r="Z104" s="105"/>
     </row>
     <row r="105" spans="1:30" s="13" customFormat="1" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A105" s="31"/>
       <c r="B105" s="36"/>
       <c r="G105" s="66"/>
       <c r="H105" s="66"/>
       <c r="I105" s="31"/>
       <c r="O105" s="67"/>
       <c r="V105" s="62"/>
       <c r="W105" s="62"/>
       <c r="X105" s="62"/>
       <c r="Y105" s="62"/>
       <c r="Z105" s="62"/>
     </row>
     <row r="106" spans="1:30" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A106" s="100" t="s">
         <v>70</v>
       </c>
       <c r="B106" s="101"/>
       <c r="C106" s="101"/>
       <c r="D106" s="101"/>
       <c r="E106" s="101"/>
       <c r="F106" s="101"/>
       <c r="G106" s="101"/>
       <c r="H106" s="101"/>
       <c r="I106" s="101"/>
       <c r="J106" s="101"/>
       <c r="K106" s="101"/>
       <c r="L106" s="101"/>
       <c r="M106" s="101"/>
       <c r="N106" s="101"/>
       <c r="O106" s="101"/>
       <c r="P106" s="101"/>
       <c r="Q106" s="101"/>
       <c r="R106" s="102"/>
       <c r="S106" s="2"/>
       <c r="T106" s="2"/>
       <c r="U106" s="2"/>
-      <c r="V106" s="185"/>
-[...3 lines deleted...]
-      <c r="Z106" s="187"/>
+      <c r="V106" s="103"/>
+      <c r="W106" s="104"/>
+      <c r="X106" s="104"/>
+      <c r="Y106" s="104"/>
+      <c r="Z106" s="105"/>
       <c r="AA106" s="2"/>
       <c r="AB106" s="2"/>
     </row>
     <row r="107" spans="1:30" s="31" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B107" s="35"/>
       <c r="C107" s="35"/>
       <c r="D107" s="35"/>
       <c r="E107" s="35"/>
       <c r="G107" s="66"/>
       <c r="H107" s="66"/>
       <c r="J107" s="13"/>
       <c r="K107" s="13"/>
       <c r="Q107" s="13"/>
       <c r="R107" s="13"/>
       <c r="S107" s="13"/>
       <c r="T107" s="13"/>
       <c r="U107" s="13"/>
       <c r="V107" s="62"/>
       <c r="W107" s="62"/>
       <c r="X107" s="62"/>
       <c r="Y107" s="62"/>
       <c r="Z107" s="62"/>
       <c r="AA107" s="13"/>
       <c r="AB107" s="13"/>
     </row>
     <row r="108" spans="1:30" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A108" s="100" t="s">
         <v>71</v>
       </c>
       <c r="B108" s="101"/>
       <c r="C108" s="101"/>
       <c r="D108" s="101"/>
       <c r="E108" s="101"/>
       <c r="F108" s="101"/>
       <c r="G108" s="101"/>
       <c r="H108" s="101"/>
       <c r="I108" s="101"/>
       <c r="J108" s="101"/>
       <c r="K108" s="101"/>
       <c r="L108" s="101"/>
       <c r="M108" s="101"/>
       <c r="N108" s="101"/>
       <c r="O108" s="101"/>
       <c r="P108" s="101"/>
       <c r="Q108" s="101"/>
       <c r="R108" s="102"/>
       <c r="S108" s="2"/>
       <c r="T108" s="2"/>
       <c r="U108" s="2"/>
-      <c r="V108" s="188"/>
-[...3 lines deleted...]
-      <c r="Z108" s="190"/>
+      <c r="V108" s="147"/>
+      <c r="W108" s="148"/>
+      <c r="X108" s="148"/>
+      <c r="Y108" s="148"/>
+      <c r="Z108" s="149"/>
       <c r="AA108" s="2"/>
       <c r="AB108" s="2"/>
     </row>
     <row r="109" spans="1:30" ht="12" x14ac:dyDescent="0.2">
       <c r="B109" s="19"/>
       <c r="C109" s="64"/>
       <c r="D109" s="22"/>
       <c r="E109" s="22"/>
       <c r="F109" s="22"/>
       <c r="G109" s="22"/>
       <c r="H109" s="22"/>
       <c r="I109" s="22"/>
       <c r="J109" s="22"/>
       <c r="K109" s="22"/>
       <c r="L109" s="22"/>
       <c r="M109" s="22"/>
       <c r="N109" s="22"/>
       <c r="O109" s="22"/>
       <c r="P109" s="22"/>
       <c r="Q109" s="22"/>
       <c r="R109" s="22"/>
       <c r="S109" s="22"/>
       <c r="T109" s="22"/>
       <c r="U109" s="22"/>
       <c r="V109" s="22"/>
@@ -6996,71 +6996,71 @@
       <c r="K110" s="22"/>
       <c r="L110" s="22"/>
       <c r="M110" s="22"/>
       <c r="N110" s="22"/>
       <c r="O110" s="22"/>
       <c r="P110" s="22"/>
       <c r="Q110" s="22"/>
       <c r="R110" s="22"/>
       <c r="S110" s="22"/>
       <c r="T110" s="22"/>
       <c r="U110" s="22"/>
       <c r="V110" s="22"/>
       <c r="W110" s="22"/>
       <c r="X110" s="22"/>
       <c r="Y110" s="22"/>
       <c r="Z110" s="22"/>
       <c r="AA110" s="22"/>
       <c r="AB110" s="22"/>
       <c r="AC110" s="22"/>
       <c r="AD110" s="22"/>
     </row>
     <row r="111" spans="1:30" s="20" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="B111" s="184"/>
-[...11 lines deleted...]
-      <c r="N111" s="184"/>
+      <c r="B111" s="146"/>
+      <c r="C111" s="146"/>
+      <c r="D111" s="146"/>
+      <c r="E111" s="146"/>
+      <c r="F111" s="146"/>
+      <c r="G111" s="146"/>
+      <c r="H111" s="146"/>
+      <c r="I111" s="146"/>
+      <c r="J111" s="146"/>
+      <c r="K111" s="146"/>
+      <c r="L111" s="146"/>
+      <c r="M111" s="146"/>
+      <c r="N111" s="146"/>
       <c r="O111" s="2"/>
       <c r="P111" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="Q111" s="113"/>
-[...2 lines deleted...]
-      <c r="T111" s="113"/>
+      <c r="Q111" s="215"/>
+      <c r="R111" s="215"/>
+      <c r="S111" s="215"/>
+      <c r="T111" s="215"/>
       <c r="U111" s="2"/>
       <c r="V111" s="2"/>
       <c r="W111" s="2"/>
       <c r="X111" s="2"/>
       <c r="Y111" s="2"/>
       <c r="Z111" s="2"/>
       <c r="AA111" s="2"/>
       <c r="AB111" s="2"/>
       <c r="AC111" s="2"/>
       <c r="AD111" s="2"/>
     </row>
     <row r="112" spans="1:30" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="22"/>
       <c r="B112" s="22"/>
       <c r="C112" s="22"/>
       <c r="D112" s="22"/>
       <c r="E112" s="22"/>
       <c r="F112" s="22"/>
       <c r="G112" s="22"/>
       <c r="H112" s="22"/>
       <c r="I112" s="22"/>
       <c r="J112" s="22"/>
       <c r="K112" s="22"/>
       <c r="L112" s="22"/>
       <c r="M112" s="22"/>
@@ -7081,420 +7081,420 @@
       <c r="B113" s="22"/>
       <c r="C113" s="22"/>
       <c r="D113" s="22"/>
       <c r="E113" s="22"/>
       <c r="F113" s="22"/>
       <c r="G113" s="22"/>
       <c r="H113" s="22"/>
       <c r="I113" s="22"/>
       <c r="J113" s="22"/>
       <c r="K113" s="22"/>
       <c r="L113" s="22"/>
       <c r="M113" s="22"/>
       <c r="N113" s="22"/>
       <c r="O113" s="22"/>
       <c r="P113" s="22"/>
       <c r="Q113" s="22"/>
       <c r="R113" s="22"/>
       <c r="S113" s="22"/>
       <c r="T113" s="22"/>
       <c r="U113" s="22"/>
       <c r="V113" s="22"/>
       <c r="W113" s="22"/>
       <c r="X113" s="22"/>
     </row>
     <row r="114" spans="1:24" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A114" s="181" t="s">
+      <c r="A114" s="173" t="s">
         <v>33</v>
       </c>
-      <c r="B114" s="182"/>
-[...7 lines deleted...]
-      <c r="J114" s="181" t="s">
+      <c r="B114" s="174"/>
+      <c r="C114" s="174"/>
+      <c r="D114" s="174"/>
+      <c r="E114" s="174"/>
+      <c r="F114" s="174"/>
+      <c r="G114" s="174"/>
+      <c r="H114" s="174"/>
+      <c r="I114" s="175"/>
+      <c r="J114" s="173" t="s">
         <v>34</v>
       </c>
-      <c r="K114" s="182"/>
-[...5 lines deleted...]
-      <c r="Q114" s="181" t="s">
+      <c r="K114" s="174"/>
+      <c r="L114" s="174"/>
+      <c r="M114" s="174"/>
+      <c r="N114" s="174"/>
+      <c r="O114" s="174"/>
+      <c r="P114" s="175"/>
+      <c r="Q114" s="173" t="s">
         <v>35</v>
       </c>
-      <c r="R114" s="182"/>
-[...5 lines deleted...]
-      <c r="X114" s="183"/>
+      <c r="R114" s="174"/>
+      <c r="S114" s="174"/>
+      <c r="T114" s="174"/>
+      <c r="U114" s="174"/>
+      <c r="V114" s="174"/>
+      <c r="W114" s="174"/>
+      <c r="X114" s="175"/>
     </row>
     <row r="115" spans="1:24" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A115" s="166"/>
-[...22 lines deleted...]
-      <c r="X115" s="174"/>
+      <c r="A115" s="158"/>
+      <c r="B115" s="159"/>
+      <c r="C115" s="159"/>
+      <c r="D115" s="159"/>
+      <c r="E115" s="159"/>
+      <c r="F115" s="159"/>
+      <c r="G115" s="159"/>
+      <c r="H115" s="159"/>
+      <c r="I115" s="160"/>
+      <c r="J115" s="161"/>
+      <c r="K115" s="162"/>
+      <c r="L115" s="162"/>
+      <c r="M115" s="162"/>
+      <c r="N115" s="162"/>
+      <c r="O115" s="162"/>
+      <c r="P115" s="163"/>
+      <c r="Q115" s="164"/>
+      <c r="R115" s="165"/>
+      <c r="S115" s="165"/>
+      <c r="T115" s="165"/>
+      <c r="U115" s="165"/>
+      <c r="V115" s="165"/>
+      <c r="W115" s="165"/>
+      <c r="X115" s="166"/>
     </row>
     <row r="116" spans="1:24" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="166"/>
-[...22 lines deleted...]
-      <c r="X116" s="177"/>
+      <c r="A116" s="158"/>
+      <c r="B116" s="159"/>
+      <c r="C116" s="159"/>
+      <c r="D116" s="159"/>
+      <c r="E116" s="159"/>
+      <c r="F116" s="159"/>
+      <c r="G116" s="159"/>
+      <c r="H116" s="159"/>
+      <c r="I116" s="160"/>
+      <c r="J116" s="161"/>
+      <c r="K116" s="162"/>
+      <c r="L116" s="162"/>
+      <c r="M116" s="162"/>
+      <c r="N116" s="162"/>
+      <c r="O116" s="162"/>
+      <c r="P116" s="163"/>
+      <c r="Q116" s="167"/>
+      <c r="R116" s="168"/>
+      <c r="S116" s="168"/>
+      <c r="T116" s="168"/>
+      <c r="U116" s="168"/>
+      <c r="V116" s="168"/>
+      <c r="W116" s="168"/>
+      <c r="X116" s="169"/>
     </row>
     <row r="117" spans="1:24" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A117" s="166"/>
-[...22 lines deleted...]
-      <c r="X117" s="180"/>
+      <c r="A117" s="158"/>
+      <c r="B117" s="159"/>
+      <c r="C117" s="159"/>
+      <c r="D117" s="159"/>
+      <c r="E117" s="159"/>
+      <c r="F117" s="159"/>
+      <c r="G117" s="159"/>
+      <c r="H117" s="159"/>
+      <c r="I117" s="160"/>
+      <c r="J117" s="161"/>
+      <c r="K117" s="162"/>
+      <c r="L117" s="162"/>
+      <c r="M117" s="162"/>
+      <c r="N117" s="162"/>
+      <c r="O117" s="162"/>
+      <c r="P117" s="163"/>
+      <c r="Q117" s="170"/>
+      <c r="R117" s="171"/>
+      <c r="S117" s="171"/>
+      <c r="T117" s="171"/>
+      <c r="U117" s="171"/>
+      <c r="V117" s="171"/>
+      <c r="W117" s="171"/>
+      <c r="X117" s="172"/>
     </row>
     <row r="118" spans="1:24" x14ac:dyDescent="0.25">
       <c r="A118" s="32"/>
       <c r="B118" s="33"/>
       <c r="C118" s="33"/>
       <c r="D118" s="33"/>
       <c r="E118" s="33"/>
       <c r="F118" s="33"/>
       <c r="G118" s="33"/>
       <c r="H118" s="33"/>
       <c r="I118" s="33"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
       <c r="M118" s="3"/>
       <c r="N118" s="3"/>
       <c r="O118" s="3"/>
       <c r="P118" s="3"/>
       <c r="Q118" s="3"/>
       <c r="R118" s="3"/>
       <c r="S118" s="3"/>
       <c r="T118" s="3"/>
       <c r="U118" s="3"/>
       <c r="V118" s="3"/>
       <c r="W118" s="3"/>
       <c r="X118" s="3"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="E465OPKbgEFZV0pg/nwuDMCbROtpPGe8+3yo59jlF3KGc8yTOtrLTBXoZ3ZdW02x/iuRKgxDTtwSoiek3GhmNw==" saltValue="PrytHiHaG1qYmyjeQ76PcQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatColumns="0" formatRows="0" selectLockedCells="1"/>
   <mergeCells count="232">
+    <mergeCell ref="A92:R92"/>
+    <mergeCell ref="V92:Z92"/>
+    <mergeCell ref="AA92:AF92"/>
+    <mergeCell ref="W67:Z67"/>
+    <mergeCell ref="B13:AD13"/>
+    <mergeCell ref="Q111:T111"/>
+    <mergeCell ref="R98:T98"/>
+    <mergeCell ref="R54:S54"/>
+    <mergeCell ref="R55:S55"/>
+    <mergeCell ref="AC98:AD98"/>
+    <mergeCell ref="K61:Q61"/>
+    <mergeCell ref="W61:Z61"/>
+    <mergeCell ref="R60:S60"/>
+    <mergeCell ref="K62:Q62"/>
+    <mergeCell ref="R61:S61"/>
+    <mergeCell ref="R62:S62"/>
+    <mergeCell ref="R63:S63"/>
+    <mergeCell ref="T62:U62"/>
+    <mergeCell ref="T61:U61"/>
+    <mergeCell ref="A78:R78"/>
+    <mergeCell ref="V78:Z78"/>
+    <mergeCell ref="A63:J63"/>
+    <mergeCell ref="K63:Q63"/>
+    <mergeCell ref="T59:U59"/>
+    <mergeCell ref="A28:AD28"/>
+    <mergeCell ref="R58:S58"/>
+    <mergeCell ref="A5:X5"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B19:AD19"/>
+    <mergeCell ref="B20:AD20"/>
+    <mergeCell ref="A9:AD9"/>
+    <mergeCell ref="A52:J53"/>
+    <mergeCell ref="K52:Q53"/>
+    <mergeCell ref="W52:AD52"/>
+    <mergeCell ref="W53:Z53"/>
+    <mergeCell ref="O47:R47"/>
+    <mergeCell ref="R52:S53"/>
+    <mergeCell ref="T52:U53"/>
+    <mergeCell ref="T47:AD47"/>
+    <mergeCell ref="V52:V53"/>
+    <mergeCell ref="B14:AD14"/>
+    <mergeCell ref="B22:AD22"/>
+    <mergeCell ref="B23:AD23"/>
+    <mergeCell ref="B25:AD25"/>
+    <mergeCell ref="B26:AD26"/>
+    <mergeCell ref="B17:AD17"/>
+    <mergeCell ref="B16:AD16"/>
+    <mergeCell ref="T55:U55"/>
+    <mergeCell ref="D34:AG34"/>
+    <mergeCell ref="D36:AG36"/>
+    <mergeCell ref="D32:AG32"/>
+    <mergeCell ref="T54:U54"/>
+    <mergeCell ref="K54:Q54"/>
+    <mergeCell ref="A54:J54"/>
+    <mergeCell ref="AA53:AB53"/>
+    <mergeCell ref="AC53:AD53"/>
+    <mergeCell ref="AC54:AD54"/>
+    <mergeCell ref="AA54:AB54"/>
+    <mergeCell ref="W54:Z54"/>
+    <mergeCell ref="T58:U58"/>
+    <mergeCell ref="A57:J57"/>
+    <mergeCell ref="K57:Q57"/>
+    <mergeCell ref="A47:K47"/>
+    <mergeCell ref="AC56:AD56"/>
+    <mergeCell ref="A49:K49"/>
+    <mergeCell ref="O49:R49"/>
+    <mergeCell ref="A58:J58"/>
+    <mergeCell ref="K58:Q58"/>
+    <mergeCell ref="AA55:AB55"/>
+    <mergeCell ref="AA56:AB56"/>
+    <mergeCell ref="W57:Z57"/>
+    <mergeCell ref="AA57:AB57"/>
+    <mergeCell ref="T56:U56"/>
+    <mergeCell ref="R56:S56"/>
+    <mergeCell ref="R57:S57"/>
+    <mergeCell ref="A55:J55"/>
+    <mergeCell ref="K55:Q55"/>
+    <mergeCell ref="T57:U57"/>
+    <mergeCell ref="A115:I115"/>
+    <mergeCell ref="J115:P115"/>
+    <mergeCell ref="Q115:X117"/>
+    <mergeCell ref="A116:I116"/>
+    <mergeCell ref="J116:P116"/>
+    <mergeCell ref="A117:I117"/>
+    <mergeCell ref="J117:P117"/>
+    <mergeCell ref="A114:I114"/>
+    <mergeCell ref="J114:P114"/>
+    <mergeCell ref="Q114:X114"/>
+    <mergeCell ref="A68:J68"/>
+    <mergeCell ref="K68:Q68"/>
+    <mergeCell ref="W68:Z68"/>
+    <mergeCell ref="A66:J66"/>
+    <mergeCell ref="K66:Q66"/>
+    <mergeCell ref="R66:S66"/>
+    <mergeCell ref="B111:N111"/>
+    <mergeCell ref="A67:J67"/>
+    <mergeCell ref="R68:S68"/>
+    <mergeCell ref="T68:U68"/>
+    <mergeCell ref="K67:Q67"/>
+    <mergeCell ref="R67:S67"/>
+    <mergeCell ref="T67:U67"/>
+    <mergeCell ref="V104:Z104"/>
+    <mergeCell ref="V106:Z106"/>
+    <mergeCell ref="V108:Z108"/>
+    <mergeCell ref="A104:R104"/>
+    <mergeCell ref="A106:R106"/>
+    <mergeCell ref="A108:R108"/>
+    <mergeCell ref="A97:E97"/>
+    <mergeCell ref="F97:J97"/>
+    <mergeCell ref="A98:E98"/>
+    <mergeCell ref="F98:J98"/>
+    <mergeCell ref="K97:AB97"/>
+    <mergeCell ref="AC66:AD66"/>
+    <mergeCell ref="AA67:AB67"/>
+    <mergeCell ref="AC67:AD67"/>
+    <mergeCell ref="AC55:AD55"/>
+    <mergeCell ref="A56:J56"/>
+    <mergeCell ref="K56:Q56"/>
+    <mergeCell ref="W56:Z56"/>
+    <mergeCell ref="T63:U63"/>
+    <mergeCell ref="A59:J59"/>
+    <mergeCell ref="K59:Q59"/>
+    <mergeCell ref="W59:Z59"/>
+    <mergeCell ref="A60:J60"/>
+    <mergeCell ref="K60:Q60"/>
+    <mergeCell ref="T60:U60"/>
+    <mergeCell ref="K65:Q65"/>
+    <mergeCell ref="W55:Z55"/>
+    <mergeCell ref="A61:J61"/>
+    <mergeCell ref="AC57:AD57"/>
+    <mergeCell ref="AC58:AD58"/>
+    <mergeCell ref="AC59:AD59"/>
+    <mergeCell ref="AC60:AD60"/>
+    <mergeCell ref="AC61:AD61"/>
+    <mergeCell ref="AC64:AD64"/>
+    <mergeCell ref="AC65:AD65"/>
+    <mergeCell ref="AC62:AD62"/>
+    <mergeCell ref="AC63:AD63"/>
+    <mergeCell ref="AA65:AB65"/>
+    <mergeCell ref="A65:J65"/>
+    <mergeCell ref="A62:J62"/>
+    <mergeCell ref="W58:Z58"/>
+    <mergeCell ref="T66:U66"/>
+    <mergeCell ref="W66:Z66"/>
+    <mergeCell ref="W65:Z65"/>
+    <mergeCell ref="T64:U64"/>
+    <mergeCell ref="T65:U65"/>
+    <mergeCell ref="W63:Z63"/>
+    <mergeCell ref="W60:Z60"/>
+    <mergeCell ref="R59:S59"/>
+    <mergeCell ref="AA58:AB58"/>
+    <mergeCell ref="AA59:AB59"/>
+    <mergeCell ref="AA60:AB60"/>
+    <mergeCell ref="AA61:AB61"/>
+    <mergeCell ref="AA62:AB62"/>
+    <mergeCell ref="AA63:AB63"/>
+    <mergeCell ref="AA64:AB64"/>
+    <mergeCell ref="AA66:AB66"/>
+    <mergeCell ref="W64:Z64"/>
+    <mergeCell ref="W62:Z62"/>
+    <mergeCell ref="R64:S64"/>
+    <mergeCell ref="R65:S65"/>
+    <mergeCell ref="A64:J64"/>
+    <mergeCell ref="K64:Q64"/>
+    <mergeCell ref="AC74:AD74"/>
+    <mergeCell ref="AC75:AD75"/>
+    <mergeCell ref="AA74:AB74"/>
+    <mergeCell ref="T72:U72"/>
+    <mergeCell ref="AC70:AD70"/>
+    <mergeCell ref="AA72:AB72"/>
+    <mergeCell ref="AC72:AD72"/>
+    <mergeCell ref="R73:S73"/>
+    <mergeCell ref="T73:U73"/>
+    <mergeCell ref="W72:Z72"/>
+    <mergeCell ref="R72:S72"/>
+    <mergeCell ref="AC71:AD71"/>
+    <mergeCell ref="AA71:AB71"/>
+    <mergeCell ref="W71:Z71"/>
+    <mergeCell ref="R71:S71"/>
+    <mergeCell ref="T71:U71"/>
+    <mergeCell ref="T70:U70"/>
+    <mergeCell ref="W70:Z70"/>
+    <mergeCell ref="AC73:AD73"/>
+    <mergeCell ref="A70:J70"/>
+    <mergeCell ref="A102:R102"/>
+    <mergeCell ref="T74:U74"/>
+    <mergeCell ref="A74:J74"/>
+    <mergeCell ref="K74:Q74"/>
+    <mergeCell ref="W74:Z74"/>
+    <mergeCell ref="A77:R77"/>
+    <mergeCell ref="Y98:Z98"/>
+    <mergeCell ref="AA68:AB68"/>
+    <mergeCell ref="AC68:AD68"/>
+    <mergeCell ref="K70:Q70"/>
+    <mergeCell ref="R70:S70"/>
+    <mergeCell ref="W69:Z69"/>
+    <mergeCell ref="K69:Q69"/>
+    <mergeCell ref="R69:S69"/>
+    <mergeCell ref="T69:U69"/>
+    <mergeCell ref="AA70:AB70"/>
+    <mergeCell ref="A71:J71"/>
+    <mergeCell ref="A73:J73"/>
+    <mergeCell ref="K73:Q73"/>
+    <mergeCell ref="K72:Q72"/>
+    <mergeCell ref="A72:J72"/>
+    <mergeCell ref="K71:Q71"/>
+    <mergeCell ref="W73:Z73"/>
+    <mergeCell ref="AA73:AB73"/>
     <mergeCell ref="A94:R94"/>
     <mergeCell ref="V94:Z94"/>
     <mergeCell ref="V90:Z90"/>
     <mergeCell ref="AA75:AB75"/>
     <mergeCell ref="V84:Z84"/>
     <mergeCell ref="A82:R82"/>
     <mergeCell ref="V82:Z82"/>
     <mergeCell ref="D38:AG38"/>
     <mergeCell ref="V102:Z102"/>
     <mergeCell ref="A69:J69"/>
     <mergeCell ref="R74:S74"/>
     <mergeCell ref="W75:Z75"/>
     <mergeCell ref="AA69:AB69"/>
     <mergeCell ref="AC69:AD69"/>
     <mergeCell ref="R75:S75"/>
     <mergeCell ref="A86:R86"/>
     <mergeCell ref="A88:R88"/>
     <mergeCell ref="A90:R90"/>
     <mergeCell ref="A84:R84"/>
     <mergeCell ref="V80:Z80"/>
     <mergeCell ref="V86:Z86"/>
     <mergeCell ref="V88:Z88"/>
     <mergeCell ref="A80:R80"/>
     <mergeCell ref="AA90:AF90"/>
-    <mergeCell ref="A102:R102"/>
-[...206 lines deleted...]
-    <mergeCell ref="T59:U59"/>
   </mergeCells>
   <conditionalFormatting sqref="A90">
     <cfRule type="expression" dxfId="28" priority="4">
       <formula>$O$49="DE MINIMIS"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A92">
     <cfRule type="expression" dxfId="27" priority="3">
       <formula>$O$49="BLOKOVÁ VÝJIMKA"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A56:Q74">
     <cfRule type="expression" dxfId="26" priority="87">
       <formula>AND(#REF!=1)</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A82:R82">
     <cfRule type="expression" dxfId="25" priority="8">
       <formula>$O$49="DE MINIMIS"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A94:R94 V94:Z94">
     <cfRule type="expression" dxfId="24" priority="15">
       <formula>$O$47="Kalkulátor úspory"</formula>
     </cfRule>
@@ -8358,27 +8358,36 @@
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
     <vt:lpwstr>2025-07-03T11:05:42Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
     <vt:lpwstr>Veřejná informace</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
     <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
     <vt:lpwstr>8bbe6518-f7d1-436f-80cd-061d009b122d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="IX_DOC_TYPE">
+    <vt:lpwstr>F032</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
 </Properties>
 </file>