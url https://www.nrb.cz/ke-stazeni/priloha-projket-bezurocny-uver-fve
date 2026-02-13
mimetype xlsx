--- v0 (2025-10-15)
+++ v1 (2026-02-13)
@@ -2,59 +2,58 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\URO\OVM\Hromadná aktualizace Přílohy PROJEKT\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\fricova\Documents\SUP II\Revize šablon dokumentů\OVMP\Opatřit metadaty_pro indexaci_předat OVMP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{82B4D67C-D75D-4B58-9904-F23FE1DA8AB0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="XnWbItL9A+2EnOGSx7gEYoLMIatuYavvn/EIazMp5deca3RL9MjDQDqpMBZ2Jt3hndyZr0WyqTq531VL33izzQ==" workbookSaltValue="pjS41vcSZn7mosn0USvWuA==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9C66B76C-1E5B-4EE5-B61D-1D92D6C0B273}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Popis_projektu" sheetId="3" r:id="rId1"/>
     <sheet name="_vst" sheetId="4" state="hidden" r:id="rId2"/>
     <sheet name="List2" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="měny">_vst!$B$2:$B$35</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Popis_projektu!$A$1:$AN$91</definedName>
     <definedName name="splatnost">_vst!$D$2:$D$16</definedName>
     <definedName name="zaměření">_vst!$C$2:$C$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
@@ -913,339 +912,339 @@
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="4" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" indent="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="3" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="3" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="11" fillId="3" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...256 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <border>
         <left style="thin">
           <color rgb="FFFF0000"/>
         </left>
         <right style="thin">
           <color rgb="FFFF0000"/>
         </right>
         <top style="thin">
           <color rgb="FFFF0000"/>
         </top>
         <bottom style="thin">
           <color rgb="FFFF0000"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
   </dxfs>
@@ -1707,80 +1706,80 @@
       <c r="R4" s="3"/>
       <c r="S4" s="3"/>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3"/>
       <c r="X4" s="3"/>
       <c r="Y4" s="3"/>
       <c r="Z4" s="3"/>
       <c r="AA4" s="3"/>
       <c r="AB4" s="3"/>
       <c r="AC4" s="3"/>
       <c r="AD4" s="3"/>
       <c r="AE4" s="3"/>
       <c r="AF4" s="3"/>
       <c r="AG4" s="3"/>
       <c r="AH4" s="3"/>
       <c r="AI4" s="3"/>
       <c r="AJ4" s="3"/>
       <c r="AK4" s="3"/>
       <c r="AL4" s="3"/>
       <c r="AM4" s="3"/>
       <c r="AN4" s="3"/>
     </row>
     <row r="5" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="93"/>
-[...28 lines deleted...]
-      <c r="AD5" s="95"/>
+      <c r="A5" s="48"/>
+      <c r="B5" s="49"/>
+      <c r="C5" s="49"/>
+      <c r="D5" s="49"/>
+      <c r="E5" s="49"/>
+      <c r="F5" s="49"/>
+      <c r="G5" s="49"/>
+      <c r="H5" s="49"/>
+      <c r="I5" s="49"/>
+      <c r="J5" s="49"/>
+      <c r="K5" s="49"/>
+      <c r="L5" s="49"/>
+      <c r="M5" s="49"/>
+      <c r="N5" s="49"/>
+      <c r="O5" s="49"/>
+      <c r="P5" s="49"/>
+      <c r="Q5" s="49"/>
+      <c r="R5" s="49"/>
+      <c r="S5" s="49"/>
+      <c r="T5" s="49"/>
+      <c r="U5" s="49"/>
+      <c r="V5" s="49"/>
+      <c r="W5" s="49"/>
+      <c r="X5" s="49"/>
+      <c r="Y5" s="49"/>
+      <c r="Z5" s="49"/>
+      <c r="AA5" s="49"/>
+      <c r="AB5" s="49"/>
+      <c r="AC5" s="49"/>
+      <c r="AD5" s="50"/>
       <c r="AE5" s="3"/>
       <c r="AF5" s="3"/>
       <c r="AG5" s="3"/>
       <c r="AH5" s="3"/>
       <c r="AI5" s="3"/>
       <c r="AJ5" s="3"/>
       <c r="AK5" s="3"/>
       <c r="AL5" s="3"/>
       <c r="AM5" s="3"/>
       <c r="AN5" s="3"/>
     </row>
     <row r="6" spans="1:40" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="5"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="I6" s="5"/>
       <c r="J6" s="5"/>
       <c r="K6" s="5"/>
       <c r="L6" s="5"/>
       <c r="M6" s="5"/>
@@ -1794,133 +1793,133 @@
       <c r="U6" s="5"/>
       <c r="V6" s="5"/>
       <c r="W6" s="5"/>
       <c r="X6" s="5"/>
       <c r="Y6" s="5"/>
       <c r="Z6" s="5"/>
       <c r="AA6" s="5"/>
       <c r="AB6" s="5"/>
       <c r="AC6" s="5"/>
       <c r="AD6" s="5"/>
       <c r="AE6" s="3"/>
       <c r="AF6" s="3"/>
       <c r="AG6" s="3"/>
       <c r="AH6" s="3"/>
       <c r="AI6" s="3"/>
       <c r="AJ6" s="3"/>
       <c r="AK6" s="3"/>
       <c r="AL6" s="3"/>
       <c r="AM6" s="3"/>
       <c r="AN6" s="3"/>
     </row>
     <row r="7" spans="1:40" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="96"/>
-[...4 lines deleted...]
-      <c r="G7" s="98"/>
+      <c r="B7" s="51"/>
+      <c r="C7" s="52"/>
+      <c r="D7" s="52"/>
+      <c r="E7" s="52"/>
+      <c r="F7" s="52"/>
+      <c r="G7" s="53"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
       <c r="Z7" s="3"/>
       <c r="AA7" s="3"/>
       <c r="AB7" s="3"/>
       <c r="AC7" s="3"/>
       <c r="AD7" s="3"/>
       <c r="AE7" s="3"/>
       <c r="AF7" s="3"/>
       <c r="AG7" s="3"/>
       <c r="AH7" s="3"/>
       <c r="AI7" s="3"/>
       <c r="AJ7" s="3"/>
       <c r="AK7" s="3"/>
       <c r="AL7" s="3"/>
       <c r="AM7" s="3"/>
       <c r="AN7" s="3"/>
     </row>
     <row r="8" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="99" t="s">
+      <c r="A8" s="54" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="99"/>
-[...37 lines deleted...]
-      <c r="AN8" s="99"/>
+      <c r="B8" s="54"/>
+      <c r="C8" s="54"/>
+      <c r="D8" s="54"/>
+      <c r="E8" s="54"/>
+      <c r="F8" s="54"/>
+      <c r="G8" s="54"/>
+      <c r="H8" s="54"/>
+      <c r="I8" s="54"/>
+      <c r="J8" s="54"/>
+      <c r="K8" s="54"/>
+      <c r="L8" s="54"/>
+      <c r="M8" s="54"/>
+      <c r="N8" s="54"/>
+      <c r="O8" s="54"/>
+      <c r="P8" s="54"/>
+      <c r="Q8" s="54"/>
+      <c r="R8" s="54"/>
+      <c r="S8" s="54"/>
+      <c r="T8" s="54"/>
+      <c r="U8" s="54"/>
+      <c r="V8" s="54"/>
+      <c r="W8" s="54"/>
+      <c r="X8" s="54"/>
+      <c r="Y8" s="54"/>
+      <c r="Z8" s="54"/>
+      <c r="AA8" s="54"/>
+      <c r="AB8" s="54"/>
+      <c r="AC8" s="54"/>
+      <c r="AD8" s="54"/>
+      <c r="AE8" s="54"/>
+      <c r="AF8" s="54"/>
+      <c r="AG8" s="54"/>
+      <c r="AH8" s="54"/>
+      <c r="AI8" s="54"/>
+      <c r="AJ8" s="54"/>
+      <c r="AK8" s="54"/>
+      <c r="AL8" s="54"/>
+      <c r="AM8" s="54"/>
+      <c r="AN8" s="54"/>
     </row>
     <row r="9" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A9" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
@@ -1956,93 +1955,93 @@
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
       <c r="P10" s="3"/>
       <c r="Q10" s="3"/>
       <c r="R10" s="3"/>
       <c r="S10" s="3"/>
       <c r="T10" s="3"/>
       <c r="U10" s="3"/>
       <c r="V10" s="3"/>
       <c r="W10" s="10" t="str">
         <f>IF(AB11="","",IF(OR(AB11&lt;_vst!F2,AB11&gt;_vst!F3),_vst!L2,""))</f>
         <v/>
       </c>
       <c r="AF10" s="10" t="str">
         <f>IF(_vst!K7=1,_vst!L7,"")</f>
         <v/>
       </c>
     </row>
     <row r="11" spans="1:40" s="18" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="9"/>
-      <c r="B11" s="102" t="s">
+      <c r="B11" s="55" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="102"/>
-[...15 lines deleted...]
-      <c r="S11" s="108"/>
+      <c r="C11" s="55"/>
+      <c r="D11" s="55"/>
+      <c r="E11" s="55"/>
+      <c r="F11" s="56"/>
+      <c r="G11" s="58"/>
+      <c r="H11" s="58"/>
+      <c r="I11" s="58"/>
+      <c r="J11" s="58"/>
+      <c r="K11" s="58"/>
+      <c r="L11" s="58"/>
+      <c r="M11" s="58"/>
+      <c r="N11" s="58"/>
+      <c r="O11" s="58"/>
+      <c r="P11" s="58"/>
+      <c r="Q11" s="58"/>
+      <c r="R11" s="58"/>
+      <c r="S11" s="58"/>
       <c r="T11" s="4"/>
-      <c r="W11" s="102" t="s">
+      <c r="W11" s="55" t="s">
         <v>51</v>
       </c>
-      <c r="X11" s="102"/>
-[...5 lines deleted...]
-      <c r="AD11" s="104"/>
+      <c r="X11" s="55"/>
+      <c r="Y11" s="55"/>
+      <c r="Z11" s="55"/>
+      <c r="AA11" s="55"/>
+      <c r="AB11" s="57"/>
+      <c r="AC11" s="57"/>
+      <c r="AD11" s="57"/>
       <c r="AE11" s="4"/>
-      <c r="AF11" s="109" t="s">
+      <c r="AF11" s="59" t="s">
         <v>117</v>
       </c>
-      <c r="AG11" s="109"/>
-[...6 lines deleted...]
-      <c r="AN11" s="104"/>
+      <c r="AG11" s="59"/>
+      <c r="AH11" s="59"/>
+      <c r="AI11" s="59"/>
+      <c r="AJ11" s="59"/>
+      <c r="AK11" s="59"/>
+      <c r="AL11" s="57"/>
+      <c r="AM11" s="57"/>
+      <c r="AN11" s="57"/>
     </row>
     <row r="12" spans="1:40" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="2"/>
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
       <c r="D12" s="3"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
       <c r="R12" s="3"/>
       <c r="S12" s="3"/>
       <c r="T12" s="3"/>
       <c r="U12" s="3"/>
       <c r="V12" s="3"/>
       <c r="W12" s="3"/>
@@ -2088,1826 +2087,1826 @@
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
       <c r="Z13" s="3"/>
       <c r="AA13" s="3"/>
       <c r="AB13" s="3"/>
       <c r="AC13" s="3"/>
       <c r="AD13" s="3"/>
       <c r="AE13" s="3"/>
       <c r="AF13" s="3"/>
       <c r="AG13" s="3"/>
       <c r="AH13" s="3"/>
       <c r="AI13" s="3"/>
       <c r="AJ13" s="3"/>
       <c r="AK13" s="3"/>
       <c r="AL13" s="3"/>
       <c r="AM13" s="3"/>
       <c r="AN13" s="3"/>
     </row>
     <row r="14" spans="1:40" ht="11.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="20" t="s">
         <v>58</v>
       </c>
-      <c r="B14" s="110" t="s">
+      <c r="B14" s="37" t="s">
         <v>97</v>
       </c>
-      <c r="C14" s="111"/>
-[...36 lines deleted...]
-      <c r="AN14" s="112"/>
+      <c r="C14" s="38"/>
+      <c r="D14" s="38"/>
+      <c r="E14" s="38"/>
+      <c r="F14" s="38"/>
+      <c r="G14" s="38"/>
+      <c r="H14" s="38"/>
+      <c r="I14" s="38"/>
+      <c r="J14" s="38"/>
+      <c r="K14" s="38"/>
+      <c r="L14" s="38"/>
+      <c r="M14" s="38"/>
+      <c r="N14" s="38"/>
+      <c r="O14" s="38"/>
+      <c r="P14" s="38"/>
+      <c r="Q14" s="38"/>
+      <c r="R14" s="38"/>
+      <c r="S14" s="38"/>
+      <c r="T14" s="38"/>
+      <c r="U14" s="38"/>
+      <c r="V14" s="38"/>
+      <c r="W14" s="38"/>
+      <c r="X14" s="38"/>
+      <c r="Y14" s="38"/>
+      <c r="Z14" s="38"/>
+      <c r="AA14" s="38"/>
+      <c r="AB14" s="38"/>
+      <c r="AC14" s="38"/>
+      <c r="AD14" s="38"/>
+      <c r="AE14" s="38"/>
+      <c r="AF14" s="38"/>
+      <c r="AG14" s="38"/>
+      <c r="AH14" s="38"/>
+      <c r="AI14" s="38"/>
+      <c r="AJ14" s="38"/>
+      <c r="AK14" s="38"/>
+      <c r="AL14" s="38"/>
+      <c r="AM14" s="38"/>
+      <c r="AN14" s="39"/>
     </row>
     <row r="15" spans="1:40" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="20"/>
-      <c r="B15" s="105"/>
-[...37 lines deleted...]
-      <c r="AN15" s="107"/>
+      <c r="B15" s="40"/>
+      <c r="C15" s="41"/>
+      <c r="D15" s="41"/>
+      <c r="E15" s="41"/>
+      <c r="F15" s="41"/>
+      <c r="G15" s="41"/>
+      <c r="H15" s="41"/>
+      <c r="I15" s="41"/>
+      <c r="J15" s="41"/>
+      <c r="K15" s="41"/>
+      <c r="L15" s="41"/>
+      <c r="M15" s="41"/>
+      <c r="N15" s="41"/>
+      <c r="O15" s="41"/>
+      <c r="P15" s="41"/>
+      <c r="Q15" s="41"/>
+      <c r="R15" s="41"/>
+      <c r="S15" s="41"/>
+      <c r="T15" s="41"/>
+      <c r="U15" s="41"/>
+      <c r="V15" s="41"/>
+      <c r="W15" s="41"/>
+      <c r="X15" s="41"/>
+      <c r="Y15" s="41"/>
+      <c r="Z15" s="41"/>
+      <c r="AA15" s="41"/>
+      <c r="AB15" s="41"/>
+      <c r="AC15" s="41"/>
+      <c r="AD15" s="41"/>
+      <c r="AE15" s="41"/>
+      <c r="AF15" s="41"/>
+      <c r="AG15" s="41"/>
+      <c r="AH15" s="41"/>
+      <c r="AI15" s="41"/>
+      <c r="AJ15" s="41"/>
+      <c r="AK15" s="41"/>
+      <c r="AL15" s="41"/>
+      <c r="AM15" s="41"/>
+      <c r="AN15" s="42"/>
     </row>
     <row r="16" spans="1:40" ht="2.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="17" spans="1:40" ht="1.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="18" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A18" s="20" t="s">
         <v>59</v>
       </c>
-      <c r="B18" s="110" t="s">
+      <c r="B18" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="C18" s="111"/>
-[...36 lines deleted...]
-      <c r="AN18" s="112"/>
+      <c r="C18" s="38"/>
+      <c r="D18" s="38"/>
+      <c r="E18" s="38"/>
+      <c r="F18" s="38"/>
+      <c r="G18" s="38"/>
+      <c r="H18" s="38"/>
+      <c r="I18" s="38"/>
+      <c r="J18" s="38"/>
+      <c r="K18" s="38"/>
+      <c r="L18" s="38"/>
+      <c r="M18" s="38"/>
+      <c r="N18" s="38"/>
+      <c r="O18" s="38"/>
+      <c r="P18" s="38"/>
+      <c r="Q18" s="38"/>
+      <c r="R18" s="38"/>
+      <c r="S18" s="38"/>
+      <c r="T18" s="38"/>
+      <c r="U18" s="38"/>
+      <c r="V18" s="38"/>
+      <c r="W18" s="38"/>
+      <c r="X18" s="38"/>
+      <c r="Y18" s="38"/>
+      <c r="Z18" s="38"/>
+      <c r="AA18" s="38"/>
+      <c r="AB18" s="38"/>
+      <c r="AC18" s="38"/>
+      <c r="AD18" s="38"/>
+      <c r="AE18" s="38"/>
+      <c r="AF18" s="38"/>
+      <c r="AG18" s="38"/>
+      <c r="AH18" s="38"/>
+      <c r="AI18" s="38"/>
+      <c r="AJ18" s="38"/>
+      <c r="AK18" s="38"/>
+      <c r="AL18" s="38"/>
+      <c r="AM18" s="38"/>
+      <c r="AN18" s="39"/>
     </row>
     <row r="19" spans="1:40" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="20"/>
-      <c r="B19" s="105" t="s">
+      <c r="B19" s="40" t="s">
         <v>108</v>
       </c>
-      <c r="C19" s="106"/>
-[...36 lines deleted...]
-      <c r="AN19" s="107"/>
+      <c r="C19" s="41"/>
+      <c r="D19" s="41"/>
+      <c r="E19" s="41"/>
+      <c r="F19" s="41"/>
+      <c r="G19" s="41"/>
+      <c r="H19" s="41"/>
+      <c r="I19" s="41"/>
+      <c r="J19" s="41"/>
+      <c r="K19" s="41"/>
+      <c r="L19" s="41"/>
+      <c r="M19" s="41"/>
+      <c r="N19" s="41"/>
+      <c r="O19" s="41"/>
+      <c r="P19" s="41"/>
+      <c r="Q19" s="41"/>
+      <c r="R19" s="41"/>
+      <c r="S19" s="41"/>
+      <c r="T19" s="41"/>
+      <c r="U19" s="41"/>
+      <c r="V19" s="41"/>
+      <c r="W19" s="41"/>
+      <c r="X19" s="41"/>
+      <c r="Y19" s="41"/>
+      <c r="Z19" s="41"/>
+      <c r="AA19" s="41"/>
+      <c r="AB19" s="41"/>
+      <c r="AC19" s="41"/>
+      <c r="AD19" s="41"/>
+      <c r="AE19" s="41"/>
+      <c r="AF19" s="41"/>
+      <c r="AG19" s="41"/>
+      <c r="AH19" s="41"/>
+      <c r="AI19" s="41"/>
+      <c r="AJ19" s="41"/>
+      <c r="AK19" s="41"/>
+      <c r="AL19" s="41"/>
+      <c r="AM19" s="41"/>
+      <c r="AN19" s="42"/>
     </row>
     <row r="20" spans="1:40" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="21" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A21" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="B21" s="110" t="s">
+      <c r="B21" s="37" t="s">
         <v>9</v>
       </c>
-      <c r="C21" s="111"/>
-[...36 lines deleted...]
-      <c r="AN21" s="112"/>
+      <c r="C21" s="38"/>
+      <c r="D21" s="38"/>
+      <c r="E21" s="38"/>
+      <c r="F21" s="38"/>
+      <c r="G21" s="38"/>
+      <c r="H21" s="38"/>
+      <c r="I21" s="38"/>
+      <c r="J21" s="38"/>
+      <c r="K21" s="38"/>
+      <c r="L21" s="38"/>
+      <c r="M21" s="38"/>
+      <c r="N21" s="38"/>
+      <c r="O21" s="38"/>
+      <c r="P21" s="38"/>
+      <c r="Q21" s="38"/>
+      <c r="R21" s="38"/>
+      <c r="S21" s="38"/>
+      <c r="T21" s="38"/>
+      <c r="U21" s="38"/>
+      <c r="V21" s="38"/>
+      <c r="W21" s="38"/>
+      <c r="X21" s="38"/>
+      <c r="Y21" s="38"/>
+      <c r="Z21" s="38"/>
+      <c r="AA21" s="38"/>
+      <c r="AB21" s="38"/>
+      <c r="AC21" s="38"/>
+      <c r="AD21" s="38"/>
+      <c r="AE21" s="38"/>
+      <c r="AF21" s="38"/>
+      <c r="AG21" s="38"/>
+      <c r="AH21" s="38"/>
+      <c r="AI21" s="38"/>
+      <c r="AJ21" s="38"/>
+      <c r="AK21" s="38"/>
+      <c r="AL21" s="38"/>
+      <c r="AM21" s="38"/>
+      <c r="AN21" s="39"/>
     </row>
     <row r="22" spans="1:40" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="20"/>
-      <c r="B22" s="105" t="s">
+      <c r="B22" s="40" t="s">
         <v>109</v>
       </c>
-      <c r="C22" s="106"/>
-[...36 lines deleted...]
-      <c r="AN22" s="107"/>
+      <c r="C22" s="41"/>
+      <c r="D22" s="41"/>
+      <c r="E22" s="41"/>
+      <c r="F22" s="41"/>
+      <c r="G22" s="41"/>
+      <c r="H22" s="41"/>
+      <c r="I22" s="41"/>
+      <c r="J22" s="41"/>
+      <c r="K22" s="41"/>
+      <c r="L22" s="41"/>
+      <c r="M22" s="41"/>
+      <c r="N22" s="41"/>
+      <c r="O22" s="41"/>
+      <c r="P22" s="41"/>
+      <c r="Q22" s="41"/>
+      <c r="R22" s="41"/>
+      <c r="S22" s="41"/>
+      <c r="T22" s="41"/>
+      <c r="U22" s="41"/>
+      <c r="V22" s="41"/>
+      <c r="W22" s="41"/>
+      <c r="X22" s="41"/>
+      <c r="Y22" s="41"/>
+      <c r="Z22" s="41"/>
+      <c r="AA22" s="41"/>
+      <c r="AB22" s="41"/>
+      <c r="AC22" s="41"/>
+      <c r="AD22" s="41"/>
+      <c r="AE22" s="41"/>
+      <c r="AF22" s="41"/>
+      <c r="AG22" s="41"/>
+      <c r="AH22" s="41"/>
+      <c r="AI22" s="41"/>
+      <c r="AJ22" s="41"/>
+      <c r="AK22" s="41"/>
+      <c r="AL22" s="41"/>
+      <c r="AM22" s="41"/>
+      <c r="AN22" s="42"/>
     </row>
     <row r="23" spans="1:40" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="24" spans="1:40" x14ac:dyDescent="0.2">
       <c r="A24" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="B24" s="110" t="s">
+      <c r="B24" s="37" t="s">
         <v>12</v>
       </c>
-      <c r="C24" s="111"/>
-[...36 lines deleted...]
-      <c r="AN24" s="112"/>
+      <c r="C24" s="38"/>
+      <c r="D24" s="38"/>
+      <c r="E24" s="38"/>
+      <c r="F24" s="38"/>
+      <c r="G24" s="38"/>
+      <c r="H24" s="38"/>
+      <c r="I24" s="38"/>
+      <c r="J24" s="38"/>
+      <c r="K24" s="38"/>
+      <c r="L24" s="38"/>
+      <c r="M24" s="38"/>
+      <c r="N24" s="38"/>
+      <c r="O24" s="38"/>
+      <c r="P24" s="38"/>
+      <c r="Q24" s="38"/>
+      <c r="R24" s="38"/>
+      <c r="S24" s="38"/>
+      <c r="T24" s="38"/>
+      <c r="U24" s="38"/>
+      <c r="V24" s="38"/>
+      <c r="W24" s="38"/>
+      <c r="X24" s="38"/>
+      <c r="Y24" s="38"/>
+      <c r="Z24" s="38"/>
+      <c r="AA24" s="38"/>
+      <c r="AB24" s="38"/>
+      <c r="AC24" s="38"/>
+      <c r="AD24" s="38"/>
+      <c r="AE24" s="38"/>
+      <c r="AF24" s="38"/>
+      <c r="AG24" s="38"/>
+      <c r="AH24" s="38"/>
+      <c r="AI24" s="38"/>
+      <c r="AJ24" s="38"/>
+      <c r="AK24" s="38"/>
+      <c r="AL24" s="38"/>
+      <c r="AM24" s="38"/>
+      <c r="AN24" s="39"/>
     </row>
     <row r="25" spans="1:40" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="20"/>
-      <c r="B25" s="105" t="s">
+      <c r="B25" s="40" t="s">
         <v>110</v>
       </c>
-      <c r="C25" s="106"/>
-[...36 lines deleted...]
-      <c r="AN25" s="107"/>
+      <c r="C25" s="41"/>
+      <c r="D25" s="41"/>
+      <c r="E25" s="41"/>
+      <c r="F25" s="41"/>
+      <c r="G25" s="41"/>
+      <c r="H25" s="41"/>
+      <c r="I25" s="41"/>
+      <c r="J25" s="41"/>
+      <c r="K25" s="41"/>
+      <c r="L25" s="41"/>
+      <c r="M25" s="41"/>
+      <c r="N25" s="41"/>
+      <c r="O25" s="41"/>
+      <c r="P25" s="41"/>
+      <c r="Q25" s="41"/>
+      <c r="R25" s="41"/>
+      <c r="S25" s="41"/>
+      <c r="T25" s="41"/>
+      <c r="U25" s="41"/>
+      <c r="V25" s="41"/>
+      <c r="W25" s="41"/>
+      <c r="X25" s="41"/>
+      <c r="Y25" s="41"/>
+      <c r="Z25" s="41"/>
+      <c r="AA25" s="41"/>
+      <c r="AB25" s="41"/>
+      <c r="AC25" s="41"/>
+      <c r="AD25" s="41"/>
+      <c r="AE25" s="41"/>
+      <c r="AF25" s="41"/>
+      <c r="AG25" s="41"/>
+      <c r="AH25" s="41"/>
+      <c r="AI25" s="41"/>
+      <c r="AJ25" s="41"/>
+      <c r="AK25" s="41"/>
+      <c r="AL25" s="41"/>
+      <c r="AM25" s="41"/>
+      <c r="AN25" s="42"/>
     </row>
     <row r="26" spans="1:40" ht="12" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="27" spans="1:40" s="3" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="28" spans="1:40" ht="9.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="29" spans="1:40" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C29" s="58" t="s">
+      <c r="C29" s="33" t="s">
         <v>52</v>
       </c>
-      <c r="D29" s="58"/>
-[...23 lines deleted...]
-      <c r="AB29" s="89"/>
+      <c r="D29" s="33"/>
+      <c r="E29" s="33"/>
+      <c r="F29" s="33"/>
+      <c r="G29" s="33"/>
+      <c r="H29" s="33"/>
+      <c r="I29" s="33"/>
+      <c r="J29" s="33"/>
+      <c r="K29" s="33"/>
+      <c r="L29" s="33"/>
+      <c r="M29" s="33"/>
+      <c r="N29" s="33"/>
+      <c r="O29" s="33"/>
+      <c r="P29" s="33"/>
+      <c r="Q29" s="33"/>
+      <c r="R29" s="33"/>
+      <c r="S29" s="33"/>
+      <c r="T29" s="33"/>
+      <c r="U29" s="33"/>
+      <c r="V29" s="33"/>
+      <c r="W29" s="34"/>
+      <c r="X29" s="32"/>
+      <c r="Y29" s="32"/>
+      <c r="Z29" s="32"/>
+      <c r="AA29" s="32"/>
+      <c r="AB29" s="32"/>
       <c r="AC29" s="23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:40" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C30" s="18"/>
       <c r="D30" s="18"/>
       <c r="E30" s="18"/>
       <c r="F30" s="18"/>
       <c r="G30" s="18"/>
       <c r="H30" s="18"/>
       <c r="I30" s="18"/>
       <c r="J30" s="18"/>
       <c r="K30" s="18"/>
       <c r="L30" s="18"/>
       <c r="M30" s="18"/>
       <c r="N30" s="18"/>
       <c r="O30" s="18"/>
       <c r="P30" s="18"/>
       <c r="Q30" s="18"/>
       <c r="R30" s="18"/>
       <c r="S30" s="18"/>
       <c r="T30" s="18"/>
       <c r="U30" s="18"/>
       <c r="V30" s="18"/>
       <c r="W30" s="18"/>
     </row>
     <row r="31" spans="1:40" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B31" s="58" t="s">
+      <c r="B31" s="33" t="s">
         <v>53</v>
       </c>
-      <c r="C31" s="58"/>
-[...24 lines deleted...]
-      <c r="AB31" s="89"/>
+      <c r="C31" s="33"/>
+      <c r="D31" s="33"/>
+      <c r="E31" s="33"/>
+      <c r="F31" s="33"/>
+      <c r="G31" s="33"/>
+      <c r="H31" s="33"/>
+      <c r="I31" s="33"/>
+      <c r="J31" s="33"/>
+      <c r="K31" s="33"/>
+      <c r="L31" s="33"/>
+      <c r="M31" s="33"/>
+      <c r="N31" s="33"/>
+      <c r="O31" s="33"/>
+      <c r="P31" s="33"/>
+      <c r="Q31" s="33"/>
+      <c r="R31" s="33"/>
+      <c r="S31" s="33"/>
+      <c r="T31" s="33"/>
+      <c r="U31" s="33"/>
+      <c r="V31" s="33"/>
+      <c r="W31" s="34"/>
+      <c r="X31" s="32"/>
+      <c r="Y31" s="32"/>
+      <c r="Z31" s="32"/>
+      <c r="AA31" s="32"/>
+      <c r="AB31" s="32"/>
       <c r="AC31" s="23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:40" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C32" s="18"/>
       <c r="D32" s="18"/>
       <c r="E32" s="18"/>
       <c r="F32" s="18"/>
       <c r="G32" s="18"/>
       <c r="H32" s="18"/>
       <c r="I32" s="18"/>
       <c r="J32" s="18"/>
       <c r="K32" s="18"/>
       <c r="L32" s="18"/>
       <c r="M32" s="18"/>
       <c r="N32" s="18"/>
       <c r="O32" s="18"/>
       <c r="P32" s="18"/>
       <c r="Q32" s="18"/>
       <c r="R32" s="18"/>
       <c r="S32" s="18"/>
       <c r="T32" s="18"/>
       <c r="U32" s="18"/>
       <c r="V32" s="18"/>
       <c r="W32" s="18"/>
     </row>
     <row r="33" spans="1:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C33" s="58" t="s">
+      <c r="C33" s="33" t="s">
         <v>47</v>
       </c>
-      <c r="D33" s="58"/>
-[...23 lines deleted...]
-      <c r="AB33" s="89"/>
+      <c r="D33" s="33"/>
+      <c r="E33" s="33"/>
+      <c r="F33" s="33"/>
+      <c r="G33" s="33"/>
+      <c r="H33" s="33"/>
+      <c r="I33" s="33"/>
+      <c r="J33" s="33"/>
+      <c r="K33" s="33"/>
+      <c r="L33" s="33"/>
+      <c r="M33" s="33"/>
+      <c r="N33" s="33"/>
+      <c r="O33" s="33"/>
+      <c r="P33" s="33"/>
+      <c r="Q33" s="33"/>
+      <c r="R33" s="33"/>
+      <c r="S33" s="33"/>
+      <c r="T33" s="33"/>
+      <c r="U33" s="33"/>
+      <c r="V33" s="33"/>
+      <c r="W33" s="34"/>
+      <c r="X33" s="32"/>
+      <c r="Y33" s="32"/>
+      <c r="Z33" s="32"/>
+      <c r="AA33" s="32"/>
+      <c r="AB33" s="32"/>
       <c r="AC33" s="23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:37" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C34" s="18"/>
       <c r="D34" s="18"/>
       <c r="E34" s="18"/>
       <c r="F34" s="18"/>
       <c r="G34" s="18"/>
       <c r="H34" s="18"/>
       <c r="I34" s="18"/>
       <c r="J34" s="18"/>
       <c r="K34" s="18"/>
       <c r="L34" s="18"/>
       <c r="M34" s="18"/>
       <c r="N34" s="18"/>
       <c r="O34" s="18"/>
       <c r="P34" s="18"/>
       <c r="Q34" s="18"/>
       <c r="R34" s="18"/>
       <c r="S34" s="18"/>
       <c r="T34" s="18"/>
       <c r="U34" s="18"/>
       <c r="V34" s="18"/>
       <c r="W34" s="18"/>
     </row>
     <row r="35" spans="1:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C35" s="100" t="s">
+      <c r="C35" s="44" t="s">
         <v>54</v>
       </c>
-      <c r="D35" s="100"/>
-[...19 lines deleted...]
-      <c r="X35" s="90">
+      <c r="D35" s="44"/>
+      <c r="E35" s="44"/>
+      <c r="F35" s="44"/>
+      <c r="G35" s="44"/>
+      <c r="H35" s="44"/>
+      <c r="I35" s="44"/>
+      <c r="J35" s="44"/>
+      <c r="K35" s="44"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="44"/>
+      <c r="N35" s="44"/>
+      <c r="O35" s="44"/>
+      <c r="P35" s="44"/>
+      <c r="Q35" s="44"/>
+      <c r="R35" s="44"/>
+      <c r="S35" s="44"/>
+      <c r="T35" s="44"/>
+      <c r="U35" s="44"/>
+      <c r="V35" s="44"/>
+      <c r="W35" s="45"/>
+      <c r="X35" s="43">
         <f>ROUND(SUM(X29,X31,X33),0)</f>
         <v>0</v>
       </c>
-      <c r="Y35" s="90"/>
-[...2 lines deleted...]
-      <c r="AB35" s="90"/>
+      <c r="Y35" s="43"/>
+      <c r="Z35" s="43"/>
+      <c r="AA35" s="43"/>
+      <c r="AB35" s="43"/>
       <c r="AC35" s="23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:37" ht="9.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="37" spans="1:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C37" s="58" t="s">
+      <c r="C37" s="33" t="s">
         <v>51</v>
       </c>
-      <c r="D37" s="58"/>
-[...19 lines deleted...]
-      <c r="Z37" s="55">
+      <c r="D37" s="33"/>
+      <c r="E37" s="33"/>
+      <c r="F37" s="33"/>
+      <c r="G37" s="33"/>
+      <c r="H37" s="33"/>
+      <c r="I37" s="33"/>
+      <c r="J37" s="33"/>
+      <c r="K37" s="33"/>
+      <c r="L37" s="33"/>
+      <c r="M37" s="33"/>
+      <c r="N37" s="33"/>
+      <c r="O37" s="33"/>
+      <c r="P37" s="33"/>
+      <c r="Q37" s="33"/>
+      <c r="R37" s="33"/>
+      <c r="S37" s="33"/>
+      <c r="T37" s="33"/>
+      <c r="U37" s="33"/>
+      <c r="V37" s="33"/>
+      <c r="W37" s="33"/>
+      <c r="Z37" s="46">
         <f>AB11</f>
         <v>0</v>
       </c>
-      <c r="AA37" s="55"/>
-      <c r="AB37" s="55"/>
+      <c r="AA37" s="46"/>
+      <c r="AB37" s="46"/>
     </row>
     <row r="38" spans="1:37" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C38" s="18"/>
       <c r="D38" s="18"/>
       <c r="E38" s="18"/>
       <c r="F38" s="18"/>
       <c r="G38" s="18"/>
       <c r="H38" s="18"/>
       <c r="I38" s="18"/>
       <c r="J38" s="18"/>
       <c r="K38" s="18"/>
       <c r="L38" s="18"/>
       <c r="M38" s="18"/>
       <c r="N38" s="18"/>
       <c r="O38" s="18"/>
       <c r="P38" s="18"/>
       <c r="Q38" s="18"/>
       <c r="R38" s="18"/>
       <c r="S38" s="18"/>
       <c r="T38" s="18"/>
       <c r="U38" s="18"/>
       <c r="V38" s="18"/>
       <c r="W38" s="18"/>
     </row>
     <row r="39" spans="1:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C39" s="58" t="s">
+      <c r="C39" s="33" t="s">
         <v>117</v>
       </c>
-      <c r="D39" s="58"/>
-[...19 lines deleted...]
-      <c r="Z39" s="55">
+      <c r="D39" s="33"/>
+      <c r="E39" s="33"/>
+      <c r="F39" s="33"/>
+      <c r="G39" s="33"/>
+      <c r="H39" s="33"/>
+      <c r="I39" s="33"/>
+      <c r="J39" s="33"/>
+      <c r="K39" s="33"/>
+      <c r="L39" s="33"/>
+      <c r="M39" s="33"/>
+      <c r="N39" s="33"/>
+      <c r="O39" s="33"/>
+      <c r="P39" s="33"/>
+      <c r="Q39" s="33"/>
+      <c r="R39" s="33"/>
+      <c r="S39" s="33"/>
+      <c r="T39" s="33"/>
+      <c r="U39" s="33"/>
+      <c r="V39" s="33"/>
+      <c r="W39" s="33"/>
+      <c r="Z39" s="46">
         <f>IF(AL11&gt;Z37*2,Z37*2,IF(AL11&lt;Z37*0.5,0,AL11))</f>
         <v>0</v>
       </c>
-      <c r="AA39" s="55"/>
-      <c r="AB39" s="55"/>
+      <c r="AA39" s="46"/>
+      <c r="AB39" s="46"/>
       <c r="AC39" s="23" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="40" spans="1:37" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C40" s="18"/>
       <c r="D40" s="18"/>
       <c r="E40" s="18"/>
       <c r="F40" s="18"/>
       <c r="G40" s="18"/>
       <c r="H40" s="18"/>
       <c r="I40" s="18"/>
       <c r="J40" s="18"/>
       <c r="K40" s="18"/>
       <c r="L40" s="18"/>
       <c r="M40" s="18"/>
       <c r="N40" s="18"/>
       <c r="O40" s="18"/>
       <c r="P40" s="18"/>
       <c r="Q40" s="18"/>
       <c r="R40" s="18"/>
       <c r="S40" s="18"/>
       <c r="T40" s="18"/>
       <c r="U40" s="18"/>
       <c r="V40" s="18"/>
       <c r="W40" s="18"/>
     </row>
     <row r="41" spans="1:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C41" s="58" t="s">
+      <c r="C41" s="33" t="s">
         <v>64</v>
       </c>
-      <c r="D41" s="58"/>
-[...19 lines deleted...]
-      <c r="X41" s="90">
+      <c r="D41" s="33"/>
+      <c r="E41" s="33"/>
+      <c r="F41" s="33"/>
+      <c r="G41" s="33"/>
+      <c r="H41" s="33"/>
+      <c r="I41" s="33"/>
+      <c r="J41" s="33"/>
+      <c r="K41" s="33"/>
+      <c r="L41" s="33"/>
+      <c r="M41" s="33"/>
+      <c r="N41" s="33"/>
+      <c r="O41" s="33"/>
+      <c r="P41" s="33"/>
+      <c r="Q41" s="33"/>
+      <c r="R41" s="33"/>
+      <c r="S41" s="33"/>
+      <c r="T41" s="33"/>
+      <c r="U41" s="33"/>
+      <c r="V41" s="33"/>
+      <c r="W41" s="34"/>
+      <c r="X41" s="43">
         <f>_vst!F6</f>
         <v>0</v>
       </c>
-      <c r="Y41" s="90"/>
-[...2 lines deleted...]
-      <c r="AB41" s="90"/>
+      <c r="Y41" s="43"/>
+      <c r="Z41" s="43"/>
+      <c r="AA41" s="43"/>
+      <c r="AB41" s="43"/>
       <c r="AC41" s="23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:37" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C42" s="18"/>
       <c r="D42" s="18"/>
       <c r="E42" s="18"/>
       <c r="F42" s="18"/>
       <c r="G42" s="18"/>
       <c r="H42" s="18"/>
       <c r="I42" s="18"/>
       <c r="J42" s="18"/>
       <c r="K42" s="18"/>
       <c r="L42" s="18"/>
       <c r="M42" s="18"/>
       <c r="N42" s="18"/>
       <c r="O42" s="18"/>
       <c r="P42" s="18"/>
       <c r="Q42" s="18"/>
       <c r="R42" s="18"/>
       <c r="S42" s="18"/>
       <c r="T42" s="18"/>
       <c r="U42" s="18"/>
       <c r="V42" s="18"/>
       <c r="W42" s="18"/>
     </row>
     <row r="43" spans="1:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="C43" s="100" t="s">
+      <c r="C43" s="44" t="s">
         <v>55</v>
       </c>
-      <c r="D43" s="100"/>
-[...19 lines deleted...]
-      <c r="X43" s="90">
+      <c r="D43" s="44"/>
+      <c r="E43" s="44"/>
+      <c r="F43" s="44"/>
+      <c r="G43" s="44"/>
+      <c r="H43" s="44"/>
+      <c r="I43" s="44"/>
+      <c r="J43" s="44"/>
+      <c r="K43" s="44"/>
+      <c r="L43" s="44"/>
+      <c r="M43" s="44"/>
+      <c r="N43" s="44"/>
+      <c r="O43" s="44"/>
+      <c r="P43" s="44"/>
+      <c r="Q43" s="44"/>
+      <c r="R43" s="44"/>
+      <c r="S43" s="44"/>
+      <c r="T43" s="44"/>
+      <c r="U43" s="44"/>
+      <c r="V43" s="44"/>
+      <c r="W43" s="45"/>
+      <c r="X43" s="43">
         <f>IF(X35="",0,MIN(X35,X41))</f>
         <v>0</v>
       </c>
-      <c r="Y43" s="90"/>
-[...2 lines deleted...]
-      <c r="AB43" s="90"/>
+      <c r="Y43" s="43"/>
+      <c r="Z43" s="43"/>
+      <c r="AA43" s="43"/>
+      <c r="AB43" s="43"/>
       <c r="AC43" s="23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:37" ht="12" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="45" spans="1:37" x14ac:dyDescent="0.2">
       <c r="A45" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="46" spans="1:37" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AJ46" s="28" t="str">
         <f>IF(_vst!K8=1,_vst!L8,"")</f>
         <v/>
       </c>
     </row>
     <row r="47" spans="1:37" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B47" s="91" t="s">
+      <c r="B47" s="35" t="s">
         <v>65</v>
       </c>
-      <c r="C47" s="91"/>
-[...9 lines deleted...]
-      <c r="M47" s="89"/>
+      <c r="C47" s="35"/>
+      <c r="D47" s="35"/>
+      <c r="E47" s="35"/>
+      <c r="F47" s="35"/>
+      <c r="G47" s="35"/>
+      <c r="H47" s="36"/>
+      <c r="I47" s="32"/>
+      <c r="J47" s="32"/>
+      <c r="K47" s="32"/>
+      <c r="L47" s="32"/>
+      <c r="M47" s="32"/>
       <c r="N47" s="23" t="s">
         <v>0</v>
       </c>
       <c r="O47" s="24" t="str">
         <f>IF(_vst!K3=1,_vst!L3,IF(_vst!K4=1,_vst!L4,""))</f>
         <v/>
       </c>
-      <c r="AB47" s="58" t="s">
+      <c r="AB47" s="33" t="s">
         <v>94</v>
       </c>
-      <c r="AC47" s="58"/>
-[...7 lines deleted...]
-      <c r="AK47" s="61"/>
+      <c r="AC47" s="33"/>
+      <c r="AD47" s="33"/>
+      <c r="AE47" s="33"/>
+      <c r="AF47" s="33"/>
+      <c r="AG47" s="33"/>
+      <c r="AH47" s="33"/>
+      <c r="AI47" s="34"/>
+      <c r="AJ47" s="63"/>
+      <c r="AK47" s="63"/>
     </row>
     <row r="48" spans="1:37" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="49" spans="1:38" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B49" s="91" t="s">
+      <c r="B49" s="35" t="s">
         <v>66</v>
       </c>
-      <c r="C49" s="91"/>
-[...9 lines deleted...]
-      <c r="M49" s="89"/>
+      <c r="C49" s="35"/>
+      <c r="D49" s="35"/>
+      <c r="E49" s="35"/>
+      <c r="F49" s="35"/>
+      <c r="G49" s="35"/>
+      <c r="H49" s="36"/>
+      <c r="I49" s="32"/>
+      <c r="J49" s="32"/>
+      <c r="K49" s="32"/>
+      <c r="L49" s="32"/>
+      <c r="M49" s="32"/>
       <c r="N49" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="AB49" s="58" t="s">
+      <c r="AB49" s="33" t="s">
         <v>68</v>
       </c>
-      <c r="AC49" s="58"/>
-[...6 lines deleted...]
-      <c r="AJ49" s="60">
+      <c r="AC49" s="33"/>
+      <c r="AD49" s="33"/>
+      <c r="AE49" s="33"/>
+      <c r="AF49" s="33"/>
+      <c r="AG49" s="33"/>
+      <c r="AH49" s="33"/>
+      <c r="AI49" s="34"/>
+      <c r="AJ49" s="62">
         <f>IF(X43&lt;=0,0,I47/X43)</f>
         <v>0</v>
       </c>
-      <c r="AK49" s="60"/>
-      <c r="AL49" s="60"/>
+      <c r="AK49" s="62"/>
+      <c r="AL49" s="62"/>
     </row>
     <row r="50" spans="1:38" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="51" spans="1:38" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B51" s="91" t="s">
+      <c r="B51" s="35" t="s">
         <v>2</v>
       </c>
-      <c r="C51" s="91"/>
-[...9 lines deleted...]
-      <c r="M51" s="89"/>
+      <c r="C51" s="35"/>
+      <c r="D51" s="35"/>
+      <c r="E51" s="35"/>
+      <c r="F51" s="35"/>
+      <c r="G51" s="35"/>
+      <c r="H51" s="36"/>
+      <c r="I51" s="32"/>
+      <c r="J51" s="32"/>
+      <c r="K51" s="32"/>
+      <c r="L51" s="32"/>
+      <c r="M51" s="32"/>
       <c r="N51" s="23" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:38" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="53" spans="1:38" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B53" s="56" t="s">
+      <c r="B53" s="60" t="s">
         <v>48</v>
       </c>
-      <c r="C53" s="56"/>
-[...5 lines deleted...]
-      <c r="I53" s="90">
+      <c r="C53" s="60"/>
+      <c r="D53" s="60"/>
+      <c r="E53" s="60"/>
+      <c r="F53" s="60"/>
+      <c r="G53" s="60"/>
+      <c r="H53" s="61"/>
+      <c r="I53" s="43">
         <f>ROUND(SUM(I47,I49,I51),0)</f>
         <v>0</v>
       </c>
-      <c r="J53" s="90"/>
-[...2 lines deleted...]
-      <c r="M53" s="90"/>
+      <c r="J53" s="43"/>
+      <c r="K53" s="43"/>
+      <c r="L53" s="43"/>
+      <c r="M53" s="43"/>
       <c r="N53" s="23" t="s">
         <v>0</v>
       </c>
       <c r="O53" s="24" t="str">
         <f>IF(_vst!K5=1,_vst!L5,"")</f>
         <v/>
       </c>
     </row>
     <row r="54" spans="1:38" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="55" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="56" spans="1:38" ht="9.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="57" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B57" s="54" t="s">
+      <c r="B57" s="104" t="s">
         <v>115</v>
       </c>
-      <c r="C57" s="50"/>
-[...9 lines deleted...]
-      <c r="M57" s="52" t="s">
+      <c r="C57" s="92"/>
+      <c r="D57" s="92"/>
+      <c r="E57" s="92"/>
+      <c r="F57" s="92"/>
+      <c r="G57" s="92"/>
+      <c r="H57" s="92"/>
+      <c r="I57" s="92"/>
+      <c r="J57" s="92"/>
+      <c r="K57" s="92"/>
+      <c r="L57" s="92"/>
+      <c r="M57" s="91" t="s">
         <v>70</v>
       </c>
-      <c r="N57" s="52"/>
-[...1 lines deleted...]
-      <c r="P57" s="52" t="s">
+      <c r="N57" s="91"/>
+      <c r="O57" s="91"/>
+      <c r="P57" s="91" t="s">
         <v>1</v>
       </c>
-      <c r="Q57" s="52"/>
-[...1 lines deleted...]
-      <c r="T57" s="54" t="s">
+      <c r="Q57" s="91"/>
+      <c r="R57" s="91"/>
+      <c r="T57" s="104" t="s">
         <v>116</v>
       </c>
-      <c r="U57" s="50"/>
-[...9 lines deleted...]
-      <c r="AE57" s="52" t="s">
+      <c r="U57" s="92"/>
+      <c r="V57" s="92"/>
+      <c r="W57" s="92"/>
+      <c r="X57" s="92"/>
+      <c r="Y57" s="92"/>
+      <c r="Z57" s="92"/>
+      <c r="AA57" s="92"/>
+      <c r="AB57" s="92"/>
+      <c r="AC57" s="92"/>
+      <c r="AD57" s="92"/>
+      <c r="AE57" s="91" t="s">
         <v>70</v>
       </c>
-      <c r="AF57" s="52"/>
-[...1 lines deleted...]
-      <c r="AH57" s="49" t="s">
+      <c r="AF57" s="91"/>
+      <c r="AG57" s="91"/>
+      <c r="AH57" s="102" t="s">
         <v>0</v>
       </c>
-      <c r="AI57" s="49"/>
-[...2 lines deleted...]
-      <c r="AL57" s="49"/>
+      <c r="AI57" s="102"/>
+      <c r="AJ57" s="102"/>
+      <c r="AK57" s="102"/>
+      <c r="AL57" s="102"/>
     </row>
     <row r="58" spans="1:38" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B58" s="50"/>
-[...10 lines deleted...]
-      <c r="M58" s="50">
+      <c r="B58" s="92"/>
+      <c r="C58" s="92"/>
+      <c r="D58" s="92"/>
+      <c r="E58" s="92"/>
+      <c r="F58" s="92"/>
+      <c r="G58" s="92"/>
+      <c r="H58" s="92"/>
+      <c r="I58" s="92"/>
+      <c r="J58" s="92"/>
+      <c r="K58" s="92"/>
+      <c r="L58" s="92"/>
+      <c r="M58" s="92">
         <v>2022</v>
       </c>
-      <c r="N58" s="50"/>
-[...1 lines deleted...]
-      <c r="P58" s="51">
+      <c r="N58" s="92"/>
+      <c r="O58" s="92"/>
+      <c r="P58" s="103">
         <v>0</v>
       </c>
-      <c r="Q58" s="51"/>
-[...12 lines deleted...]
-      <c r="AE58" s="50">
+      <c r="Q58" s="103"/>
+      <c r="R58" s="103"/>
+      <c r="T58" s="92"/>
+      <c r="U58" s="92"/>
+      <c r="V58" s="92"/>
+      <c r="W58" s="92"/>
+      <c r="X58" s="92"/>
+      <c r="Y58" s="92"/>
+      <c r="Z58" s="92"/>
+      <c r="AA58" s="92"/>
+      <c r="AB58" s="92"/>
+      <c r="AC58" s="92"/>
+      <c r="AD58" s="92"/>
+      <c r="AE58" s="92">
         <v>2022</v>
       </c>
-      <c r="AF58" s="50"/>
-[...1 lines deleted...]
-      <c r="AH58" s="53">
+      <c r="AF58" s="92"/>
+      <c r="AG58" s="92"/>
+      <c r="AH58" s="47">
         <v>0</v>
       </c>
-      <c r="AI58" s="53"/>
-[...2 lines deleted...]
-      <c r="AL58" s="53"/>
+      <c r="AI58" s="47"/>
+      <c r="AJ58" s="47"/>
+      <c r="AK58" s="47"/>
+      <c r="AL58" s="47"/>
     </row>
     <row r="59" spans="1:38" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B59" s="50"/>
-[...10 lines deleted...]
-      <c r="M59" s="50">
+      <c r="B59" s="92"/>
+      <c r="C59" s="92"/>
+      <c r="D59" s="92"/>
+      <c r="E59" s="92"/>
+      <c r="F59" s="92"/>
+      <c r="G59" s="92"/>
+      <c r="H59" s="92"/>
+      <c r="I59" s="92"/>
+      <c r="J59" s="92"/>
+      <c r="K59" s="92"/>
+      <c r="L59" s="92"/>
+      <c r="M59" s="92">
         <v>2023</v>
       </c>
-      <c r="N59" s="50"/>
-[...1 lines deleted...]
-      <c r="P59" s="51">
+      <c r="N59" s="92"/>
+      <c r="O59" s="92"/>
+      <c r="P59" s="103">
         <v>0</v>
       </c>
-      <c r="Q59" s="51"/>
-[...12 lines deleted...]
-      <c r="AE59" s="50">
+      <c r="Q59" s="103"/>
+      <c r="R59" s="103"/>
+      <c r="T59" s="92"/>
+      <c r="U59" s="92"/>
+      <c r="V59" s="92"/>
+      <c r="W59" s="92"/>
+      <c r="X59" s="92"/>
+      <c r="Y59" s="92"/>
+      <c r="Z59" s="92"/>
+      <c r="AA59" s="92"/>
+      <c r="AB59" s="92"/>
+      <c r="AC59" s="92"/>
+      <c r="AD59" s="92"/>
+      <c r="AE59" s="92">
         <v>2023</v>
       </c>
-      <c r="AF59" s="50"/>
-[...1 lines deleted...]
-      <c r="AH59" s="53">
+      <c r="AF59" s="92"/>
+      <c r="AG59" s="92"/>
+      <c r="AH59" s="47">
         <v>0</v>
       </c>
-      <c r="AI59" s="53"/>
-[...2 lines deleted...]
-      <c r="AL59" s="53"/>
+      <c r="AI59" s="47"/>
+      <c r="AJ59" s="47"/>
+      <c r="AK59" s="47"/>
+      <c r="AL59" s="47"/>
     </row>
     <row r="60" spans="1:38" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B60" s="50"/>
-[...10 lines deleted...]
-      <c r="M60" s="50">
+      <c r="B60" s="92"/>
+      <c r="C60" s="92"/>
+      <c r="D60" s="92"/>
+      <c r="E60" s="92"/>
+      <c r="F60" s="92"/>
+      <c r="G60" s="92"/>
+      <c r="H60" s="92"/>
+      <c r="I60" s="92"/>
+      <c r="J60" s="92"/>
+      <c r="K60" s="92"/>
+      <c r="L60" s="92"/>
+      <c r="M60" s="92">
         <v>2024</v>
       </c>
-      <c r="N60" s="50"/>
-[...1 lines deleted...]
-      <c r="P60" s="51">
+      <c r="N60" s="92"/>
+      <c r="O60" s="92"/>
+      <c r="P60" s="103">
         <v>0</v>
       </c>
-      <c r="Q60" s="51"/>
-[...12 lines deleted...]
-      <c r="AE60" s="50">
+      <c r="Q60" s="103"/>
+      <c r="R60" s="103"/>
+      <c r="T60" s="92"/>
+      <c r="U60" s="92"/>
+      <c r="V60" s="92"/>
+      <c r="W60" s="92"/>
+      <c r="X60" s="92"/>
+      <c r="Y60" s="92"/>
+      <c r="Z60" s="92"/>
+      <c r="AA60" s="92"/>
+      <c r="AB60" s="92"/>
+      <c r="AC60" s="92"/>
+      <c r="AD60" s="92"/>
+      <c r="AE60" s="92">
         <v>2024</v>
       </c>
-      <c r="AF60" s="50"/>
-[...1 lines deleted...]
-      <c r="AH60" s="53">
+      <c r="AF60" s="92"/>
+      <c r="AG60" s="92"/>
+      <c r="AH60" s="47">
         <v>0</v>
       </c>
-      <c r="AI60" s="53"/>
-[...2 lines deleted...]
-      <c r="AL60" s="53"/>
+      <c r="AI60" s="47"/>
+      <c r="AJ60" s="47"/>
+      <c r="AK60" s="47"/>
+      <c r="AL60" s="47"/>
     </row>
     <row r="62" spans="1:38" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B62" s="62" t="s">
+      <c r="B62" s="64" t="s">
         <v>114</v>
       </c>
-      <c r="C62" s="63"/>
-[...12 lines deleted...]
-      <c r="P62" s="52" t="s">
+      <c r="C62" s="65"/>
+      <c r="D62" s="65"/>
+      <c r="E62" s="65"/>
+      <c r="F62" s="65"/>
+      <c r="G62" s="65"/>
+      <c r="H62" s="65"/>
+      <c r="I62" s="65"/>
+      <c r="J62" s="65"/>
+      <c r="K62" s="65"/>
+      <c r="L62" s="65"/>
+      <c r="M62" s="65"/>
+      <c r="N62" s="65"/>
+      <c r="O62" s="66"/>
+      <c r="P62" s="91" t="s">
         <v>1</v>
       </c>
-      <c r="Q62" s="52"/>
-[...1 lines deleted...]
-      <c r="T62" s="62" t="s">
+      <c r="Q62" s="91"/>
+      <c r="R62" s="91"/>
+      <c r="T62" s="64" t="s">
         <v>113</v>
       </c>
-      <c r="U62" s="63"/>
-[...12 lines deleted...]
-      <c r="AH62" s="49" t="s">
+      <c r="U62" s="65"/>
+      <c r="V62" s="65"/>
+      <c r="W62" s="65"/>
+      <c r="X62" s="65"/>
+      <c r="Y62" s="65"/>
+      <c r="Z62" s="65"/>
+      <c r="AA62" s="65"/>
+      <c r="AB62" s="65"/>
+      <c r="AC62" s="65"/>
+      <c r="AD62" s="65"/>
+      <c r="AE62" s="65"/>
+      <c r="AF62" s="65"/>
+      <c r="AG62" s="66"/>
+      <c r="AH62" s="102" t="s">
         <v>0</v>
       </c>
-      <c r="AI62" s="49"/>
-[...2 lines deleted...]
-      <c r="AL62" s="49"/>
+      <c r="AI62" s="102"/>
+      <c r="AJ62" s="102"/>
+      <c r="AK62" s="102"/>
+      <c r="AL62" s="102"/>
     </row>
     <row r="63" spans="1:38" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B63" s="65"/>
-[...13 lines deleted...]
-      <c r="P63" s="80">
+      <c r="B63" s="67"/>
+      <c r="C63" s="68"/>
+      <c r="D63" s="68"/>
+      <c r="E63" s="68"/>
+      <c r="F63" s="68"/>
+      <c r="G63" s="68"/>
+      <c r="H63" s="68"/>
+      <c r="I63" s="68"/>
+      <c r="J63" s="68"/>
+      <c r="K63" s="68"/>
+      <c r="L63" s="68"/>
+      <c r="M63" s="68"/>
+      <c r="N63" s="68"/>
+      <c r="O63" s="69"/>
+      <c r="P63" s="82">
         <v>0</v>
       </c>
-      <c r="Q63" s="81"/>
-[...15 lines deleted...]
-      <c r="AH63" s="71">
+      <c r="Q63" s="83"/>
+      <c r="R63" s="84"/>
+      <c r="T63" s="67"/>
+      <c r="U63" s="68"/>
+      <c r="V63" s="68"/>
+      <c r="W63" s="68"/>
+      <c r="X63" s="68"/>
+      <c r="Y63" s="68"/>
+      <c r="Z63" s="68"/>
+      <c r="AA63" s="68"/>
+      <c r="AB63" s="68"/>
+      <c r="AC63" s="68"/>
+      <c r="AD63" s="68"/>
+      <c r="AE63" s="68"/>
+      <c r="AF63" s="68"/>
+      <c r="AG63" s="69"/>
+      <c r="AH63" s="73">
         <v>0</v>
       </c>
-      <c r="AI63" s="72"/>
-[...2 lines deleted...]
-      <c r="AL63" s="73"/>
+      <c r="AI63" s="74"/>
+      <c r="AJ63" s="74"/>
+      <c r="AK63" s="74"/>
+      <c r="AL63" s="75"/>
     </row>
     <row r="64" spans="1:38" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B64" s="65"/>
-[...34 lines deleted...]
-      <c r="AL64" s="76"/>
+      <c r="B64" s="67"/>
+      <c r="C64" s="68"/>
+      <c r="D64" s="68"/>
+      <c r="E64" s="68"/>
+      <c r="F64" s="68"/>
+      <c r="G64" s="68"/>
+      <c r="H64" s="68"/>
+      <c r="I64" s="68"/>
+      <c r="J64" s="68"/>
+      <c r="K64" s="68"/>
+      <c r="L64" s="68"/>
+      <c r="M64" s="68"/>
+      <c r="N64" s="68"/>
+      <c r="O64" s="69"/>
+      <c r="P64" s="85"/>
+      <c r="Q64" s="86"/>
+      <c r="R64" s="87"/>
+      <c r="T64" s="67"/>
+      <c r="U64" s="68"/>
+      <c r="V64" s="68"/>
+      <c r="W64" s="68"/>
+      <c r="X64" s="68"/>
+      <c r="Y64" s="68"/>
+      <c r="Z64" s="68"/>
+      <c r="AA64" s="68"/>
+      <c r="AB64" s="68"/>
+      <c r="AC64" s="68"/>
+      <c r="AD64" s="68"/>
+      <c r="AE64" s="68"/>
+      <c r="AF64" s="68"/>
+      <c r="AG64" s="69"/>
+      <c r="AH64" s="76"/>
+      <c r="AI64" s="77"/>
+      <c r="AJ64" s="77"/>
+      <c r="AK64" s="77"/>
+      <c r="AL64" s="78"/>
     </row>
     <row r="65" spans="1:38" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B65" s="68"/>
-[...34 lines deleted...]
-      <c r="AL65" s="79"/>
+      <c r="B65" s="70"/>
+      <c r="C65" s="71"/>
+      <c r="D65" s="71"/>
+      <c r="E65" s="71"/>
+      <c r="F65" s="71"/>
+      <c r="G65" s="71"/>
+      <c r="H65" s="71"/>
+      <c r="I65" s="71"/>
+      <c r="J65" s="71"/>
+      <c r="K65" s="71"/>
+      <c r="L65" s="71"/>
+      <c r="M65" s="71"/>
+      <c r="N65" s="71"/>
+      <c r="O65" s="72"/>
+      <c r="P65" s="88"/>
+      <c r="Q65" s="89"/>
+      <c r="R65" s="90"/>
+      <c r="T65" s="70"/>
+      <c r="U65" s="71"/>
+      <c r="V65" s="71"/>
+      <c r="W65" s="71"/>
+      <c r="X65" s="71"/>
+      <c r="Y65" s="71"/>
+      <c r="Z65" s="71"/>
+      <c r="AA65" s="71"/>
+      <c r="AB65" s="71"/>
+      <c r="AC65" s="71"/>
+      <c r="AD65" s="71"/>
+      <c r="AE65" s="71"/>
+      <c r="AF65" s="71"/>
+      <c r="AG65" s="72"/>
+      <c r="AH65" s="79"/>
+      <c r="AI65" s="80"/>
+      <c r="AJ65" s="80"/>
+      <c r="AK65" s="80"/>
+      <c r="AL65" s="81"/>
     </row>
     <row r="66" spans="1:38" ht="15.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="67" spans="1:38" x14ac:dyDescent="0.2">
       <c r="A67" s="2" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="68" spans="1:38" ht="9.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="69" spans="1:38" ht="114" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="20" t="s">
         <v>58</v>
       </c>
-      <c r="B69" s="113" t="s">
+      <c r="B69" s="30" t="s">
         <v>71</v>
       </c>
-      <c r="C69" s="114"/>
-[...34 lines deleted...]
-      <c r="AL69" s="114"/>
+      <c r="C69" s="31"/>
+      <c r="D69" s="31"/>
+      <c r="E69" s="31"/>
+      <c r="F69" s="31"/>
+      <c r="G69" s="31"/>
+      <c r="H69" s="31"/>
+      <c r="I69" s="31"/>
+      <c r="J69" s="31"/>
+      <c r="K69" s="31"/>
+      <c r="L69" s="31"/>
+      <c r="M69" s="31"/>
+      <c r="N69" s="31"/>
+      <c r="O69" s="31"/>
+      <c r="P69" s="31"/>
+      <c r="Q69" s="31"/>
+      <c r="R69" s="31"/>
+      <c r="S69" s="31"/>
+      <c r="T69" s="31"/>
+      <c r="U69" s="31"/>
+      <c r="V69" s="31"/>
+      <c r="W69" s="31"/>
+      <c r="X69" s="31"/>
+      <c r="Y69" s="31"/>
+      <c r="Z69" s="31"/>
+      <c r="AA69" s="31"/>
+      <c r="AB69" s="31"/>
+      <c r="AC69" s="31"/>
+      <c r="AD69" s="31"/>
+      <c r="AE69" s="31"/>
+      <c r="AF69" s="31"/>
+      <c r="AG69" s="31"/>
+      <c r="AH69" s="31"/>
+      <c r="AI69" s="31"/>
+      <c r="AJ69" s="31"/>
+      <c r="AK69" s="31"/>
+      <c r="AL69" s="31"/>
     </row>
     <row r="70" spans="1:38" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="20" t="s">
         <v>59</v>
       </c>
-      <c r="B70" s="113" t="s">
+      <c r="B70" s="30" t="s">
         <v>72</v>
       </c>
-      <c r="C70" s="114"/>
-[...34 lines deleted...]
-      <c r="AL70" s="114"/>
+      <c r="C70" s="31"/>
+      <c r="D70" s="31"/>
+      <c r="E70" s="31"/>
+      <c r="F70" s="31"/>
+      <c r="G70" s="31"/>
+      <c r="H70" s="31"/>
+      <c r="I70" s="31"/>
+      <c r="J70" s="31"/>
+      <c r="K70" s="31"/>
+      <c r="L70" s="31"/>
+      <c r="M70" s="31"/>
+      <c r="N70" s="31"/>
+      <c r="O70" s="31"/>
+      <c r="P70" s="31"/>
+      <c r="Q70" s="31"/>
+      <c r="R70" s="31"/>
+      <c r="S70" s="31"/>
+      <c r="T70" s="31"/>
+      <c r="U70" s="31"/>
+      <c r="V70" s="31"/>
+      <c r="W70" s="31"/>
+      <c r="X70" s="31"/>
+      <c r="Y70" s="31"/>
+      <c r="Z70" s="31"/>
+      <c r="AA70" s="31"/>
+      <c r="AB70" s="31"/>
+      <c r="AC70" s="31"/>
+      <c r="AD70" s="31"/>
+      <c r="AE70" s="31"/>
+      <c r="AF70" s="31"/>
+      <c r="AG70" s="31"/>
+      <c r="AH70" s="31"/>
+      <c r="AI70" s="31"/>
+      <c r="AJ70" s="31"/>
+      <c r="AK70" s="31"/>
+      <c r="AL70" s="31"/>
     </row>
     <row r="71" spans="1:38" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="20" t="s">
         <v>60</v>
       </c>
-      <c r="B71" s="113" t="s">
+      <c r="B71" s="30" t="s">
         <v>73</v>
       </c>
-      <c r="C71" s="114"/>
-[...34 lines deleted...]
-      <c r="AL71" s="114"/>
+      <c r="C71" s="31"/>
+      <c r="D71" s="31"/>
+      <c r="E71" s="31"/>
+      <c r="F71" s="31"/>
+      <c r="G71" s="31"/>
+      <c r="H71" s="31"/>
+      <c r="I71" s="31"/>
+      <c r="J71" s="31"/>
+      <c r="K71" s="31"/>
+      <c r="L71" s="31"/>
+      <c r="M71" s="31"/>
+      <c r="N71" s="31"/>
+      <c r="O71" s="31"/>
+      <c r="P71" s="31"/>
+      <c r="Q71" s="31"/>
+      <c r="R71" s="31"/>
+      <c r="S71" s="31"/>
+      <c r="T71" s="31"/>
+      <c r="U71" s="31"/>
+      <c r="V71" s="31"/>
+      <c r="W71" s="31"/>
+      <c r="X71" s="31"/>
+      <c r="Y71" s="31"/>
+      <c r="Z71" s="31"/>
+      <c r="AA71" s="31"/>
+      <c r="AB71" s="31"/>
+      <c r="AC71" s="31"/>
+      <c r="AD71" s="31"/>
+      <c r="AE71" s="31"/>
+      <c r="AF71" s="31"/>
+      <c r="AG71" s="31"/>
+      <c r="AH71" s="31"/>
+      <c r="AI71" s="31"/>
+      <c r="AJ71" s="31"/>
+      <c r="AK71" s="31"/>
+      <c r="AL71" s="31"/>
     </row>
     <row r="72" spans="1:38" ht="29.45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="B72" s="113" t="s">
+      <c r="B72" s="30" t="s">
         <v>82</v>
       </c>
-      <c r="C72" s="114"/>
-[...34 lines deleted...]
-      <c r="AL72" s="114"/>
+      <c r="C72" s="31"/>
+      <c r="D72" s="31"/>
+      <c r="E72" s="31"/>
+      <c r="F72" s="31"/>
+      <c r="G72" s="31"/>
+      <c r="H72" s="31"/>
+      <c r="I72" s="31"/>
+      <c r="J72" s="31"/>
+      <c r="K72" s="31"/>
+      <c r="L72" s="31"/>
+      <c r="M72" s="31"/>
+      <c r="N72" s="31"/>
+      <c r="O72" s="31"/>
+      <c r="P72" s="31"/>
+      <c r="Q72" s="31"/>
+      <c r="R72" s="31"/>
+      <c r="S72" s="31"/>
+      <c r="T72" s="31"/>
+      <c r="U72" s="31"/>
+      <c r="V72" s="31"/>
+      <c r="W72" s="31"/>
+      <c r="X72" s="31"/>
+      <c r="Y72" s="31"/>
+      <c r="Z72" s="31"/>
+      <c r="AA72" s="31"/>
+      <c r="AB72" s="31"/>
+      <c r="AC72" s="31"/>
+      <c r="AD72" s="31"/>
+      <c r="AE72" s="31"/>
+      <c r="AF72" s="31"/>
+      <c r="AG72" s="31"/>
+      <c r="AH72" s="31"/>
+      <c r="AI72" s="31"/>
+      <c r="AJ72" s="31"/>
+      <c r="AK72" s="31"/>
+      <c r="AL72" s="31"/>
     </row>
     <row r="73" spans="1:38" ht="4.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="74" spans="1:38" s="3" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="75" spans="1:38" s="3" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A75" s="47" t="s">
+      <c r="A75" s="100" t="s">
         <v>118</v>
       </c>
-      <c r="B75" s="47"/>
-[...20 lines deleted...]
-      <c r="W75" s="48"/>
+      <c r="B75" s="100"/>
+      <c r="C75" s="100"/>
+      <c r="D75" s="100"/>
+      <c r="E75" s="100"/>
+      <c r="F75" s="100"/>
+      <c r="G75" s="100"/>
+      <c r="H75" s="100"/>
+      <c r="I75" s="100"/>
+      <c r="J75" s="100"/>
+      <c r="K75" s="100"/>
+      <c r="L75" s="101"/>
+      <c r="M75" s="101"/>
+      <c r="N75" s="101"/>
+      <c r="O75" s="101"/>
+      <c r="P75" s="101"/>
+      <c r="Q75" s="101"/>
+      <c r="R75" s="101"/>
+      <c r="S75" s="101"/>
+      <c r="T75" s="101"/>
+      <c r="U75" s="101"/>
+      <c r="V75" s="101"/>
+      <c r="W75" s="101"/>
     </row>
     <row r="76" spans="1:38" s="3" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="77" spans="1:38" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="42" t="s">
+      <c r="A77" s="93" t="s">
         <v>74</v>
       </c>
-      <c r="B77" s="42"/>
-[...13 lines deleted...]
-      <c r="P77" s="44" t="s">
+      <c r="B77" s="93"/>
+      <c r="C77" s="93"/>
+      <c r="D77" s="93"/>
+      <c r="E77" s="93"/>
+      <c r="F77" s="93"/>
+      <c r="G77" s="93"/>
+      <c r="H77" s="93"/>
+      <c r="I77" s="93"/>
+      <c r="J77" s="93"/>
+      <c r="K77" s="93"/>
+      <c r="L77" s="93"/>
+      <c r="M77" s="94"/>
+      <c r="N77" s="94"/>
+      <c r="O77" s="94"/>
+      <c r="P77" s="95" t="s">
         <v>75</v>
       </c>
-      <c r="Q77" s="45"/>
-[...3 lines deleted...]
-      <c r="U77" s="42" t="s">
+      <c r="Q77" s="96"/>
+      <c r="R77" s="96"/>
+      <c r="S77" s="96"/>
+      <c r="T77" s="97"/>
+      <c r="U77" s="93" t="s">
         <v>76</v>
       </c>
-      <c r="V77" s="42"/>
-[...12 lines deleted...]
-      <c r="AI77" s="43"/>
+      <c r="V77" s="93"/>
+      <c r="W77" s="93"/>
+      <c r="X77" s="93"/>
+      <c r="Y77" s="93"/>
+      <c r="Z77" s="93"/>
+      <c r="AA77" s="93"/>
+      <c r="AB77" s="93"/>
+      <c r="AC77" s="93"/>
+      <c r="AD77" s="93"/>
+      <c r="AE77" s="93"/>
+      <c r="AF77" s="93"/>
+      <c r="AG77" s="94"/>
+      <c r="AH77" s="94"/>
+      <c r="AI77" s="94"/>
     </row>
     <row r="78" spans="1:38" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="40"/>
-[...33 lines deleted...]
-      <c r="AI78" s="40"/>
+      <c r="A78" s="98"/>
+      <c r="B78" s="98"/>
+      <c r="C78" s="98"/>
+      <c r="D78" s="98"/>
+      <c r="E78" s="98"/>
+      <c r="F78" s="98"/>
+      <c r="G78" s="98"/>
+      <c r="H78" s="98"/>
+      <c r="I78" s="98"/>
+      <c r="J78" s="98"/>
+      <c r="K78" s="98"/>
+      <c r="L78" s="98"/>
+      <c r="M78" s="98"/>
+      <c r="N78" s="98"/>
+      <c r="O78" s="98"/>
+      <c r="P78" s="99"/>
+      <c r="Q78" s="99"/>
+      <c r="R78" s="99"/>
+      <c r="S78" s="99"/>
+      <c r="T78" s="99"/>
+      <c r="U78" s="98"/>
+      <c r="V78" s="98"/>
+      <c r="W78" s="98"/>
+      <c r="X78" s="98"/>
+      <c r="Y78" s="98"/>
+      <c r="Z78" s="98"/>
+      <c r="AA78" s="98"/>
+      <c r="AB78" s="98"/>
+      <c r="AC78" s="98"/>
+      <c r="AD78" s="98"/>
+      <c r="AE78" s="98"/>
+      <c r="AF78" s="98"/>
+      <c r="AG78" s="98"/>
+      <c r="AH78" s="98"/>
+      <c r="AI78" s="98"/>
     </row>
     <row r="79" spans="1:38" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A79" s="40"/>
-[...33 lines deleted...]
-      <c r="AI79" s="40"/>
+      <c r="A79" s="98"/>
+      <c r="B79" s="98"/>
+      <c r="C79" s="98"/>
+      <c r="D79" s="98"/>
+      <c r="E79" s="98"/>
+      <c r="F79" s="98"/>
+      <c r="G79" s="98"/>
+      <c r="H79" s="98"/>
+      <c r="I79" s="98"/>
+      <c r="J79" s="98"/>
+      <c r="K79" s="98"/>
+      <c r="L79" s="98"/>
+      <c r="M79" s="98"/>
+      <c r="N79" s="98"/>
+      <c r="O79" s="98"/>
+      <c r="P79" s="99"/>
+      <c r="Q79" s="99"/>
+      <c r="R79" s="99"/>
+      <c r="S79" s="99"/>
+      <c r="T79" s="99"/>
+      <c r="U79" s="98"/>
+      <c r="V79" s="98"/>
+      <c r="W79" s="98"/>
+      <c r="X79" s="98"/>
+      <c r="Y79" s="98"/>
+      <c r="Z79" s="98"/>
+      <c r="AA79" s="98"/>
+      <c r="AB79" s="98"/>
+      <c r="AC79" s="98"/>
+      <c r="AD79" s="98"/>
+      <c r="AE79" s="98"/>
+      <c r="AF79" s="98"/>
+      <c r="AG79" s="98"/>
+      <c r="AH79" s="98"/>
+      <c r="AI79" s="98"/>
     </row>
     <row r="80" spans="1:38" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="40"/>
-[...33 lines deleted...]
-      <c r="AI80" s="40"/>
+      <c r="A80" s="98"/>
+      <c r="B80" s="98"/>
+      <c r="C80" s="98"/>
+      <c r="D80" s="98"/>
+      <c r="E80" s="98"/>
+      <c r="F80" s="98"/>
+      <c r="G80" s="98"/>
+      <c r="H80" s="98"/>
+      <c r="I80" s="98"/>
+      <c r="J80" s="98"/>
+      <c r="K80" s="98"/>
+      <c r="L80" s="98"/>
+      <c r="M80" s="98"/>
+      <c r="N80" s="98"/>
+      <c r="O80" s="98"/>
+      <c r="P80" s="99"/>
+      <c r="Q80" s="99"/>
+      <c r="R80" s="99"/>
+      <c r="S80" s="99"/>
+      <c r="T80" s="99"/>
+      <c r="U80" s="98"/>
+      <c r="V80" s="98"/>
+      <c r="W80" s="98"/>
+      <c r="X80" s="98"/>
+      <c r="Y80" s="98"/>
+      <c r="Z80" s="98"/>
+      <c r="AA80" s="98"/>
+      <c r="AB80" s="98"/>
+      <c r="AC80" s="98"/>
+      <c r="AD80" s="98"/>
+      <c r="AE80" s="98"/>
+      <c r="AF80" s="98"/>
+      <c r="AG80" s="98"/>
+      <c r="AH80" s="98"/>
+      <c r="AI80" s="98"/>
     </row>
     <row r="81" spans="1:40" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A81" s="40"/>
-[...33 lines deleted...]
-      <c r="AI81" s="40"/>
+      <c r="A81" s="98"/>
+      <c r="B81" s="98"/>
+      <c r="C81" s="98"/>
+      <c r="D81" s="98"/>
+      <c r="E81" s="98"/>
+      <c r="F81" s="98"/>
+      <c r="G81" s="98"/>
+      <c r="H81" s="98"/>
+      <c r="I81" s="98"/>
+      <c r="J81" s="98"/>
+      <c r="K81" s="98"/>
+      <c r="L81" s="98"/>
+      <c r="M81" s="98"/>
+      <c r="N81" s="98"/>
+      <c r="O81" s="98"/>
+      <c r="P81" s="99"/>
+      <c r="Q81" s="99"/>
+      <c r="R81" s="99"/>
+      <c r="S81" s="99"/>
+      <c r="T81" s="99"/>
+      <c r="U81" s="98"/>
+      <c r="V81" s="98"/>
+      <c r="W81" s="98"/>
+      <c r="X81" s="98"/>
+      <c r="Y81" s="98"/>
+      <c r="Z81" s="98"/>
+      <c r="AA81" s="98"/>
+      <c r="AB81" s="98"/>
+      <c r="AC81" s="98"/>
+      <c r="AD81" s="98"/>
+      <c r="AE81" s="98"/>
+      <c r="AF81" s="98"/>
+      <c r="AG81" s="98"/>
+      <c r="AH81" s="98"/>
+      <c r="AI81" s="98"/>
     </row>
     <row r="82" spans="1:40" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="40"/>
-[...33 lines deleted...]
-      <c r="AI82" s="40"/>
+      <c r="A82" s="98"/>
+      <c r="B82" s="98"/>
+      <c r="C82" s="98"/>
+      <c r="D82" s="98"/>
+      <c r="E82" s="98"/>
+      <c r="F82" s="98"/>
+      <c r="G82" s="98"/>
+      <c r="H82" s="98"/>
+      <c r="I82" s="98"/>
+      <c r="J82" s="98"/>
+      <c r="K82" s="98"/>
+      <c r="L82" s="98"/>
+      <c r="M82" s="98"/>
+      <c r="N82" s="98"/>
+      <c r="O82" s="98"/>
+      <c r="P82" s="99"/>
+      <c r="Q82" s="99"/>
+      <c r="R82" s="99"/>
+      <c r="S82" s="99"/>
+      <c r="T82" s="99"/>
+      <c r="U82" s="98"/>
+      <c r="V82" s="98"/>
+      <c r="W82" s="98"/>
+      <c r="X82" s="98"/>
+      <c r="Y82" s="98"/>
+      <c r="Z82" s="98"/>
+      <c r="AA82" s="98"/>
+      <c r="AB82" s="98"/>
+      <c r="AC82" s="98"/>
+      <c r="AD82" s="98"/>
+      <c r="AE82" s="98"/>
+      <c r="AF82" s="98"/>
+      <c r="AG82" s="98"/>
+      <c r="AH82" s="98"/>
+      <c r="AI82" s="98"/>
     </row>
     <row r="83" spans="1:40" s="3" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="25"/>
       <c r="B83" s="25"/>
       <c r="C83" s="25"/>
       <c r="D83" s="25"/>
       <c r="E83" s="25"/>
       <c r="F83" s="25"/>
       <c r="G83" s="25"/>
       <c r="H83" s="25"/>
       <c r="I83" s="25"/>
       <c r="J83" s="25"/>
       <c r="K83" s="25"/>
       <c r="L83" s="25"/>
       <c r="M83" s="25"/>
       <c r="N83" s="25"/>
       <c r="O83" s="25"/>
       <c r="P83" s="26"/>
       <c r="Q83" s="26"/>
       <c r="R83" s="26"/>
       <c r="S83" s="26"/>
       <c r="T83" s="26"/>
       <c r="U83" s="25"/>
       <c r="V83" s="25"/>
       <c r="W83" s="25"/>
       <c r="X83" s="25"/>
       <c r="Y83" s="25"/>
       <c r="Z83" s="25"/>
       <c r="AA83" s="25"/>
       <c r="AB83" s="25"/>
       <c r="AC83" s="25"/>
       <c r="AD83" s="25"/>
       <c r="AE83" s="25"/>
       <c r="AF83" s="25"/>
       <c r="AG83" s="25"/>
       <c r="AH83" s="25"/>
       <c r="AI83" s="25"/>
     </row>
     <row r="84" spans="1:40" s="3" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B84" s="29" t="str">
         <f>IF(_vst!K11=1,_vst!L6,"")</f>
         <v/>
       </c>
     </row>
     <row r="85" spans="1:40" s="10" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="B85" s="33"/>
-[...11 lines deleted...]
-      <c r="N85" s="33"/>
+      <c r="B85" s="108"/>
+      <c r="C85" s="108"/>
+      <c r="D85" s="108"/>
+      <c r="E85" s="108"/>
+      <c r="F85" s="108"/>
+      <c r="G85" s="108"/>
+      <c r="H85" s="108"/>
+      <c r="I85" s="108"/>
+      <c r="J85" s="108"/>
+      <c r="K85" s="108"/>
+      <c r="L85" s="108"/>
+      <c r="M85" s="108"/>
+      <c r="N85" s="108"/>
       <c r="O85" s="3"/>
       <c r="P85" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="Q85" s="34"/>
-[...3 lines deleted...]
-      <c r="U85" s="33"/>
+      <c r="Q85" s="109"/>
+      <c r="R85" s="108"/>
+      <c r="S85" s="108"/>
+      <c r="T85" s="108"/>
+      <c r="U85" s="108"/>
       <c r="V85" s="3"/>
       <c r="W85" s="3"/>
       <c r="X85" s="3"/>
       <c r="Y85" s="3"/>
       <c r="Z85" s="3"/>
       <c r="AA85" s="3"/>
       <c r="AB85" s="3"/>
       <c r="AC85" s="3"/>
       <c r="AD85" s="3"/>
       <c r="AE85" s="3"/>
       <c r="AF85" s="3"/>
       <c r="AG85" s="3"/>
       <c r="AH85" s="3"/>
       <c r="AI85" s="3"/>
       <c r="AJ85" s="3"/>
       <c r="AK85" s="3"/>
       <c r="AL85" s="3"/>
       <c r="AM85" s="3"/>
       <c r="AN85" s="3"/>
     </row>
     <row r="86" spans="1:40" s="3" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="11"/>
       <c r="B86" s="11"/>
       <c r="C86" s="11"/>
       <c r="D86" s="11"/>
@@ -3917,296 +3916,296 @@
       <c r="H86" s="11"/>
       <c r="I86" s="11"/>
       <c r="J86" s="11"/>
       <c r="K86" s="11"/>
       <c r="L86" s="11"/>
       <c r="M86" s="11"/>
       <c r="N86" s="11"/>
       <c r="O86" s="11"/>
       <c r="P86" s="11"/>
       <c r="Q86" s="11"/>
       <c r="R86" s="11"/>
       <c r="S86" s="11"/>
       <c r="T86" s="11"/>
       <c r="U86" s="11"/>
       <c r="V86" s="11"/>
       <c r="W86" s="11"/>
       <c r="X86" s="11"/>
       <c r="Y86" s="11"/>
       <c r="Z86" s="11"/>
       <c r="AA86" s="11"/>
       <c r="AB86" s="11"/>
       <c r="AC86" s="11"/>
       <c r="AD86" s="11"/>
     </row>
     <row r="87" spans="1:40" s="3" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="35" t="s">
+      <c r="A87" s="110" t="s">
         <v>79</v>
       </c>
-      <c r="B87" s="36"/>
-[...7 lines deleted...]
-      <c r="J87" s="35" t="s">
+      <c r="B87" s="111"/>
+      <c r="C87" s="111"/>
+      <c r="D87" s="111"/>
+      <c r="E87" s="111"/>
+      <c r="F87" s="111"/>
+      <c r="G87" s="111"/>
+      <c r="H87" s="111"/>
+      <c r="I87" s="112"/>
+      <c r="J87" s="110" t="s">
         <v>80</v>
       </c>
-      <c r="K87" s="36"/>
-[...5 lines deleted...]
-      <c r="Q87" s="38" t="s">
+      <c r="K87" s="111"/>
+      <c r="L87" s="111"/>
+      <c r="M87" s="111"/>
+      <c r="N87" s="111"/>
+      <c r="O87" s="111"/>
+      <c r="P87" s="111"/>
+      <c r="Q87" s="113" t="s">
         <v>81</v>
       </c>
-      <c r="R87" s="38"/>
-[...11 lines deleted...]
-      <c r="AD87" s="39"/>
+      <c r="R87" s="113"/>
+      <c r="S87" s="113"/>
+      <c r="T87" s="113"/>
+      <c r="U87" s="113"/>
+      <c r="V87" s="113"/>
+      <c r="W87" s="113"/>
+      <c r="X87" s="113"/>
+      <c r="Y87" s="114"/>
+      <c r="Z87" s="114"/>
+      <c r="AA87" s="114"/>
+      <c r="AB87" s="114"/>
+      <c r="AC87" s="114"/>
+      <c r="AD87" s="114"/>
     </row>
     <row r="88" spans="1:40" s="3" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="30"/>
-[...28 lines deleted...]
-      <c r="AD88" s="32"/>
+      <c r="A88" s="105"/>
+      <c r="B88" s="106"/>
+      <c r="C88" s="106"/>
+      <c r="D88" s="106"/>
+      <c r="E88" s="106"/>
+      <c r="F88" s="106"/>
+      <c r="G88" s="106"/>
+      <c r="H88" s="106"/>
+      <c r="I88" s="106"/>
+      <c r="J88" s="107"/>
+      <c r="K88" s="107"/>
+      <c r="L88" s="107"/>
+      <c r="M88" s="107"/>
+      <c r="N88" s="107"/>
+      <c r="O88" s="107"/>
+      <c r="P88" s="107"/>
+      <c r="Q88" s="107"/>
+      <c r="R88" s="107"/>
+      <c r="S88" s="107"/>
+      <c r="T88" s="107"/>
+      <c r="U88" s="107"/>
+      <c r="V88" s="107"/>
+      <c r="W88" s="107"/>
+      <c r="X88" s="107"/>
+      <c r="Y88" s="107"/>
+      <c r="Z88" s="107"/>
+      <c r="AA88" s="107"/>
+      <c r="AB88" s="107"/>
+      <c r="AC88" s="107"/>
+      <c r="AD88" s="107"/>
     </row>
     <row r="89" spans="1:40" s="3" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A89" s="30"/>
-[...28 lines deleted...]
-      <c r="AD89" s="32"/>
+      <c r="A89" s="105"/>
+      <c r="B89" s="106"/>
+      <c r="C89" s="106"/>
+      <c r="D89" s="106"/>
+      <c r="E89" s="106"/>
+      <c r="F89" s="106"/>
+      <c r="G89" s="106"/>
+      <c r="H89" s="106"/>
+      <c r="I89" s="106"/>
+      <c r="J89" s="107"/>
+      <c r="K89" s="107"/>
+      <c r="L89" s="107"/>
+      <c r="M89" s="107"/>
+      <c r="N89" s="107"/>
+      <c r="O89" s="107"/>
+      <c r="P89" s="107"/>
+      <c r="Q89" s="107"/>
+      <c r="R89" s="107"/>
+      <c r="S89" s="107"/>
+      <c r="T89" s="107"/>
+      <c r="U89" s="107"/>
+      <c r="V89" s="107"/>
+      <c r="W89" s="107"/>
+      <c r="X89" s="107"/>
+      <c r="Y89" s="107"/>
+      <c r="Z89" s="107"/>
+      <c r="AA89" s="107"/>
+      <c r="AB89" s="107"/>
+      <c r="AC89" s="107"/>
+      <c r="AD89" s="107"/>
     </row>
     <row r="90" spans="1:40" s="3" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="30"/>
-[...28 lines deleted...]
-      <c r="AD90" s="32"/>
+      <c r="A90" s="105"/>
+      <c r="B90" s="106"/>
+      <c r="C90" s="106"/>
+      <c r="D90" s="106"/>
+      <c r="E90" s="106"/>
+      <c r="F90" s="106"/>
+      <c r="G90" s="106"/>
+      <c r="H90" s="106"/>
+      <c r="I90" s="106"/>
+      <c r="J90" s="107"/>
+      <c r="K90" s="107"/>
+      <c r="L90" s="107"/>
+      <c r="M90" s="107"/>
+      <c r="N90" s="107"/>
+      <c r="O90" s="107"/>
+      <c r="P90" s="107"/>
+      <c r="Q90" s="107"/>
+      <c r="R90" s="107"/>
+      <c r="S90" s="107"/>
+      <c r="T90" s="107"/>
+      <c r="U90" s="107"/>
+      <c r="V90" s="107"/>
+      <c r="W90" s="107"/>
+      <c r="X90" s="107"/>
+      <c r="Y90" s="107"/>
+      <c r="Z90" s="107"/>
+      <c r="AA90" s="107"/>
+      <c r="AB90" s="107"/>
+      <c r="AC90" s="107"/>
+      <c r="AD90" s="107"/>
     </row>
     <row r="91" spans="1:40" s="3" customFormat="1" ht="13.5" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="92" spans="1:40" s="3" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="wLv5pxAZwCLk4L/OcmcogaAOs9lAjUhMsKJTfjIADSW4X4H0YyNK/c6pehybl5Y9f7cZtkscuyDvsZbIg4DZGg==" saltValue="mcZl41yp4rJD+//a5ExaHQ==" spinCount="100000" sheet="1" formatRows="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="3ftTgk/caQt7+e0PrRV6kyPRgCakGqGuMtudULPBfZ/oy2Yx8GWZT2vWPbyye4GuzYP2cm1IbpbntGbN4L0HBA==" saltValue="g4C+2h2ALQKY0ZBZk9i2Rw==" spinCount="100000" sheet="1" formatRows="0" selectLockedCells="1"/>
   <mergeCells count="104">
-    <mergeCell ref="B71:AL71"/>
-[...54 lines deleted...]
-    <mergeCell ref="AE60:AG60"/>
+    <mergeCell ref="A88:I88"/>
+    <mergeCell ref="J88:P88"/>
+    <mergeCell ref="Q88:AD90"/>
+    <mergeCell ref="A89:I89"/>
+    <mergeCell ref="J89:P89"/>
+    <mergeCell ref="A90:I90"/>
+    <mergeCell ref="J90:P90"/>
+    <mergeCell ref="B85:N85"/>
+    <mergeCell ref="Q85:U85"/>
+    <mergeCell ref="A87:I87"/>
+    <mergeCell ref="J87:P87"/>
+    <mergeCell ref="Q87:AD87"/>
+    <mergeCell ref="A81:O81"/>
+    <mergeCell ref="P81:T81"/>
+    <mergeCell ref="U81:AI81"/>
+    <mergeCell ref="A82:O82"/>
+    <mergeCell ref="P82:T82"/>
+    <mergeCell ref="U82:AI82"/>
+    <mergeCell ref="A79:O79"/>
+    <mergeCell ref="P79:T79"/>
+    <mergeCell ref="U79:AI79"/>
+    <mergeCell ref="A80:O80"/>
+    <mergeCell ref="P80:T80"/>
+    <mergeCell ref="U80:AI80"/>
     <mergeCell ref="A77:O77"/>
     <mergeCell ref="P77:T77"/>
     <mergeCell ref="U77:AI77"/>
     <mergeCell ref="A78:O78"/>
     <mergeCell ref="P78:T78"/>
     <mergeCell ref="U78:AI78"/>
     <mergeCell ref="A75:W75"/>
     <mergeCell ref="AH57:AL57"/>
     <mergeCell ref="M58:O58"/>
     <mergeCell ref="M59:O59"/>
     <mergeCell ref="M60:O60"/>
     <mergeCell ref="P58:R58"/>
     <mergeCell ref="P59:R59"/>
     <mergeCell ref="P60:R60"/>
     <mergeCell ref="M57:O57"/>
     <mergeCell ref="P57:R57"/>
     <mergeCell ref="AH59:AL59"/>
     <mergeCell ref="AH60:AL60"/>
     <mergeCell ref="P62:R62"/>
     <mergeCell ref="AH62:AL62"/>
     <mergeCell ref="B57:L60"/>
     <mergeCell ref="T57:AD60"/>
     <mergeCell ref="B72:AL72"/>
     <mergeCell ref="B70:AL70"/>
-    <mergeCell ref="A81:O81"/>
-[...22 lines deleted...]
-    <mergeCell ref="Q87:AD87"/>
+    <mergeCell ref="AJ49:AL49"/>
+    <mergeCell ref="AB47:AI47"/>
+    <mergeCell ref="AJ47:AK47"/>
+    <mergeCell ref="T62:AG65"/>
+    <mergeCell ref="AH63:AL65"/>
+    <mergeCell ref="B62:O65"/>
+    <mergeCell ref="P63:R65"/>
+    <mergeCell ref="I47:M47"/>
+    <mergeCell ref="I49:M49"/>
+    <mergeCell ref="I51:M51"/>
+    <mergeCell ref="I53:M53"/>
+    <mergeCell ref="B47:H47"/>
+    <mergeCell ref="B51:H51"/>
+    <mergeCell ref="AE57:AG57"/>
+    <mergeCell ref="AE58:AG58"/>
+    <mergeCell ref="AE59:AG59"/>
+    <mergeCell ref="AE60:AG60"/>
+    <mergeCell ref="A5:AD5"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="A8:AN8"/>
+    <mergeCell ref="C35:W35"/>
+    <mergeCell ref="X35:AB35"/>
+    <mergeCell ref="B11:F11"/>
+    <mergeCell ref="W11:AA11"/>
+    <mergeCell ref="AB11:AD11"/>
+    <mergeCell ref="B15:AN15"/>
+    <mergeCell ref="G11:S11"/>
+    <mergeCell ref="AF11:AK11"/>
+    <mergeCell ref="AL11:AN11"/>
+    <mergeCell ref="B21:AN21"/>
+    <mergeCell ref="B22:AN22"/>
+    <mergeCell ref="B14:AN14"/>
+    <mergeCell ref="B71:AL71"/>
+    <mergeCell ref="X29:AB29"/>
+    <mergeCell ref="X31:AB31"/>
+    <mergeCell ref="C29:W29"/>
+    <mergeCell ref="B31:W31"/>
+    <mergeCell ref="B49:H49"/>
+    <mergeCell ref="X33:AB33"/>
+    <mergeCell ref="C33:W33"/>
+    <mergeCell ref="B18:AN18"/>
+    <mergeCell ref="B24:AN24"/>
+    <mergeCell ref="B25:AN25"/>
+    <mergeCell ref="B19:AN19"/>
+    <mergeCell ref="C41:W41"/>
+    <mergeCell ref="X41:AB41"/>
+    <mergeCell ref="C43:W43"/>
+    <mergeCell ref="X43:AB43"/>
+    <mergeCell ref="C37:W37"/>
+    <mergeCell ref="Z37:AB37"/>
+    <mergeCell ref="C39:W39"/>
+    <mergeCell ref="B69:AL69"/>
+    <mergeCell ref="AH58:AL58"/>
+    <mergeCell ref="Z39:AB39"/>
+    <mergeCell ref="B53:H53"/>
+    <mergeCell ref="AB49:AI49"/>
   </mergeCells>
   <conditionalFormatting sqref="G11:S11">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>AND($A$5&lt;&gt;"",B11="")</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations disablePrompts="1" count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G11 T11" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>zaměření</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AJ47:AK47" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>splatnost</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="88" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;6verze šablony 1.1&amp;C&amp;"Arial,Obyčejné"&amp;9&amp;P.</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="73" max="16383" man="1"/>
   </rowBreaks>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="3">
@@ -4834,51 +4833,51 @@
   </TitlesOfParts>
   <Company>NRB, a.s.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>hort</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_BARCODE">
     <vt:lpwstr>*000000000*</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_DOC_TYPE">
-    <vt:lpwstr>F840</vt:lpwstr>
+    <vt:lpwstr>F032</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
     <vt:lpwstr>PRODUKCE</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
     <vt:lpwstr>2025-03-05T10:03:12Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
     <vt:lpwstr>Veřejná informace</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
     <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
     <vt:lpwstr>02db07f3-e108-4bb8-8216-21c254ec8449</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>