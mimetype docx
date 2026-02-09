--- v0 (2025-11-02)
+++ v1 (2026-02-09)
@@ -1,2789 +1,2250 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="490F67FB" w14:textId="77777777" w:rsidR="00F05400" w:rsidRDefault="00F05400" w:rsidP="001A3A0F">
       <w:pPr>
         <w:overflowPunct/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F14F175" w14:textId="77777777" w:rsidR="001305BF" w:rsidRPr="00204FA6" w:rsidRDefault="001305BF" w:rsidP="00752537">
+    <w:p w14:paraId="6CD99897" w14:textId="77777777" w:rsidR="000A2727" w:rsidRDefault="000A2727" w:rsidP="00752537">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...43 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="753BA70F" w14:textId="77777777" w:rsidR="00A571BB" w:rsidRDefault="001305BF" w:rsidP="00752537">
+    <w:p w14:paraId="6F14F175" w14:textId="3C06D301" w:rsidR="001305BF" w:rsidRPr="000A2727" w:rsidRDefault="001305BF" w:rsidP="00752537">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:pStyle w:val="Nadpis1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="000A2727">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prohl</w:t>
+      </w:r>
+      <w:r w:rsidR="00895BE6" w:rsidRPr="000A2727">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A2727">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>š</w:t>
+      </w:r>
+      <w:r w:rsidR="00752537" w:rsidRPr="000A2727">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uji</w:t>
+      </w:r>
+      <w:r w:rsidR="00204FA6" w:rsidRPr="000A2727">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117FF737" w14:textId="77777777" w:rsidR="001305BF" w:rsidRPr="00AF5E72" w:rsidRDefault="001305BF" w:rsidP="00752537">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="753BA70F" w14:textId="77777777" w:rsidR="00A571BB" w:rsidRPr="00AF5E72" w:rsidRDefault="001305BF" w:rsidP="00752537">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>že souhlasí</w:t>
       </w:r>
-      <w:r w:rsidR="00752537" w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00752537" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ve smyslu občanského zákoníku s</w:t>
       </w:r>
-      <w:r w:rsidR="00204FA6" w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00204FA6" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>použitím majet</w:t>
       </w:r>
-      <w:r w:rsidR="00204FA6" w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00204FA6" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ku ve společném jmění manželů k </w:t>
       </w:r>
-      <w:r w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>podnikání</w:t>
       </w:r>
-      <w:r w:rsidR="00714C42">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00714C42" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
-      <w:r w:rsidR="00BF28E5" w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00BF28E5" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
-      <w:r w:rsidR="00204FA6" w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00204FA6" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>souvislosti s  podnikatelskou činností manžel</w:t>
       </w:r>
-      <w:r w:rsidR="008A2EA7" w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="008A2EA7" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00752537" w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00752537" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/manželky</w:t>
       </w:r>
-      <w:r w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C84DF7E" w14:textId="77777777" w:rsidR="00A571BB" w:rsidRDefault="008A2EA7" w:rsidP="00752537">
+    <w:p w14:paraId="0C84DF7E" w14:textId="2015B6DC" w:rsidR="00A571BB" w:rsidRPr="00AF5E72" w:rsidRDefault="008A2EA7" w:rsidP="0006323E">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pana</w:t>
       </w:r>
-      <w:r w:rsidR="00752537" w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00752537" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/paní</w:t>
       </w:r>
-      <w:r w:rsidR="001305BF" w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="001305BF" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeStart w:id="0"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text5"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:textInput/>
+            <w:textInput>
+              <w:maxLength w:val="50"/>
+            </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00741402" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...10 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00741402" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00741402" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00741402" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00741402" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00741402" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:commentRangeEnd w:id="0"/>
-[...11 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00752537" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607E8DC2" w14:textId="77777777" w:rsidR="00A571BB" w:rsidRDefault="001305BF" w:rsidP="00752537">
+    <w:p w14:paraId="607E8DC2" w14:textId="5179015E" w:rsidR="00A571BB" w:rsidRPr="00AF5E72" w:rsidRDefault="001305BF" w:rsidP="0006323E">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00204FA6">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rodné číslo</w:t>
       </w:r>
-      <w:r w:rsidR="00741402">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00741402" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeStart w:id="2"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text5"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:textInput/>
+            <w:textInput>
+              <w:maxLength w:val="50"/>
+            </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00741402" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...10 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00741402" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00752537" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72113306" w14:textId="6DEEFDC2" w:rsidR="00A571BB" w:rsidRPr="00AF5E72" w:rsidRDefault="00752537" w:rsidP="0006323E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>trvale bytem</w:t>
+      </w:r>
+      <w:r w:rsidR="00725907" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text5"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:textInput/>
+            <w:textInput>
+              <w:maxLength w:val="100"/>
+            </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="0086786B" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...10 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0086786B" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0086786B" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0086786B" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0086786B" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0086786B" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:commentRangeEnd w:id="2"/>
-      <w:r w:rsidR="00741402">
+      <w:r w:rsidR="0006323E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18DF6E6F" w14:textId="77777777" w:rsidR="00272A57" w:rsidRPr="00AF5E72" w:rsidRDefault="0086786B" w:rsidP="00752537">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0055038C" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00272A57" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">že </w:t>
+      </w:r>
+      <w:r w:rsidR="0055038C" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">souhlasím </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF28E5" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0055038C" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tím, aby </w:t>
+      </w:r>
+      <w:r w:rsidR="00315C16" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>uzavře</w:t>
+      </w:r>
+      <w:r w:rsidR="0055038C" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l/uzavřela</w:t>
+      </w:r>
+      <w:r w:rsidR="00315C16" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001305BF" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sml</w:t>
+      </w:r>
+      <w:r w:rsidR="00315C16" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="001305BF" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>uv</w:t>
+      </w:r>
+      <w:r w:rsidR="0055038C" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00315C16" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
+      </w:r>
+      <w:r w:rsidR="00204FA6" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> úvěru</w:t>
+      </w:r>
+      <w:r w:rsidR="00725907" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00204FA6" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/o </w:t>
+      </w:r>
+      <w:r w:rsidR="00315C16" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>záruce</w:t>
+      </w:r>
+      <w:r w:rsidR="00204FA6" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A0F" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> Národní rozvojovou</w:t>
+      </w:r>
+      <w:r w:rsidR="00573A19" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bankou, a.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6D70" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573A19" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E9C588A" w14:textId="77777777" w:rsidR="001305BF" w:rsidRPr="00AF5E72" w:rsidRDefault="001305BF" w:rsidP="00752537">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EFD7328" w14:textId="77777777" w:rsidR="00315C16" w:rsidRPr="00AF5E72" w:rsidRDefault="00315C16" w:rsidP="00752537">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C37BB3F" w14:textId="264AB13F" w:rsidR="00315C16" w:rsidRPr="00AF5E72" w:rsidRDefault="00315C16" w:rsidP="00752537">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dále prohlašuji, že jsem si vědom/vědoma, že z výše uvedeného může vzniknout povinnost k úhradě dluhu až do</w:t>
+      </w:r>
+      <w:r w:rsidR="00714C42" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>výše</w:t>
+      </w:r>
+      <w:r w:rsidR="00725907" w:rsidRPr="00AF5E72">
         <w:rPr>
           <w:rStyle w:val="Odkaznakoment"/>
-        </w:rPr>
-[...27 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:commentRangeStart w:id="3"/>
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text5"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:textInput/>
+            <w:textInput>
+              <w:maxLength w:val="100"/>
+            </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="0086786B" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...10 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0086786B" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0086786B" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0086786B" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0086786B" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="0086786B" w:rsidRPr="007F167D">
+      <w:r w:rsidR="00687ADA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00687ADA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:commentRangeEnd w:id="3"/>
-      <w:r w:rsidR="00741402">
+      <w:r w:rsidR="00725907" w:rsidRPr="00AF5E72">
         <w:rPr>
           <w:rStyle w:val="Odkaznakoment"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s přísl</w:t>
+      </w:r>
+      <w:r w:rsidR="0086786B" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ušenstvím</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a případnými dalšími nároky z titulu smluvních pokut a vrácení neoprávněně získané veřejné podpory.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="18DF6E6F" w14:textId="77777777" w:rsidR="00272A57" w:rsidRDefault="0086786B" w:rsidP="00752537">
+    <w:p w14:paraId="41172113" w14:textId="77777777" w:rsidR="00315C16" w:rsidRPr="00AF5E72" w:rsidRDefault="00315C16" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...184 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5EFD7328" w14:textId="77777777" w:rsidR="00315C16" w:rsidRPr="00204FA6" w:rsidRDefault="00315C16" w:rsidP="00752537">
+    <w:p w14:paraId="2F5CB0CB" w14:textId="77777777" w:rsidR="001305BF" w:rsidRPr="00AF5E72" w:rsidRDefault="00BF28E5" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tento souhlas je </w:t>
+      </w:r>
+      <w:r w:rsidR="001305BF" w:rsidRPr="00AF5E72">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>projevem pravé a svobodné vůle a je neodvolatelný.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F71BE3" w14:textId="77777777" w:rsidR="00315C16" w:rsidRPr="00AF5E72" w:rsidRDefault="00315C16" w:rsidP="00752537">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C37BB3F" w14:textId="77777777" w:rsidR="00315C16" w:rsidRPr="00204FA6" w:rsidRDefault="00315C16" w:rsidP="00752537">
+    <w:p w14:paraId="4FF59986" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="00AF5E72" w:rsidRDefault="00752537" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...287 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5569"/>
         <w:gridCol w:w="4060"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00752537" w:rsidRPr="007F167D" w14:paraId="6DF5D897" w14:textId="77777777" w:rsidTr="00A462F5">
+      <w:tr w:rsidR="00752537" w:rsidRPr="00AF5E72" w14:paraId="6DF5D897" w14:textId="77777777" w:rsidTr="00A462F5">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5637" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C0F7D27" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="007F167D" w:rsidRDefault="00752537" w:rsidP="00A462F5">
+          <w:p w14:paraId="1C0F7D27" w14:textId="77E6A9C7" w:rsidR="00752537" w:rsidRPr="00AF5E72" w:rsidRDefault="00752537" w:rsidP="006B3302">
             <w:pPr>
-              <w:spacing w:before="20"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:before="20" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AF5E72">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">V </w:t>
             </w:r>
-            <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:textInput>
+                    <w:maxLength w:val="50"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text5"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="0" w:name="Text5"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="194101FC" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="007F167D" w:rsidRDefault="00752537" w:rsidP="00A462F5">
+          <w:p w14:paraId="194101FC" w14:textId="1834343B" w:rsidR="00752537" w:rsidRPr="00AF5E72" w:rsidRDefault="00752537" w:rsidP="006B3302">
             <w:pPr>
-              <w:spacing w:before="20"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:before="20" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AF5E72">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dne </w:t>
             </w:r>
-            <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:textInput>
+                    <w:maxLength w:val="50"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text6"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="1" w:name="Text6"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00752537" w:rsidRPr="007F167D" w14:paraId="5BC30BF5" w14:textId="77777777" w:rsidTr="00A462F5">
+      <w:tr w:rsidR="00752537" w:rsidRPr="00AF5E72" w14:paraId="5BC30BF5" w14:textId="77777777" w:rsidTr="00A462F5">
         <w:trPr>
           <w:trHeight w:val="256"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5637" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B8313F7" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="007F167D" w:rsidRDefault="00752537" w:rsidP="00A462F5">
+          <w:p w14:paraId="0B8313F7" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="00AF5E72" w:rsidRDefault="00752537" w:rsidP="006B3302">
             <w:pPr>
-              <w:spacing w:before="20"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:before="20" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F167D">
-[...13 lines deleted...]
-              <w:t>manžela/manželky</w:t>
+            <w:r w:rsidRPr="00AF5E72">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jméno a příjmení manžela/manželky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA1AEFE" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="007F167D" w:rsidRDefault="00752537" w:rsidP="00AA5CC1">
+          <w:p w14:paraId="3EA1AEFE" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="00AF5E72" w:rsidRDefault="00752537" w:rsidP="006B3302">
             <w:pPr>
-              <w:spacing w:before="20"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:before="20" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AF5E72">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vlastnoruční podpis</w:t>
             </w:r>
-            <w:r w:rsidR="00103B73">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00103B73" w:rsidRPr="00AF5E72">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AA5CC1">
+            <w:r w:rsidR="00AA5CC1" w:rsidRPr="00AF5E72">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(úředně</w:t>
             </w:r>
-            <w:r w:rsidR="00103B73" w:rsidRPr="00103B73">
+            <w:r w:rsidR="00103B73" w:rsidRPr="00AF5E72">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ověřený</w:t>
             </w:r>
-            <w:r w:rsidR="00103B73">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00103B73" w:rsidRPr="00AF5E72">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00AF5E72">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00752537" w:rsidRPr="007F167D" w14:paraId="6ECA3D9F" w14:textId="77777777" w:rsidTr="00A462F5">
+      <w:tr w:rsidR="00752537" w:rsidRPr="00AF5E72" w14:paraId="6ECA3D9F" w14:textId="77777777" w:rsidTr="00A462F5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5637" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64AE8CFE" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="007F167D" w:rsidRDefault="002F33D2" w:rsidP="00A462F5">
+          <w:p w14:paraId="64AE8CFE" w14:textId="5624538B" w:rsidR="00752537" w:rsidRPr="00AF5E72" w:rsidRDefault="00687ADA" w:rsidP="00A462F5">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:textInput>
+                    <w:maxLength w:val="100"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text7"/>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="2" w:name="Text7"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00752537" w:rsidRPr="007F167D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00752537" w:rsidRPr="007F167D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00752537" w:rsidRPr="007F167D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00752537" w:rsidRPr="007F167D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00752537" w:rsidRPr="007F167D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763E80F" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="007F167D" w:rsidRDefault="00752537" w:rsidP="00A462F5">
+          <w:p w14:paraId="1763E80F" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="00AF5E72" w:rsidRDefault="00752537" w:rsidP="00A462F5">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FAAE31D" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="00747F20" w:rsidRDefault="00752537" w:rsidP="00752537">
+    <w:p w14:paraId="5FAAE31D" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="00AF5E72" w:rsidRDefault="00752537" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="2"/>
-          <w:szCs w:val="2"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39D7AE2C" w14:textId="77777777" w:rsidR="00752537" w:rsidRDefault="00752537" w:rsidP="00752537">
+    <w:p w14:paraId="39D7AE2C" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="00AF5E72" w:rsidRDefault="00752537" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
-          <w:szCs w:val="2"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22419146" w14:textId="77777777" w:rsidR="00F65711" w:rsidRDefault="00F65711" w:rsidP="00752537">
+    <w:p w14:paraId="22419146" w14:textId="77777777" w:rsidR="00F65711" w:rsidRPr="00AF5E72" w:rsidRDefault="00F65711" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="2"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="486EE240" w14:textId="77777777" w:rsidR="00F65711" w:rsidRDefault="00F65711" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60EA9773" w14:textId="77777777" w:rsidR="00F65711" w:rsidRDefault="00F65711" w:rsidP="00752537">
-[...30 lines deleted...]
-    </w:p>
     <w:p w14:paraId="79D0ED5B" w14:textId="77777777" w:rsidR="00F65711" w:rsidRDefault="00F65711" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F2EBCDC" w14:textId="77777777" w:rsidR="00F65711" w:rsidRDefault="00F65711" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F10270E" w14:textId="77777777" w:rsidR="00F65711" w:rsidRDefault="00F65711" w:rsidP="00752537">
+    <w:p w14:paraId="57898DDE" w14:textId="77777777" w:rsidR="00F65711" w:rsidRPr="0006323E" w:rsidRDefault="00F65711" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="2"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49B7037A" w14:textId="77777777" w:rsidR="00F65711" w:rsidRDefault="00F65711" w:rsidP="00752537">
+    <w:p w14:paraId="531452FE" w14:textId="77777777" w:rsidR="00F65711" w:rsidRPr="0006323E" w:rsidRDefault="00F65711" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="2"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D0D2C6D" w14:textId="77777777" w:rsidR="00F65711" w:rsidRDefault="00F65711" w:rsidP="00752537">
+    <w:p w14:paraId="4DC0AFD7" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="0006323E" w:rsidRDefault="00752537" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="2"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006323E">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7426B593" w14:textId="77777777" w:rsidR="00103B73" w:rsidRPr="0006323E" w:rsidRDefault="00103B73" w:rsidP="00752537">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006323E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pro záznamy </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3A0F" w:rsidRPr="0006323E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Národní</w:t>
+      </w:r>
+      <w:r w:rsidR="00573A19" w:rsidRPr="0006323E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rozvojové banky</w:t>
+      </w:r>
+      <w:r w:rsidR="00272A57" w:rsidRPr="0006323E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a. s. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C10CCE1" w14:textId="77777777" w:rsidR="00103B73" w:rsidRPr="0006323E" w:rsidRDefault="00103B73" w:rsidP="00752537">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D6E018D" w14:textId="77777777" w:rsidR="00F65711" w:rsidRDefault="00F65711" w:rsidP="00752537">
+    <w:p w14:paraId="7B908C9B" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="0006323E" w:rsidRDefault="00103B73" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-          <w:szCs w:val="2"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="0006323E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00752537" w:rsidRPr="0006323E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>anžel/manželka přede mnou tento dokument vlastnoručně podepsal.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="103E61A8" w14:textId="77777777" w:rsidR="00F65711" w:rsidRDefault="00F65711" w:rsidP="00752537">
+    <w:p w14:paraId="736F1157" w14:textId="321B0682" w:rsidR="00752537" w:rsidRPr="0006323E" w:rsidRDefault="00752537" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-          <w:szCs w:val="2"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...139 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="0006323E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Při podpisu předložen průkaz totožnosti č. </w:t>
       </w:r>
-      <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00BB5C40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text5"/>
+            <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
-            <w:textInput/>
+            <w:textInput>
+              <w:maxLength w:val="50"/>
+            </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="007F167D">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00BB5C40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...10 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00BB5C40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BB5C40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="007F167D">
+      <w:r w:rsidR="00BB5C40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F167D">
+      <w:r w:rsidR="00BB5C40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F167D">
+      <w:r w:rsidR="00BB5C40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F167D">
+      <w:r w:rsidR="00BB5C40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007F167D">
+      <w:r w:rsidR="00BB5C40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00BB5C40">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F91A57" w14:textId="77777777" w:rsidR="00752537" w:rsidRDefault="00752537" w:rsidP="00752537">
+    <w:p w14:paraId="06F91A57" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="0006323E" w:rsidRDefault="00752537" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5565"/>
         <w:gridCol w:w="4064"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00752537" w:rsidRPr="007F167D" w14:paraId="1579627C" w14:textId="77777777" w:rsidTr="00A462F5">
+      <w:tr w:rsidR="00752537" w:rsidRPr="0006323E" w14:paraId="1579627C" w14:textId="77777777" w:rsidTr="00A462F5">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5637" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D742618" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="007F167D" w:rsidRDefault="00752537" w:rsidP="00A571BB">
+          <w:p w14:paraId="1D742618" w14:textId="7F5DEE68" w:rsidR="00752537" w:rsidRPr="0006323E" w:rsidRDefault="00752537" w:rsidP="006B3302">
             <w:pPr>
-              <w:spacing w:before="20"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:before="20" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="0006323E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">V </w:t>
             </w:r>
-            <w:r w:rsidR="00AE60F8" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text5"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:textInput>
+                    <w:maxLength w:val="50"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00AE60F8" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00AE60F8" w:rsidRPr="007F167D">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AE60F8" w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00AE60F8" w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00AE60F8" w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00AE60F8" w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00AE60F8" w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00AE60F8" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BE619D3" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="007F167D" w:rsidRDefault="00752537" w:rsidP="00A462F5">
+          <w:p w14:paraId="0BE619D3" w14:textId="6A172A5F" w:rsidR="00752537" w:rsidRPr="0006323E" w:rsidRDefault="00752537" w:rsidP="006B3302">
             <w:pPr>
-              <w:spacing w:before="20"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:before="20" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="0006323E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dne </w:t>
             </w:r>
-            <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text6"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:textInput>
+                    <w:maxLength w:val="50"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
+            <w:r w:rsidR="00687ADA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="002F33D2" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00687ADA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00752537" w:rsidRPr="007F167D" w14:paraId="59D59ABF" w14:textId="77777777" w:rsidTr="00A462F5">
+      <w:tr w:rsidR="00752537" w:rsidRPr="0006323E" w14:paraId="59D59ABF" w14:textId="77777777" w:rsidTr="00A462F5">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5637" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC3F6AD" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="007F167D" w:rsidRDefault="00752537" w:rsidP="00A462F5">
+          <w:p w14:paraId="6CC3F6AD" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="0006323E" w:rsidRDefault="00752537" w:rsidP="006B3302">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F167D">
-[...13 lines deleted...]
-              <w:t>kontrolu průkazu totožnosti</w:t>
+            <w:r w:rsidRPr="0006323E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jméno, příjmení a zařazení zaměstnance banky, který provedl kontrolu průkazu totožnosti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34DB3D90" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="007F167D" w:rsidRDefault="00752537" w:rsidP="00A462F5">
+          <w:p w14:paraId="34DB3D90" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="0006323E" w:rsidRDefault="00752537" w:rsidP="006B3302">
             <w:pPr>
-              <w:spacing w:before="20"/>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:spacing w:before="20" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F167D">
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> banky</w:t>
+            <w:r w:rsidRPr="0006323E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Podpis zaměstnance banky</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00752537" w:rsidRPr="007F167D" w14:paraId="7CE3B12B" w14:textId="77777777" w:rsidTr="00A462F5">
+      <w:tr w:rsidR="00752537" w:rsidRPr="0006323E" w14:paraId="7CE3B12B" w14:textId="77777777" w:rsidTr="00A462F5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5637" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="729E7EA1" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="007F167D" w:rsidRDefault="002F33D2" w:rsidP="00A462F5">
+          <w:p w14:paraId="729E7EA1" w14:textId="6B28C207" w:rsidR="00752537" w:rsidRPr="0006323E" w:rsidRDefault="00687ADA" w:rsidP="00A462F5">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput/>
+                  <w:textInput>
+                    <w:maxLength w:val="100"/>
+                  </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00752537" w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:bookmarkStart w:id="3" w:name="Text9"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
-[...10 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00752537" w:rsidRPr="007F167D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00752537" w:rsidRPr="007F167D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00752537" w:rsidRPr="007F167D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00752537" w:rsidRPr="007F167D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00752537" w:rsidRPr="007F167D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007F167D">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="456CE03F" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="007F167D" w:rsidRDefault="00752537" w:rsidP="00A462F5">
+          <w:p w14:paraId="456CE03F" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="0006323E" w:rsidRDefault="00752537" w:rsidP="00A462F5">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4610A81F" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="00C8507C" w:rsidRDefault="00752537" w:rsidP="00752537">
+    <w:p w14:paraId="4610A81F" w14:textId="77777777" w:rsidR="00752537" w:rsidRPr="0006323E" w:rsidRDefault="00752537" w:rsidP="00752537">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="080E7D83" w14:textId="77777777" w:rsidR="001305BF" w:rsidRDefault="001305BF" w:rsidP="00752537"/>
     <w:sectPr w:rsidR="001305BF" w:rsidSect="00752537">
-      <w:footerReference w:type="default" r:id="rId9"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1304" w:right="1134" w:bottom="1304" w:left="1134" w:header="1077" w:footer="936" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...93 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26B11D45" w14:textId="77777777" w:rsidR="00AC4928" w:rsidRDefault="00AC4928">
+    <w:p w14:paraId="5F9E2E32" w14:textId="77777777" w:rsidR="006F4F66" w:rsidRDefault="006F4F66">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26101AAD" w14:textId="77777777" w:rsidR="00AC4928" w:rsidRDefault="00AC4928">
+    <w:p w14:paraId="273B24E9" w14:textId="77777777" w:rsidR="006F4F66" w:rsidRDefault="006F4F66">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2A5A4E9E" w14:textId="77777777" w:rsidR="00AF5E72" w:rsidRDefault="00AF5E72">
+    <w:pPr>
+      <w:pStyle w:val="Zpat"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6355622E" w14:textId="77777777" w:rsidR="005D0D8E" w:rsidRDefault="005D0D8E">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve">Strana: </w:t>
     </w:r>
     <w:r w:rsidR="002F33D2">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidR="002F33D2">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="001A3A0F">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="002F33D2">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="0B6CF417" w14:textId="77777777" w:rsidR="00712FEF" w:rsidRDefault="00B04C85" w:rsidP="00712FEF">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0B6CF417" w14:textId="77777777" w:rsidR="00712FEF" w:rsidRDefault="00000000" w:rsidP="00712FEF">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:pict w14:anchorId="6408B11F">
         <v:rect id="_x0000_i1025" style="width:481.95pt;height:.7pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="black" stroked="f"/>
       </w:pict>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6DDCCC74" w14:textId="66BA98D9" w:rsidR="005D0D8E" w:rsidRPr="00712FEF" w:rsidRDefault="001A3A0F" w:rsidP="00712FEF">
+  <w:p w14:paraId="6DDCCC74" w14:textId="7D75B1C8" w:rsidR="005D0D8E" w:rsidRPr="00712FEF" w:rsidRDefault="001A3A0F" w:rsidP="00712FEF">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Národní</w:t>
     </w:r>
     <w:r w:rsidR="00712FEF" w:rsidRPr="00712FEF">
       <w:rPr>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> rozvojová banka, a.s., </w:t>
     </w:r>
+    <w:r w:rsidR="00AF5E72" w:rsidRPr="0066776D">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>Přemyslovská 2845/43, Žižkov</w:t>
+    </w:r>
+    <w:r w:rsidR="00AF5E72" w:rsidRPr="00712FEF">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:r w:rsidR="00AF5E72" w:rsidRPr="0066776D">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>130 00 Praha 3</w:t>
+    </w:r>
     <w:r w:rsidR="00712FEF" w:rsidRPr="00712FEF">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>Jeruzalémská 964/4, 110 00 Praha 1, tel</w:t>
+      <w:t>, tel</w:t>
     </w:r>
     <w:r w:rsidR="00B04C85">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>.: 255 721 111, datová schránka: w9hdkyj</w:t>
     </w:r>
     <w:r w:rsidR="00712FEF" w:rsidRPr="00712FEF">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>, e-mail: info@</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>nrb</w:t>
     </w:r>
     <w:r w:rsidR="00712FEF" w:rsidRPr="00712FEF">
       <w:rPr>
         <w:sz w:val="14"/>
@@ -2824,70 +2285,90 @@
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>699005898</w:t>
     </w:r>
     <w:r w:rsidR="00712FEF" w:rsidRPr="00712FEF">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">, registrace v OR: Městský soud Praha, oddíl B, vložka 1329, bankovní spojení: 9505001018/4300 </w:t>
     </w:r>
     <w:r w:rsidR="00712FEF" w:rsidRPr="00712FEF">
       <w:rPr>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="734E99D4" w14:textId="77777777" w:rsidR="00AC4928" w:rsidRDefault="00AC4928">
+    <w:p w14:paraId="4AD6B892" w14:textId="77777777" w:rsidR="006F4F66" w:rsidRDefault="006F4F66">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="57671AE6" w14:textId="77777777" w:rsidR="00AC4928" w:rsidRDefault="00AC4928">
+    <w:p w14:paraId="31493738" w14:textId="77777777" w:rsidR="006F4F66" w:rsidRDefault="006F4F66">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26F67C57" w14:textId="77777777" w:rsidR="00AF5E72" w:rsidRDefault="00AF5E72">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5C2EA96B" w14:textId="77777777" w:rsidR="00AF5E72" w:rsidRDefault="00AF5E72">
+    <w:pPr>
+      <w:pStyle w:val="Zhlav"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="07305084" w14:textId="77777777" w:rsidR="005D0D8E" w:rsidRDefault="001A3A0F">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="432C6BBA" wp14:editId="1A2DA467">
           <wp:extent cx="1648627" cy="552450"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Obrázek 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="NRB_logo_RGB_okraj.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -2904,185 +2385,215 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1672844" cy="560565"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="638D8E46" w14:textId="77777777" w:rsidR="005D0D8E" w:rsidRDefault="005D0D8E">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="1XerqiERYUi0sOEbwKBg2rFy+/6r2hDNn60SSzSysoYoq+ahtM/iX7rJJ+p6XTGVj7UeL5z7jHzxT9zpOxEOqw==" w:salt="A7G8vLEIywVnfAhd74BCtQ=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EE13F4"/>
     <w:rsid w:val="0001347D"/>
     <w:rsid w:val="000508F7"/>
+    <w:rsid w:val="0006323E"/>
+    <w:rsid w:val="000A2727"/>
     <w:rsid w:val="000B22B6"/>
     <w:rsid w:val="00103B73"/>
     <w:rsid w:val="00106F81"/>
     <w:rsid w:val="001305BF"/>
+    <w:rsid w:val="00141429"/>
+    <w:rsid w:val="0019078B"/>
     <w:rsid w:val="001A3A0F"/>
     <w:rsid w:val="001C6232"/>
+    <w:rsid w:val="001E331A"/>
     <w:rsid w:val="00204FA6"/>
+    <w:rsid w:val="00252D39"/>
+    <w:rsid w:val="00253EED"/>
     <w:rsid w:val="00272A57"/>
     <w:rsid w:val="002B16D0"/>
     <w:rsid w:val="002F33D2"/>
     <w:rsid w:val="00315C16"/>
     <w:rsid w:val="003459B9"/>
+    <w:rsid w:val="00384DAB"/>
     <w:rsid w:val="00467DDF"/>
     <w:rsid w:val="004E7AD4"/>
     <w:rsid w:val="004F3D8B"/>
     <w:rsid w:val="0055038C"/>
     <w:rsid w:val="00552A08"/>
     <w:rsid w:val="00573A19"/>
     <w:rsid w:val="0059204F"/>
     <w:rsid w:val="005D0D8E"/>
+    <w:rsid w:val="00687ADA"/>
+    <w:rsid w:val="006915D4"/>
     <w:rsid w:val="006A1415"/>
+    <w:rsid w:val="006B3302"/>
     <w:rsid w:val="006C7F41"/>
+    <w:rsid w:val="006F4F66"/>
     <w:rsid w:val="00712FEF"/>
     <w:rsid w:val="00714C42"/>
     <w:rsid w:val="00725907"/>
     <w:rsid w:val="00741402"/>
     <w:rsid w:val="00752537"/>
     <w:rsid w:val="007A680B"/>
     <w:rsid w:val="007D61BA"/>
+    <w:rsid w:val="007E4A20"/>
     <w:rsid w:val="00805E08"/>
+    <w:rsid w:val="00824084"/>
     <w:rsid w:val="0085216B"/>
     <w:rsid w:val="0086786B"/>
     <w:rsid w:val="00895BE6"/>
     <w:rsid w:val="008A2EA7"/>
     <w:rsid w:val="008D077F"/>
+    <w:rsid w:val="009100CF"/>
+    <w:rsid w:val="009A133B"/>
+    <w:rsid w:val="009B2252"/>
+    <w:rsid w:val="00A07F31"/>
+    <w:rsid w:val="00A27E19"/>
     <w:rsid w:val="00A462F5"/>
     <w:rsid w:val="00A558E5"/>
     <w:rsid w:val="00A571BB"/>
     <w:rsid w:val="00A81F28"/>
     <w:rsid w:val="00AA5CC1"/>
+    <w:rsid w:val="00AB0EA4"/>
     <w:rsid w:val="00AC4928"/>
     <w:rsid w:val="00AE60F8"/>
+    <w:rsid w:val="00AF5E72"/>
     <w:rsid w:val="00B04C85"/>
     <w:rsid w:val="00B26F72"/>
+    <w:rsid w:val="00B30096"/>
+    <w:rsid w:val="00B44F64"/>
+    <w:rsid w:val="00BA0BEC"/>
+    <w:rsid w:val="00BB5C40"/>
+    <w:rsid w:val="00BC6D1F"/>
     <w:rsid w:val="00BF28E5"/>
+    <w:rsid w:val="00C70C38"/>
     <w:rsid w:val="00CF6D70"/>
     <w:rsid w:val="00D502ED"/>
     <w:rsid w:val="00D97A25"/>
     <w:rsid w:val="00E457E4"/>
     <w:rsid w:val="00E733CD"/>
     <w:rsid w:val="00EE13F4"/>
     <w:rsid w:val="00F05400"/>
     <w:rsid w:val="00F65711"/>
     <w:rsid w:val="00FA41F8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="12605E19"/>
   <w15:docId w15:val="{1FEA9961-B09E-425E-BB46-CAE973778AC8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3403,50 +2914,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="000508F7"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:qFormat/>
     <w:rsid w:val="000508F7"/>
     <w:pPr>
@@ -3613,60 +3129,62 @@
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normln"/>
     <w:link w:val="TextbublinyChar"/>
     <w:rsid w:val="00752537"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextbublinyChar">
     <w:name w:val="Text bubliny Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Textbubliny"/>
     <w:rsid w:val="00752537"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv sady Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -3930,69 +3448,107 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A39FC2FB-68B9-496D-9CED-13A2916F8089}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>150</Words>
-  <Characters>1190</Characters>
+  <Words>175</Words>
+  <Characters>1116</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>58</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Prohlášení manžela</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ČMZRB, a.s.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1338</CharactersWithSpaces>
+  <CharactersWithSpaces>1262</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prohlášení manžela</dc:title>
   <dc:subject>souhlas s podnikáním</dc:subject>
   <dc:creator>Loučková Renata</dc:creator>
   <cp:keywords>prohlášení</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_DOC_TYPE">
+    <vt:lpwstr>F056</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T15:34:06Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>2bf7f2c4-b89d-4848-8fef-ccaf16d1dcf9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>