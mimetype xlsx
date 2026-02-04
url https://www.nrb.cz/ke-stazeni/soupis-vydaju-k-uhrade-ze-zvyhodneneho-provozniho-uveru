--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -1,464 +1,586 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\sefcik\Documents\Šablony_průřezové\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Users\sefcik\Documents\Šablony_průřezové\Revize-SUP2\doplněné_Ivetou\pending\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{190FA485-B07B-49DE-900D-C8F2EA0D0A2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="UvGd5D8pEDGZxBNKIWx1y997rKQZWt3FOrETFDNNYxaWL4ViiUH5rggMd7hLs4Wa6Dqq+ZSWKAJb/4MFBUbwzQ==" workbookSaltValue="E9umKeos/+aidvt9+FbQDQ==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{92E2DC03-15CF-460A-B64B-D11B855E9DDA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{D3F737FE-F189-4F2C-8DB7-DE43B190900B}"/>
   </bookViews>
   <sheets>
-    <sheet name="Soupis_Faktur" sheetId="1" r:id="rId1"/>
+    <sheet name="F096" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Soupis_Faktur!$A$1:$AR$53</definedName>
-    <definedName name="zarazeni">Soupis_Faktur!$AZ$14:$AZ$18</definedName>
+    <definedName name="meny">'F096'!$BD$14:$BD$47</definedName>
+    <definedName name="zarazeni">'F096'!$BB$14:$BB$18</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AL15" i="1" l="1"/>
-[...43 lines deleted...]
-  <c r="AS17" i="1"/>
   <c r="J44" i="1" l="1"/>
-  <c r="AL36" i="1"/>
+  <c r="AN35" i="1"/>
+  <c r="AN34" i="1"/>
+  <c r="AN33" i="1"/>
+  <c r="AN32" i="1"/>
+  <c r="AN31" i="1"/>
+  <c r="AN30" i="1"/>
+  <c r="AN29" i="1"/>
+  <c r="AN28" i="1"/>
+  <c r="AN27" i="1"/>
+  <c r="AN26" i="1"/>
+  <c r="AN25" i="1"/>
+  <c r="AN24" i="1"/>
+  <c r="BB23" i="1"/>
+  <c r="AU24" i="1" s="1"/>
+  <c r="AN23" i="1"/>
+  <c r="AN22" i="1"/>
+  <c r="AN21" i="1"/>
+  <c r="AN20" i="1"/>
+  <c r="AN19" i="1"/>
+  <c r="AN18" i="1"/>
+  <c r="AN17" i="1"/>
+  <c r="AN16" i="1"/>
+  <c r="AN15" i="1"/>
+  <c r="AN14" i="1"/>
+  <c r="AN36" i="1" l="1"/>
   <c r="J42" i="1" s="1"/>
+  <c r="AU33" i="1"/>
+  <c r="AU35" i="1"/>
+  <c r="AU17" i="1"/>
+  <c r="AU23" i="1"/>
+  <c r="AU32" i="1"/>
+  <c r="AU29" i="1"/>
+  <c r="AU18" i="1"/>
+  <c r="AU30" i="1"/>
+  <c r="AU19" i="1"/>
+  <c r="AU25" i="1"/>
+  <c r="AU31" i="1"/>
+  <c r="AU14" i="1"/>
+  <c r="AU26" i="1"/>
+  <c r="AU15" i="1"/>
+  <c r="AU21" i="1"/>
+  <c r="AU27" i="1"/>
+  <c r="AU16" i="1"/>
+  <c r="AU22" i="1"/>
+  <c r="AU20" i="1"/>
+  <c r="AU28" i="1"/>
+  <c r="AU34" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="36">
-[...72 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="72">
   <si>
     <r>
       <t xml:space="preserve">Soupis výdajů k úhradě ze Zvýhodněného provozního úvěru
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>(příloha žádosti o čerpání Zvýhodněného úvěru)</t>
     </r>
   </si>
   <si>
+    <t>Smlouva o úvěru č.</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Klient</t>
+  </si>
+  <si>
+    <t>IČO/RČ</t>
+  </si>
+  <si>
+    <t>Pojmy začínající velkým písmenem mají stejný význam jako ve Smlouvě o zvýhodněném úvěru, není-li uvedeno jinak.</t>
+  </si>
+  <si>
+    <t>Klient prohlašuje, že prostředky Zvýhodněného úvěru čerpané na jeho Účet pro vrácení přeplatku použije v souladu s ujednáními Smlouvy o zvýhodněném úvěru k úhradě těchto Faktur:</t>
+  </si>
+  <si>
+    <t>Identifikace Faktury</t>
+  </si>
+  <si>
+    <t>Předmět Faktury</t>
+  </si>
+  <si>
+    <t>Druh provozního výdaje</t>
+  </si>
+  <si>
+    <t>Datum
+splatnosti</t>
+  </si>
+  <si>
+    <t>Uhra-
+zena</t>
+  </si>
+  <si>
+    <t>Částka k úhradě v měně Faktury</t>
+  </si>
+  <si>
     <t>Kurz</t>
-  </si>
-[...1 lines deleted...]
-    <t>Částka k úhradě v měně Faktury</t>
   </si>
   <si>
     <t>Částka k úhradě
 v Kč</t>
   </si>
   <si>
     <t>Vyplní
 Banka</t>
   </si>
   <si>
+    <t>zarazeni</t>
+  </si>
+  <si>
+    <t>Drobný hmotný/nehmotný majetek</t>
+  </si>
+  <si>
+    <t>Zásoby</t>
+  </si>
+  <si>
+    <t>Nájemné</t>
+  </si>
+  <si>
+    <t>Materiál, energie</t>
+  </si>
+  <si>
+    <t>Jiné</t>
+  </si>
+  <si>
+    <t>hláška</t>
+  </si>
+  <si>
+    <t>Faktura nesmí být déle než 30 dní po splatnosti</t>
+  </si>
+  <si>
     <t>Celkem k úhradě (Kč)</t>
   </si>
   <si>
+    <t>Klient dále prohlašuje, že Faktury uvedené výše splňují podmínky způsobilosti výdajů stanovené ve Smlouvě o zvýhodněném úvěru.</t>
+  </si>
+  <si>
     <t>Celková částka k úhradě činí:</t>
   </si>
   <si>
+    <t>Kč</t>
+  </si>
+  <si>
     <t>Uznaná výše způsobilých výdajů:</t>
   </si>
   <si>
-    <t>Klient dále prohlašuje, že Faktury uvedené výše splňují podmínky způsobilosti výdajů stanovené ve Smlouvě o zvýhodněném úvěru.</t>
-[...4 lines deleted...]
-  <si>
     <t>Kč (vyplní Banka)</t>
   </si>
   <si>
-    <t>Drobný hmotný/nehmotný majetek</t>
-[...16 lines deleted...]
-  <si>
     <t>V(e)</t>
   </si>
   <si>
-    <t>Klient prohlašuje, že prostředky Zvýhodněného úvěru čerpané na jeho Účet pro vrácení přeplatku použije v souladu s ujednáními Smlouvy o zvýhodněném úvěru k úhradě těchto Faktur:</t>
-[...2 lines deleted...]
-    <t>Smlouva o úvěru č.</t>
+    <t>dne</t>
+  </si>
+  <si>
+    <r>
+      <t>Jméno a příjmení osoby oprávněné zastupovat Klienta</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Podpis osoby oprávněné zastupovat Klienta</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Razítko, pokud je součástí podpisu Klienta</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>1)</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">1) </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve">Vyplňuje pouze Klient, který </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>nemá</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> s Bankou uzavřenu smlouvu o využívání aplikace E-podatelna.</t>
     </r>
   </si>
   <si>
-    <t>hláška</t>
-[...6 lines deleted...]
-    <t>Faktura nesmí být déle než 30 dní po splatnosti</t>
+    <t>Měna</t>
+  </si>
+  <si>
+    <t>měna</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>AUD</t>
+  </si>
+  <si>
+    <t>BGN</t>
+  </si>
+  <si>
+    <t>BRL</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>CNY</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>HRK</t>
+  </si>
+  <si>
+    <t>HUF</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>IDR</t>
+  </si>
+  <si>
+    <t>ILS</t>
+  </si>
+  <si>
+    <t>INR</t>
+  </si>
+  <si>
+    <t>ISK</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>MXN</t>
+  </si>
+  <si>
+    <t>MYR</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NZD</t>
+  </si>
+  <si>
+    <t>PHP</t>
+  </si>
+  <si>
+    <t>PLN</t>
+  </si>
+  <si>
+    <t>RON</t>
+  </si>
+  <si>
+    <t>RUB</t>
+  </si>
+  <si>
+    <t>SEK</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>THB</t>
+  </si>
+  <si>
+    <t>TRY</t>
+  </si>
+  <si>
+    <t>XDR</t>
+  </si>
+  <si>
+    <t>ZAR</t>
+  </si>
+  <si>
+    <t>CZK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...12 lines deleted...]
-    <font>
       <b/>
-      <sz val="9"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
-      <b/>
-      <sz val="12"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="0" tint="-0.499984740745262"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
-      <charset val="238"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -501,691 +623,727 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right/>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...242 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="75">
+  <cellXfs count="77">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="7" fillId="2" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="7" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="7" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="6" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...6 lines deleted...]
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="4" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...21 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...100 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
-    <a:clrScheme name="Kancelář">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Kancelář">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Kancelář">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1200,65 +1358,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1279,2208 +1437,2440 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:BA53"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FA59206A-6307-4DFF-B24F-236B300C99D3}">
+  <dimension ref="A1:BD53"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="85" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F3" sqref="F3:H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="32" width="3.7109375" style="8" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="53" max="53" width="9.140625" hidden="1" customWidth="1"/>
+    <col min="1" max="34" width="3.7109375" style="8" customWidth="1"/>
+    <col min="35" max="39" width="3.7109375" style="1" customWidth="1"/>
+    <col min="40" max="43" width="3.7109375" customWidth="1"/>
+    <col min="44" max="44" width="0.85546875" customWidth="1"/>
+    <col min="45" max="53" width="3.7109375" customWidth="1"/>
+    <col min="54" max="54" width="28.140625" style="2" hidden="1" customWidth="1"/>
+    <col min="55" max="55" width="9.140625" hidden="1" customWidth="1"/>
+    <col min="56" max="56" width="0" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:52" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
-[...59 lines deleted...]
-      <c r="A5" s="3" t="s">
+    <row r="1" spans="1:56" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="33" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="34"/>
+      <c r="C1" s="34"/>
+      <c r="D1" s="34"/>
+      <c r="E1" s="34"/>
+      <c r="F1" s="34"/>
+      <c r="G1" s="34"/>
+      <c r="H1" s="34"/>
+      <c r="I1" s="34"/>
+      <c r="J1" s="34"/>
+      <c r="K1" s="34"/>
+      <c r="L1" s="34"/>
+      <c r="M1" s="34"/>
+      <c r="N1" s="34"/>
+      <c r="O1" s="34"/>
+      <c r="P1" s="34"/>
+      <c r="Q1" s="34"/>
+      <c r="R1" s="34"/>
+      <c r="S1" s="34"/>
+      <c r="T1" s="34"/>
+      <c r="U1" s="34"/>
+      <c r="V1" s="34"/>
+      <c r="W1" s="34"/>
+      <c r="X1" s="34"/>
+      <c r="Y1" s="34"/>
+      <c r="Z1" s="34"/>
+      <c r="AA1" s="34"/>
+      <c r="AB1" s="34"/>
+      <c r="AC1" s="34"/>
+      <c r="AD1" s="34"/>
+      <c r="AE1" s="34"/>
+      <c r="AF1" s="34"/>
+      <c r="AG1" s="34"/>
+      <c r="AH1" s="34"/>
+      <c r="AI1" s="34"/>
+      <c r="AJ1" s="34"/>
+      <c r="AK1" s="34"/>
+    </row>
+    <row r="3" spans="1:56" s="4" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="F3" s="35"/>
+      <c r="G3" s="35"/>
+      <c r="H3" s="35"/>
+      <c r="I3" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="J3" s="36"/>
+      <c r="K3" s="36"/>
+      <c r="L3" s="36"/>
+      <c r="M3" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="N3" s="37"/>
+      <c r="O3" s="37"/>
+    </row>
+    <row r="4" spans="1:56" s="6" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="1:56" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" s="38"/>
+      <c r="D5" s="39"/>
+      <c r="E5" s="39"/>
+      <c r="F5" s="39"/>
+      <c r="G5" s="39"/>
+      <c r="H5" s="39"/>
+      <c r="I5" s="39"/>
+      <c r="J5" s="39"/>
+      <c r="K5" s="39"/>
+      <c r="L5" s="39"/>
+      <c r="M5" s="39"/>
+      <c r="N5" s="39"/>
+      <c r="O5" s="39"/>
+      <c r="P5" s="39"/>
+      <c r="Q5" s="39"/>
+      <c r="R5" s="39"/>
+      <c r="S5" s="39"/>
+      <c r="T5" s="39"/>
+      <c r="U5" s="39"/>
+      <c r="V5" s="39"/>
+      <c r="W5" s="39"/>
+      <c r="X5" s="39"/>
+      <c r="Y5" s="39"/>
+      <c r="Z5" s="40"/>
+    </row>
+    <row r="6" spans="1:56" s="6" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="7" spans="1:56" s="6" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="37"/>
-[...26 lines deleted...]
-      <c r="A7" s="3" t="s">
+      <c r="C7" s="38"/>
+      <c r="D7" s="39"/>
+      <c r="E7" s="39"/>
+      <c r="F7" s="39"/>
+      <c r="G7" s="39"/>
+      <c r="H7" s="39"/>
+      <c r="I7" s="39"/>
+      <c r="J7" s="39"/>
+      <c r="K7" s="39"/>
+      <c r="L7" s="40"/>
+    </row>
+    <row r="9" spans="1:56" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C7" s="37"/>
-[...17 lines deleted...]
-      <c r="AH10" s="8"/>
+    </row>
+    <row r="10" spans="1:56" x14ac:dyDescent="0.25">
       <c r="AI10" s="8"/>
       <c r="AJ10" s="8"/>
       <c r="AK10" s="8"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="42" t="s">
+      <c r="AL10" s="8"/>
+      <c r="AM10" s="8"/>
+    </row>
+    <row r="11" spans="1:56" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="23" t="s">
+        <v>6</v>
+      </c>
+      <c r="B11" s="23"/>
+      <c r="C11" s="23"/>
+      <c r="D11" s="23"/>
+      <c r="E11" s="23"/>
+      <c r="F11" s="23"/>
+      <c r="G11" s="23"/>
+      <c r="H11" s="23"/>
+      <c r="I11" s="23"/>
+      <c r="J11" s="23"/>
+      <c r="K11" s="23"/>
+      <c r="L11" s="23"/>
+      <c r="M11" s="23"/>
+      <c r="N11" s="23"/>
+      <c r="O11" s="23"/>
+      <c r="P11" s="23"/>
+      <c r="Q11" s="23"/>
+      <c r="R11" s="23"/>
+      <c r="S11" s="23"/>
+      <c r="T11" s="23"/>
+      <c r="U11" s="23"/>
+      <c r="V11" s="23"/>
+      <c r="W11" s="23"/>
+      <c r="X11" s="23"/>
+      <c r="Y11" s="23"/>
+      <c r="Z11" s="23"/>
+      <c r="AA11" s="23"/>
+      <c r="AB11" s="23"/>
+      <c r="AC11" s="23"/>
+      <c r="AD11" s="23"/>
+      <c r="AE11" s="23"/>
+      <c r="AF11" s="23"/>
+      <c r="AG11" s="23"/>
+      <c r="AH11" s="23"/>
+      <c r="AI11" s="23"/>
+      <c r="AJ11" s="23"/>
+      <c r="AK11" s="23"/>
+      <c r="AL11" s="8"/>
+      <c r="AM11" s="8"/>
+    </row>
+    <row r="12" spans="1:56" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="AI12" s="8"/>
+      <c r="AJ12" s="8"/>
+      <c r="AK12" s="8"/>
+    </row>
+    <row r="13" spans="1:56" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="25"/>
+      <c r="C13" s="25"/>
+      <c r="D13" s="25"/>
+      <c r="E13" s="25"/>
+      <c r="F13" s="25"/>
+      <c r="G13" s="25"/>
+      <c r="H13" s="26"/>
+      <c r="I13" s="27" t="s">
+        <v>8</v>
+      </c>
+      <c r="J13" s="25"/>
+      <c r="K13" s="25"/>
+      <c r="L13" s="25"/>
+      <c r="M13" s="25"/>
+      <c r="N13" s="25"/>
+      <c r="O13" s="25"/>
+      <c r="P13" s="25"/>
+      <c r="Q13" s="26"/>
+      <c r="R13" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="S13" s="25"/>
+      <c r="T13" s="25"/>
+      <c r="U13" s="25"/>
+      <c r="V13" s="25"/>
+      <c r="W13" s="25"/>
+      <c r="X13" s="25"/>
+      <c r="Y13" s="26"/>
+      <c r="Z13" s="28" t="s">
+        <v>10</v>
+      </c>
+      <c r="AA13" s="29"/>
+      <c r="AB13" s="29"/>
+      <c r="AC13" s="30"/>
+      <c r="AD13" s="31" t="s">
+        <v>11</v>
+      </c>
+      <c r="AE13" s="32"/>
+      <c r="AF13" s="31" t="s">
+        <v>36</v>
+      </c>
+      <c r="AG13" s="32"/>
+      <c r="AH13" s="28" t="s">
+        <v>12</v>
+      </c>
+      <c r="AI13" s="29"/>
+      <c r="AJ13" s="29"/>
+      <c r="AK13" s="30"/>
+      <c r="AL13" s="32" t="s">
+        <v>13</v>
+      </c>
+      <c r="AM13" s="32"/>
+      <c r="AN13" s="31" t="s">
+        <v>14</v>
+      </c>
+      <c r="AO13" s="32"/>
+      <c r="AP13" s="32"/>
+      <c r="AQ13" s="41"/>
+      <c r="AS13" s="42" t="s">
+        <v>15</v>
+      </c>
+      <c r="AT13" s="43"/>
+      <c r="BB13" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="BD13" s="21" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A14" s="44"/>
+      <c r="B14" s="45"/>
+      <c r="C14" s="45"/>
+      <c r="D14" s="45"/>
+      <c r="E14" s="45"/>
+      <c r="F14" s="45"/>
+      <c r="G14" s="45"/>
+      <c r="H14" s="45"/>
+      <c r="I14" s="45"/>
+      <c r="J14" s="45"/>
+      <c r="K14" s="45"/>
+      <c r="L14" s="45"/>
+      <c r="M14" s="45"/>
+      <c r="N14" s="45"/>
+      <c r="O14" s="45"/>
+      <c r="P14" s="45"/>
+      <c r="Q14" s="45"/>
+      <c r="R14" s="45"/>
+      <c r="S14" s="45"/>
+      <c r="T14" s="45"/>
+      <c r="U14" s="45"/>
+      <c r="V14" s="45"/>
+      <c r="W14" s="45"/>
+      <c r="X14" s="45"/>
+      <c r="Y14" s="45"/>
+      <c r="Z14" s="46"/>
+      <c r="AA14" s="46"/>
+      <c r="AB14" s="46"/>
+      <c r="AC14" s="46"/>
+      <c r="AD14" s="47"/>
+      <c r="AE14" s="47"/>
+      <c r="AF14" s="47"/>
+      <c r="AG14" s="47"/>
+      <c r="AH14" s="48"/>
+      <c r="AI14" s="48"/>
+      <c r="AJ14" s="48"/>
+      <c r="AK14" s="48"/>
+      <c r="AL14" s="47"/>
+      <c r="AM14" s="47"/>
+      <c r="AN14" s="49" t="str">
+        <f>IF(AH14="","",IF(AL14="",AH14,ROUND(AH14*AL14,2)))</f>
+        <v/>
+      </c>
+      <c r="AO14" s="49"/>
+      <c r="AP14" s="49"/>
+      <c r="AQ14" s="50"/>
+      <c r="AS14" s="51"/>
+      <c r="AT14" s="52"/>
+      <c r="AU14" s="10" t="str">
+        <f ca="1">IF(AND(Z14&lt;&gt;"",($BB$23-Z14)&gt;$BB$22),$BB$21,"")</f>
+        <v/>
+      </c>
+      <c r="BB14" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="BD14" s="22" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="15" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A15" s="44"/>
+      <c r="B15" s="45"/>
+      <c r="C15" s="45"/>
+      <c r="D15" s="45"/>
+      <c r="E15" s="45"/>
+      <c r="F15" s="45"/>
+      <c r="G15" s="45"/>
+      <c r="H15" s="45"/>
+      <c r="I15" s="45"/>
+      <c r="J15" s="45"/>
+      <c r="K15" s="45"/>
+      <c r="L15" s="45"/>
+      <c r="M15" s="45"/>
+      <c r="N15" s="45"/>
+      <c r="O15" s="45"/>
+      <c r="P15" s="45"/>
+      <c r="Q15" s="45"/>
+      <c r="R15" s="45"/>
+      <c r="S15" s="45"/>
+      <c r="T15" s="45"/>
+      <c r="U15" s="45"/>
+      <c r="V15" s="45"/>
+      <c r="W15" s="45"/>
+      <c r="X15" s="45"/>
+      <c r="Y15" s="45"/>
+      <c r="Z15" s="46"/>
+      <c r="AA15" s="46"/>
+      <c r="AB15" s="46"/>
+      <c r="AC15" s="46"/>
+      <c r="AD15" s="47"/>
+      <c r="AE15" s="47"/>
+      <c r="AF15" s="47"/>
+      <c r="AG15" s="47"/>
+      <c r="AH15" s="48"/>
+      <c r="AI15" s="48"/>
+      <c r="AJ15" s="48"/>
+      <c r="AK15" s="48"/>
+      <c r="AL15" s="47"/>
+      <c r="AM15" s="47"/>
+      <c r="AN15" s="49" t="str">
+        <f t="shared" ref="AN15:AN35" si="0">IF(AH15="","",IF(AL15="",AH15,ROUND(AH15*AL15,2)))</f>
+        <v/>
+      </c>
+      <c r="AO15" s="49"/>
+      <c r="AP15" s="49"/>
+      <c r="AQ15" s="50"/>
+      <c r="AS15" s="51"/>
+      <c r="AT15" s="52"/>
+      <c r="AU15" s="10" t="str">
+        <f t="shared" ref="AU15:AU35" ca="1" si="1">IF(AND(Z15&lt;&gt;"",($BB$23-Z15)&gt;$BB$22),$BB$21,"")</f>
+        <v/>
+      </c>
+      <c r="BB15" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="BD15" s="22" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="16" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A16" s="44"/>
+      <c r="B16" s="45"/>
+      <c r="C16" s="45"/>
+      <c r="D16" s="45"/>
+      <c r="E16" s="45"/>
+      <c r="F16" s="45"/>
+      <c r="G16" s="45"/>
+      <c r="H16" s="45"/>
+      <c r="I16" s="45"/>
+      <c r="J16" s="45"/>
+      <c r="K16" s="45"/>
+      <c r="L16" s="45"/>
+      <c r="M16" s="45"/>
+      <c r="N16" s="45"/>
+      <c r="O16" s="45"/>
+      <c r="P16" s="45"/>
+      <c r="Q16" s="45"/>
+      <c r="R16" s="45"/>
+      <c r="S16" s="45"/>
+      <c r="T16" s="45"/>
+      <c r="U16" s="45"/>
+      <c r="V16" s="45"/>
+      <c r="W16" s="45"/>
+      <c r="X16" s="45"/>
+      <c r="Y16" s="45"/>
+      <c r="Z16" s="46"/>
+      <c r="AA16" s="46"/>
+      <c r="AB16" s="46"/>
+      <c r="AC16" s="46"/>
+      <c r="AD16" s="47"/>
+      <c r="AE16" s="47"/>
+      <c r="AF16" s="47"/>
+      <c r="AG16" s="47"/>
+      <c r="AH16" s="48"/>
+      <c r="AI16" s="48"/>
+      <c r="AJ16" s="48"/>
+      <c r="AK16" s="48"/>
+      <c r="AL16" s="47"/>
+      <c r="AM16" s="47"/>
+      <c r="AN16" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO16" s="49"/>
+      <c r="AP16" s="49"/>
+      <c r="AQ16" s="50"/>
+      <c r="AS16" s="51"/>
+      <c r="AT16" s="52"/>
+      <c r="AU16" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BB16" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="BD16" s="22" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="17" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A17" s="44"/>
+      <c r="B17" s="45"/>
+      <c r="C17" s="45"/>
+      <c r="D17" s="45"/>
+      <c r="E17" s="45"/>
+      <c r="F17" s="45"/>
+      <c r="G17" s="45"/>
+      <c r="H17" s="45"/>
+      <c r="I17" s="45"/>
+      <c r="J17" s="45"/>
+      <c r="K17" s="45"/>
+      <c r="L17" s="45"/>
+      <c r="M17" s="45"/>
+      <c r="N17" s="45"/>
+      <c r="O17" s="45"/>
+      <c r="P17" s="45"/>
+      <c r="Q17" s="45"/>
+      <c r="R17" s="45"/>
+      <c r="S17" s="45"/>
+      <c r="T17" s="45"/>
+      <c r="U17" s="45"/>
+      <c r="V17" s="45"/>
+      <c r="W17" s="45"/>
+      <c r="X17" s="45"/>
+      <c r="Y17" s="45"/>
+      <c r="Z17" s="46"/>
+      <c r="AA17" s="46"/>
+      <c r="AB17" s="46"/>
+      <c r="AC17" s="46"/>
+      <c r="AD17" s="47"/>
+      <c r="AE17" s="47"/>
+      <c r="AF17" s="47"/>
+      <c r="AG17" s="47"/>
+      <c r="AH17" s="48"/>
+      <c r="AI17" s="48"/>
+      <c r="AJ17" s="48"/>
+      <c r="AK17" s="48"/>
+      <c r="AL17" s="47"/>
+      <c r="AM17" s="47"/>
+      <c r="AN17" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO17" s="49"/>
+      <c r="AP17" s="49"/>
+      <c r="AQ17" s="50"/>
+      <c r="AS17" s="51"/>
+      <c r="AT17" s="52"/>
+      <c r="AU17" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BB17" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="BD17" s="22" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="18" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A18" s="44"/>
+      <c r="B18" s="45"/>
+      <c r="C18" s="45"/>
+      <c r="D18" s="45"/>
+      <c r="E18" s="45"/>
+      <c r="F18" s="45"/>
+      <c r="G18" s="45"/>
+      <c r="H18" s="45"/>
+      <c r="I18" s="45"/>
+      <c r="J18" s="45"/>
+      <c r="K18" s="45"/>
+      <c r="L18" s="45"/>
+      <c r="M18" s="45"/>
+      <c r="N18" s="45"/>
+      <c r="O18" s="45"/>
+      <c r="P18" s="45"/>
+      <c r="Q18" s="45"/>
+      <c r="R18" s="45"/>
+      <c r="S18" s="45"/>
+      <c r="T18" s="45"/>
+      <c r="U18" s="45"/>
+      <c r="V18" s="45"/>
+      <c r="W18" s="45"/>
+      <c r="X18" s="45"/>
+      <c r="Y18" s="45"/>
+      <c r="Z18" s="46"/>
+      <c r="AA18" s="46"/>
+      <c r="AB18" s="46"/>
+      <c r="AC18" s="46"/>
+      <c r="AD18" s="47"/>
+      <c r="AE18" s="47"/>
+      <c r="AF18" s="47"/>
+      <c r="AG18" s="47"/>
+      <c r="AH18" s="48"/>
+      <c r="AI18" s="48"/>
+      <c r="AJ18" s="48"/>
+      <c r="AK18" s="48"/>
+      <c r="AL18" s="47"/>
+      <c r="AM18" s="47"/>
+      <c r="AN18" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO18" s="49"/>
+      <c r="AP18" s="49"/>
+      <c r="AQ18" s="50"/>
+      <c r="AS18" s="51"/>
+      <c r="AT18" s="52"/>
+      <c r="AU18" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BB18" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="BD18" s="22" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="19" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A19" s="44"/>
+      <c r="B19" s="45"/>
+      <c r="C19" s="45"/>
+      <c r="D19" s="45"/>
+      <c r="E19" s="45"/>
+      <c r="F19" s="45"/>
+      <c r="G19" s="45"/>
+      <c r="H19" s="45"/>
+      <c r="I19" s="45"/>
+      <c r="J19" s="45"/>
+      <c r="K19" s="45"/>
+      <c r="L19" s="45"/>
+      <c r="M19" s="45"/>
+      <c r="N19" s="45"/>
+      <c r="O19" s="45"/>
+      <c r="P19" s="45"/>
+      <c r="Q19" s="45"/>
+      <c r="R19" s="45"/>
+      <c r="S19" s="45"/>
+      <c r="T19" s="45"/>
+      <c r="U19" s="45"/>
+      <c r="V19" s="45"/>
+      <c r="W19" s="45"/>
+      <c r="X19" s="45"/>
+      <c r="Y19" s="45"/>
+      <c r="Z19" s="46"/>
+      <c r="AA19" s="46"/>
+      <c r="AB19" s="46"/>
+      <c r="AC19" s="46"/>
+      <c r="AD19" s="47"/>
+      <c r="AE19" s="47"/>
+      <c r="AF19" s="47"/>
+      <c r="AG19" s="47"/>
+      <c r="AH19" s="48"/>
+      <c r="AI19" s="48"/>
+      <c r="AJ19" s="48"/>
+      <c r="AK19" s="48"/>
+      <c r="AL19" s="47"/>
+      <c r="AM19" s="47"/>
+      <c r="AN19" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO19" s="49"/>
+      <c r="AP19" s="49"/>
+      <c r="AQ19" s="50"/>
+      <c r="AS19" s="51"/>
+      <c r="AT19" s="52"/>
+      <c r="AU19" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BD19" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="20" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A20" s="44"/>
+      <c r="B20" s="45"/>
+      <c r="C20" s="45"/>
+      <c r="D20" s="45"/>
+      <c r="E20" s="45"/>
+      <c r="F20" s="45"/>
+      <c r="G20" s="45"/>
+      <c r="H20" s="45"/>
+      <c r="I20" s="45"/>
+      <c r="J20" s="45"/>
+      <c r="K20" s="45"/>
+      <c r="L20" s="45"/>
+      <c r="M20" s="45"/>
+      <c r="N20" s="45"/>
+      <c r="O20" s="45"/>
+      <c r="P20" s="45"/>
+      <c r="Q20" s="45"/>
+      <c r="R20" s="45"/>
+      <c r="S20" s="45"/>
+      <c r="T20" s="45"/>
+      <c r="U20" s="45"/>
+      <c r="V20" s="45"/>
+      <c r="W20" s="45"/>
+      <c r="X20" s="45"/>
+      <c r="Y20" s="45"/>
+      <c r="Z20" s="46"/>
+      <c r="AA20" s="46"/>
+      <c r="AB20" s="46"/>
+      <c r="AC20" s="46"/>
+      <c r="AD20" s="47"/>
+      <c r="AE20" s="47"/>
+      <c r="AF20" s="47"/>
+      <c r="AG20" s="47"/>
+      <c r="AH20" s="48"/>
+      <c r="AI20" s="48"/>
+      <c r="AJ20" s="48"/>
+      <c r="AK20" s="48"/>
+      <c r="AL20" s="47"/>
+      <c r="AM20" s="47"/>
+      <c r="AN20" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO20" s="49"/>
+      <c r="AP20" s="49"/>
+      <c r="AQ20" s="50"/>
+      <c r="AS20" s="51"/>
+      <c r="AT20" s="52"/>
+      <c r="AU20" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BB20" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="BD20" s="22" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="21" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A21" s="44"/>
+      <c r="B21" s="45"/>
+      <c r="C21" s="45"/>
+      <c r="D21" s="45"/>
+      <c r="E21" s="45"/>
+      <c r="F21" s="45"/>
+      <c r="G21" s="45"/>
+      <c r="H21" s="45"/>
+      <c r="I21" s="45"/>
+      <c r="J21" s="45"/>
+      <c r="K21" s="45"/>
+      <c r="L21" s="45"/>
+      <c r="M21" s="45"/>
+      <c r="N21" s="45"/>
+      <c r="O21" s="45"/>
+      <c r="P21" s="45"/>
+      <c r="Q21" s="45"/>
+      <c r="R21" s="45"/>
+      <c r="S21" s="45"/>
+      <c r="T21" s="45"/>
+      <c r="U21" s="45"/>
+      <c r="V21" s="45"/>
+      <c r="W21" s="45"/>
+      <c r="X21" s="45"/>
+      <c r="Y21" s="45"/>
+      <c r="Z21" s="46"/>
+      <c r="AA21" s="46"/>
+      <c r="AB21" s="46"/>
+      <c r="AC21" s="46"/>
+      <c r="AD21" s="47"/>
+      <c r="AE21" s="47"/>
+      <c r="AF21" s="47"/>
+      <c r="AG21" s="47"/>
+      <c r="AH21" s="48"/>
+      <c r="AI21" s="48"/>
+      <c r="AJ21" s="48"/>
+      <c r="AK21" s="48"/>
+      <c r="AL21" s="47"/>
+      <c r="AM21" s="47"/>
+      <c r="AN21" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO21" s="49"/>
+      <c r="AP21" s="49"/>
+      <c r="AQ21" s="50"/>
+      <c r="AS21" s="51"/>
+      <c r="AT21" s="52"/>
+      <c r="AU21" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BB21" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="BD21" s="22" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="22" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A22" s="44"/>
+      <c r="B22" s="45"/>
+      <c r="C22" s="45"/>
+      <c r="D22" s="45"/>
+      <c r="E22" s="45"/>
+      <c r="F22" s="45"/>
+      <c r="G22" s="45"/>
+      <c r="H22" s="45"/>
+      <c r="I22" s="45"/>
+      <c r="J22" s="45"/>
+      <c r="K22" s="45"/>
+      <c r="L22" s="45"/>
+      <c r="M22" s="45"/>
+      <c r="N22" s="45"/>
+      <c r="O22" s="45"/>
+      <c r="P22" s="45"/>
+      <c r="Q22" s="45"/>
+      <c r="R22" s="45"/>
+      <c r="S22" s="45"/>
+      <c r="T22" s="45"/>
+      <c r="U22" s="45"/>
+      <c r="V22" s="45"/>
+      <c r="W22" s="45"/>
+      <c r="X22" s="45"/>
+      <c r="Y22" s="45"/>
+      <c r="Z22" s="46"/>
+      <c r="AA22" s="46"/>
+      <c r="AB22" s="46"/>
+      <c r="AC22" s="46"/>
+      <c r="AD22" s="47"/>
+      <c r="AE22" s="47"/>
+      <c r="AF22" s="47"/>
+      <c r="AG22" s="47"/>
+      <c r="AH22" s="48"/>
+      <c r="AI22" s="48"/>
+      <c r="AJ22" s="48"/>
+      <c r="AK22" s="48"/>
+      <c r="AL22" s="47"/>
+      <c r="AM22" s="47"/>
+      <c r="AN22" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO22" s="49"/>
+      <c r="AP22" s="49"/>
+      <c r="AQ22" s="50"/>
+      <c r="AS22" s="51"/>
+      <c r="AT22" s="52"/>
+      <c r="AU22" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BB22" s="11">
         <v>30</v>
       </c>
-      <c r="B11" s="42"/>
-[...42 lines deleted...]
-      <c r="A13" s="26" t="s">
+      <c r="BD22" s="22" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="23" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A23" s="44"/>
+      <c r="B23" s="45"/>
+      <c r="C23" s="45"/>
+      <c r="D23" s="45"/>
+      <c r="E23" s="45"/>
+      <c r="F23" s="45"/>
+      <c r="G23" s="45"/>
+      <c r="H23" s="45"/>
+      <c r="I23" s="45"/>
+      <c r="J23" s="45"/>
+      <c r="K23" s="45"/>
+      <c r="L23" s="45"/>
+      <c r="M23" s="45"/>
+      <c r="N23" s="45"/>
+      <c r="O23" s="45"/>
+      <c r="P23" s="45"/>
+      <c r="Q23" s="45"/>
+      <c r="R23" s="45"/>
+      <c r="S23" s="45"/>
+      <c r="T23" s="45"/>
+      <c r="U23" s="45"/>
+      <c r="V23" s="45"/>
+      <c r="W23" s="45"/>
+      <c r="X23" s="45"/>
+      <c r="Y23" s="45"/>
+      <c r="Z23" s="46"/>
+      <c r="AA23" s="46"/>
+      <c r="AB23" s="46"/>
+      <c r="AC23" s="46"/>
+      <c r="AD23" s="47"/>
+      <c r="AE23" s="47"/>
+      <c r="AF23" s="47"/>
+      <c r="AG23" s="47"/>
+      <c r="AH23" s="48"/>
+      <c r="AI23" s="48"/>
+      <c r="AJ23" s="48"/>
+      <c r="AK23" s="48"/>
+      <c r="AL23" s="47"/>
+      <c r="AM23" s="47"/>
+      <c r="AN23" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO23" s="49"/>
+      <c r="AP23" s="49"/>
+      <c r="AQ23" s="50"/>
+      <c r="AS23" s="51"/>
+      <c r="AT23" s="52"/>
+      <c r="AU23" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BB23" s="12">
+        <f ca="1">TODAY()</f>
+        <v>46020</v>
+      </c>
+      <c r="BD23" s="22" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="24" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A24" s="44"/>
+      <c r="B24" s="45"/>
+      <c r="C24" s="45"/>
+      <c r="D24" s="45"/>
+      <c r="E24" s="45"/>
+      <c r="F24" s="45"/>
+      <c r="G24" s="45"/>
+      <c r="H24" s="45"/>
+      <c r="I24" s="45"/>
+      <c r="J24" s="45"/>
+      <c r="K24" s="45"/>
+      <c r="L24" s="45"/>
+      <c r="M24" s="45"/>
+      <c r="N24" s="45"/>
+      <c r="O24" s="45"/>
+      <c r="P24" s="45"/>
+      <c r="Q24" s="45"/>
+      <c r="R24" s="45"/>
+      <c r="S24" s="45"/>
+      <c r="T24" s="45"/>
+      <c r="U24" s="45"/>
+      <c r="V24" s="45"/>
+      <c r="W24" s="45"/>
+      <c r="X24" s="45"/>
+      <c r="Y24" s="45"/>
+      <c r="Z24" s="46"/>
+      <c r="AA24" s="46"/>
+      <c r="AB24" s="46"/>
+      <c r="AC24" s="46"/>
+      <c r="AD24" s="47"/>
+      <c r="AE24" s="47"/>
+      <c r="AF24" s="47"/>
+      <c r="AG24" s="47"/>
+      <c r="AH24" s="48"/>
+      <c r="AI24" s="48"/>
+      <c r="AJ24" s="48"/>
+      <c r="AK24" s="48"/>
+      <c r="AL24" s="47"/>
+      <c r="AM24" s="47"/>
+      <c r="AN24" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO24" s="49"/>
+      <c r="AP24" s="49"/>
+      <c r="AQ24" s="50"/>
+      <c r="AS24" s="51"/>
+      <c r="AT24" s="52"/>
+      <c r="AU24" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BD24" s="22" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="25" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A25" s="44"/>
+      <c r="B25" s="45"/>
+      <c r="C25" s="45"/>
+      <c r="D25" s="45"/>
+      <c r="E25" s="45"/>
+      <c r="F25" s="45"/>
+      <c r="G25" s="45"/>
+      <c r="H25" s="45"/>
+      <c r="I25" s="45"/>
+      <c r="J25" s="45"/>
+      <c r="K25" s="45"/>
+      <c r="L25" s="45"/>
+      <c r="M25" s="45"/>
+      <c r="N25" s="45"/>
+      <c r="O25" s="45"/>
+      <c r="P25" s="45"/>
+      <c r="Q25" s="45"/>
+      <c r="R25" s="45"/>
+      <c r="S25" s="45"/>
+      <c r="T25" s="45"/>
+      <c r="U25" s="45"/>
+      <c r="V25" s="45"/>
+      <c r="W25" s="45"/>
+      <c r="X25" s="45"/>
+      <c r="Y25" s="45"/>
+      <c r="Z25" s="46"/>
+      <c r="AA25" s="46"/>
+      <c r="AB25" s="46"/>
+      <c r="AC25" s="46"/>
+      <c r="AD25" s="47"/>
+      <c r="AE25" s="47"/>
+      <c r="AF25" s="47"/>
+      <c r="AG25" s="47"/>
+      <c r="AH25" s="48"/>
+      <c r="AI25" s="48"/>
+      <c r="AJ25" s="48"/>
+      <c r="AK25" s="48"/>
+      <c r="AL25" s="47"/>
+      <c r="AM25" s="47"/>
+      <c r="AN25" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO25" s="49"/>
+      <c r="AP25" s="49"/>
+      <c r="AQ25" s="50"/>
+      <c r="AS25" s="51"/>
+      <c r="AT25" s="52"/>
+      <c r="AU25" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BD25" s="22" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="26" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A26" s="44"/>
+      <c r="B26" s="45"/>
+      <c r="C26" s="45"/>
+      <c r="D26" s="45"/>
+      <c r="E26" s="45"/>
+      <c r="F26" s="45"/>
+      <c r="G26" s="45"/>
+      <c r="H26" s="45"/>
+      <c r="I26" s="45"/>
+      <c r="J26" s="45"/>
+      <c r="K26" s="45"/>
+      <c r="L26" s="45"/>
+      <c r="M26" s="45"/>
+      <c r="N26" s="45"/>
+      <c r="O26" s="45"/>
+      <c r="P26" s="45"/>
+      <c r="Q26" s="45"/>
+      <c r="R26" s="45"/>
+      <c r="S26" s="45"/>
+      <c r="T26" s="45"/>
+      <c r="U26" s="45"/>
+      <c r="V26" s="45"/>
+      <c r="W26" s="45"/>
+      <c r="X26" s="45"/>
+      <c r="Y26" s="45"/>
+      <c r="Z26" s="46"/>
+      <c r="AA26" s="46"/>
+      <c r="AB26" s="46"/>
+      <c r="AC26" s="46"/>
+      <c r="AD26" s="47"/>
+      <c r="AE26" s="47"/>
+      <c r="AF26" s="47"/>
+      <c r="AG26" s="47"/>
+      <c r="AH26" s="48"/>
+      <c r="AI26" s="48"/>
+      <c r="AJ26" s="48"/>
+      <c r="AK26" s="48"/>
+      <c r="AL26" s="47"/>
+      <c r="AM26" s="47"/>
+      <c r="AN26" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO26" s="49"/>
+      <c r="AP26" s="49"/>
+      <c r="AQ26" s="50"/>
+      <c r="AS26" s="51"/>
+      <c r="AT26" s="52"/>
+      <c r="AU26" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BD26" s="22" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="27" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A27" s="44"/>
+      <c r="B27" s="45"/>
+      <c r="C27" s="45"/>
+      <c r="D27" s="45"/>
+      <c r="E27" s="45"/>
+      <c r="F27" s="45"/>
+      <c r="G27" s="45"/>
+      <c r="H27" s="45"/>
+      <c r="I27" s="45"/>
+      <c r="J27" s="45"/>
+      <c r="K27" s="45"/>
+      <c r="L27" s="45"/>
+      <c r="M27" s="45"/>
+      <c r="N27" s="45"/>
+      <c r="O27" s="45"/>
+      <c r="P27" s="45"/>
+      <c r="Q27" s="45"/>
+      <c r="R27" s="45"/>
+      <c r="S27" s="45"/>
+      <c r="T27" s="45"/>
+      <c r="U27" s="45"/>
+      <c r="V27" s="45"/>
+      <c r="W27" s="45"/>
+      <c r="X27" s="45"/>
+      <c r="Y27" s="45"/>
+      <c r="Z27" s="46"/>
+      <c r="AA27" s="46"/>
+      <c r="AB27" s="46"/>
+      <c r="AC27" s="46"/>
+      <c r="AD27" s="47"/>
+      <c r="AE27" s="47"/>
+      <c r="AF27" s="47"/>
+      <c r="AG27" s="47"/>
+      <c r="AH27" s="48"/>
+      <c r="AI27" s="48"/>
+      <c r="AJ27" s="48"/>
+      <c r="AK27" s="48"/>
+      <c r="AL27" s="47"/>
+      <c r="AM27" s="47"/>
+      <c r="AN27" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO27" s="49"/>
+      <c r="AP27" s="49"/>
+      <c r="AQ27" s="50"/>
+      <c r="AS27" s="51"/>
+      <c r="AT27" s="52"/>
+      <c r="AU27" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BD27" s="22" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="28" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A28" s="44"/>
+      <c r="B28" s="45"/>
+      <c r="C28" s="45"/>
+      <c r="D28" s="45"/>
+      <c r="E28" s="45"/>
+      <c r="F28" s="45"/>
+      <c r="G28" s="45"/>
+      <c r="H28" s="45"/>
+      <c r="I28" s="45"/>
+      <c r="J28" s="45"/>
+      <c r="K28" s="45"/>
+      <c r="L28" s="45"/>
+      <c r="M28" s="45"/>
+      <c r="N28" s="45"/>
+      <c r="O28" s="45"/>
+      <c r="P28" s="45"/>
+      <c r="Q28" s="45"/>
+      <c r="R28" s="45"/>
+      <c r="S28" s="45"/>
+      <c r="T28" s="45"/>
+      <c r="U28" s="45"/>
+      <c r="V28" s="45"/>
+      <c r="W28" s="45"/>
+      <c r="X28" s="45"/>
+      <c r="Y28" s="45"/>
+      <c r="Z28" s="46"/>
+      <c r="AA28" s="46"/>
+      <c r="AB28" s="46"/>
+      <c r="AC28" s="46"/>
+      <c r="AD28" s="47"/>
+      <c r="AE28" s="47"/>
+      <c r="AF28" s="47"/>
+      <c r="AG28" s="47"/>
+      <c r="AH28" s="48"/>
+      <c r="AI28" s="48"/>
+      <c r="AJ28" s="48"/>
+      <c r="AK28" s="48"/>
+      <c r="AL28" s="47"/>
+      <c r="AM28" s="47"/>
+      <c r="AN28" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO28" s="49"/>
+      <c r="AP28" s="49"/>
+      <c r="AQ28" s="50"/>
+      <c r="AS28" s="51"/>
+      <c r="AT28" s="52"/>
+      <c r="AU28" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BD28" s="22" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="29" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A29" s="44"/>
+      <c r="B29" s="45"/>
+      <c r="C29" s="45"/>
+      <c r="D29" s="45"/>
+      <c r="E29" s="45"/>
+      <c r="F29" s="45"/>
+      <c r="G29" s="45"/>
+      <c r="H29" s="45"/>
+      <c r="I29" s="45"/>
+      <c r="J29" s="45"/>
+      <c r="K29" s="45"/>
+      <c r="L29" s="45"/>
+      <c r="M29" s="45"/>
+      <c r="N29" s="45"/>
+      <c r="O29" s="45"/>
+      <c r="P29" s="45"/>
+      <c r="Q29" s="45"/>
+      <c r="R29" s="45"/>
+      <c r="S29" s="45"/>
+      <c r="T29" s="45"/>
+      <c r="U29" s="45"/>
+      <c r="V29" s="45"/>
+      <c r="W29" s="45"/>
+      <c r="X29" s="45"/>
+      <c r="Y29" s="45"/>
+      <c r="Z29" s="46"/>
+      <c r="AA29" s="46"/>
+      <c r="AB29" s="46"/>
+      <c r="AC29" s="46"/>
+      <c r="AD29" s="47"/>
+      <c r="AE29" s="47"/>
+      <c r="AF29" s="47"/>
+      <c r="AG29" s="47"/>
+      <c r="AH29" s="48"/>
+      <c r="AI29" s="48"/>
+      <c r="AJ29" s="48"/>
+      <c r="AK29" s="48"/>
+      <c r="AL29" s="47"/>
+      <c r="AM29" s="47"/>
+      <c r="AN29" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO29" s="49"/>
+      <c r="AP29" s="49"/>
+      <c r="AQ29" s="50"/>
+      <c r="AS29" s="51"/>
+      <c r="AT29" s="52"/>
+      <c r="AU29" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BD29" s="22" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="30" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A30" s="44"/>
+      <c r="B30" s="45"/>
+      <c r="C30" s="45"/>
+      <c r="D30" s="45"/>
+      <c r="E30" s="45"/>
+      <c r="F30" s="45"/>
+      <c r="G30" s="45"/>
+      <c r="H30" s="45"/>
+      <c r="I30" s="45"/>
+      <c r="J30" s="45"/>
+      <c r="K30" s="45"/>
+      <c r="L30" s="45"/>
+      <c r="M30" s="45"/>
+      <c r="N30" s="45"/>
+      <c r="O30" s="45"/>
+      <c r="P30" s="45"/>
+      <c r="Q30" s="45"/>
+      <c r="R30" s="45"/>
+      <c r="S30" s="45"/>
+      <c r="T30" s="45"/>
+      <c r="U30" s="45"/>
+      <c r="V30" s="45"/>
+      <c r="W30" s="45"/>
+      <c r="X30" s="45"/>
+      <c r="Y30" s="45"/>
+      <c r="Z30" s="46"/>
+      <c r="AA30" s="46"/>
+      <c r="AB30" s="46"/>
+      <c r="AC30" s="46"/>
+      <c r="AD30" s="47"/>
+      <c r="AE30" s="47"/>
+      <c r="AF30" s="47"/>
+      <c r="AG30" s="47"/>
+      <c r="AH30" s="48"/>
+      <c r="AI30" s="48"/>
+      <c r="AJ30" s="48"/>
+      <c r="AK30" s="48"/>
+      <c r="AL30" s="47"/>
+      <c r="AM30" s="47"/>
+      <c r="AN30" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO30" s="49"/>
+      <c r="AP30" s="49"/>
+      <c r="AQ30" s="50"/>
+      <c r="AS30" s="51"/>
+      <c r="AT30" s="52"/>
+      <c r="AU30" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BD30" s="22" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="31" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A31" s="44"/>
+      <c r="B31" s="45"/>
+      <c r="C31" s="45"/>
+      <c r="D31" s="45"/>
+      <c r="E31" s="45"/>
+      <c r="F31" s="45"/>
+      <c r="G31" s="45"/>
+      <c r="H31" s="45"/>
+      <c r="I31" s="45"/>
+      <c r="J31" s="45"/>
+      <c r="K31" s="45"/>
+      <c r="L31" s="45"/>
+      <c r="M31" s="45"/>
+      <c r="N31" s="45"/>
+      <c r="O31" s="45"/>
+      <c r="P31" s="45"/>
+      <c r="Q31" s="45"/>
+      <c r="R31" s="45"/>
+      <c r="S31" s="45"/>
+      <c r="T31" s="45"/>
+      <c r="U31" s="45"/>
+      <c r="V31" s="45"/>
+      <c r="W31" s="45"/>
+      <c r="X31" s="45"/>
+      <c r="Y31" s="45"/>
+      <c r="Z31" s="46"/>
+      <c r="AA31" s="46"/>
+      <c r="AB31" s="46"/>
+      <c r="AC31" s="46"/>
+      <c r="AD31" s="47"/>
+      <c r="AE31" s="47"/>
+      <c r="AF31" s="47"/>
+      <c r="AG31" s="47"/>
+      <c r="AH31" s="48"/>
+      <c r="AI31" s="48"/>
+      <c r="AJ31" s="48"/>
+      <c r="AK31" s="48"/>
+      <c r="AL31" s="47"/>
+      <c r="AM31" s="47"/>
+      <c r="AN31" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO31" s="49"/>
+      <c r="AP31" s="49"/>
+      <c r="AQ31" s="50"/>
+      <c r="AS31" s="51"/>
+      <c r="AT31" s="52"/>
+      <c r="AU31" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BD31" s="22" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="32" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A32" s="44"/>
+      <c r="B32" s="45"/>
+      <c r="C32" s="45"/>
+      <c r="D32" s="45"/>
+      <c r="E32" s="45"/>
+      <c r="F32" s="45"/>
+      <c r="G32" s="45"/>
+      <c r="H32" s="45"/>
+      <c r="I32" s="45"/>
+      <c r="J32" s="45"/>
+      <c r="K32" s="45"/>
+      <c r="L32" s="45"/>
+      <c r="M32" s="45"/>
+      <c r="N32" s="45"/>
+      <c r="O32" s="45"/>
+      <c r="P32" s="45"/>
+      <c r="Q32" s="45"/>
+      <c r="R32" s="45"/>
+      <c r="S32" s="45"/>
+      <c r="T32" s="45"/>
+      <c r="U32" s="45"/>
+      <c r="V32" s="45"/>
+      <c r="W32" s="45"/>
+      <c r="X32" s="45"/>
+      <c r="Y32" s="45"/>
+      <c r="Z32" s="46"/>
+      <c r="AA32" s="46"/>
+      <c r="AB32" s="46"/>
+      <c r="AC32" s="46"/>
+      <c r="AD32" s="47"/>
+      <c r="AE32" s="47"/>
+      <c r="AF32" s="47"/>
+      <c r="AG32" s="47"/>
+      <c r="AH32" s="48"/>
+      <c r="AI32" s="48"/>
+      <c r="AJ32" s="48"/>
+      <c r="AK32" s="48"/>
+      <c r="AL32" s="47"/>
+      <c r="AM32" s="47"/>
+      <c r="AN32" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO32" s="49"/>
+      <c r="AP32" s="49"/>
+      <c r="AQ32" s="50"/>
+      <c r="AS32" s="51"/>
+      <c r="AT32" s="52"/>
+      <c r="AU32" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BA32" s="2"/>
+      <c r="BD32" s="22" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="33" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A33" s="44"/>
+      <c r="B33" s="45"/>
+      <c r="C33" s="45"/>
+      <c r="D33" s="45"/>
+      <c r="E33" s="45"/>
+      <c r="F33" s="45"/>
+      <c r="G33" s="45"/>
+      <c r="H33" s="45"/>
+      <c r="I33" s="45"/>
+      <c r="J33" s="45"/>
+      <c r="K33" s="45"/>
+      <c r="L33" s="45"/>
+      <c r="M33" s="45"/>
+      <c r="N33" s="45"/>
+      <c r="O33" s="45"/>
+      <c r="P33" s="45"/>
+      <c r="Q33" s="45"/>
+      <c r="R33" s="45"/>
+      <c r="S33" s="45"/>
+      <c r="T33" s="45"/>
+      <c r="U33" s="45"/>
+      <c r="V33" s="45"/>
+      <c r="W33" s="45"/>
+      <c r="X33" s="45"/>
+      <c r="Y33" s="45"/>
+      <c r="Z33" s="46"/>
+      <c r="AA33" s="46"/>
+      <c r="AB33" s="46"/>
+      <c r="AC33" s="46"/>
+      <c r="AD33" s="47"/>
+      <c r="AE33" s="47"/>
+      <c r="AF33" s="47"/>
+      <c r="AG33" s="47"/>
+      <c r="AH33" s="48"/>
+      <c r="AI33" s="48"/>
+      <c r="AJ33" s="48"/>
+      <c r="AK33" s="48"/>
+      <c r="AL33" s="47"/>
+      <c r="AM33" s="47"/>
+      <c r="AN33" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO33" s="49"/>
+      <c r="AP33" s="49"/>
+      <c r="AQ33" s="50"/>
+      <c r="AS33" s="51"/>
+      <c r="AT33" s="52"/>
+      <c r="AU33" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BD33" s="22" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="34" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A34" s="44"/>
+      <c r="B34" s="45"/>
+      <c r="C34" s="45"/>
+      <c r="D34" s="45"/>
+      <c r="E34" s="45"/>
+      <c r="F34" s="45"/>
+      <c r="G34" s="45"/>
+      <c r="H34" s="45"/>
+      <c r="I34" s="45"/>
+      <c r="J34" s="45"/>
+      <c r="K34" s="45"/>
+      <c r="L34" s="45"/>
+      <c r="M34" s="45"/>
+      <c r="N34" s="45"/>
+      <c r="O34" s="45"/>
+      <c r="P34" s="45"/>
+      <c r="Q34" s="45"/>
+      <c r="R34" s="45"/>
+      <c r="S34" s="45"/>
+      <c r="T34" s="45"/>
+      <c r="U34" s="45"/>
+      <c r="V34" s="45"/>
+      <c r="W34" s="45"/>
+      <c r="X34" s="45"/>
+      <c r="Y34" s="45"/>
+      <c r="Z34" s="46"/>
+      <c r="AA34" s="46"/>
+      <c r="AB34" s="46"/>
+      <c r="AC34" s="46"/>
+      <c r="AD34" s="47"/>
+      <c r="AE34" s="47"/>
+      <c r="AF34" s="47"/>
+      <c r="AG34" s="47"/>
+      <c r="AH34" s="48"/>
+      <c r="AI34" s="48"/>
+      <c r="AJ34" s="48"/>
+      <c r="AK34" s="48"/>
+      <c r="AL34" s="47"/>
+      <c r="AM34" s="47"/>
+      <c r="AN34" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO34" s="49"/>
+      <c r="AP34" s="49"/>
+      <c r="AQ34" s="50"/>
+      <c r="AS34" s="51"/>
+      <c r="AT34" s="52"/>
+      <c r="AU34" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BD34" s="22" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="35" spans="1:56" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="63"/>
+      <c r="B35" s="64"/>
+      <c r="C35" s="64"/>
+      <c r="D35" s="64"/>
+      <c r="E35" s="64"/>
+      <c r="F35" s="64"/>
+      <c r="G35" s="64"/>
+      <c r="H35" s="64"/>
+      <c r="I35" s="64"/>
+      <c r="J35" s="64"/>
+      <c r="K35" s="64"/>
+      <c r="L35" s="64"/>
+      <c r="M35" s="64"/>
+      <c r="N35" s="64"/>
+      <c r="O35" s="64"/>
+      <c r="P35" s="64"/>
+      <c r="Q35" s="64"/>
+      <c r="R35" s="64"/>
+      <c r="S35" s="64"/>
+      <c r="T35" s="64"/>
+      <c r="U35" s="64"/>
+      <c r="V35" s="64"/>
+      <c r="W35" s="64"/>
+      <c r="X35" s="64"/>
+      <c r="Y35" s="64"/>
+      <c r="Z35" s="65"/>
+      <c r="AA35" s="65"/>
+      <c r="AB35" s="65"/>
+      <c r="AC35" s="65"/>
+      <c r="AD35" s="66"/>
+      <c r="AE35" s="66"/>
+      <c r="AF35" s="66"/>
+      <c r="AG35" s="66"/>
+      <c r="AH35" s="67"/>
+      <c r="AI35" s="67"/>
+      <c r="AJ35" s="67"/>
+      <c r="AK35" s="67"/>
+      <c r="AL35" s="66"/>
+      <c r="AM35" s="66"/>
+      <c r="AN35" s="49" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="AO35" s="49"/>
+      <c r="AP35" s="49"/>
+      <c r="AQ35" s="50"/>
+      <c r="AS35" s="53"/>
+      <c r="AT35" s="54"/>
+      <c r="AU35" s="10" t="str">
+        <f t="shared" ca="1" si="1"/>
+        <v/>
+      </c>
+      <c r="BD35" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="36" spans="1:56" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="AI36" s="8"/>
+      <c r="AJ36" s="8"/>
+      <c r="AK36" s="8"/>
+      <c r="AM36" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="AN36" s="55">
+        <f>SUM(AN14:AQ35)</f>
         <v>0</v>
       </c>
-      <c r="B13" s="27"/>
-[...33 lines deleted...]
-      <c r="AD13" s="33" t="s">
+      <c r="AO36" s="56"/>
+      <c r="AP36" s="56"/>
+      <c r="AQ36" s="57"/>
+      <c r="BD36" s="22" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="37" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="AI37" s="8"/>
+      <c r="AJ37" s="8"/>
+      <c r="AK37" s="8"/>
+      <c r="BD37" s="22" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="38" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="BD38" s="22" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="39" spans="1:56" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="58" t="s">
+        <v>25</v>
+      </c>
+      <c r="B39" s="58"/>
+      <c r="C39" s="58"/>
+      <c r="D39" s="58"/>
+      <c r="E39" s="58"/>
+      <c r="F39" s="58"/>
+      <c r="G39" s="58"/>
+      <c r="H39" s="58"/>
+      <c r="I39" s="58"/>
+      <c r="J39" s="58"/>
+      <c r="K39" s="58"/>
+      <c r="L39" s="58"/>
+      <c r="M39" s="58"/>
+      <c r="N39" s="58"/>
+      <c r="O39" s="58"/>
+      <c r="P39" s="58"/>
+      <c r="Q39" s="58"/>
+      <c r="R39" s="58"/>
+      <c r="S39" s="58"/>
+      <c r="T39" s="58"/>
+      <c r="U39" s="58"/>
+      <c r="V39" s="58"/>
+      <c r="W39" s="58"/>
+      <c r="X39" s="58"/>
+      <c r="Y39" s="58"/>
+      <c r="Z39" s="58"/>
+      <c r="AA39" s="58"/>
+      <c r="AB39" s="58"/>
+      <c r="AC39" s="58"/>
+      <c r="AD39" s="58"/>
+      <c r="AE39" s="58"/>
+      <c r="AF39" s="58"/>
+      <c r="AG39" s="58"/>
+      <c r="AH39" s="58"/>
+      <c r="AI39" s="58"/>
+      <c r="AJ39" s="58"/>
+      <c r="AK39" s="58"/>
+      <c r="AL39" s="14"/>
+      <c r="AM39" s="14"/>
+      <c r="BB39" s="16"/>
+      <c r="BD39" s="22" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="40" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="BD40" s="22" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="41" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="BD41" s="22" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="42" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="D42" s="16"/>
+      <c r="E42" s="16"/>
+      <c r="F42" s="16"/>
+      <c r="G42" s="16"/>
+      <c r="H42" s="16"/>
+      <c r="I42" s="17" t="s">
+        <v>26</v>
+      </c>
+      <c r="J42" s="59">
+        <f>$AN$36</f>
+        <v>0</v>
+      </c>
+      <c r="K42" s="59"/>
+      <c r="L42" s="59"/>
+      <c r="M42" s="59"/>
+      <c r="N42" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" s="16"/>
+      <c r="P42" s="16"/>
+      <c r="Q42" s="16"/>
+      <c r="BD42" s="22" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="43" spans="1:56" ht="3.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D43" s="16"/>
+      <c r="E43" s="16"/>
+      <c r="F43" s="16"/>
+      <c r="G43" s="16"/>
+      <c r="H43" s="16"/>
+      <c r="I43" s="16"/>
+      <c r="J43" s="16"/>
+      <c r="K43" s="16"/>
+      <c r="L43" s="16"/>
+      <c r="M43" s="16"/>
+      <c r="N43" s="16"/>
+      <c r="O43" s="16"/>
+      <c r="P43" s="16"/>
+      <c r="Q43" s="16"/>
+      <c r="BD43" s="22" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="44" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="D44" s="16"/>
+      <c r="E44" s="16"/>
+      <c r="F44" s="16"/>
+      <c r="G44" s="16"/>
+      <c r="H44" s="16"/>
+      <c r="I44" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="J44" s="59">
+        <f>SUMIF($AS$14:$AT$35,"Z",$AN$14:$AQ$35)</f>
+        <v>0</v>
+      </c>
+      <c r="K44" s="59"/>
+      <c r="L44" s="59"/>
+      <c r="M44" s="59"/>
+      <c r="N44" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="O44" s="16"/>
+      <c r="P44" s="16"/>
+      <c r="Q44" s="16"/>
+      <c r="BD44" s="22" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="45" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="BD45" s="22" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="46" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="BD46" s="22" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="47" spans="1:56" x14ac:dyDescent="0.25">
+      <c r="A47" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="B47" s="60"/>
+      <c r="C47" s="60"/>
+      <c r="D47" s="60"/>
+      <c r="E47" s="60"/>
+      <c r="F47" s="60"/>
+      <c r="G47" s="60"/>
+      <c r="H47" s="60"/>
+      <c r="I47" s="60"/>
+      <c r="J47" s="60"/>
+      <c r="K47" s="60"/>
+      <c r="L47" s="60"/>
+      <c r="M47" s="60"/>
+      <c r="N47" s="60"/>
+      <c r="O47" s="4"/>
+      <c r="P47" s="19" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q47" s="61"/>
+      <c r="R47" s="62"/>
+      <c r="S47" s="62"/>
+      <c r="T47" s="62"/>
+      <c r="U47" s="62"/>
+      <c r="V47" s="4"/>
+      <c r="W47" s="4"/>
+      <c r="X47" s="4"/>
+      <c r="Y47" s="4"/>
+      <c r="Z47" s="4"/>
+      <c r="AA47" s="4"/>
+      <c r="AB47" s="4"/>
+      <c r="AC47" s="4"/>
+      <c r="AD47" s="4"/>
+      <c r="AE47" s="4"/>
+      <c r="AF47" s="4"/>
+      <c r="AG47" s="4"/>
+      <c r="AH47" s="4"/>
+      <c r="AI47" s="4"/>
+      <c r="AJ47" s="4"/>
+      <c r="AK47" s="4"/>
+      <c r="AL47" s="4"/>
+      <c r="AM47" s="4"/>
+      <c r="BD47" s="22" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="48" spans="1:56" ht="3.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="20"/>
+      <c r="B48" s="20"/>
+      <c r="C48" s="20"/>
+      <c r="D48" s="20"/>
+      <c r="E48" s="20"/>
+      <c r="F48" s="20"/>
+      <c r="G48" s="20"/>
+      <c r="H48" s="20"/>
+      <c r="I48" s="20"/>
+      <c r="J48" s="20"/>
+      <c r="K48" s="20"/>
+      <c r="L48" s="20"/>
+      <c r="M48" s="20"/>
+      <c r="N48" s="20"/>
+      <c r="O48" s="20"/>
+      <c r="P48" s="20"/>
+      <c r="Q48" s="20"/>
+      <c r="R48" s="20"/>
+      <c r="S48" s="20"/>
+      <c r="T48" s="20"/>
+      <c r="U48" s="20"/>
+      <c r="V48" s="20"/>
+      <c r="W48" s="20"/>
+      <c r="X48" s="20"/>
+      <c r="Y48" s="20"/>
+      <c r="Z48" s="20"/>
+      <c r="AA48" s="20"/>
+      <c r="AB48" s="20"/>
+      <c r="AC48" s="20"/>
+      <c r="AD48" s="20"/>
+      <c r="AE48" s="20"/>
+      <c r="AF48" s="20"/>
+      <c r="AG48" s="20"/>
+      <c r="AH48" s="20"/>
+      <c r="AI48" s="4"/>
+      <c r="AJ48" s="4"/>
+      <c r="AK48" s="4"/>
+      <c r="AL48" s="4"/>
+      <c r="AM48" s="4"/>
+      <c r="BD48" s="22" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="49" spans="1:39" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="69" t="s">
+        <v>32</v>
+      </c>
+      <c r="B49" s="70"/>
+      <c r="C49" s="70"/>
+      <c r="D49" s="70"/>
+      <c r="E49" s="70"/>
+      <c r="F49" s="70"/>
+      <c r="G49" s="70"/>
+      <c r="H49" s="70"/>
+      <c r="I49" s="71"/>
+      <c r="J49" s="69" t="s">
+        <v>33</v>
+      </c>
+      <c r="K49" s="70"/>
+      <c r="L49" s="70"/>
+      <c r="M49" s="70"/>
+      <c r="N49" s="70"/>
+      <c r="O49" s="70"/>
+      <c r="P49" s="70"/>
+      <c r="Q49" s="72" t="s">
         <v>34</v>
       </c>
-      <c r="AE13" s="34"/>
-[...457 lines deleted...]
-      <c r="AZ21" s="7" t="s">
+      <c r="R49" s="72"/>
+      <c r="S49" s="72"/>
+      <c r="T49" s="72"/>
+      <c r="U49" s="72"/>
+      <c r="V49" s="72"/>
+      <c r="W49" s="72"/>
+      <c r="X49" s="72"/>
+      <c r="Y49" s="73"/>
+      <c r="Z49" s="73"/>
+      <c r="AA49" s="73"/>
+      <c r="AB49" s="73"/>
+      <c r="AC49" s="73"/>
+      <c r="AD49" s="73"/>
+      <c r="AE49" s="73"/>
+      <c r="AF49" s="73"/>
+      <c r="AG49" s="73"/>
+      <c r="AH49" s="73"/>
+      <c r="AI49" s="4"/>
+      <c r="AJ49" s="4"/>
+      <c r="AK49" s="4"/>
+      <c r="AL49" s="4"/>
+      <c r="AM49" s="4"/>
+    </row>
+    <row r="50" spans="1:39" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="74"/>
+      <c r="B50" s="75"/>
+      <c r="C50" s="75"/>
+      <c r="D50" s="75"/>
+      <c r="E50" s="75"/>
+      <c r="F50" s="75"/>
+      <c r="G50" s="75"/>
+      <c r="H50" s="75"/>
+      <c r="I50" s="75"/>
+      <c r="J50" s="76"/>
+      <c r="K50" s="76"/>
+      <c r="L50" s="76"/>
+      <c r="M50" s="76"/>
+      <c r="N50" s="76"/>
+      <c r="O50" s="76"/>
+      <c r="P50" s="76"/>
+      <c r="Q50" s="76"/>
+      <c r="R50" s="76"/>
+      <c r="S50" s="76"/>
+      <c r="T50" s="76"/>
+      <c r="U50" s="76"/>
+      <c r="V50" s="76"/>
+      <c r="W50" s="76"/>
+      <c r="X50" s="76"/>
+      <c r="Y50" s="76"/>
+      <c r="Z50" s="76"/>
+      <c r="AA50" s="76"/>
+      <c r="AB50" s="76"/>
+      <c r="AC50" s="76"/>
+      <c r="AD50" s="76"/>
+      <c r="AE50" s="76"/>
+      <c r="AF50" s="76"/>
+      <c r="AG50" s="76"/>
+      <c r="AH50" s="76"/>
+      <c r="AI50" s="4"/>
+      <c r="AJ50" s="4"/>
+      <c r="AK50" s="4"/>
+      <c r="AL50" s="4"/>
+      <c r="AM50" s="4"/>
+    </row>
+    <row r="51" spans="1:39" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="74"/>
+      <c r="B51" s="75"/>
+      <c r="C51" s="75"/>
+      <c r="D51" s="75"/>
+      <c r="E51" s="75"/>
+      <c r="F51" s="75"/>
+      <c r="G51" s="75"/>
+      <c r="H51" s="75"/>
+      <c r="I51" s="75"/>
+      <c r="J51" s="76"/>
+      <c r="K51" s="76"/>
+      <c r="L51" s="76"/>
+      <c r="M51" s="76"/>
+      <c r="N51" s="76"/>
+      <c r="O51" s="76"/>
+      <c r="P51" s="76"/>
+      <c r="Q51" s="76"/>
+      <c r="R51" s="76"/>
+      <c r="S51" s="76"/>
+      <c r="T51" s="76"/>
+      <c r="U51" s="76"/>
+      <c r="V51" s="76"/>
+      <c r="W51" s="76"/>
+      <c r="X51" s="76"/>
+      <c r="Y51" s="76"/>
+      <c r="Z51" s="76"/>
+      <c r="AA51" s="76"/>
+      <c r="AB51" s="76"/>
+      <c r="AC51" s="76"/>
+      <c r="AD51" s="76"/>
+      <c r="AE51" s="76"/>
+      <c r="AF51" s="76"/>
+      <c r="AG51" s="76"/>
+      <c r="AH51" s="76"/>
+      <c r="AI51" s="4"/>
+      <c r="AJ51" s="4"/>
+      <c r="AK51" s="4"/>
+      <c r="AL51" s="4"/>
+      <c r="AM51" s="4"/>
+    </row>
+    <row r="52" spans="1:39" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="74"/>
+      <c r="B52" s="75"/>
+      <c r="C52" s="75"/>
+      <c r="D52" s="75"/>
+      <c r="E52" s="75"/>
+      <c r="F52" s="75"/>
+      <c r="G52" s="75"/>
+      <c r="H52" s="75"/>
+      <c r="I52" s="75"/>
+      <c r="J52" s="76"/>
+      <c r="K52" s="76"/>
+      <c r="L52" s="76"/>
+      <c r="M52" s="76"/>
+      <c r="N52" s="76"/>
+      <c r="O52" s="76"/>
+      <c r="P52" s="76"/>
+      <c r="Q52" s="76"/>
+      <c r="R52" s="76"/>
+      <c r="S52" s="76"/>
+      <c r="T52" s="76"/>
+      <c r="U52" s="76"/>
+      <c r="V52" s="76"/>
+      <c r="W52" s="76"/>
+      <c r="X52" s="76"/>
+      <c r="Y52" s="76"/>
+      <c r="Z52" s="76"/>
+      <c r="AA52" s="76"/>
+      <c r="AB52" s="76"/>
+      <c r="AC52" s="76"/>
+      <c r="AD52" s="76"/>
+      <c r="AE52" s="76"/>
+      <c r="AF52" s="76"/>
+      <c r="AG52" s="76"/>
+      <c r="AH52" s="76"/>
+      <c r="AI52" s="4"/>
+      <c r="AJ52" s="4"/>
+      <c r="AK52" s="4"/>
+      <c r="AL52" s="4"/>
+      <c r="AM52" s="4"/>
+    </row>
+    <row r="53" spans="1:39" x14ac:dyDescent="0.25">
+      <c r="A53" s="68" t="s">
         <v>35</v>
       </c>
-    </row>
-[...1140 lines deleted...]
-      <c r="AH53"/>
+      <c r="B53" s="68"/>
+      <c r="C53" s="68"/>
+      <c r="D53" s="68"/>
+      <c r="E53" s="68"/>
+      <c r="F53" s="68"/>
+      <c r="G53" s="68"/>
+      <c r="H53" s="68"/>
+      <c r="I53" s="68"/>
+      <c r="J53" s="68"/>
+      <c r="K53" s="68"/>
+      <c r="L53" s="68"/>
+      <c r="M53" s="68"/>
+      <c r="N53" s="68"/>
+      <c r="O53" s="68"/>
+      <c r="P53" s="68"/>
+      <c r="Q53" s="68"/>
+      <c r="R53" s="68"/>
+      <c r="S53" s="68"/>
+      <c r="T53" s="68"/>
+      <c r="U53" s="68"/>
+      <c r="V53" s="68"/>
+      <c r="W53" s="68"/>
+      <c r="X53" s="68"/>
+      <c r="Y53" s="68"/>
+      <c r="Z53" s="68"/>
+      <c r="AA53" s="68"/>
+      <c r="AB53" s="68"/>
+      <c r="AC53" s="68"/>
+      <c r="AD53" s="68"/>
+      <c r="AE53" s="68"/>
+      <c r="AF53" s="68"/>
+      <c r="AG53" s="68"/>
+      <c r="AH53" s="68"/>
       <c r="AI53"/>
       <c r="AJ53"/>
       <c r="AK53"/>
+      <c r="AL53"/>
+      <c r="AM53"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="a7eTIZfYm41m2xH31r5YayoN8xRXZxNeVQ+7lDRMnIEkJpSWvq9ZJx+Kk0khEpVCoSSiO5Wqvjw6bVwUh26jEg==" saltValue="ChKnNDz/s3lz/UCBU9Wc0w==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatRows="0" selectLockedCells="1"/>
-[...4 lines deleted...]
-    <mergeCell ref="AL36:AO36"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="fdBroKjn5psNAf39Yx+W+kb6PwMDtghYsgWSNGnsRoUmtvep84xGt9x3kOqZbQ3CeKV7FMQcN3OAS2xAPx///w==" saltValue="mLJ1e5KefJm6+yW9zKfwVA==" spinCount="100000" sheet="1" formatRows="0" selectLockedCells="1"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="BD14:BD50">
+    <sortCondition ref="BD14:BD50"/>
+  </sortState>
+  <mergeCells count="254">
+    <mergeCell ref="A53:AH53"/>
+    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="J49:P49"/>
+    <mergeCell ref="Q49:AH49"/>
+    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="J50:P50"/>
+    <mergeCell ref="Q50:AH52"/>
+    <mergeCell ref="A51:I51"/>
+    <mergeCell ref="J51:P51"/>
+    <mergeCell ref="A52:I52"/>
+    <mergeCell ref="J52:P52"/>
+    <mergeCell ref="AS35:AT35"/>
+    <mergeCell ref="AN36:AQ36"/>
+    <mergeCell ref="A39:AK39"/>
     <mergeCell ref="J42:M42"/>
     <mergeCell ref="J44:M44"/>
-    <mergeCell ref="A39:AI39"/>
-    <mergeCell ref="AQ34:AR34"/>
+    <mergeCell ref="B47:N47"/>
+    <mergeCell ref="Q47:U47"/>
+    <mergeCell ref="AN34:AQ34"/>
+    <mergeCell ref="AS34:AT34"/>
     <mergeCell ref="A35:H35"/>
     <mergeCell ref="I35:Q35"/>
     <mergeCell ref="R35:Y35"/>
     <mergeCell ref="Z35:AC35"/>
-    <mergeCell ref="AF35:AI35"/>
-[...4 lines deleted...]
-    <mergeCell ref="AQ33:AR33"/>
+    <mergeCell ref="AD35:AE35"/>
+    <mergeCell ref="AH35:AK35"/>
+    <mergeCell ref="AL35:AM35"/>
+    <mergeCell ref="AN35:AQ35"/>
+    <mergeCell ref="AF35:AG35"/>
+    <mergeCell ref="AL33:AM33"/>
+    <mergeCell ref="AN33:AQ33"/>
+    <mergeCell ref="AS33:AT33"/>
     <mergeCell ref="A34:H34"/>
     <mergeCell ref="I34:Q34"/>
     <mergeCell ref="R34:Y34"/>
     <mergeCell ref="Z34:AC34"/>
-    <mergeCell ref="AF34:AI34"/>
-[...2 lines deleted...]
-    <mergeCell ref="AL32:AO32"/>
+    <mergeCell ref="AD34:AE34"/>
+    <mergeCell ref="AH34:AK34"/>
+    <mergeCell ref="AL34:AM34"/>
     <mergeCell ref="A33:H33"/>
     <mergeCell ref="I33:Q33"/>
     <mergeCell ref="R33:Y33"/>
     <mergeCell ref="Z33:AC33"/>
-    <mergeCell ref="AF33:AI33"/>
-[...1 lines deleted...]
-    <mergeCell ref="AL33:AO33"/>
+    <mergeCell ref="AD33:AE33"/>
+    <mergeCell ref="AH33:AK33"/>
+    <mergeCell ref="AF33:AG33"/>
+    <mergeCell ref="AF34:AG34"/>
+    <mergeCell ref="AS31:AT31"/>
     <mergeCell ref="A32:H32"/>
     <mergeCell ref="I32:Q32"/>
     <mergeCell ref="R32:Y32"/>
     <mergeCell ref="Z32:AC32"/>
-    <mergeCell ref="AF32:AI32"/>
-    <mergeCell ref="AJ32:AK32"/>
+    <mergeCell ref="AD32:AE32"/>
+    <mergeCell ref="AH32:AK32"/>
+    <mergeCell ref="AL32:AM32"/>
+    <mergeCell ref="AN32:AQ32"/>
+    <mergeCell ref="AS32:AT32"/>
+    <mergeCell ref="AF32:AG32"/>
     <mergeCell ref="A31:H31"/>
     <mergeCell ref="I31:Q31"/>
     <mergeCell ref="R31:Y31"/>
-    <mergeCell ref="AQ25:AR25"/>
-[...5 lines deleted...]
-    <mergeCell ref="AQ31:AR31"/>
     <mergeCell ref="Z31:AC31"/>
-    <mergeCell ref="AF31:AI31"/>
-[...71 lines deleted...]
-    <mergeCell ref="C7:L7"/>
+    <mergeCell ref="AD31:AE31"/>
+    <mergeCell ref="AH31:AK31"/>
+    <mergeCell ref="AL31:AM31"/>
+    <mergeCell ref="AN31:AQ31"/>
+    <mergeCell ref="AF31:AG31"/>
+    <mergeCell ref="AL29:AM29"/>
+    <mergeCell ref="AN29:AQ29"/>
+    <mergeCell ref="AS29:AT29"/>
     <mergeCell ref="A30:H30"/>
     <mergeCell ref="I30:Q30"/>
     <mergeCell ref="R30:Y30"/>
     <mergeCell ref="Z30:AC30"/>
-    <mergeCell ref="AF30:AI30"/>
+    <mergeCell ref="AD30:AE30"/>
+    <mergeCell ref="AH30:AK30"/>
+    <mergeCell ref="AL30:AM30"/>
+    <mergeCell ref="A29:H29"/>
+    <mergeCell ref="I29:Q29"/>
+    <mergeCell ref="R29:Y29"/>
+    <mergeCell ref="Z29:AC29"/>
+    <mergeCell ref="AD29:AE29"/>
+    <mergeCell ref="AH29:AK29"/>
+    <mergeCell ref="AF29:AG29"/>
+    <mergeCell ref="AF30:AG30"/>
+    <mergeCell ref="AN30:AQ30"/>
+    <mergeCell ref="AS30:AT30"/>
+    <mergeCell ref="AS27:AT27"/>
     <mergeCell ref="A28:H28"/>
     <mergeCell ref="I28:Q28"/>
     <mergeCell ref="R28:Y28"/>
     <mergeCell ref="Z28:AC28"/>
-    <mergeCell ref="AF28:AI28"/>
-[...4 lines deleted...]
-    <mergeCell ref="AF29:AI29"/>
+    <mergeCell ref="AD28:AE28"/>
+    <mergeCell ref="AH28:AK28"/>
+    <mergeCell ref="AL28:AM28"/>
+    <mergeCell ref="AN28:AQ28"/>
+    <mergeCell ref="AS28:AT28"/>
+    <mergeCell ref="AF28:AG28"/>
+    <mergeCell ref="A27:H27"/>
+    <mergeCell ref="I27:Q27"/>
+    <mergeCell ref="R27:Y27"/>
+    <mergeCell ref="Z27:AC27"/>
+    <mergeCell ref="AD27:AE27"/>
+    <mergeCell ref="AH27:AK27"/>
+    <mergeCell ref="AL27:AM27"/>
+    <mergeCell ref="AN27:AQ27"/>
+    <mergeCell ref="AF27:AG27"/>
+    <mergeCell ref="AL25:AM25"/>
+    <mergeCell ref="AN25:AQ25"/>
+    <mergeCell ref="AS25:AT25"/>
     <mergeCell ref="A26:H26"/>
     <mergeCell ref="I26:Q26"/>
     <mergeCell ref="R26:Y26"/>
     <mergeCell ref="Z26:AC26"/>
-    <mergeCell ref="A23:H23"/>
-[...3 lines deleted...]
-    <mergeCell ref="AF27:AI27"/>
+    <mergeCell ref="AD26:AE26"/>
+    <mergeCell ref="AH26:AK26"/>
+    <mergeCell ref="AL26:AM26"/>
+    <mergeCell ref="A25:H25"/>
+    <mergeCell ref="I25:Q25"/>
+    <mergeCell ref="R25:Y25"/>
+    <mergeCell ref="Z25:AC25"/>
+    <mergeCell ref="AD25:AE25"/>
+    <mergeCell ref="AH25:AK25"/>
+    <mergeCell ref="AF25:AG25"/>
+    <mergeCell ref="AF26:AG26"/>
+    <mergeCell ref="AN26:AQ26"/>
+    <mergeCell ref="AS26:AT26"/>
+    <mergeCell ref="AS23:AT23"/>
     <mergeCell ref="A24:H24"/>
     <mergeCell ref="I24:Q24"/>
     <mergeCell ref="R24:Y24"/>
     <mergeCell ref="Z24:AC24"/>
-    <mergeCell ref="AF24:AI24"/>
-[...4 lines deleted...]
-    <mergeCell ref="AF25:AI25"/>
     <mergeCell ref="AD24:AE24"/>
-    <mergeCell ref="AD25:AE25"/>
-[...1 lines deleted...]
-    <mergeCell ref="AD27:AE27"/>
+    <mergeCell ref="AH24:AK24"/>
+    <mergeCell ref="AL24:AM24"/>
+    <mergeCell ref="AN24:AQ24"/>
+    <mergeCell ref="AS24:AT24"/>
+    <mergeCell ref="AF24:AG24"/>
+    <mergeCell ref="A23:H23"/>
+    <mergeCell ref="I23:Q23"/>
+    <mergeCell ref="R23:Y23"/>
+    <mergeCell ref="Z23:AC23"/>
+    <mergeCell ref="AD23:AE23"/>
+    <mergeCell ref="AH23:AK23"/>
+    <mergeCell ref="AL23:AM23"/>
+    <mergeCell ref="AN23:AQ23"/>
+    <mergeCell ref="AF23:AG23"/>
+    <mergeCell ref="AL21:AM21"/>
+    <mergeCell ref="AN21:AQ21"/>
+    <mergeCell ref="AS21:AT21"/>
     <mergeCell ref="A22:H22"/>
     <mergeCell ref="I22:Q22"/>
     <mergeCell ref="R22:Y22"/>
     <mergeCell ref="Z22:AC22"/>
-    <mergeCell ref="AF22:AI22"/>
+    <mergeCell ref="AD22:AE22"/>
+    <mergeCell ref="AH22:AK22"/>
+    <mergeCell ref="AL22:AM22"/>
+    <mergeCell ref="A21:H21"/>
+    <mergeCell ref="I21:Q21"/>
+    <mergeCell ref="R21:Y21"/>
+    <mergeCell ref="Z21:AC21"/>
     <mergeCell ref="AD21:AE21"/>
-    <mergeCell ref="AD22:AE22"/>
-[...3 lines deleted...]
-    <mergeCell ref="AD23:AE23"/>
+    <mergeCell ref="AH21:AK21"/>
+    <mergeCell ref="AF21:AG21"/>
+    <mergeCell ref="AF22:AG22"/>
+    <mergeCell ref="AN22:AQ22"/>
+    <mergeCell ref="AS22:AT22"/>
+    <mergeCell ref="AS19:AT19"/>
     <mergeCell ref="A20:H20"/>
     <mergeCell ref="I20:Q20"/>
     <mergeCell ref="R20:Y20"/>
     <mergeCell ref="Z20:AC20"/>
-    <mergeCell ref="AF20:AI20"/>
+    <mergeCell ref="AD20:AE20"/>
+    <mergeCell ref="AH20:AK20"/>
+    <mergeCell ref="AL20:AM20"/>
+    <mergeCell ref="AN20:AQ20"/>
+    <mergeCell ref="AS20:AT20"/>
+    <mergeCell ref="AF20:AG20"/>
+    <mergeCell ref="A19:H19"/>
+    <mergeCell ref="I19:Q19"/>
+    <mergeCell ref="R19:Y19"/>
+    <mergeCell ref="Z19:AC19"/>
     <mergeCell ref="AD19:AE19"/>
-    <mergeCell ref="AD20:AE20"/>
-[...4 lines deleted...]
-    <mergeCell ref="AF21:AI21"/>
+    <mergeCell ref="AH19:AK19"/>
+    <mergeCell ref="AL19:AM19"/>
+    <mergeCell ref="AN19:AQ19"/>
+    <mergeCell ref="AF19:AG19"/>
+    <mergeCell ref="AL17:AM17"/>
+    <mergeCell ref="AN17:AQ17"/>
+    <mergeCell ref="AS17:AT17"/>
     <mergeCell ref="A18:H18"/>
     <mergeCell ref="I18:Q18"/>
     <mergeCell ref="R18:Y18"/>
     <mergeCell ref="Z18:AC18"/>
-    <mergeCell ref="AF18:AI18"/>
-    <mergeCell ref="AD17:AE17"/>
     <mergeCell ref="AD18:AE18"/>
-    <mergeCell ref="A19:H19"/>
-[...9 lines deleted...]
-    <mergeCell ref="AD16:AE16"/>
+    <mergeCell ref="AH18:AK18"/>
+    <mergeCell ref="AL18:AM18"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="I17:Q17"/>
     <mergeCell ref="R17:Y17"/>
     <mergeCell ref="Z17:AC17"/>
-    <mergeCell ref="AF17:AI17"/>
-[...10 lines deleted...]
-    <mergeCell ref="R13:Y13"/>
+    <mergeCell ref="AD17:AE17"/>
+    <mergeCell ref="AH17:AK17"/>
+    <mergeCell ref="AF17:AG17"/>
+    <mergeCell ref="AF18:AG18"/>
+    <mergeCell ref="AN18:AQ18"/>
+    <mergeCell ref="AS18:AT18"/>
+    <mergeCell ref="AS15:AT15"/>
+    <mergeCell ref="A16:H16"/>
+    <mergeCell ref="I16:Q16"/>
+    <mergeCell ref="R16:Y16"/>
+    <mergeCell ref="Z16:AC16"/>
+    <mergeCell ref="AD16:AE16"/>
+    <mergeCell ref="AH16:AK16"/>
+    <mergeCell ref="AL16:AM16"/>
+    <mergeCell ref="AN16:AQ16"/>
+    <mergeCell ref="AS16:AT16"/>
+    <mergeCell ref="AF16:AG16"/>
+    <mergeCell ref="A15:H15"/>
+    <mergeCell ref="I15:Q15"/>
+    <mergeCell ref="R15:Y15"/>
+    <mergeCell ref="Z15:AC15"/>
+    <mergeCell ref="AD15:AE15"/>
+    <mergeCell ref="AH15:AK15"/>
+    <mergeCell ref="AL15:AM15"/>
+    <mergeCell ref="AN15:AQ15"/>
+    <mergeCell ref="AF15:AG15"/>
+    <mergeCell ref="AL13:AM13"/>
+    <mergeCell ref="AN13:AQ13"/>
+    <mergeCell ref="AS13:AT13"/>
     <mergeCell ref="A14:H14"/>
     <mergeCell ref="I14:Q14"/>
     <mergeCell ref="R14:Y14"/>
     <mergeCell ref="Z14:AC14"/>
-    <mergeCell ref="AF14:AI14"/>
+    <mergeCell ref="AD14:AE14"/>
+    <mergeCell ref="AH14:AK14"/>
+    <mergeCell ref="AL14:AM14"/>
+    <mergeCell ref="AF14:AG14"/>
+    <mergeCell ref="AN14:AQ14"/>
+    <mergeCell ref="AS14:AT14"/>
+    <mergeCell ref="A11:AK11"/>
+    <mergeCell ref="A13:H13"/>
+    <mergeCell ref="I13:Q13"/>
+    <mergeCell ref="R13:Y13"/>
+    <mergeCell ref="Z13:AC13"/>
     <mergeCell ref="AD13:AE13"/>
-    <mergeCell ref="AD14:AE14"/>
-[...5 lines deleted...]
-    <mergeCell ref="A16:H16"/>
+    <mergeCell ref="AH13:AK13"/>
+    <mergeCell ref="A1:AK1"/>
+    <mergeCell ref="F3:H3"/>
+    <mergeCell ref="J3:L3"/>
+    <mergeCell ref="N3:O3"/>
+    <mergeCell ref="C5:Z5"/>
+    <mergeCell ref="C7:L7"/>
+    <mergeCell ref="AF13:AG13"/>
   </mergeCells>
-  <dataValidations count="8">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AQ14:AR35" xr:uid="{00000000-0002-0000-0000-000000000000}">
+  <dataValidations disablePrompts="1" count="9">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Datum splatnosti" prompt="Vyplňte datum splatnosti uvedené na Faktuře." sqref="AD14:AE35" xr:uid="{0CC375D9-C01B-4597-96DB-5B164E14357D}">
+      <formula1>"ano,ne"</formula1>
+    </dataValidation>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Kurz pro přepočet z cizí měny" prompt="V případě úhrady v cizí měně uveďte kurz pro přepočet na CZK. Použijte kurz ČNB ke dni podání žádosti o čerpání zvýhodněného úvěru." sqref="AL14:AM35" xr:uid="{9910404C-1E1F-45A2-BC98-A305CFDD684F}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Částka k úhradě" prompt="Uveďte částku k úhradě podle Faktury a v měně, ve které je Faktura vystavena." sqref="AH14:AK35" xr:uid="{BF4EFEB3-385C-4B4A-B041-4C87390D8211}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Datum splatnosti" prompt="Vyplňte datum splatnosti uvedené na Faktuře." sqref="Z14:AC35" xr:uid="{15D93AEE-9551-4FEF-89A2-42C8577A911F}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Předmět Faktury" prompt="Uveďte, co je předmětem Faktur - např. pořízení zásob, úhrada nájemného, úhrada pojistného atd._x000a_" sqref="I14:Q35" xr:uid="{A0C05E5A-19E0-4D1C-9DE6-A839AFDA670B}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Identifikace Faktury" prompt="Specifikujte, o jaký doklad jde (faktura, pojistná, nájemní, kupní či smlouva, vyúčtování služeb atd.) a uveďte číslo dokladu." sqref="A14:H35" xr:uid="{6FB15FAD-E775-4AB6-8B71-958112229091}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Druh provozního výdaje" prompt="Zvolte z nabídky." sqref="R14:Y35" xr:uid="{8F30D01F-90C5-4E93-91F2-EAC197AF8D62}">
+      <formula1>zarazeni</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AS14:AT35" xr:uid="{173CA8BE-E64D-4F56-8380-3D87B47FC6C2}">
       <formula1>"Z,N"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Druh provozního výdaje" prompt="Zvolte z nabídky." sqref="R14:Y35" xr:uid="{00000000-0002-0000-0000-000001000000}">
-[...8 lines deleted...]
-      <formula1>"ano,ne"</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Mena" prompt="Vyplňte, je-li jiná než české koruny (CZK)." sqref="AF14:AG35" xr:uid="{EED8ED0E-F4A3-4FF8-A7F3-1CD0AD66B573}">
+      <formula1>meny</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="81" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="76" fitToHeight="9" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;L&amp;"Arial,Obyčejné"&amp;6verze šablony 1.1&amp;C&amp;"Arial,Obyčejné"&amp;9&amp;P.</oddFooter>
+    <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="37" max="40" man="1"/>
+    <brk id="38" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Pojmenované oblasti</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>Soupis_Faktur</vt:lpstr>
-      <vt:lpstr>Soupis_Faktur!Oblast_tisku</vt:lpstr>
+      <vt:lpstr>F096</vt:lpstr>
+      <vt:lpstr>meny</vt:lpstr>
       <vt:lpstr>zarazeni</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>CMZRB, a.s.</Company>
+  <Company>NRB, a.s.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>sefcik</dc:creator>
+  <dc:creator>Šefčík Jiří Bc.</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_DOC_TYPE">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
-    <vt:lpwstr>2025-04-17T09:54:19Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T14:18:04Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
     <vt:lpwstr>Veřejná informace</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
     <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
-    <vt:lpwstr>eba68aea-e251-4de4-bcea-c758439baa04</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>0676a779-0808-45c3-af95-a7cdb56f297f</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>