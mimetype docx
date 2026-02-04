--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -7,81 +7,81 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9722" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2117"/>
         <w:gridCol w:w="960"/>
         <w:gridCol w:w="245"/>
         <w:gridCol w:w="960"/>
         <w:gridCol w:w="507"/>
         <w:gridCol w:w="624"/>
         <w:gridCol w:w="4085"/>
         <w:gridCol w:w="224"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002864DE" w:rsidRPr="008E64EE" w:rsidTr="00AE63A7">
+      <w:tr w:rsidR="002864DE" w:rsidRPr="008E64EE" w14:paraId="16CC2AE9" w14:textId="77777777" w:rsidTr="00AE63A7">
         <w:trPr>
           <w:trHeight w:val="765"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9722" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FA69AF" w:rsidRDefault="002864DE" w:rsidP="00326933">
+          <w:p w14:paraId="41B2ECDE" w14:textId="77777777" w:rsidR="00FA69AF" w:rsidRDefault="002864DE" w:rsidP="00326933">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
             <w:r w:rsidRPr="008E64EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Žádost o čerpání </w:t>
             </w:r>
             <w:r w:rsidR="009E0CCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">provozního </w:t>
@@ -91,279 +91,277 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>úvěru</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidR="004C3E40">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="009E0CCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>v programu S-podnik</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002337DE" w:rsidRPr="00C70FDF" w:rsidRDefault="002337DE" w:rsidP="00C77E09">
+          <w:p w14:paraId="0835E62E" w14:textId="77777777" w:rsidR="002337DE" w:rsidRPr="00C70FDF" w:rsidRDefault="002337DE" w:rsidP="00C77E09">
             <w:pPr>
               <w:spacing w:before="60" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(dále jen „</w:t>
             </w:r>
             <w:r w:rsidRPr="00C70FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Žádost</w:t>
             </w:r>
             <w:r w:rsidRPr="00C70FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE63A7" w:rsidRPr="0034332C" w:rsidTr="00AE63A7">
+      <w:tr w:rsidR="00AE63A7" w:rsidRPr="0034332C" w14:paraId="1A33D5E1" w14:textId="77777777" w:rsidTr="00AE63A7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="224" w:type="dxa"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE63A7" w:rsidRPr="0089676E" w:rsidRDefault="00AE63A7" w:rsidP="00B47F4E">
+          <w:p w14:paraId="3196E8F7" w14:textId="77777777" w:rsidR="00AE63A7" w:rsidRPr="0089676E" w:rsidRDefault="00AE63A7" w:rsidP="00B47F4E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089676E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Smlouva o úvěru č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE63A7" w:rsidRPr="00975581" w:rsidRDefault="00AE63A7" w:rsidP="001143A6">
+          <w:p w14:paraId="057407AD" w14:textId="77777777" w:rsidR="00AE63A7" w:rsidRPr="00975581" w:rsidRDefault="00AE63A7" w:rsidP="001143A6">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-[...32 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidR="001143A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001143A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001143A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="001143A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE63A7" w:rsidRPr="0089676E" w:rsidRDefault="00AE63A7" w:rsidP="00B47F4E">
+          <w:p w14:paraId="4F573750" w14:textId="77777777" w:rsidR="00AE63A7" w:rsidRPr="0089676E" w:rsidRDefault="00AE63A7" w:rsidP="00B47F4E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089676E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE63A7" w:rsidRPr="00975581" w:rsidRDefault="00AE63A7" w:rsidP="001143A6">
+          <w:p w14:paraId="5FF1CC21" w14:textId="77777777" w:rsidR="00AE63A7" w:rsidRPr="00975581" w:rsidRDefault="00AE63A7" w:rsidP="001143A6">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -423,256 +421,254 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="507" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE63A7" w:rsidRPr="0089676E" w:rsidRDefault="00AE63A7" w:rsidP="00B47F4E">
+          <w:p w14:paraId="5A31068C" w14:textId="77777777" w:rsidR="00AE63A7" w:rsidRPr="0089676E" w:rsidRDefault="00AE63A7" w:rsidP="00B47F4E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089676E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE63A7" w:rsidRPr="0034332C" w:rsidRDefault="001143A6" w:rsidP="001143A6">
+          <w:p w14:paraId="25D50CAA" w14:textId="77777777" w:rsidR="00AE63A7" w:rsidRPr="0034332C" w:rsidRDefault="001143A6" w:rsidP="001143A6">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text1"/>
+            <w:bookmarkStart w:id="2" w:name="Text1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4085" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AE63A7" w:rsidRPr="0034332C" w:rsidRDefault="00AE63A7" w:rsidP="00B47F4E">
+          <w:p w14:paraId="7953AD7F" w14:textId="77777777" w:rsidR="00AE63A7" w:rsidRPr="0034332C" w:rsidRDefault="00AE63A7" w:rsidP="00B47F4E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(dále jen „</w:t>
             </w:r>
             <w:r w:rsidRPr="003878B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Smlouva</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidTr="00AE63A7">
+      <w:tr w:rsidR="008A1C21" w:rsidRPr="0034332C" w14:paraId="13E27F0F" w14:textId="77777777" w:rsidTr="00AE63A7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="224" w:type="dxa"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="51A0CC37" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Název/jméno Klienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7381" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="00BC446F" w:rsidRDefault="008A1C21" w:rsidP="001143A6">
+          <w:p w14:paraId="20C72BA8" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="00BC446F" w:rsidRDefault="008A1C21" w:rsidP="001143A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -722,115 +718,115 @@
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidTr="00AE63A7">
+      <w:tr w:rsidR="008A1C21" w:rsidRPr="0034332C" w14:paraId="499367FF" w14:textId="77777777" w:rsidTr="00AE63A7">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="224" w:type="dxa"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="733130AC" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034332C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>IČO/RČ</w:t>
             </w:r>
             <w:r w:rsidR="0090471F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Klienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7381" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="00BC446F" w:rsidRDefault="008A1C21" w:rsidP="001143A6">
+          <w:p w14:paraId="4125289A" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="00BC446F" w:rsidRDefault="008A1C21" w:rsidP="001143A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -880,59 +876,59 @@
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008A1C21" w:rsidRPr="004B5E80" w:rsidRDefault="008A1C21" w:rsidP="004B5E80">
+    <w:p w14:paraId="3709897D" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="004B5E80" w:rsidRDefault="008A1C21" w:rsidP="004B5E80">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0066177B" w:rsidRDefault="009E0CCA" w:rsidP="00CA2F19">
+    <w:p w14:paraId="03EC50D0" w14:textId="77777777" w:rsidR="0066177B" w:rsidRDefault="009E0CCA" w:rsidP="00CA2F19">
       <w:pPr>
         <w:ind w:right="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Pojmem „</w:t>
       </w:r>
       <w:r w:rsidRPr="003878B2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Úvěr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -940,85 +936,84 @@
         </w:rPr>
         <w:t>“ se rozumí úvěr poskytnutý Klientovi na základě Smlouvy. Ostatní p</w:t>
       </w:r>
       <w:r w:rsidR="004D08C9" w:rsidRPr="004D08C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ojmy začínající velkým písmenem mají </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>význam stanovený Smlouvou</w:t>
       </w:r>
       <w:r w:rsidRPr="0034332C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, není-li uvedeno jinak.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B5E80" w:rsidRDefault="004B5E80" w:rsidP="004B5E80">
+    <w:p w14:paraId="1BE4EB38" w14:textId="77777777" w:rsidR="004B5E80" w:rsidRDefault="004B5E80" w:rsidP="004B5E80">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9667" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5698"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="565"/>
         <w:gridCol w:w="1277"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F7243" w:rsidRPr="0084150F" w:rsidTr="004F7243">
+      <w:tr w:rsidR="004F7243" w:rsidRPr="0084150F" w14:paraId="537D854D" w14:textId="77777777" w:rsidTr="004F7243">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9667" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F7243" w:rsidRPr="0084150F" w:rsidRDefault="00ED04C6" w:rsidP="009E0CCA">
+          <w:p w14:paraId="38208AE7" w14:textId="77777777" w:rsidR="004F7243" w:rsidRPr="0084150F" w:rsidRDefault="00ED04C6" w:rsidP="009E0CCA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C70FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">V souladu </w:t>
             </w:r>
             <w:r w:rsidR="009E0CCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>se Smlouvou</w:t>
             </w:r>
             <w:r w:rsidRPr="00C70FDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1071,102 +1066,100 @@
             </w:r>
             <w:r w:rsidR="004F7243">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009E0CCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004F7243">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ve prospěch mého</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E09" w:rsidRPr="0084150F" w:rsidTr="0090471F">
+      <w:tr w:rsidR="00C77E09" w:rsidRPr="0084150F" w14:paraId="0A763859" w14:textId="77777777" w:rsidTr="0090471F">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="1277" w:type="dxa"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5698" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E09" w:rsidRPr="0084150F" w:rsidRDefault="00C77E09" w:rsidP="0090471F">
+          <w:p w14:paraId="116FBC75" w14:textId="77777777" w:rsidR="00C77E09" w:rsidRPr="0084150F" w:rsidRDefault="00C77E09" w:rsidP="0090471F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Účtu pro vrácení přeplatku převeďte prostředky Úvěru ve výši:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E09" w:rsidRPr="00C77E09" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="069D940C" w14:textId="77777777" w:rsidR="00C77E09" w:rsidRPr="00C77E09" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:ind w:right="113"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C77E09">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="# ##0,00"/>
                   </w:textInput>
@@ -1230,115 +1223,114 @@
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C77E09">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="565" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="28" w:type="dxa"/>
               <w:right w:w="28" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E09" w:rsidRPr="0084150F" w:rsidRDefault="00C77E09" w:rsidP="0090471F">
+          <w:p w14:paraId="66454508" w14:textId="77777777" w:rsidR="00C77E09" w:rsidRPr="0084150F" w:rsidRDefault="00C77E09" w:rsidP="0090471F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B85F85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kč</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F7243" w:rsidRPr="0090471F" w:rsidRDefault="00C30620" w:rsidP="0090471F">
+    <w:p w14:paraId="745C6C25" w14:textId="77777777" w:rsidR="004F7243" w:rsidRPr="0090471F" w:rsidRDefault="00C30620" w:rsidP="0090471F">
       <w:pPr>
         <w:spacing w:before="360" w:after="240"/>
         <w:ind w:right="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0090471F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Klient prohlašuje</w:t>
       </w:r>
       <w:r w:rsidR="004F7243" w:rsidRPr="0090471F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a svým podpisem stvrzuje</w:t>
       </w:r>
       <w:r w:rsidRPr="0090471F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, že</w:t>
       </w:r>
       <w:r w:rsidR="004F7243" w:rsidRPr="0090471F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C30620" w:rsidRDefault="00326933" w:rsidP="00C77E09">
+    <w:p w14:paraId="18ADC207" w14:textId="77777777" w:rsidR="00C30620" w:rsidRDefault="00326933" w:rsidP="00C77E09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="426" w:right="-142" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">účet, </w:t>
       </w:r>
       <w:r w:rsidR="00511C51">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">v jehož prospěch má být na základě této Žádosti čerpán </w:t>
@@ -1399,51 +1391,51 @@
         </w:rPr>
         <w:t>lient je jeho</w:t>
       </w:r>
       <w:r w:rsidR="00C30620">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C30620" w:rsidRPr="00C70FDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>majitelem</w:t>
       </w:r>
       <w:r w:rsidR="004F7243">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7243" w:rsidRDefault="004F7243" w:rsidP="00C77E09">
+    <w:p w14:paraId="5CF94050" w14:textId="77777777" w:rsidR="004F7243" w:rsidRDefault="004F7243" w:rsidP="00C77E09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="480"/>
         <w:ind w:left="425" w:right="-142" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">výdaje </w:t>
       </w:r>
       <w:r w:rsidR="00F87248">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>uvedené v přiloženém soupisu Faktur</w:t>
@@ -1495,98 +1487,98 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>jsou způsobilými výdaji Úvěru ve smyslu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Smlouvy.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="624"/>
         <w:gridCol w:w="5613"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C77E09" w:rsidRPr="0024720A" w:rsidTr="0090471F">
+      <w:tr w:rsidR="00C77E09" w:rsidRPr="0024720A" w14:paraId="6CA64BD9" w14:textId="77777777" w:rsidTr="0090471F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E09" w:rsidRPr="0024720A" w:rsidRDefault="00C77E09" w:rsidP="00C609C2">
+          <w:p w14:paraId="612518A0" w14:textId="77777777" w:rsidR="00C77E09" w:rsidRPr="0024720A" w:rsidRDefault="00C77E09" w:rsidP="00C609C2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024720A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="0090471F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E09" w:rsidRPr="0024720A" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="672E8A9D" w14:textId="77777777" w:rsidR="00C77E09" w:rsidRPr="0024720A" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1637,79 +1629,79 @@
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E09" w:rsidRPr="0024720A" w:rsidRDefault="00C77E09" w:rsidP="00C609C2">
+          <w:p w14:paraId="7F8896BA" w14:textId="77777777" w:rsidR="00C77E09" w:rsidRPr="0024720A" w:rsidRDefault="00C77E09" w:rsidP="00C609C2">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024720A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E09" w:rsidRPr="0024720A" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="360B5AC7" w14:textId="77777777" w:rsidR="00C77E09" w:rsidRPr="0024720A" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d.M.yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -1756,260 +1748,260 @@
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E10335" w:rsidRPr="00EC40A9" w:rsidRDefault="00E10335" w:rsidP="00C77E09">
+    <w:p w14:paraId="42B8AF94" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00EC40A9" w:rsidRDefault="00E10335" w:rsidP="00C77E09">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Podpis Klienta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9426" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3614"/>
         <w:gridCol w:w="2858"/>
         <w:gridCol w:w="2954"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E10335" w:rsidRPr="00713A8D" w:rsidTr="00C77E09">
+      <w:tr w:rsidR="00E10335" w:rsidRPr="00713A8D" w14:paraId="42BEEDCA" w14:textId="77777777" w:rsidTr="00C77E09">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="607"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10335" w:rsidRPr="00713A8D" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
+          <w:p w14:paraId="4234A266" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00713A8D" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713A8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Jméno a příjmení osoby oprávněné zastupovat </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r w:rsidRPr="00713A8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10335" w:rsidRPr="00713A8D" w:rsidRDefault="00E10335" w:rsidP="00C77E09">
+          <w:p w14:paraId="7846F087" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00713A8D" w:rsidRDefault="00E10335" w:rsidP="00C77E09">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713A8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Podpis</w:t>
             </w:r>
             <w:r w:rsidRPr="00713A8D">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10335" w:rsidRPr="00713A8D" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
+          <w:p w14:paraId="54866433" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00713A8D" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:ind w:right="-70"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00713A8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Razítko, pokud je součástí podpisu </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r w:rsidRPr="00713A8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidTr="00C77E09">
+      <w:tr w:rsidR="00E10335" w:rsidRPr="00522727" w14:paraId="2975C87E" w14:textId="77777777" w:rsidTr="00C77E09">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="31B5427D" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -2068,111 +2060,111 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
+          <w:p w14:paraId="11C482AA" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
+          <w:p w14:paraId="3AD571A6" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidTr="00C77E09">
+      <w:tr w:rsidR="00E10335" w:rsidRPr="00522727" w14:paraId="430AEB8C" w14:textId="77777777" w:rsidTr="00C77E09">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="269965CA" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -2231,111 +2223,111 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
+          <w:p w14:paraId="65E2ABF4" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
+          <w:p w14:paraId="43EBAAF9" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidTr="00C77E09">
+      <w:tr w:rsidR="00E10335" w:rsidRPr="00522727" w14:paraId="4E89630E" w14:textId="77777777" w:rsidTr="00C77E09">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="14FB3294" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -2394,208 +2386,208 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
+          <w:p w14:paraId="03D00DA5" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2954" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
+          <w:p w14:paraId="5FA8170E" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00522727" w:rsidRDefault="00E10335" w:rsidP="006F1E57">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004F7243" w:rsidRPr="00250F01" w:rsidRDefault="008A1C21" w:rsidP="00C77E09">
+    <w:p w14:paraId="07A9EA4E" w14:textId="77777777" w:rsidR="004F7243" w:rsidRPr="00250F01" w:rsidRDefault="008A1C21" w:rsidP="00C77E09">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Příloh</w:t>
       </w:r>
       <w:r w:rsidR="00AE63A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F7243" w:rsidRPr="00AE63A7" w:rsidRDefault="00F87248" w:rsidP="00AA2A73">
+    <w:p w14:paraId="1C8E5A20" w14:textId="77777777" w:rsidR="004F7243" w:rsidRPr="00AE63A7" w:rsidRDefault="00F87248" w:rsidP="00AA2A73">
       <w:pPr>
         <w:pStyle w:val="Zkladntextodsazen"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE63A7">
         <w:t>Soupis výdajů k úhradě ze Zvýhodněného provozního úvěru</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E37154" w:rsidRDefault="00E10335" w:rsidP="00AA2A73">
+    <w:p w14:paraId="1C244269" w14:textId="77777777" w:rsidR="00E37154" w:rsidRDefault="00E10335" w:rsidP="00AA2A73">
       <w:pPr>
         <w:pStyle w:val="Zkladntextodsazen"/>
         <w:keepNext/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5760"/>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="70"/>
         <w:gridCol w:w="747"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="70"/>
         <w:gridCol w:w="497"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="184"/>
         <w:gridCol w:w="383"/>
         <w:gridCol w:w="1399"/>
         <w:gridCol w:w="1011"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F9412F" w:rsidRPr="007151C2" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="00F9412F" w:rsidRPr="007151C2" w14:paraId="4C6ED908" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRPr="007151C2" w:rsidRDefault="00F9412F" w:rsidP="008A1C21">
+          <w:p w14:paraId="3614863E" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRPr="007151C2" w:rsidRDefault="00F9412F" w:rsidP="008A1C21">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007151C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Vypl</w:t>
             </w:r>
             <w:r>
@@ -2606,81 +2598,81 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ní</w:t>
             </w:r>
             <w:r w:rsidRPr="007151C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0040727A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Banka</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9412F" w:rsidRPr="00790D97" w:rsidTr="0090471F">
+      <w:tr w:rsidR="00F9412F" w:rsidRPr="00790D97" w14:paraId="4504312A" w14:textId="77777777" w:rsidTr="0090471F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRDefault="00F9412F" w:rsidP="0090471F">
+          <w:p w14:paraId="5388DFF2" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRDefault="00F9412F" w:rsidP="0090471F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Podpis</w:t>
             </w:r>
             <w:r w:rsidR="002F0F22">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2702,117 +2694,117 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">y) </w:t>
             </w:r>
             <w:r w:rsidR="004B5E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="008A1C21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>lienta ověřil</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="007F4822" w:rsidRPr="00631F49" w14:paraId="7DE54030" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="007F4822" w:rsidP="00394B39">
+          <w:p w14:paraId="4CDEE176" w14:textId="77777777" w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="007F4822" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00631F49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="1D7C5777" w14:textId="77777777" w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d.M.yyyy"/>
@@ -2874,85 +2866,85 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="007F4822" w:rsidP="00394B39">
+          <w:p w14:paraId="463443C7" w14:textId="77777777" w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="007F4822" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00631F49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jméno a příjmení</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="5E18F113" w14:textId="77777777" w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3000,394 +2992,388 @@
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9412F" w:rsidRPr="00790D97" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="00F9412F" w:rsidRPr="00790D97" w14:paraId="08F1116C" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRPr="00790D97" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
+          <w:p w14:paraId="5EDC6CEB" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRPr="00790D97" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRPr="00790D97" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
+          <w:p w14:paraId="494B5A66" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRPr="00790D97" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRPr="00790D97" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
+          <w:p w14:paraId="6AD7CB86" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRPr="00790D97" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2793" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRPr="00790D97" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
+          <w:p w14:paraId="73A7D707" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRPr="00790D97" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="008A1C21" w:rsidRPr="0034332C" w14:paraId="1254B605" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="70" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="233602AD" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="497" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="6A11614A" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="37CE47CC" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>částka</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="7FA536DF" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:ind w:left="-73"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>měna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="0036FA15" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="5824AEDA" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="008A1C21" w:rsidRPr="0034332C" w14:paraId="2091281B" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="70" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3015" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="56D790FE" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Doporučená v</w:t>
             </w:r>
             <w:r w:rsidRPr="0034332C">
               <w:rPr>
@@ -3395,54 +3381,53 @@
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ýše čerpání</w:t>
             </w:r>
             <w:r w:rsidRPr="000B283D">
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="001143A6">
+          <w:p w14:paraId="26E23C70" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="001143A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="170"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -3505,54 +3490,53 @@
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="001143A6">
+          <w:p w14:paraId="50355832" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="001143A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -3612,250 +3596,245 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="29856941" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1399" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="7E23BC73" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1011" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="3C017FD0" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9412F" w:rsidRPr="00E166B2" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="00F9412F" w:rsidRPr="00E166B2" w14:paraId="6BF73E2E" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
+          <w:p w14:paraId="7BBC499B" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2877" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRPr="00E166B2" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
+          <w:p w14:paraId="0160A930" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRPr="00E166B2" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2793" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRPr="00E166B2" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
+          <w:p w14:paraId="74473CDF" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRPr="00E166B2" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9412F" w:rsidRPr="0090471F" w:rsidTr="0090471F">
+      <w:tr w:rsidR="00F9412F" w:rsidRPr="0090471F" w14:paraId="750AA60C" w14:textId="77777777" w:rsidTr="0090471F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRPr="00506C7A" w:rsidRDefault="00F9412F" w:rsidP="0090471F">
+          <w:p w14:paraId="07196A2B" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRPr="00506C7A" w:rsidRDefault="00F9412F" w:rsidP="0090471F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E166B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Čerpání úvěru </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3877,117 +3856,117 @@
             </w:r>
             <w:r w:rsidRPr="0086448A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ypořádacího účtu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E166B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>doporučil:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="007F4822" w:rsidRPr="00631F49" w14:paraId="01555A77" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="007F4822" w:rsidP="00394B39">
+          <w:p w14:paraId="3490FD91" w14:textId="77777777" w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="007F4822" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00631F49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="395C6A09" w14:textId="77777777" w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d.M.yyyy"/>
@@ -4049,85 +4028,85 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="007F4822" w:rsidP="00394B39">
+          <w:p w14:paraId="295CA440" w14:textId="77777777" w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="007F4822" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00631F49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jméno a příjmení</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="621601F1" w14:textId="77777777" w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -4175,165 +4154,165 @@
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9412F" w:rsidRPr="000C07B7" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="00F9412F" w:rsidRPr="000C07B7" w14:paraId="30052489" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRPr="00506C7A" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
+          <w:p w14:paraId="427C2786" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRPr="00506C7A" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008A1C21" w:rsidRDefault="008A1C21"/>
+    <w:p w14:paraId="50576D71" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRDefault="008A1C21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9321" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="3084"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidTr="00CB694A">
+      <w:tr w:rsidR="008A1C21" w:rsidRPr="0034332C" w14:paraId="371163D6" w14:textId="77777777" w:rsidTr="00CB694A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="000105AD" w:rsidRDefault="008A1C21" w:rsidP="007C35A3">
+          <w:p w14:paraId="450E6171" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="000105AD" w:rsidRDefault="008A1C21" w:rsidP="007C35A3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="170"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Vypořádací účet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0033722E" w:rsidRDefault="008A1C21" w:rsidP="001143A6">
+          <w:p w14:paraId="53BCFA46" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0033722E" w:rsidRDefault="008A1C21" w:rsidP="001143A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4387,420 +4366,420 @@
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3084" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
+          <w:p w14:paraId="13DA418C" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="0034332C" w:rsidRDefault="008A1C21" w:rsidP="00CB694A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008A1C21" w:rsidRDefault="008A1C21"/>
+    <w:p w14:paraId="312FE9A0" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRDefault="008A1C21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblInd w:w="-38" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F9412F" w:rsidRPr="000C07B7" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="00F9412F" w:rsidRPr="000C07B7" w14:paraId="42BB5696" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRPr="00506C7A" w:rsidRDefault="00F9412F" w:rsidP="00C3464C">
+          <w:p w14:paraId="162273A6" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRPr="00506C7A" w:rsidRDefault="00F9412F" w:rsidP="00C3464C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Čerpání úvěru a </w:t>
             </w:r>
             <w:r w:rsidRPr="0086448A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">převod finančních prostředků z </w:t>
             </w:r>
             <w:r w:rsidR="0040727A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidRPr="0086448A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ypořádacího účtu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9412F" w:rsidRPr="000C07B7" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="00F9412F" w:rsidRPr="000C07B7" w14:paraId="10C55208" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRPr="00506C7A" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
+          <w:p w14:paraId="27F58392" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRPr="00506C7A" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B11" w:rsidRPr="000C07B7" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="00790B11" w:rsidRPr="000C07B7" w14:paraId="34A48514" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00790B11" w:rsidRPr="00506C7A" w:rsidRDefault="00790B11" w:rsidP="00394B39">
+          <w:p w14:paraId="7CE8B626" w14:textId="77777777" w:rsidR="00790B11" w:rsidRPr="00506C7A" w:rsidRDefault="00790B11" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00167F39">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00167F39">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005578FC">
-[...5 lines deleted...]
-            <w:r w:rsidR="005578FC">
+            <w:r w:rsidRPr="00167F39">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00167F39">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00167F39">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00790B11" w:rsidRPr="00A12511" w:rsidRDefault="00790B11" w:rsidP="00394B39">
+          <w:p w14:paraId="06A0C752" w14:textId="77777777" w:rsidR="00790B11" w:rsidRPr="00A12511" w:rsidRDefault="00790B11" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>schvaluji</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00790B11" w:rsidRPr="00506C7A" w:rsidRDefault="00790B11" w:rsidP="002F4D9A">
+          <w:p w14:paraId="610B3D79" w14:textId="77777777" w:rsidR="00790B11" w:rsidRPr="00506C7A" w:rsidRDefault="00790B11" w:rsidP="002F4D9A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00167F39">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00167F39">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005578FC">
-[...5 lines deleted...]
-            <w:r w:rsidR="005578FC">
+            <w:r w:rsidRPr="00167F39">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00167F39">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00167F39">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00790B11" w:rsidRPr="00523AB0" w:rsidRDefault="00790B11" w:rsidP="00394B39">
+          <w:p w14:paraId="07423D00" w14:textId="77777777" w:rsidR="00790B11" w:rsidRPr="00523AB0" w:rsidRDefault="00790B11" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00523AB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>neschvaluji</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00790B11" w:rsidRPr="002F4D9A" w:rsidRDefault="008A1C21" w:rsidP="002F4D9A">
+          <w:p w14:paraId="132AEE03" w14:textId="77777777" w:rsidR="00790B11" w:rsidRPr="002F4D9A" w:rsidRDefault="008A1C21" w:rsidP="002F4D9A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>převod proveďte dne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00790B11" w:rsidRPr="002F4D9A" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="70F9A7BA" w14:textId="77777777" w:rsidR="00790B11" w:rsidRPr="002F4D9A" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d.M.yyyy"/>
@@ -4851,132 +4830,132 @@
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F9412F" w:rsidRPr="000C07B7" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="00F9412F" w:rsidRPr="000C07B7" w14:paraId="504F2084" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F9412F" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
+          <w:p w14:paraId="26922982" w14:textId="77777777" w:rsidR="00F9412F" w:rsidRDefault="00F9412F" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidTr="008A1C21">
+      <w:tr w:rsidR="007F4822" w:rsidRPr="00631F49" w14:paraId="3DB013A6" w14:textId="77777777" w:rsidTr="008A1C21">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="007F4822" w:rsidP="00394B39">
+          <w:p w14:paraId="069F3BF4" w14:textId="77777777" w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="007F4822" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00631F49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Datum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="25CBA482" w14:textId="77777777" w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d.M.yyyy"/>
@@ -5037,85 +5016,85 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="007F4822" w:rsidP="00394B39">
+          <w:p w14:paraId="1072D0CB" w14:textId="77777777" w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="007F4822" w:rsidP="00394B39">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00631F49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Jméno a příjmení</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="1FC0ACC0" w14:textId="77777777" w:rsidR="007F4822" w:rsidRPr="00631F49" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -5164,98 +5143,98 @@
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C4021E" w:rsidRPr="00BA484D" w:rsidRDefault="008A1C21" w:rsidP="0090471F">
+    <w:p w14:paraId="26EE8F3D" w14:textId="77777777" w:rsidR="00C4021E" w:rsidRPr="00BA484D" w:rsidRDefault="008A1C21" w:rsidP="0090471F">
       <w:pPr>
         <w:pStyle w:val="Zhlav"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="left" w:pos="708"/>
           <w:tab w:val="left" w:pos="1416"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="5760"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Poznámka schvalovatele</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9322"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C4021E" w:rsidTr="0090471F">
+      <w:tr w:rsidR="00C4021E" w14:paraId="1407880F" w14:textId="77777777" w:rsidTr="0090471F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C4021E" w:rsidRPr="00E2164E" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
+          <w:p w14:paraId="28F9D906" w14:textId="77777777" w:rsidR="00C4021E" w:rsidRPr="00E2164E" w:rsidRDefault="00C77E09" w:rsidP="001143A6">
             <w:pPr>
               <w:spacing w:before="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -5299,87 +5278,87 @@
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001143A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C4021E" w:rsidRPr="00672198" w:rsidRDefault="00C4021E" w:rsidP="00713A8D"/>
+    <w:p w14:paraId="7FFB68DC" w14:textId="77777777" w:rsidR="00C4021E" w:rsidRPr="00672198" w:rsidRDefault="00C4021E" w:rsidP="00713A8D"/>
     <w:sectPr w:rsidR="00C4021E" w:rsidRPr="00672198" w:rsidSect="00C70FDF">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1133" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005578FC" w:rsidRDefault="005578FC">
+    <w:p w14:paraId="2FB7893D" w14:textId="77777777" w:rsidR="00B7382F" w:rsidRDefault="00B7382F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005578FC" w:rsidRDefault="005578FC">
+    <w:p w14:paraId="6351306E" w14:textId="77777777" w:rsidR="00B7382F" w:rsidRDefault="00B7382F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5390,116 +5369,116 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monotype Sorts">
     <w:altName w:val="ZapfDingbats"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00211593" w:rsidRDefault="004D08C9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1E81F578" w14:textId="77777777" w:rsidR="00211593" w:rsidRDefault="004D08C9">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00211593">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00211593" w:rsidRDefault="00211593">
+  <w:p w14:paraId="7AB2BDB4" w14:textId="77777777" w:rsidR="00211593" w:rsidRDefault="00211593">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00211593" w:rsidRDefault="004D08C9" w:rsidP="001F3D86">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="359B5D1C" w14:textId="77777777" w:rsidR="00211593" w:rsidRDefault="004D08C9" w:rsidP="001F3D86">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001F3D86">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00211593" w:rsidRPr="001F3D86">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="001F3D86">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5508,153 +5487,153 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00716209">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3D86">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="007E4355">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00C70FDF" w:rsidRPr="0065476C" w:rsidRDefault="00C70FDF" w:rsidP="00C70FDF">
+  <w:p w14:paraId="244FC0DB" w14:textId="77777777" w:rsidR="00C70FDF" w:rsidRPr="0065476C" w:rsidRDefault="00C70FDF" w:rsidP="00C70FDF">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0065476C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">verze šablony </w:t>
     </w:r>
     <w:r w:rsidR="00B41044">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="0090471F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t>.0 web</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00B41044" w:rsidRDefault="00B41044">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="143FDF57" w14:textId="77777777" w:rsidR="00B41044" w:rsidRDefault="00B41044">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
     <w:r w:rsidRPr="00B41044">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t>verze šablony 1</w:t>
     </w:r>
     <w:r w:rsidR="0090471F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00F81044">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="0090471F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t xml:space="preserve"> web</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005578FC" w:rsidRDefault="005578FC">
+    <w:p w14:paraId="1F60AC14" w14:textId="77777777" w:rsidR="00B7382F" w:rsidRDefault="00B7382F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005578FC" w:rsidRDefault="005578FC">
+    <w:p w14:paraId="1DEEF560" w14:textId="77777777" w:rsidR="00B7382F" w:rsidRDefault="00B7382F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00E10335" w:rsidRPr="00EC40A9" w:rsidRDefault="00E10335" w:rsidP="008A1C21">
+    <w:p w14:paraId="6B1962ED" w14:textId="77777777" w:rsidR="00E10335" w:rsidRPr="00EC40A9" w:rsidRDefault="00E10335" w:rsidP="008A1C21">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EC40A9">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00EC40A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -5709,100 +5688,100 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> smlouvu </w:t>
       </w:r>
       <w:r w:rsidRPr="00EC40A9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>o využívání aplikace E-podatelna</w:t>
       </w:r>
       <w:r w:rsidRPr="0014468D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00B41044" w:rsidRPr="00B41044" w:rsidRDefault="00E10335" w:rsidP="008A1C21">
+    <w:p w14:paraId="47F50726" w14:textId="77777777" w:rsidR="00B41044" w:rsidRPr="00B41044" w:rsidRDefault="00E10335" w:rsidP="008A1C21">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0014468D">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0014468D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Podpis musí být proveden před pracovníkem </w:t>
       </w:r>
       <w:r w:rsidRPr="0014468D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>Banky</w:t>
       </w:r>
       <w:r w:rsidRPr="0014468D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> nebo musí být úředně ověřen.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="008A1C21" w:rsidRPr="00167F39" w:rsidRDefault="008A1C21" w:rsidP="008A1C21">
+    <w:p w14:paraId="1E2009C2" w14:textId="77777777" w:rsidR="008A1C21" w:rsidRPr="00167F39" w:rsidRDefault="008A1C21" w:rsidP="008A1C21">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00167F39">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00167F39">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00167F39">
@@ -5816,85 +5795,85 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> a měna</w:t>
       </w:r>
       <w:r w:rsidRPr="00167F39">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> platby, jde-li o platbu v cizí měně.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10207" w:type="dxa"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="28" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="5387"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A26DD3" w:rsidTr="006E3C4F">
+    <w:tr w:rsidR="00A26DD3" w14:paraId="57131CE3" w14:textId="77777777" w:rsidTr="006E3C4F">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00A26DD3" w:rsidRDefault="00A26DD3" w:rsidP="00A26DD3">
+        <w:p w14:paraId="6505BEA4" w14:textId="77777777" w:rsidR="00A26DD3" w:rsidRDefault="00A26DD3" w:rsidP="00A26DD3">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7666FB7D" wp14:editId="67CAD34F">
                 <wp:extent cx="1666875" cy="581025"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:docPr id="2" name="Obrázek 2" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -5905,71 +5884,71 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1666875" cy="581025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00A26DD3" w:rsidRDefault="00A26DD3" w:rsidP="00A26DD3">
+        <w:p w14:paraId="286F761E" w14:textId="77777777" w:rsidR="00A26DD3" w:rsidRDefault="00A26DD3" w:rsidP="00A26DD3">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00A26DD3" w:rsidRPr="00E57A07" w:rsidRDefault="00A26DD3" w:rsidP="00A26DD3">
+  <w:p w14:paraId="13480EF4" w14:textId="77777777" w:rsidR="00A26DD3" w:rsidRPr="00E57A07" w:rsidRDefault="00A26DD3" w:rsidP="00A26DD3">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CD508D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0658D1B4"/>
     <w:lvl w:ilvl="0" w:tplc="7C7ADD02">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:pStyle w:val="Nadpis6"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -7444,260 +7423,266 @@
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6109"/>
         </w:tabs>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6829"/>
         </w:tabs>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="308900711">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="122382122">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1382905529">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1561674425">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="368728881">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1948613748">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1089736184">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="468087978">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="286862493">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1445733309">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1599831526">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="636956711">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="2005427874">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="702900004">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="mK6teKuRs9SIuO5Nrq4TbndVYhrj0DLyow1ifsoPNAutDzAhcELWBKuHhDy89UB+6kmzYZSLFsTLYfRlqjuugQ==" w:salt="zWbnwqhUF5ius9KpGrzVbg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="baxdwB43Q8kpEf5ZkmYDCv70mOXwrM7f7uOciA1BvJPO0I39Peph+HX8qpbIgcOEoHw6FPdWQEVrOZgCXC/QUw==" w:salt="n7YvwpRcpd5gnpS01F8lUA=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C77E09"/>
+    <w:rsid w:val="00000366"/>
     <w:rsid w:val="000061D0"/>
     <w:rsid w:val="00011CF6"/>
     <w:rsid w:val="00011D51"/>
     <w:rsid w:val="00014C54"/>
     <w:rsid w:val="00015C7B"/>
     <w:rsid w:val="00023F19"/>
     <w:rsid w:val="00031900"/>
     <w:rsid w:val="00040301"/>
     <w:rsid w:val="00051B2F"/>
     <w:rsid w:val="000549EF"/>
     <w:rsid w:val="00054C8B"/>
     <w:rsid w:val="000572D8"/>
     <w:rsid w:val="0006145E"/>
     <w:rsid w:val="00061D81"/>
     <w:rsid w:val="00062208"/>
     <w:rsid w:val="00066855"/>
     <w:rsid w:val="00087964"/>
     <w:rsid w:val="00093A0C"/>
     <w:rsid w:val="000960F5"/>
     <w:rsid w:val="0009666F"/>
     <w:rsid w:val="000A0A92"/>
     <w:rsid w:val="000A3736"/>
     <w:rsid w:val="000B5107"/>
     <w:rsid w:val="000C07B7"/>
     <w:rsid w:val="000C13C5"/>
     <w:rsid w:val="000C152B"/>
     <w:rsid w:val="000C529A"/>
     <w:rsid w:val="000C667D"/>
     <w:rsid w:val="000C69F7"/>
     <w:rsid w:val="000D697D"/>
     <w:rsid w:val="000F15F1"/>
+    <w:rsid w:val="000F43A0"/>
     <w:rsid w:val="00100F1B"/>
     <w:rsid w:val="00104B86"/>
     <w:rsid w:val="00106B02"/>
     <w:rsid w:val="00110DCE"/>
     <w:rsid w:val="001143A6"/>
     <w:rsid w:val="00120DF2"/>
     <w:rsid w:val="001225E5"/>
     <w:rsid w:val="00122650"/>
     <w:rsid w:val="00126AC4"/>
     <w:rsid w:val="00127CE4"/>
     <w:rsid w:val="00135A51"/>
     <w:rsid w:val="00143B3B"/>
     <w:rsid w:val="001464DF"/>
     <w:rsid w:val="00155C64"/>
     <w:rsid w:val="00155CBD"/>
     <w:rsid w:val="00155D7C"/>
     <w:rsid w:val="00161521"/>
     <w:rsid w:val="001636FA"/>
     <w:rsid w:val="00167F39"/>
     <w:rsid w:val="00176C2A"/>
     <w:rsid w:val="001844C9"/>
+    <w:rsid w:val="001901DE"/>
     <w:rsid w:val="001A01EA"/>
     <w:rsid w:val="001A4B65"/>
     <w:rsid w:val="001A6F07"/>
     <w:rsid w:val="001A7FD6"/>
     <w:rsid w:val="001B44AB"/>
     <w:rsid w:val="001B7B1D"/>
     <w:rsid w:val="001C0C32"/>
     <w:rsid w:val="001C0E4F"/>
     <w:rsid w:val="001C5B62"/>
     <w:rsid w:val="001D493E"/>
     <w:rsid w:val="001D70F6"/>
     <w:rsid w:val="001E1D35"/>
     <w:rsid w:val="001E2459"/>
     <w:rsid w:val="001F35A3"/>
     <w:rsid w:val="001F3D86"/>
     <w:rsid w:val="001F41CD"/>
     <w:rsid w:val="00211593"/>
     <w:rsid w:val="00220F34"/>
     <w:rsid w:val="00231265"/>
     <w:rsid w:val="00232BF2"/>
     <w:rsid w:val="002337DE"/>
     <w:rsid w:val="002359A8"/>
     <w:rsid w:val="00235E4D"/>
     <w:rsid w:val="0023668C"/>
     <w:rsid w:val="00241058"/>
     <w:rsid w:val="00241509"/>
     <w:rsid w:val="0025051A"/>
     <w:rsid w:val="0025430C"/>
     <w:rsid w:val="00256397"/>
     <w:rsid w:val="00256A1A"/>
     <w:rsid w:val="00276851"/>
+    <w:rsid w:val="00277536"/>
     <w:rsid w:val="00277687"/>
     <w:rsid w:val="0028087B"/>
     <w:rsid w:val="00280C95"/>
     <w:rsid w:val="00281F6B"/>
     <w:rsid w:val="002864DE"/>
     <w:rsid w:val="002A76EE"/>
     <w:rsid w:val="002B0D37"/>
     <w:rsid w:val="002B53AA"/>
     <w:rsid w:val="002C700E"/>
     <w:rsid w:val="002D4882"/>
     <w:rsid w:val="002E1211"/>
     <w:rsid w:val="002E6D1B"/>
     <w:rsid w:val="002E72B8"/>
     <w:rsid w:val="002F0F22"/>
     <w:rsid w:val="002F13A5"/>
     <w:rsid w:val="002F215C"/>
     <w:rsid w:val="002F25B7"/>
     <w:rsid w:val="002F4D9A"/>
     <w:rsid w:val="002F5BF4"/>
     <w:rsid w:val="00313ACD"/>
     <w:rsid w:val="00325CC3"/>
     <w:rsid w:val="00326933"/>
     <w:rsid w:val="00331543"/>
     <w:rsid w:val="003322D4"/>
     <w:rsid w:val="00334EF9"/>
     <w:rsid w:val="0033523C"/>
     <w:rsid w:val="00335D49"/>
     <w:rsid w:val="003366A3"/>
     <w:rsid w:val="003523E8"/>
     <w:rsid w:val="00355FF5"/>
     <w:rsid w:val="003614DC"/>
     <w:rsid w:val="00361C93"/>
     <w:rsid w:val="00365865"/>
     <w:rsid w:val="00371527"/>
     <w:rsid w:val="00376E5A"/>
     <w:rsid w:val="00384145"/>
     <w:rsid w:val="00394B39"/>
     <w:rsid w:val="00395458"/>
     <w:rsid w:val="00395F2A"/>
     <w:rsid w:val="003A0BC5"/>
     <w:rsid w:val="003A2304"/>
     <w:rsid w:val="003B0B0C"/>
     <w:rsid w:val="003B0F03"/>
     <w:rsid w:val="003B4CF1"/>
     <w:rsid w:val="003C60C3"/>
     <w:rsid w:val="003C73FB"/>
     <w:rsid w:val="003D14C3"/>
     <w:rsid w:val="003D1FAE"/>
+    <w:rsid w:val="003D38DE"/>
     <w:rsid w:val="003E3628"/>
     <w:rsid w:val="003F60A6"/>
     <w:rsid w:val="003F642C"/>
     <w:rsid w:val="003F75B7"/>
     <w:rsid w:val="00401348"/>
     <w:rsid w:val="0040727A"/>
     <w:rsid w:val="00412946"/>
     <w:rsid w:val="00414890"/>
     <w:rsid w:val="0041533D"/>
     <w:rsid w:val="00416922"/>
     <w:rsid w:val="00420C1B"/>
     <w:rsid w:val="00437715"/>
     <w:rsid w:val="00442E5C"/>
     <w:rsid w:val="00446A30"/>
     <w:rsid w:val="00452D1A"/>
     <w:rsid w:val="00456B34"/>
     <w:rsid w:val="004618D9"/>
     <w:rsid w:val="0047286E"/>
     <w:rsid w:val="00476968"/>
     <w:rsid w:val="00481CA9"/>
     <w:rsid w:val="00485337"/>
     <w:rsid w:val="00487404"/>
     <w:rsid w:val="00492B78"/>
     <w:rsid w:val="00494AD7"/>
     <w:rsid w:val="00494DC3"/>
@@ -7867,50 +7852,51 @@
     <w:rsid w:val="00925AAD"/>
     <w:rsid w:val="00935EF4"/>
     <w:rsid w:val="00936A20"/>
     <w:rsid w:val="00942ABE"/>
     <w:rsid w:val="009433A0"/>
     <w:rsid w:val="009458D4"/>
     <w:rsid w:val="00946E36"/>
     <w:rsid w:val="00950715"/>
     <w:rsid w:val="009545E4"/>
     <w:rsid w:val="009636F5"/>
     <w:rsid w:val="00972F95"/>
     <w:rsid w:val="00974297"/>
     <w:rsid w:val="0098265D"/>
     <w:rsid w:val="00984BB2"/>
     <w:rsid w:val="0098634C"/>
     <w:rsid w:val="009873FD"/>
     <w:rsid w:val="00991695"/>
     <w:rsid w:val="009966D5"/>
     <w:rsid w:val="009A0495"/>
     <w:rsid w:val="009A4FD4"/>
     <w:rsid w:val="009B7841"/>
     <w:rsid w:val="009B79C2"/>
     <w:rsid w:val="009C4CBF"/>
     <w:rsid w:val="009C6711"/>
     <w:rsid w:val="009D1265"/>
+    <w:rsid w:val="009D146E"/>
     <w:rsid w:val="009D31C9"/>
     <w:rsid w:val="009D6E50"/>
     <w:rsid w:val="009E0CCA"/>
     <w:rsid w:val="009E196C"/>
     <w:rsid w:val="009F39A5"/>
     <w:rsid w:val="009F4C27"/>
     <w:rsid w:val="009F5F60"/>
     <w:rsid w:val="00A03CB0"/>
     <w:rsid w:val="00A10116"/>
     <w:rsid w:val="00A11E0C"/>
     <w:rsid w:val="00A12134"/>
     <w:rsid w:val="00A12511"/>
     <w:rsid w:val="00A16F14"/>
     <w:rsid w:val="00A25A7E"/>
     <w:rsid w:val="00A26725"/>
     <w:rsid w:val="00A26DD3"/>
     <w:rsid w:val="00A31FD4"/>
     <w:rsid w:val="00A3344C"/>
     <w:rsid w:val="00A34089"/>
     <w:rsid w:val="00A40636"/>
     <w:rsid w:val="00A52543"/>
     <w:rsid w:val="00A667D0"/>
     <w:rsid w:val="00A66AE9"/>
     <w:rsid w:val="00A769F3"/>
     <w:rsid w:val="00A90F19"/>
@@ -7922,62 +7908,64 @@
     <w:rsid w:val="00AA6073"/>
     <w:rsid w:val="00AB7C44"/>
     <w:rsid w:val="00AC0A07"/>
     <w:rsid w:val="00AC12C3"/>
     <w:rsid w:val="00AC29D5"/>
     <w:rsid w:val="00AD354F"/>
     <w:rsid w:val="00AD555E"/>
     <w:rsid w:val="00AD65D9"/>
     <w:rsid w:val="00AE3035"/>
     <w:rsid w:val="00AE4E61"/>
     <w:rsid w:val="00AE63A7"/>
     <w:rsid w:val="00AF28DD"/>
     <w:rsid w:val="00AF4521"/>
     <w:rsid w:val="00AF5E27"/>
     <w:rsid w:val="00B13AE5"/>
     <w:rsid w:val="00B16136"/>
     <w:rsid w:val="00B16A09"/>
     <w:rsid w:val="00B24939"/>
     <w:rsid w:val="00B32AF3"/>
     <w:rsid w:val="00B35F86"/>
     <w:rsid w:val="00B41044"/>
     <w:rsid w:val="00B411F6"/>
     <w:rsid w:val="00B46BA2"/>
     <w:rsid w:val="00B5478B"/>
     <w:rsid w:val="00B6044E"/>
+    <w:rsid w:val="00B7382F"/>
     <w:rsid w:val="00B73A66"/>
     <w:rsid w:val="00B85F85"/>
     <w:rsid w:val="00B92B92"/>
     <w:rsid w:val="00BA02A6"/>
     <w:rsid w:val="00BA484D"/>
     <w:rsid w:val="00BB0CF8"/>
     <w:rsid w:val="00BC3768"/>
     <w:rsid w:val="00BC3888"/>
     <w:rsid w:val="00BC51C3"/>
     <w:rsid w:val="00BC5CFC"/>
     <w:rsid w:val="00BD2164"/>
     <w:rsid w:val="00BD3EF3"/>
+    <w:rsid w:val="00BE077A"/>
     <w:rsid w:val="00BE4D71"/>
     <w:rsid w:val="00BE711E"/>
     <w:rsid w:val="00BF45EA"/>
     <w:rsid w:val="00C226D0"/>
     <w:rsid w:val="00C30620"/>
     <w:rsid w:val="00C3464C"/>
     <w:rsid w:val="00C4021E"/>
     <w:rsid w:val="00C41059"/>
     <w:rsid w:val="00C42194"/>
     <w:rsid w:val="00C47EAE"/>
     <w:rsid w:val="00C51413"/>
     <w:rsid w:val="00C51B02"/>
     <w:rsid w:val="00C54CC5"/>
     <w:rsid w:val="00C56525"/>
     <w:rsid w:val="00C61925"/>
     <w:rsid w:val="00C7095A"/>
     <w:rsid w:val="00C70FDF"/>
     <w:rsid w:val="00C740DD"/>
     <w:rsid w:val="00C77E09"/>
     <w:rsid w:val="00C967E7"/>
     <w:rsid w:val="00C96BC9"/>
     <w:rsid w:val="00CA2F19"/>
     <w:rsid w:val="00CB378E"/>
     <w:rsid w:val="00CB694A"/>
     <w:rsid w:val="00CB6F45"/>
@@ -7993,50 +7981,51 @@
     <w:rsid w:val="00D0647C"/>
     <w:rsid w:val="00D07666"/>
     <w:rsid w:val="00D14625"/>
     <w:rsid w:val="00D227CC"/>
     <w:rsid w:val="00D3318B"/>
     <w:rsid w:val="00D45E3C"/>
     <w:rsid w:val="00D53B11"/>
     <w:rsid w:val="00D542AB"/>
     <w:rsid w:val="00D61832"/>
     <w:rsid w:val="00D62AA3"/>
     <w:rsid w:val="00D63A0A"/>
     <w:rsid w:val="00D71CAC"/>
     <w:rsid w:val="00D75C41"/>
     <w:rsid w:val="00D767E9"/>
     <w:rsid w:val="00D81619"/>
     <w:rsid w:val="00D83B80"/>
     <w:rsid w:val="00D84FA2"/>
     <w:rsid w:val="00D94041"/>
     <w:rsid w:val="00DA16FB"/>
     <w:rsid w:val="00DB5260"/>
     <w:rsid w:val="00DB799F"/>
     <w:rsid w:val="00DC3978"/>
     <w:rsid w:val="00DD2DDA"/>
     <w:rsid w:val="00DE083D"/>
     <w:rsid w:val="00DE466D"/>
+    <w:rsid w:val="00DE7F11"/>
     <w:rsid w:val="00E10335"/>
     <w:rsid w:val="00E1163F"/>
     <w:rsid w:val="00E166B2"/>
     <w:rsid w:val="00E2164E"/>
     <w:rsid w:val="00E2247C"/>
     <w:rsid w:val="00E226AE"/>
     <w:rsid w:val="00E25BA7"/>
     <w:rsid w:val="00E26B8B"/>
     <w:rsid w:val="00E27126"/>
     <w:rsid w:val="00E30963"/>
     <w:rsid w:val="00E3160C"/>
     <w:rsid w:val="00E31E79"/>
     <w:rsid w:val="00E37154"/>
     <w:rsid w:val="00E40E08"/>
     <w:rsid w:val="00E4596C"/>
     <w:rsid w:val="00E463D1"/>
     <w:rsid w:val="00E46898"/>
     <w:rsid w:val="00E62A88"/>
     <w:rsid w:val="00E62E64"/>
     <w:rsid w:val="00E659DA"/>
     <w:rsid w:val="00E70B86"/>
     <w:rsid w:val="00E72294"/>
     <w:rsid w:val="00E725AC"/>
     <w:rsid w:val="00E9270D"/>
     <w:rsid w:val="00EA2549"/>
@@ -8077,75 +8066,75 @@
     <w:rsid w:val="00FA5E6F"/>
     <w:rsid w:val="00FA69AF"/>
     <w:rsid w:val="00FB4B4B"/>
     <w:rsid w:val="00FC085F"/>
     <w:rsid w:val="00FD1F0F"/>
     <w:rsid w:val="00FE02C1"/>
     <w:rsid w:val="00FF7933"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="30A290C0"/>
+  <w14:docId w14:val="2D37B1F3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{73C8D450-C9E3-4DB0-81D6-7CC49910D891}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8377,50 +8366,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00155C64"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:qFormat/>
     <w:rsid w:val="00155C64"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
@@ -8866,51 +8860,51 @@
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis3Char">
     <w:name w:val="Nadpis 3 Char"/>
     <w:link w:val="Nadpis3"/>
     <w:rsid w:val="00C77E09"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
     <w:name w:val="Záhlaví Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zhlav"/>
     <w:rsid w:val="00A26DD3"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="116071197">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="190344868">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9065,50 +9059,52 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2061316321">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\Users\sefcik\Documents\&#352;ABLONY_PR&#366;&#344;EZOV&#201;\Zru&#353;en&#237;_p&#345;&#237;loh\zad_cerpani_provozni_uver_S-podnik_210501.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -9413,27 +9409,57 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Žádost o čerpání zvýhodněného úvěru (DM)</dc:title>
   <dc:subject/>
   <dc:creator>sefcik</dc:creator>
   <cp:keywords/>
   <dc:description>od 1.4.2005</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_DOC_TYPE">
     <vt:lpwstr>F084</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T14:16:54Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>9aa130a9-063d-45dc-9bc3-ec00d978d8ac</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>