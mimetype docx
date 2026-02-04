--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -6,78 +6,78 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1185"/>
         <w:gridCol w:w="931"/>
         <w:gridCol w:w="963"/>
         <w:gridCol w:w="245"/>
         <w:gridCol w:w="963"/>
         <w:gridCol w:w="509"/>
         <w:gridCol w:w="624"/>
         <w:gridCol w:w="4327"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B369EA" w:rsidRPr="008E64EE" w:rsidTr="00BD757B">
+      <w:tr w:rsidR="00B369EA" w:rsidRPr="008E64EE" w14:paraId="3658439E" w14:textId="77777777" w:rsidTr="00BD757B">
         <w:trPr>
           <w:trHeight w:val="708"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008C151D" w:rsidRDefault="00AD7F0B" w:rsidP="0086001C">
+          <w:p w14:paraId="0EBA6D0E" w14:textId="77777777" w:rsidR="008C151D" w:rsidRDefault="00AD7F0B" w:rsidP="0086001C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK2"/>
             <w:r w:rsidRPr="00AD7F0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Žádost o přiznání</w:t>
             </w:r>
             <w:r w:rsidR="00963CBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>/výplatu</w:t>
@@ -93,78 +93,78 @@
             <w:r w:rsidR="003B7F73">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD7F0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>inančního příspěvku</w:t>
             </w:r>
             <w:r w:rsidR="008C151D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (subvence)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00320DA5" w:rsidRDefault="003B7F73" w:rsidP="0086001C">
+          <w:p w14:paraId="20F6742D" w14:textId="77777777" w:rsidR="00320DA5" w:rsidRDefault="003B7F73" w:rsidP="0086001C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>na úhradu úroků</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B369EA" w:rsidRPr="00320DA5" w:rsidRDefault="00A051BA" w:rsidP="00C2590B">
+          <w:p w14:paraId="29D39DC4" w14:textId="77777777" w:rsidR="00B369EA" w:rsidRPr="00320DA5" w:rsidRDefault="00A051BA" w:rsidP="00C2590B">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A051BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(dále jen „</w:t>
             </w:r>
             <w:r w:rsidRPr="00A051BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Žádost</w:t>
             </w:r>
             <w:r w:rsidRPr="00A051BA">
               <w:rPr>
@@ -185,248 +185,246 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Příspěvek</w:t>
             </w:r>
             <w:r w:rsidR="003B7F73">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidRPr="00331413">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD757B" w:rsidRPr="0034332C" w:rsidTr="00865A68">
+      <w:tr w:rsidR="00BD757B" w:rsidRPr="0034332C" w14:paraId="6E83F4E8" w14:textId="77777777" w:rsidTr="00865A68">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD757B" w:rsidRPr="0089676E" w:rsidRDefault="00BD757B" w:rsidP="003501A8">
+          <w:p w14:paraId="7326CEF3" w14:textId="77777777" w:rsidR="00BD757B" w:rsidRPr="0089676E" w:rsidRDefault="00BD757B" w:rsidP="003501A8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089676E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Smlouva o úvěru č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD757B" w:rsidRPr="00975581" w:rsidRDefault="00BD757B" w:rsidP="001F55EF">
+          <w:p w14:paraId="32DE3637" w14:textId="77777777" w:rsidR="00BD757B" w:rsidRPr="00975581" w:rsidRDefault="00BD757B" w:rsidP="001F55EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
             <w:r w:rsidR="001F55EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001F55EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001F55EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001F55EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD757B" w:rsidRPr="0089676E" w:rsidRDefault="00BD757B" w:rsidP="003501A8">
+          <w:p w14:paraId="11D2B23A" w14:textId="77777777" w:rsidR="00BD757B" w:rsidRPr="0089676E" w:rsidRDefault="00BD757B" w:rsidP="003501A8">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089676E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD757B" w:rsidRPr="00975581" w:rsidRDefault="00BD757B" w:rsidP="001F55EF">
+          <w:p w14:paraId="5B0C112B" w14:textId="77777777" w:rsidR="00BD757B" w:rsidRPr="00975581" w:rsidRDefault="00BD757B" w:rsidP="001F55EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -486,262 +484,260 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="509" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD757B" w:rsidRPr="0089676E" w:rsidRDefault="00BD757B" w:rsidP="003501A8">
+          <w:p w14:paraId="78FB7E00" w14:textId="77777777" w:rsidR="00BD757B" w:rsidRPr="0089676E" w:rsidRDefault="00BD757B" w:rsidP="003501A8">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089676E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD757B" w:rsidRPr="0034332C" w:rsidRDefault="001F55EF" w:rsidP="001F55EF">
+          <w:p w14:paraId="631DCEF8" w14:textId="77777777" w:rsidR="00BD757B" w:rsidRPr="0034332C" w:rsidRDefault="001F55EF" w:rsidP="001F55EF">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text1"/>
+            <w:bookmarkStart w:id="2" w:name="Text1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4327" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD757B" w:rsidRPr="0034332C" w:rsidRDefault="00BD757B" w:rsidP="003501A8">
+          <w:p w14:paraId="0999DB6F" w14:textId="77777777" w:rsidR="00BD757B" w:rsidRPr="0034332C" w:rsidRDefault="00BD757B" w:rsidP="003501A8">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(dále jen „</w:t>
             </w:r>
             <w:r w:rsidRPr="003878B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Smlouva</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3DA6" w:rsidRPr="0034332C" w:rsidTr="00865A68">
+      <w:tr w:rsidR="008B3DA6" w:rsidRPr="0034332C" w14:paraId="7F921711" w14:textId="77777777" w:rsidTr="00865A68">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3DA6" w:rsidRPr="0034332C" w:rsidRDefault="008B3DA6" w:rsidP="00CE4C8B">
+          <w:p w14:paraId="57576257" w14:textId="77777777" w:rsidR="008B3DA6" w:rsidRPr="0034332C" w:rsidRDefault="008B3DA6" w:rsidP="00CE4C8B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Název/jméno Klienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7631" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3DA6" w:rsidRPr="00BC446F" w:rsidRDefault="008B3DA6" w:rsidP="001F55EF">
+          <w:p w14:paraId="4E647966" w14:textId="77777777" w:rsidR="008B3DA6" w:rsidRPr="00BC446F" w:rsidRDefault="008B3DA6" w:rsidP="001F55EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -791,119 +787,119 @@
             </w:r>
             <w:r w:rsidR="001F55EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001F55EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3DA6" w:rsidRPr="0034332C" w:rsidTr="00865A68">
+      <w:tr w:rsidR="008B3DA6" w:rsidRPr="0034332C" w14:paraId="402D08B7" w14:textId="77777777" w:rsidTr="00865A68">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3DA6" w:rsidRPr="0034332C" w:rsidRDefault="008B3DA6" w:rsidP="00CE4C8B">
+          <w:p w14:paraId="228BDF4A" w14:textId="77777777" w:rsidR="008B3DA6" w:rsidRPr="0034332C" w:rsidRDefault="008B3DA6" w:rsidP="00CE4C8B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034332C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>IČO/RČ</w:t>
             </w:r>
             <w:r w:rsidR="00F84AF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Klienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7631" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3DA6" w:rsidRPr="00BC446F" w:rsidRDefault="008B3DA6" w:rsidP="001F55EF">
+          <w:p w14:paraId="6B01D3F3" w14:textId="77777777" w:rsidR="008B3DA6" w:rsidRPr="00BC446F" w:rsidRDefault="008B3DA6" w:rsidP="001F55EF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -952,152 +948,152 @@
             </w:r>
             <w:r w:rsidR="001F55EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001F55EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3DA6" w:rsidRPr="0034332C" w:rsidTr="00BD757B">
+      <w:tr w:rsidR="008B3DA6" w:rsidRPr="0034332C" w14:paraId="53C3D70F" w14:textId="77777777" w:rsidTr="00BD757B">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="57" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3DA6" w:rsidRPr="0034332C" w:rsidRDefault="008B3DA6" w:rsidP="00CE4C8B">
+          <w:p w14:paraId="1AB41CA4" w14:textId="77777777" w:rsidR="008B3DA6" w:rsidRPr="0034332C" w:rsidRDefault="008B3DA6" w:rsidP="00CE4C8B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Program</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8562" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3DA6" w:rsidRPr="004146C5" w:rsidRDefault="008B3DA6" w:rsidP="00C761C2">
+          <w:p w14:paraId="0ABB6FFC" w14:textId="77777777" w:rsidR="008B3DA6" w:rsidRPr="004146C5" w:rsidRDefault="008B3DA6" w:rsidP="00C761C2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004146C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004146C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006544FA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006544FA">
+            <w:r w:rsidRPr="004146C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004146C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004146C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="004146C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C761C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -1121,155 +1117,155 @@
             <w:r w:rsidRPr="004146C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004146C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006544FA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006544FA">
+            <w:r w:rsidRPr="004146C5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004146C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004146C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C761C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Úspory energie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00320DA5" w:rsidRDefault="00A051BA" w:rsidP="004B2F6A">
+    <w:p w14:paraId="1B1E435A" w14:textId="77777777" w:rsidR="00320DA5" w:rsidRDefault="00A051BA" w:rsidP="004B2F6A">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:ind w:left="85"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A051BA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Pojmy začínající velkým písmenem mají stejný význam jako ve Smlouvě, není-li uvedeno jinak.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB3A73" w:rsidRPr="004B2F6A" w:rsidRDefault="00CB3A73" w:rsidP="00963CBD">
+    <w:p w14:paraId="730A928F" w14:textId="77777777" w:rsidR="00CB3A73" w:rsidRPr="004B2F6A" w:rsidRDefault="00CB3A73" w:rsidP="00963CBD">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="85"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006544FA">
+      <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="006544FA">
+      <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -1299,51 +1295,51 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> výplat</w:t>
       </w:r>
       <w:r w:rsidR="00C761C2" w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Příspěvku</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB3A73" w:rsidRDefault="00CB3A73" w:rsidP="008C151D">
+    <w:p w14:paraId="77A560FF" w14:textId="77777777" w:rsidR="00CB3A73" w:rsidRDefault="00CB3A73" w:rsidP="008C151D">
       <w:pPr>
         <w:spacing w:before="120" w:after="60"/>
         <w:ind w:left="454"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB3A73">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Klient v souladu se Smlouvou žádá o přiznání Příspěvku a </w:t>
       </w:r>
       <w:r w:rsidR="00DD1D3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>o </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB3A73">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1360,63 +1356,63 @@
       </w:r>
       <w:r w:rsidRPr="00CB3A73">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>potvrzení Spolupracujícího partnera. Prohlašuje a svým podpisem stvrzuje, že:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9355" w:type="dxa"/>
         <w:tblInd w:w="284" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="68" w:type="dxa"/>
           <w:right w:w="68" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="3118"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D23215" w:rsidRPr="00261C6E" w:rsidTr="0082579E">
+      <w:tr w:rsidR="00D23215" w:rsidRPr="00261C6E" w14:paraId="16DE2CD1" w14:textId="77777777" w:rsidTr="0082579E">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007D41EC" w:rsidRDefault="00E259FA">
+          <w:p w14:paraId="1E8709F4" w14:textId="77777777" w:rsidR="007D41EC" w:rsidRDefault="00E259FA">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="425" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidR="00A36ECC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
@@ -1433,51 +1429,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>, že úvěr</w:t>
             </w:r>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007D41EC" w:rsidRPr="000F57B1" w:rsidRDefault="008B3DA6" w:rsidP="001F55EF">
+          <w:p w14:paraId="3D959E19" w14:textId="77777777" w:rsidR="007D41EC" w:rsidRPr="000F57B1" w:rsidRDefault="008B3DA6" w:rsidP="001F55EF">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F57B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000F57B1">
               <w:rPr>
@@ -1541,51 +1537,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000F57B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007D41EC" w:rsidRDefault="008B3DA6" w:rsidP="00562BED">
+          <w:p w14:paraId="2FDEF15C" w14:textId="77777777" w:rsidR="007D41EC" w:rsidRDefault="008B3DA6" w:rsidP="00562BED">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E259FA" w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(dále jen „</w:t>
             </w:r>
             <w:r w:rsidR="00562BED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1595,57 +1591,57 @@
             </w:r>
             <w:r w:rsidR="00E259FA" w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>“)</w:t>
             </w:r>
             <w:r w:rsidR="00A36ECC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> byl</w:t>
             </w:r>
             <w:r w:rsidR="00562BED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> použit k úhradě</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD7F0B" w:rsidRPr="00261C6E" w:rsidTr="00963CBD">
+      <w:tr w:rsidR="00AD7F0B" w:rsidRPr="00261C6E" w14:paraId="543FE182" w14:textId="77777777" w:rsidTr="00963CBD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007D41EC" w:rsidRDefault="00320DA5" w:rsidP="00EB7736">
+          <w:p w14:paraId="646A11F5" w14:textId="77777777" w:rsidR="007D41EC" w:rsidRDefault="00320DA5" w:rsidP="00EB7736">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:left="425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>způsobil</w:t>
             </w:r>
             <w:r w:rsidR="00A36ECC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ých</w:t>
             </w:r>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1732,60 +1728,60 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ž</w:t>
             </w:r>
             <w:r w:rsidR="00E259FA" w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ádosti</w:t>
             </w:r>
             <w:r w:rsidR="004A17E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD7F0B" w:rsidRPr="00261C6E" w:rsidTr="00963CBD">
+      <w:tr w:rsidR="00AD7F0B" w:rsidRPr="00261C6E" w14:paraId="721DF76C" w14:textId="77777777" w:rsidTr="00963CBD">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="007D41EC" w:rsidRDefault="00E259FA" w:rsidP="00C45818">
+          <w:p w14:paraId="31BB1B95" w14:textId="77777777" w:rsidR="007D41EC" w:rsidRDefault="00E259FA" w:rsidP="00C45818">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="425" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">výdaje v příloze č. 2 této </w:t>
             </w:r>
             <w:r w:rsidR="00320DA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ž</w:t>
@@ -1827,102 +1823,102 @@
             </w:r>
             <w:r w:rsidR="00320DA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> do vlastnictví</w:t>
             </w:r>
             <w:r w:rsidR="00C45818">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Klienta</w:t>
             </w:r>
             <w:r w:rsidR="004A17E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3DA6" w:rsidRPr="00261C6E" w:rsidTr="00963CBD">
+      <w:tr w:rsidR="008B3DA6" w:rsidRPr="00261C6E" w14:paraId="47D0A7AF" w14:textId="77777777" w:rsidTr="00963CBD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3DA6" w:rsidRPr="008B3DA6" w:rsidRDefault="008B3DA6" w:rsidP="00DD1D3B">
+          <w:p w14:paraId="02A9D157" w14:textId="77777777" w:rsidR="008B3DA6" w:rsidRPr="008B3DA6" w:rsidRDefault="008B3DA6" w:rsidP="00DD1D3B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="425" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006544FA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006544FA">
+            <w:r w:rsidRPr="00261C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DD1D3B" w:rsidRPr="00EB7736">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -1963,163 +1959,163 @@
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006544FA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006544FA">
+            <w:r w:rsidRPr="00261C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DD1D3B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DD1D3B" w:rsidRPr="00EB7736">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">není </w:t>
             </w:r>
             <w:r w:rsidR="00DD1D3B" w:rsidRPr="00C761C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>plátcem DPH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B3DA6" w:rsidRPr="00BF7049" w:rsidTr="00963CBD">
+      <w:tr w:rsidR="008B3DA6" w:rsidRPr="00BF7049" w14:paraId="4C1972DD" w14:textId="77777777" w:rsidTr="00963CBD">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3DA6" w:rsidRDefault="008B3DA6" w:rsidP="00C45818">
+          <w:p w14:paraId="2ABDBD71" w14:textId="77777777" w:rsidR="008B3DA6" w:rsidRDefault="008B3DA6" w:rsidP="00C45818">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="425" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">prostředky Úvěru  </w:t>
             </w:r>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006544FA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006544FA">
+            <w:r w:rsidRPr="00261C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A051BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -2145,110 +2141,110 @@
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Zaškrtávací1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006544FA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006544FA">
+            <w:r w:rsidRPr="00261C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00261C6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00A944CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> nebyly</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> použity k pořízení dlouhodobého nehmotného majetku; </w:t>
             </w:r>
             <w:r w:rsidR="002A6802">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">pokud k tomuto účelu použity byly, Klient </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>majetek pořídil a používá v souladu se Smlouvou;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001256E9" w:rsidRPr="00261C6E" w:rsidTr="00963CBD">
+      <w:tr w:rsidR="001256E9" w:rsidRPr="00261C6E" w14:paraId="6593AD77" w14:textId="77777777" w:rsidTr="00963CBD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9355" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="007D41EC" w:rsidRDefault="00731ECE" w:rsidP="008B3DA6">
+          <w:p w14:paraId="075867D3" w14:textId="77777777" w:rsidR="007D41EC" w:rsidRDefault="00731ECE" w:rsidP="008B3DA6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="425" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00731ECE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">plní podmínky přiznání a výplaty </w:t>
             </w:r>
             <w:r w:rsidR="00A944CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>P</w:t>
@@ -2256,108 +2252,108 @@
             <w:r w:rsidRPr="00731ECE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>říspěvku stanovené Smlouv</w:t>
             </w:r>
             <w:r w:rsidR="00A944CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ou</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DE1B2C" w:rsidRPr="00963CBD" w:rsidRDefault="00DE1B2C" w:rsidP="00963CBD">
+    <w:p w14:paraId="6D72A7B0" w14:textId="77777777" w:rsidR="00DE1B2C" w:rsidRPr="00963CBD" w:rsidRDefault="00DE1B2C" w:rsidP="00963CBD">
       <w:pPr>
         <w:ind w:left="454"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CB3A73" w:rsidRPr="004B2F6A" w:rsidRDefault="00CB3A73" w:rsidP="00963CBD">
+    <w:p w14:paraId="6297F5A2" w14:textId="77777777" w:rsidR="00CB3A73" w:rsidRPr="004B2F6A" w:rsidRDefault="00CB3A73" w:rsidP="00963CBD">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="85"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006544FA">
+      <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="006544FA">
+      <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00963CBD" w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -2427,51 +2423,51 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> výplat</w:t>
       </w:r>
       <w:r w:rsidR="00963CBD" w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="004B2F6A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Příspěvku</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB3A73" w:rsidRPr="00963CBD" w:rsidRDefault="00CB3A73" w:rsidP="00963CBD">
+    <w:p w14:paraId="7AB73ADD" w14:textId="77777777" w:rsidR="00CB3A73" w:rsidRPr="00963CBD" w:rsidRDefault="00CB3A73" w:rsidP="00963CBD">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="454"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225D45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Klient prohlašuje a svým podpisem stvrzuje, že </w:t>
       </w:r>
       <w:r w:rsidRPr="00731ECE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">plní podmínky výplaty </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2577,117 +2573,117 @@
         </w:rPr>
         <w:t xml:space="preserve"> v</w:t>
       </w:r>
       <w:r w:rsidR="00963CBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> přiloženém </w:t>
       </w:r>
       <w:r w:rsidRPr="00C73691">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>potvrzení Spolupracujícího partnera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB3A73" w:rsidRPr="00963CBD" w:rsidRDefault="00CB3A73" w:rsidP="00963CBD">
+    <w:p w14:paraId="625A2984" w14:textId="77777777" w:rsidR="00CB3A73" w:rsidRPr="00963CBD" w:rsidRDefault="00CB3A73" w:rsidP="00963CBD">
       <w:pPr>
         <w:ind w:left="454"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="594"/>
         <w:gridCol w:w="5613"/>
         <w:gridCol w:w="550"/>
         <w:gridCol w:w="2044"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B3DA6" w:rsidRPr="00624BFD" w:rsidTr="0082579E">
+      <w:tr w:rsidR="008B3DA6" w:rsidRPr="00624BFD" w14:paraId="1888052B" w14:textId="77777777" w:rsidTr="0082579E">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="594" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3DA6" w:rsidRPr="00624BFD" w:rsidRDefault="008B3DA6" w:rsidP="00CE4C8B">
+          <w:p w14:paraId="37F7A943" w14:textId="77777777" w:rsidR="008B3DA6" w:rsidRPr="00624BFD" w:rsidRDefault="008B3DA6" w:rsidP="00CE4C8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00AC1669">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5613" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3DA6" w:rsidRPr="0024720A" w:rsidRDefault="008B3DA6" w:rsidP="001F55EF">
+          <w:p w14:paraId="33252FEE" w14:textId="77777777" w:rsidR="008B3DA6" w:rsidRPr="0024720A" w:rsidRDefault="008B3DA6" w:rsidP="001F55EF">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -2738,78 +2734,78 @@
             <w:r w:rsidR="001F55EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3DA6" w:rsidRPr="00624BFD" w:rsidRDefault="008B3DA6" w:rsidP="00CE4C8B">
+          <w:p w14:paraId="34AC86F7" w14:textId="77777777" w:rsidR="008B3DA6" w:rsidRPr="00624BFD" w:rsidRDefault="008B3DA6" w:rsidP="00CE4C8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B3DA6" w:rsidRPr="0024720A" w:rsidRDefault="00AC1669" w:rsidP="001F55EF">
+          <w:p w14:paraId="59C292D6" w14:textId="77777777" w:rsidR="008B3DA6" w:rsidRPr="0024720A" w:rsidRDefault="00AC1669" w:rsidP="001F55EF">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d. M. yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -2856,233 +2852,233 @@
             <w:r w:rsidR="001F55EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="001F55EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00581C35" w:rsidRPr="002368EF" w:rsidRDefault="00581C35" w:rsidP="004B2F6A">
+    <w:p w14:paraId="353B0BE7" w14:textId="77777777" w:rsidR="00581C35" w:rsidRPr="002368EF" w:rsidRDefault="00581C35" w:rsidP="004B2F6A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002368EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Podpis Klienta</w:t>
       </w:r>
       <w:r w:rsidRPr="002368EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9709" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3614"/>
         <w:gridCol w:w="2858"/>
         <w:gridCol w:w="3237"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidTr="009A3E5A">
+      <w:tr w:rsidR="00C6727F" w:rsidRPr="00C6727F" w14:paraId="7EF0187B" w14:textId="77777777" w:rsidTr="009A3E5A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="607"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
+          <w:p w14:paraId="3544691F" w14:textId="77777777" w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C6727F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Jméno a příjmení osoby oprávněné zastupovat </w:t>
             </w:r>
             <w:r w:rsidR="00362ED8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r w:rsidRPr="00C6727F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00290CF1" w:rsidP="00290CF1">
+          <w:p w14:paraId="1C8199B0" w14:textId="77777777" w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00290CF1" w:rsidP="00290CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Podpis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
+          <w:p w14:paraId="32F1BD18" w14:textId="77777777" w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C6727F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Razítko, pokud je součástí podpisu </w:t>
             </w:r>
             <w:r w:rsidR="00362ED8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kli</w:t>
             </w:r>
             <w:r w:rsidRPr="00C6727F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>enta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidTr="00F64ED0">
+      <w:tr w:rsidR="00C6727F" w:rsidRPr="00C6727F" w14:paraId="5D554334" w14:textId="77777777" w:rsidTr="00F64ED0">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00290CF1" w:rsidP="001F55EF">
+          <w:p w14:paraId="5BE833EC" w14:textId="77777777" w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00290CF1" w:rsidP="001F55EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -3133,94 +3129,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
+          <w:p w14:paraId="761CCDB5" w14:textId="77777777" w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
+          <w:p w14:paraId="4A0C84F3" w14:textId="77777777" w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidTr="00F64ED0">
+      <w:tr w:rsidR="00C6727F" w:rsidRPr="00C6727F" w14:paraId="5437B3CD" w14:textId="77777777" w:rsidTr="00F64ED0">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00290CF1" w:rsidP="001F55EF">
+          <w:p w14:paraId="2B00156F" w14:textId="77777777" w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00290CF1" w:rsidP="001F55EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -3271,94 +3267,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
+          <w:p w14:paraId="3D42FA3F" w14:textId="77777777" w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
+          <w:p w14:paraId="4D872232" w14:textId="77777777" w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidTr="00F64ED0">
+      <w:tr w:rsidR="00C6727F" w:rsidRPr="00C6727F" w14:paraId="4222193E" w14:textId="77777777" w:rsidTr="00F64ED0">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3614" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00290CF1" w:rsidP="001F55EF">
+          <w:p w14:paraId="77F99EEE" w14:textId="77777777" w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00290CF1" w:rsidP="001F55EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -3409,123 +3405,123 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00756057">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
+          <w:p w14:paraId="3E52FA09" w14:textId="77777777" w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
+          <w:p w14:paraId="104F0290" w14:textId="77777777" w:rsidR="00C6727F" w:rsidRPr="00C6727F" w:rsidRDefault="00C6727F" w:rsidP="00C6727F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007D41EC" w:rsidRDefault="003B3C97" w:rsidP="00234023">
+    <w:p w14:paraId="312F2B94" w14:textId="77777777" w:rsidR="007D41EC" w:rsidRDefault="003B3C97" w:rsidP="00234023">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Přílohy</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963CBD" w:rsidRPr="0082579E" w:rsidRDefault="0085642B" w:rsidP="00D7708A">
+    <w:p w14:paraId="79A78E40" w14:textId="77777777" w:rsidR="00963CBD" w:rsidRPr="0082579E" w:rsidRDefault="0085642B" w:rsidP="00D7708A">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:left="425" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0082579E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Potvrzení Spolupracujícího partnera o výši úroků</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00963CBD" w:rsidRPr="0082579E" w:rsidRDefault="00963CBD" w:rsidP="00D7708A">
+    <w:p w14:paraId="2C092403" w14:textId="77777777" w:rsidR="00963CBD" w:rsidRPr="0082579E" w:rsidRDefault="00963CBD" w:rsidP="00D7708A">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0082579E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Způsobilé výdaje hrazené z</w:t>
       </w:r>
       <w:r w:rsidR="00501F99" w:rsidRPr="0082579E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3561,51 +3557,51 @@
       <w:r w:rsidR="00501F99" w:rsidRPr="0082579E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>první výplat</w:t>
       </w:r>
       <w:r w:rsidR="008C151D" w:rsidRPr="0082579E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00501F99" w:rsidRPr="0082579E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Příspěvku)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B2F6A" w:rsidRPr="0082579E" w:rsidRDefault="004B2F6A" w:rsidP="00D7708A">
+    <w:p w14:paraId="75B75D2E" w14:textId="77777777" w:rsidR="004B2F6A" w:rsidRPr="0082579E" w:rsidRDefault="004B2F6A" w:rsidP="00D7708A">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="20"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0082579E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Přehled čerpání úvěru</w:t>
       </w:r>
       <w:r w:rsidR="0082579E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3640,118 +3636,118 @@
       </w:r>
       <w:r w:rsidRPr="0082579E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004B2F6A" w:rsidRPr="0082579E" w:rsidSect="00533E61">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006544FA" w:rsidRDefault="006544FA" w:rsidP="007354AD">
+    <w:p w14:paraId="05BACDAE" w14:textId="77777777" w:rsidR="000E25FC" w:rsidRDefault="000E25FC" w:rsidP="007354AD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006544FA" w:rsidRDefault="006544FA" w:rsidP="007354AD">
+    <w:p w14:paraId="12E4D44C" w14:textId="77777777" w:rsidR="000E25FC" w:rsidRDefault="000E25FC" w:rsidP="007354AD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00CB3A73" w:rsidRDefault="00CB3A73" w:rsidP="00337441">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3D249426" w14:textId="77777777" w:rsidR="00CB3A73" w:rsidRDefault="00CB3A73" w:rsidP="00337441">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:spacing w:before="120"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00851968">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00851968">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
@@ -3769,150 +3765,150 @@
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00851968">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00CB3A73" w:rsidRPr="00104924" w:rsidRDefault="00CB3A73" w:rsidP="00851968">
+  <w:p w14:paraId="3F543DE3" w14:textId="77777777" w:rsidR="00CB3A73" w:rsidRPr="00104924" w:rsidRDefault="00CB3A73" w:rsidP="00851968">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AC36FB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>verze šablony</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t xml:space="preserve"> 1.0 web</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="004B2F6A" w:rsidRPr="00D7708A" w:rsidRDefault="004B2F6A" w:rsidP="00D7708A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="526B8A2A" w14:textId="77777777" w:rsidR="004B2F6A" w:rsidRPr="00D7708A" w:rsidRDefault="004B2F6A" w:rsidP="00D7708A">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D7708A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t xml:space="preserve">Verze šablony </w:t>
     </w:r>
     <w:r w:rsidR="00D7708A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t>2.</w:t>
     </w:r>
     <w:r w:rsidR="0082579E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00D7708A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
         <w:lang w:val="cs-CZ"/>
       </w:rPr>
       <w:t xml:space="preserve"> (web)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006544FA" w:rsidRDefault="006544FA" w:rsidP="007354AD">
+    <w:p w14:paraId="63BEC291" w14:textId="77777777" w:rsidR="000E25FC" w:rsidRDefault="000E25FC" w:rsidP="007354AD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006544FA" w:rsidRDefault="006544FA" w:rsidP="007354AD">
+    <w:p w14:paraId="7E0FFF75" w14:textId="77777777" w:rsidR="000E25FC" w:rsidRDefault="000E25FC" w:rsidP="007354AD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="00CB3A73" w:rsidRPr="00830CD0" w:rsidRDefault="00CB3A73" w:rsidP="00963CBD">
+    <w:p w14:paraId="64593368" w14:textId="77777777" w:rsidR="00CB3A73" w:rsidRPr="00830CD0" w:rsidRDefault="00CB3A73" w:rsidP="00963CBD">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00830CD0">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00830CD0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
@@ -3958,51 +3954,51 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> „</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Finanční příspěvek</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>“ (program EXPANZE).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00CB3A73" w:rsidRPr="00CB33D1" w:rsidRDefault="00CB3A73" w:rsidP="00963CBD">
+    <w:p w14:paraId="4D15FF16" w14:textId="77777777" w:rsidR="00CB3A73" w:rsidRPr="00CB33D1" w:rsidRDefault="00CB3A73" w:rsidP="00963CBD">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB33D1">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00CB33D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
@@ -4043,86 +4039,86 @@
         <w:t xml:space="preserve"> s Bankou uzavřenu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="cs-CZ"/>
         </w:rPr>
         <w:t>smlouvu</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB33D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> o využívání aplikace E-podatelna.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10207" w:type="dxa"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="28" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="5387"/>
     </w:tblGrid>
-    <w:tr w:rsidR="000C71AB" w:rsidTr="006E3C4F">
+    <w:tr w:rsidR="000C71AB" w14:paraId="5C6D54F4" w14:textId="77777777" w:rsidTr="006E3C4F">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="000C71AB" w:rsidRDefault="000C71AB" w:rsidP="000C71AB">
+        <w:p w14:paraId="5BBEDE56" w14:textId="77777777" w:rsidR="000C71AB" w:rsidRDefault="000C71AB" w:rsidP="000C71AB">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50402E0F" wp14:editId="4933D402">
                 <wp:extent cx="1666875" cy="581025"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:docPr id="3" name="Obrázek 3" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -4133,71 +4129,71 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1666875" cy="581025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="000C71AB" w:rsidRDefault="000C71AB" w:rsidP="000C71AB">
+        <w:p w14:paraId="446471C4" w14:textId="77777777" w:rsidR="000C71AB" w:rsidRDefault="000C71AB" w:rsidP="000C71AB">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="000C71AB" w:rsidRPr="004B2F6A" w:rsidRDefault="000C71AB" w:rsidP="000C71AB">
+  <w:p w14:paraId="6960EBEE" w14:textId="77777777" w:rsidR="000C71AB" w:rsidRPr="004B2F6A" w:rsidRDefault="000C71AB" w:rsidP="000C71AB">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00BC58AE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="74205D6C"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5093,163 +5089,165 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1884362857">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="775178359">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1554266161">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="782192463">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="53429894">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="822241458">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="471289997">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="891696472">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1272592426">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2058123904">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="jhkonHCleNoNA3WdbySwufEBd4d9wpTR5914/KUAiWnvTGw29dInr3VAg4HD8u7D72jYWCAcwzUlHSBm35m6gA==" w:salt="XAHRFXLBBQZxv7Ef2ezXvQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="rs1QPygqr/A6mOr0ox2xp5HwDxkOj4jXvsfy14U0GIBnfcaFlAjCeh2mK+LAaUn9yYrHTmgtoW154vD1tH9ccQ==" w:salt="odFieHWuSUr2RRIcqdotrg=="/>
   <w:defaultTabStop w:val="227"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA4D94"/>
     <w:rsid w:val="000024C5"/>
     <w:rsid w:val="00005F59"/>
     <w:rsid w:val="00016384"/>
     <w:rsid w:val="00021EAC"/>
     <w:rsid w:val="00022278"/>
     <w:rsid w:val="0003114B"/>
     <w:rsid w:val="000353B0"/>
     <w:rsid w:val="00057916"/>
     <w:rsid w:val="00065973"/>
     <w:rsid w:val="00065D00"/>
     <w:rsid w:val="00073C00"/>
     <w:rsid w:val="000779C1"/>
     <w:rsid w:val="000901A6"/>
     <w:rsid w:val="00090B54"/>
     <w:rsid w:val="000B400B"/>
     <w:rsid w:val="000C2A58"/>
     <w:rsid w:val="000C71AB"/>
     <w:rsid w:val="000C7CBB"/>
     <w:rsid w:val="000D4145"/>
     <w:rsid w:val="000D558B"/>
     <w:rsid w:val="000D636E"/>
     <w:rsid w:val="000D6DE6"/>
+    <w:rsid w:val="000E25FC"/>
     <w:rsid w:val="000E2749"/>
     <w:rsid w:val="000E79C6"/>
     <w:rsid w:val="000F57B1"/>
     <w:rsid w:val="00104924"/>
     <w:rsid w:val="00110600"/>
     <w:rsid w:val="00116115"/>
     <w:rsid w:val="001245C9"/>
     <w:rsid w:val="001256E9"/>
     <w:rsid w:val="00136D0A"/>
     <w:rsid w:val="00141C70"/>
     <w:rsid w:val="00143AC1"/>
     <w:rsid w:val="00144D45"/>
     <w:rsid w:val="00152AD0"/>
     <w:rsid w:val="00170F46"/>
     <w:rsid w:val="00186B90"/>
     <w:rsid w:val="00191BDC"/>
     <w:rsid w:val="001E3DB4"/>
     <w:rsid w:val="001F0C34"/>
     <w:rsid w:val="001F5421"/>
     <w:rsid w:val="001F55EF"/>
     <w:rsid w:val="0021022B"/>
     <w:rsid w:val="00234023"/>
     <w:rsid w:val="00246B99"/>
     <w:rsid w:val="00247001"/>
     <w:rsid w:val="00250C66"/>
@@ -5271,82 +5269,85 @@
     <w:rsid w:val="002F3B1B"/>
     <w:rsid w:val="002F3B42"/>
     <w:rsid w:val="002F4D2B"/>
     <w:rsid w:val="00301DF3"/>
     <w:rsid w:val="00304AB5"/>
     <w:rsid w:val="003117EE"/>
     <w:rsid w:val="00313DC6"/>
     <w:rsid w:val="00320DA5"/>
     <w:rsid w:val="00331413"/>
     <w:rsid w:val="00335234"/>
     <w:rsid w:val="00337441"/>
     <w:rsid w:val="00343946"/>
     <w:rsid w:val="0034774B"/>
     <w:rsid w:val="003530F2"/>
     <w:rsid w:val="00354ACA"/>
     <w:rsid w:val="00361681"/>
     <w:rsid w:val="00362ED8"/>
     <w:rsid w:val="00391756"/>
     <w:rsid w:val="00395E7C"/>
     <w:rsid w:val="003B0A10"/>
     <w:rsid w:val="003B3C97"/>
     <w:rsid w:val="003B7E94"/>
     <w:rsid w:val="003B7F73"/>
     <w:rsid w:val="003C4066"/>
     <w:rsid w:val="003C566E"/>
+    <w:rsid w:val="003D38DE"/>
     <w:rsid w:val="003D4327"/>
     <w:rsid w:val="003E1C31"/>
     <w:rsid w:val="003E3C15"/>
     <w:rsid w:val="003E4E5C"/>
     <w:rsid w:val="003F2C98"/>
     <w:rsid w:val="00414C17"/>
     <w:rsid w:val="0042258F"/>
     <w:rsid w:val="00423CAD"/>
     <w:rsid w:val="00433FB6"/>
     <w:rsid w:val="00442829"/>
     <w:rsid w:val="00451B41"/>
     <w:rsid w:val="00454A03"/>
     <w:rsid w:val="0045727E"/>
     <w:rsid w:val="00471380"/>
     <w:rsid w:val="00490C5E"/>
     <w:rsid w:val="004A12FF"/>
     <w:rsid w:val="004A17E6"/>
     <w:rsid w:val="004A5F88"/>
     <w:rsid w:val="004B2F6A"/>
     <w:rsid w:val="004B5C5B"/>
     <w:rsid w:val="004C2C5D"/>
+    <w:rsid w:val="004C58A4"/>
     <w:rsid w:val="004C5CD4"/>
     <w:rsid w:val="004F3DC8"/>
     <w:rsid w:val="00501F99"/>
     <w:rsid w:val="00503023"/>
     <w:rsid w:val="00504D8D"/>
     <w:rsid w:val="00516EAC"/>
     <w:rsid w:val="00524D65"/>
     <w:rsid w:val="00530CCA"/>
     <w:rsid w:val="00533E61"/>
     <w:rsid w:val="00550639"/>
     <w:rsid w:val="00556134"/>
+    <w:rsid w:val="00561CB0"/>
     <w:rsid w:val="00562BED"/>
     <w:rsid w:val="005749C8"/>
     <w:rsid w:val="00575255"/>
     <w:rsid w:val="00581C35"/>
     <w:rsid w:val="00584C3F"/>
     <w:rsid w:val="00597409"/>
     <w:rsid w:val="005A3BB0"/>
     <w:rsid w:val="005B4766"/>
     <w:rsid w:val="005D3A4D"/>
     <w:rsid w:val="005E2AD9"/>
     <w:rsid w:val="005F00D1"/>
     <w:rsid w:val="005F519B"/>
     <w:rsid w:val="005F79FB"/>
     <w:rsid w:val="006043D3"/>
     <w:rsid w:val="0062618E"/>
     <w:rsid w:val="00631DE1"/>
     <w:rsid w:val="00644943"/>
     <w:rsid w:val="006544FA"/>
     <w:rsid w:val="00663754"/>
     <w:rsid w:val="00663FC7"/>
     <w:rsid w:val="00666E48"/>
     <w:rsid w:val="0067127B"/>
     <w:rsid w:val="00672538"/>
     <w:rsid w:val="006754EA"/>
     <w:rsid w:val="00684EA7"/>
@@ -5463,70 +5464,72 @@
     <w:rsid w:val="00BC2769"/>
     <w:rsid w:val="00BC7B2F"/>
     <w:rsid w:val="00BD757B"/>
     <w:rsid w:val="00BE6594"/>
     <w:rsid w:val="00BF6EAA"/>
     <w:rsid w:val="00BF7049"/>
     <w:rsid w:val="00C06888"/>
     <w:rsid w:val="00C10154"/>
     <w:rsid w:val="00C15C24"/>
     <w:rsid w:val="00C20E19"/>
     <w:rsid w:val="00C2590B"/>
     <w:rsid w:val="00C3336E"/>
     <w:rsid w:val="00C45818"/>
     <w:rsid w:val="00C45ED8"/>
     <w:rsid w:val="00C619D3"/>
     <w:rsid w:val="00C6727F"/>
     <w:rsid w:val="00C761C2"/>
     <w:rsid w:val="00C81B48"/>
     <w:rsid w:val="00C95F8E"/>
     <w:rsid w:val="00CA079F"/>
     <w:rsid w:val="00CA4D94"/>
     <w:rsid w:val="00CA6097"/>
     <w:rsid w:val="00CB33D1"/>
     <w:rsid w:val="00CB3A73"/>
     <w:rsid w:val="00CC7177"/>
+    <w:rsid w:val="00CD40F6"/>
     <w:rsid w:val="00CD6B95"/>
     <w:rsid w:val="00CE3353"/>
     <w:rsid w:val="00CE4C8B"/>
     <w:rsid w:val="00CE6C94"/>
     <w:rsid w:val="00D23215"/>
     <w:rsid w:val="00D24EC4"/>
     <w:rsid w:val="00D516FC"/>
     <w:rsid w:val="00D60888"/>
     <w:rsid w:val="00D72ADC"/>
     <w:rsid w:val="00D72FD0"/>
     <w:rsid w:val="00D75C14"/>
     <w:rsid w:val="00D7708A"/>
     <w:rsid w:val="00D80155"/>
     <w:rsid w:val="00D907E1"/>
     <w:rsid w:val="00D9175A"/>
     <w:rsid w:val="00DC7EF5"/>
     <w:rsid w:val="00DD1A6D"/>
     <w:rsid w:val="00DD1D3B"/>
     <w:rsid w:val="00DE1B2C"/>
     <w:rsid w:val="00DF160A"/>
+    <w:rsid w:val="00DF5177"/>
     <w:rsid w:val="00E00757"/>
     <w:rsid w:val="00E2108D"/>
     <w:rsid w:val="00E259FA"/>
     <w:rsid w:val="00E27319"/>
     <w:rsid w:val="00E34000"/>
     <w:rsid w:val="00E41BE9"/>
     <w:rsid w:val="00E44834"/>
     <w:rsid w:val="00E52EB6"/>
     <w:rsid w:val="00E56D6F"/>
     <w:rsid w:val="00E62BD8"/>
     <w:rsid w:val="00E63D83"/>
     <w:rsid w:val="00E640F9"/>
     <w:rsid w:val="00E6540B"/>
     <w:rsid w:val="00EB52E2"/>
     <w:rsid w:val="00EB7736"/>
     <w:rsid w:val="00EC3A38"/>
     <w:rsid w:val="00EC47B0"/>
     <w:rsid w:val="00ED544C"/>
     <w:rsid w:val="00ED55F5"/>
     <w:rsid w:val="00ED609E"/>
     <w:rsid w:val="00F112B0"/>
     <w:rsid w:val="00F36E6C"/>
     <w:rsid w:val="00F531A5"/>
     <w:rsid w:val="00F57192"/>
     <w:rsid w:val="00F579CD"/>
@@ -5544,74 +5547,75 @@
     <w:rsid w:val="00FA24E8"/>
     <w:rsid w:val="00FA2A79"/>
     <w:rsid w:val="00FB0C3E"/>
     <w:rsid w:val="00FC28C9"/>
     <w:rsid w:val="00FC6E7B"/>
     <w:rsid w:val="00FE1B1C"/>
     <w:rsid w:val="00FF5035"/>
     <w:rsid w:val="00FF7A16"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="2E03AB9F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DF8CB09F-93F3-4F93-87EE-62004D8C3BEC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5939,50 +5943,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B369EA"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00320DA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="28"/>
       <w:lang w:val="x-none" w:eastAsia="x-none"/>
@@ -6280,51 +6289,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis3Char">
     <w:name w:val="Nadpis 3 Char"/>
     <w:link w:val="Nadpis3"/>
     <w:rsid w:val="00320DA5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Odstavecseseznamem">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normln"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003B3C97"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\Users\sefcik\Documents\&#352;ABLONY_PR&#366;&#344;EZOV&#201;\Zru&#353;en&#237;_p&#345;&#237;loh\zad_priznani_subvence_uvery_210501.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -6631,27 +6640,57 @@
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Žádost o přiznání finančního příspěvku (BV)</dc:title>
   <dc:subject/>
   <dc:creator>sefcik</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_DOC_TYPE">
     <vt:lpwstr>F613</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T14:17:11Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>e7a7730d-aaae-4f2c-88ec-1bc117775549</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>