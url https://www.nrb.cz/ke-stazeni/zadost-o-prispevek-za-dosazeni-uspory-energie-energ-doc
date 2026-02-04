--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -8,423 +8,420 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9724" w:type="dxa"/>
         <w:tblInd w:w="-85" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="57" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13"/>
         <w:gridCol w:w="72"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="964"/>
         <w:gridCol w:w="185"/>
         <w:gridCol w:w="964"/>
         <w:gridCol w:w="510"/>
         <w:gridCol w:w="624"/>
         <w:gridCol w:w="4265"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B5808" w:rsidTr="00BE0C34">
+      <w:tr w:rsidR="008B5808" w14:paraId="2EC0661C" w14:textId="77777777" w:rsidTr="00BE0C34">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:wBefore w:w="13" w:type="dxa"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9711" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB30E1" w:rsidRDefault="005D7D58" w:rsidP="00CB30E1">
+          <w:p w14:paraId="7D7294D6" w14:textId="77777777" w:rsidR="00CB30E1" w:rsidRDefault="005D7D58" w:rsidP="00CB30E1">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>Žádost o přiznání Finančního příspěvku za dosažení úspory</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>v programu ENERG</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005D7D58" w:rsidRPr="005D7D58" w:rsidRDefault="00CB30E1" w:rsidP="00A6268F">
+          <w:p w14:paraId="2FC4DF89" w14:textId="77777777" w:rsidR="005D7D58" w:rsidRPr="005D7D58" w:rsidRDefault="00CB30E1" w:rsidP="00A6268F">
             <w:pPr>
               <w:pStyle w:val="Nadpis2"/>
               <w:spacing w:before="120" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB30E1">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(dále jen „</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB30E1">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Žádost</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB30E1">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>“ a „</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB30E1">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Příspěvek</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB30E1">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A485C" w:rsidRPr="00E166B2" w:rsidTr="00BE0C34">
+      <w:tr w:rsidR="008A485C" w:rsidRPr="00E166B2" w14:paraId="4F0EFD2C" w14:textId="77777777" w:rsidTr="00BE0C34">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9724" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008A485C" w:rsidRPr="00A94706" w:rsidRDefault="008A485C" w:rsidP="006134B7">
+          <w:p w14:paraId="261A03C2" w14:textId="77777777" w:rsidR="008A485C" w:rsidRPr="00A94706" w:rsidRDefault="008A485C" w:rsidP="006134B7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="531"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE0C34" w:rsidRPr="0034332C" w:rsidTr="00BE0C34">
+      <w:tr w:rsidR="00BE0C34" w:rsidRPr="0034332C" w14:paraId="79AF9717" w14:textId="77777777" w:rsidTr="00BE0C34">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="85" w:type="dxa"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE0C34" w:rsidRPr="0089676E" w:rsidRDefault="00BE0C34" w:rsidP="00B47F4E">
+          <w:p w14:paraId="0D1356B5" w14:textId="77777777" w:rsidR="00BE0C34" w:rsidRPr="0089676E" w:rsidRDefault="00BE0C34" w:rsidP="00B47F4E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089676E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Smlouva o úvěru č.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE0C34" w:rsidRPr="00975581" w:rsidRDefault="00BE0C34" w:rsidP="005B502E">
+          <w:p w14:paraId="39F20970" w14:textId="77777777" w:rsidR="00BE0C34" w:rsidRPr="00975581" w:rsidRDefault="00BE0C34" w:rsidP="005B502E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r w:rsidR="005B502E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005B502E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005B502E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005B502E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="185" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE0C34" w:rsidRPr="0089676E" w:rsidRDefault="00BE0C34" w:rsidP="00B47F4E">
+          <w:p w14:paraId="1560E38F" w14:textId="77777777" w:rsidR="00BE0C34" w:rsidRPr="0089676E" w:rsidRDefault="00BE0C34" w:rsidP="00B47F4E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089676E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE0C34" w:rsidRPr="00975581" w:rsidRDefault="00BE0C34" w:rsidP="005B502E">
+          <w:p w14:paraId="41069E92" w14:textId="77777777" w:rsidR="00BE0C34" w:rsidRPr="00975581" w:rsidRDefault="00BE0C34" w:rsidP="005B502E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
@@ -484,271 +481,269 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="510" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE0C34" w:rsidRPr="0089676E" w:rsidRDefault="00BE0C34" w:rsidP="00B47F4E">
+          <w:p w14:paraId="35FE14AA" w14:textId="77777777" w:rsidR="00BE0C34" w:rsidRPr="0089676E" w:rsidRDefault="00BE0C34" w:rsidP="00B47F4E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0089676E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE0C34" w:rsidRPr="0034332C" w:rsidRDefault="005B502E" w:rsidP="005B502E">
+          <w:p w14:paraId="6F6B9E7D" w14:textId="77777777" w:rsidR="00BE0C34" w:rsidRPr="0034332C" w:rsidRDefault="005B502E" w:rsidP="005B502E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text1"/>
+            <w:bookmarkStart w:id="0" w:name="Text1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4265" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE0C34" w:rsidRPr="0034332C" w:rsidRDefault="00BE0C34" w:rsidP="00B47F4E">
+          <w:p w14:paraId="0EAC0E5C" w14:textId="77777777" w:rsidR="00BE0C34" w:rsidRPr="0034332C" w:rsidRDefault="00BE0C34" w:rsidP="00B47F4E">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(dále jen „</w:t>
             </w:r>
             <w:r w:rsidRPr="003878B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Smlouva</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092132C" w:rsidRPr="0034332C" w:rsidTr="00BE0C34">
+      <w:tr w:rsidR="0092132C" w:rsidRPr="0034332C" w14:paraId="75A81530" w14:textId="77777777" w:rsidTr="00BE0C34">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="85" w:type="dxa"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0092132C" w:rsidRPr="0034332C" w:rsidRDefault="0092132C" w:rsidP="00C609C2">
+          <w:p w14:paraId="60444BFC" w14:textId="77777777" w:rsidR="0092132C" w:rsidRPr="0034332C" w:rsidRDefault="0092132C" w:rsidP="00C609C2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Název/jméno Klienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0092132C" w:rsidRPr="00BC446F" w:rsidRDefault="0092132C" w:rsidP="005B502E">
+          <w:p w14:paraId="3723DB7D" w14:textId="77777777" w:rsidR="0092132C" w:rsidRPr="00BC446F" w:rsidRDefault="0092132C" w:rsidP="005B502E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -798,130 +793,130 @@
             </w:r>
             <w:r w:rsidR="005B502E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005B502E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0092132C" w:rsidRPr="0034332C" w:rsidTr="00BE0C34">
+      <w:tr w:rsidR="0092132C" w:rsidRPr="0034332C" w14:paraId="489FD7F7" w14:textId="77777777" w:rsidTr="00BE0C34">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:tblCellMar>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
           <w:wBefore w:w="85" w:type="dxa"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0092132C" w:rsidRPr="0034332C" w:rsidRDefault="0092132C" w:rsidP="00C609C2">
+          <w:p w14:paraId="4C41B6EA" w14:textId="77777777" w:rsidR="0092132C" w:rsidRPr="0034332C" w:rsidRDefault="0092132C" w:rsidP="00C609C2">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0034332C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>IČO/RČ</w:t>
             </w:r>
             <w:r w:rsidR="00AC0035">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Klienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7512" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0092132C" w:rsidRPr="00BC446F" w:rsidRDefault="0092132C" w:rsidP="005B502E">
+          <w:p w14:paraId="10131F2E" w14:textId="77777777" w:rsidR="0092132C" w:rsidRPr="00BC446F" w:rsidRDefault="0092132C" w:rsidP="005B502E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
@@ -971,112 +966,111 @@
             <w:r w:rsidR="005B502E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005B502E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00002F9B" w:rsidRDefault="00A1501F" w:rsidP="00AC0035">
+    <w:p w14:paraId="372CF7AC" w14:textId="77777777" w:rsidR="00002F9B" w:rsidRDefault="00A1501F" w:rsidP="00AC0035">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Pojmy začínající velkým písmenem mají stejný význam jako ve Smlouvě, není-li uvedeno jinak.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9781"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF6AF0" w:rsidRPr="00BD286C" w:rsidTr="008A485C">
+      <w:tr w:rsidR="00FF6AF0" w:rsidRPr="00BD286C" w14:paraId="7F488AD1" w14:textId="77777777" w:rsidTr="008A485C">
         <w:trPr>
           <w:trHeight w:val="312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00FF19BC" w:rsidRDefault="00002F9B" w:rsidP="0092132C">
+          <w:p w14:paraId="53264C43" w14:textId="77777777" w:rsidR="00FF19BC" w:rsidRDefault="00002F9B" w:rsidP="0092132C">
             <w:pPr>
               <w:pStyle w:val="Nadpis3"/>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002F9B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Klient prohlašuje a svým podpisem stvrzuje, že:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00255603" w:rsidRDefault="005D7D58" w:rsidP="00AC0035">
+    <w:p w14:paraId="1D026405" w14:textId="77777777" w:rsidR="00255603" w:rsidRDefault="005D7D58" w:rsidP="00AC0035">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="426" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">realizací Projektu dosáhl </w:t>
       </w:r>
       <w:r w:rsidR="00CB30E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ú</w:t>
@@ -1130,51 +1124,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> s touto Žádostí) </w:t>
       </w:r>
       <w:r w:rsidR="00CB30E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>příslušným</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> dokumentem splňujícím náležitosti stanovené Smlouvou</w:t>
       </w:r>
       <w:r w:rsidR="00CB30E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7D58" w:rsidRDefault="005D7D58" w:rsidP="00AC0035">
+    <w:p w14:paraId="7FC3E376" w14:textId="77777777" w:rsidR="005D7D58" w:rsidRDefault="005D7D58" w:rsidP="00AC0035">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="426" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">plní podmínky přiznání a výplaty </w:t>
       </w:r>
       <w:r w:rsidR="0092132C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>P</w:t>
@@ -1186,95 +1180,95 @@
         </w:rPr>
         <w:t xml:space="preserve">říspěvku </w:t>
       </w:r>
       <w:r w:rsidR="00CB30E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>stanovené</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Smlouv</w:t>
       </w:r>
       <w:r w:rsidR="00CB30E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ou;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7D58" w:rsidRPr="00255603" w:rsidRDefault="005D7D58" w:rsidP="00AC0035">
+    <w:p w14:paraId="18FA294B" w14:textId="77777777" w:rsidR="005D7D58" w:rsidRPr="00255603" w:rsidRDefault="005D7D58" w:rsidP="00AC0035">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="426" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00261C6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00261C6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00764BB3">
+      <w:r w:rsidRPr="00261C6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00764BB3">
+      <w:r w:rsidRPr="00261C6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00261C6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE0C34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -1314,94 +1308,94 @@
       <w:r w:rsidR="00BE0C34" w:rsidRPr="00261C6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Zaškrtávací1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00BE0C34" w:rsidRPr="00261C6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00764BB3">
+      <w:r w:rsidR="00BE0C34" w:rsidRPr="00261C6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00764BB3">
+      <w:r w:rsidR="00BE0C34" w:rsidRPr="00261C6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BE0C34" w:rsidRPr="00261C6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00BE0C34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE0C34" w:rsidRPr="00BE0C34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>není plátcem DPH</w:t>
       </w:r>
       <w:r w:rsidR="0082709E" w:rsidRPr="00BE0C34">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7D58" w:rsidRDefault="005D7D58" w:rsidP="00AC0035">
+    <w:p w14:paraId="500EECCD" w14:textId="77777777" w:rsidR="005D7D58" w:rsidRDefault="005D7D58" w:rsidP="00AC0035">
       <w:pPr>
         <w:spacing w:before="240" w:after="60"/>
         <w:ind w:left="-57"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Klient v souladu s</w:t>
       </w:r>
       <w:r w:rsidR="00CB30E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1472,121 +1466,121 @@
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>říspěvk</w:t>
       </w:r>
       <w:r w:rsidR="00CB30E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D7D58" w:rsidRDefault="005D7D58" w:rsidP="0092132C">
+    <w:p w14:paraId="679F440B" w14:textId="77777777" w:rsidR="005D7D58" w:rsidRDefault="005D7D58" w:rsidP="0092132C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="799"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="60"/>
         <w:ind w:left="-113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="594"/>
         <w:gridCol w:w="5556"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0092132C" w:rsidRPr="00624BFD" w:rsidTr="007A398C">
+      <w:tr w:rsidR="0092132C" w:rsidRPr="00624BFD" w14:paraId="150066E3" w14:textId="77777777" w:rsidTr="007A398C">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="594" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0092132C" w:rsidRPr="00624BFD" w:rsidRDefault="0092132C" w:rsidP="0092132C">
+          <w:p w14:paraId="64025673" w14:textId="77777777" w:rsidR="0092132C" w:rsidRPr="00624BFD" w:rsidRDefault="0092132C" w:rsidP="0092132C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00AC0035">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5556" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0092132C" w:rsidRPr="0024720A" w:rsidRDefault="0092132C" w:rsidP="005B502E">
+          <w:p w14:paraId="48BB6EAA" w14:textId="77777777" w:rsidR="0092132C" w:rsidRPr="0024720A" w:rsidRDefault="0092132C" w:rsidP="005B502E">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1637,78 +1631,78 @@
             <w:r w:rsidR="005B502E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0092132C" w:rsidRPr="00624BFD" w:rsidRDefault="0092132C" w:rsidP="0092132C">
+          <w:p w14:paraId="59915762" w14:textId="77777777" w:rsidR="0092132C" w:rsidRPr="00624BFD" w:rsidRDefault="0092132C" w:rsidP="0092132C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>dne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0092132C" w:rsidRPr="0024720A" w:rsidRDefault="0092132C" w:rsidP="005B502E">
+          <w:p w14:paraId="37D22C75" w14:textId="77777777" w:rsidR="0092132C" w:rsidRPr="0024720A" w:rsidRDefault="0092132C" w:rsidP="005B502E">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d.M.yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -1755,234 +1749,234 @@
             <w:r w:rsidR="005B502E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="005B502E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008A485C" w:rsidRPr="009E5A79" w:rsidRDefault="008A485C" w:rsidP="00AC0035">
+    <w:p w14:paraId="4B77D8E6" w14:textId="77777777" w:rsidR="008A485C" w:rsidRPr="009E5A79" w:rsidRDefault="008A485C" w:rsidP="00AC0035">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Podpis Klienta</w:t>
       </w:r>
       <w:r w:rsidR="00FF2973">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3686"/>
         <w:gridCol w:w="2858"/>
         <w:gridCol w:w="3237"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidTr="00E555DC">
+      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w14:paraId="4955B7CF" w14:textId="77777777" w:rsidTr="00E555DC">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00625883">
+          <w:p w14:paraId="4FC8BF81" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00625883">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Jméno a příjmení osoby oprávněné zastupovat </w:t>
             </w:r>
             <w:r w:rsidR="00625883">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00C245E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>lienta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="0092132C" w:rsidP="0092132C">
+          <w:p w14:paraId="63678A6F" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="0092132C" w:rsidP="0092132C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Podpis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00625883">
+          <w:p w14:paraId="1636A49C" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00625883">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD6086">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Razítko </w:t>
             </w:r>
             <w:r w:rsidR="00625883">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00C245E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>lienta, pokud je součástí podpisu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidTr="00FD6086">
+      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w14:paraId="06FF7396" w14:textId="77777777" w:rsidTr="00FD6086">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="0092132C" w:rsidP="005B502E">
+          <w:p w14:paraId="78795072" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="0092132C" w:rsidP="005B502E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2034,96 +2028,96 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="611013DB" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="40D6AEDF" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidTr="00FD6086">
+      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w14:paraId="56A3B5E1" w14:textId="77777777" w:rsidTr="00FD6086">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="0092132C" w:rsidP="005B502E">
+          <w:p w14:paraId="1101FB6A" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="0092132C" w:rsidP="005B502E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2175,96 +2169,96 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="1416D4A6" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="4AE88E30" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidTr="00FD6086">
+      <w:tr w:rsidR="00FD6086" w:rsidRPr="00FD6086" w14:paraId="44F5E523" w14:textId="77777777" w:rsidTr="00FD6086">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="0092132C" w:rsidP="005B502E">
+          <w:p w14:paraId="61856EE6" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="0092132C" w:rsidP="005B502E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2316,177 +2310,177 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D77BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="56FC588D" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3237" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
+          <w:p w14:paraId="29DE01C0" w14:textId="77777777" w:rsidR="00FD6086" w:rsidRPr="00FD6086" w:rsidRDefault="00FD6086" w:rsidP="00FD6086">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AB2D80" w:rsidRDefault="00EC1A14" w:rsidP="00AC0035">
+    <w:p w14:paraId="28644702" w14:textId="77777777" w:rsidR="00AB2D80" w:rsidRDefault="00EC1A14" w:rsidP="00AC0035">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A485C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Příloh</w:t>
       </w:r>
       <w:r w:rsidR="00EE019C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB2D80" w:rsidRDefault="00EE019C" w:rsidP="00AB2D80">
+    <w:p w14:paraId="2A04E2A8" w14:textId="77777777" w:rsidR="00AB2D80" w:rsidRDefault="00EE019C" w:rsidP="00AB2D80">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Doklad</w:t>
       </w:r>
       <w:r w:rsidR="00CB30E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> prokazující dosaženou úsporu energie</w:t>
       </w:r>
       <w:r w:rsidR="005D7D58">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AB2D80" w:rsidSect="009F525D">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="849" w:bottom="1276" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00764BB3" w:rsidRDefault="00764BB3">
+    <w:p w14:paraId="3DB1A5EE" w14:textId="77777777" w:rsidR="00366093" w:rsidRDefault="00366093">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00764BB3" w:rsidRDefault="00764BB3">
+    <w:p w14:paraId="5F517706" w14:textId="77777777" w:rsidR="00366093" w:rsidRDefault="00366093">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2497,116 +2491,116 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monotype Sorts">
     <w:altName w:val="ZapfDingbats"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00794381" w:rsidRDefault="00002F9B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6707BE34" w14:textId="77777777" w:rsidR="00794381" w:rsidRDefault="00002F9B">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00794381">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00794381" w:rsidRDefault="00794381">
+  <w:p w14:paraId="2F18B106" w14:textId="77777777" w:rsidR="00794381" w:rsidRDefault="00794381">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00794381" w:rsidRPr="00C80F4A" w:rsidRDefault="00002F9B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3DDE6784" w14:textId="77777777" w:rsidR="00794381" w:rsidRPr="00C80F4A" w:rsidRDefault="00002F9B">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="5842" w:yAlign="bottom"/>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00F95783" w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -2629,146 +2623,146 @@
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00C80F4A">
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00FF19BC" w:rsidRDefault="00002F9B">
+  <w:p w14:paraId="1835FA4A" w14:textId="77777777" w:rsidR="00FF19BC" w:rsidRDefault="00002F9B">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:spacing w:before="60"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00002F9B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">verze šablony </w:t>
     </w:r>
     <w:r w:rsidR="007B0DFA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00FF2973">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
     <w:r w:rsidR="007B0DFA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> web</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="009F525D" w:rsidRPr="009F525D" w:rsidRDefault="009F525D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="00B2070E" w14:textId="77777777" w:rsidR="009F525D" w:rsidRPr="009F525D" w:rsidRDefault="009F525D">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:spacing w:before="60"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00002F9B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">verze šablony </w:t>
     </w:r>
     <w:r w:rsidR="007B0DFA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>1.0 web</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00764BB3" w:rsidRDefault="00764BB3">
+    <w:p w14:paraId="423B3051" w14:textId="77777777" w:rsidR="00366093" w:rsidRDefault="00366093">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00764BB3" w:rsidRDefault="00764BB3">
+    <w:p w14:paraId="2CF7ABFD" w14:textId="77777777" w:rsidR="00366093" w:rsidRDefault="00366093">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w:rsidR="005D7D58" w:rsidRPr="005D7D58" w:rsidRDefault="005D7D58" w:rsidP="005D7D58">
+    <w:p w14:paraId="7EC01560" w14:textId="77777777" w:rsidR="005D7D58" w:rsidRPr="005D7D58" w:rsidRDefault="005D7D58" w:rsidP="005D7D58">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
@@ -2859,51 +2853,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Finanční příspěvek za dosažení úspory</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>“ podle konkrétní verze Smlouvy.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidR="00FF2973" w:rsidRPr="005D7D58" w:rsidRDefault="00FF2973" w:rsidP="005D7D58">
+    <w:p w14:paraId="2A00FC83" w14:textId="77777777" w:rsidR="00FF2973" w:rsidRPr="005D7D58" w:rsidRDefault="00FF2973" w:rsidP="005D7D58">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidR="005B707E" w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
@@ -2947,51 +2941,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0040166D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>mlouvu</w:t>
       </w:r>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> o využívání aplikace E-podatelna.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidR="005D7D58" w:rsidRPr="005D7D58" w:rsidRDefault="005D7D58" w:rsidP="005D7D58">
+    <w:p w14:paraId="02E3F227" w14:textId="77777777" w:rsidR="005D7D58" w:rsidRPr="005D7D58" w:rsidRDefault="005D7D58" w:rsidP="005D7D58">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nepřikládá se, pokud Klient Bance</w:t>
@@ -3028,96 +3022,96 @@
         </w:rPr>
         <w:t xml:space="preserve"> dříve</w:t>
       </w:r>
       <w:r w:rsidR="00CB30E1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005D7D58">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>předložil.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00794381" w:rsidRDefault="00794381" w:rsidP="008941D0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6624D216" w14:textId="77777777" w:rsidR="00794381" w:rsidRDefault="00794381" w:rsidP="008941D0">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10207" w:type="dxa"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="28" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4820"/>
       <w:gridCol w:w="5387"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00D9086F" w:rsidTr="006E3C4F">
+    <w:tr w:rsidR="00D9086F" w14:paraId="454AA149" w14:textId="77777777" w:rsidTr="006E3C4F">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00D9086F" w:rsidRDefault="00D9086F" w:rsidP="00D9086F">
+        <w:p w14:paraId="5C3B4C44" w14:textId="77777777" w:rsidR="00D9086F" w:rsidRDefault="00D9086F" w:rsidP="00D9086F">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7BF0660B" wp14:editId="5087A48A">
                 <wp:extent cx="1666875" cy="581025"/>
                 <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                 <wp:docPr id="1" name="Obrázek 1" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\sefcik\AppData\Local\Microsoft\Windows\INetCache\Content.Word\NRB_logo_RGB_okraj.jpg"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -3128,71 +3122,71 @@
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1666875" cy="581025"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00D9086F" w:rsidRDefault="00D9086F" w:rsidP="00D9086F">
+        <w:p w14:paraId="69E9B17B" w14:textId="77777777" w:rsidR="00D9086F" w:rsidRDefault="00D9086F" w:rsidP="00D9086F">
           <w:pPr>
             <w:pStyle w:val="Zhlav"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00D9086F" w:rsidRPr="00E57A07" w:rsidRDefault="00D9086F" w:rsidP="00D9086F">
+  <w:p w14:paraId="5B1A530C" w14:textId="77777777" w:rsidR="00D9086F" w:rsidRPr="00E57A07" w:rsidRDefault="00D9086F" w:rsidP="00D9086F">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="089A2221"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21A07B9C"/>
     <w:lvl w:ilvl="0" w:tplc="0405000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -5105,165 +5099,167 @@
     <w:lvl w:ilvl="7" w:tplc="04050003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1151556559">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1911379272">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1191652823">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="303510633">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="21442195">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="310985504">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="875233943">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1892695169">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="879829244">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1818648177">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="606156286">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="257568418">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1110855941">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1355840245">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1443571582">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1715423204">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="19093787">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1750537524">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="lnM8u2PVagE2CIRGmPf6rmj6cv1fHbTiw9NAOKX74DzWluN6cXuCMM3q1WHcpET/4xKyD5Qvt6XkJAAXyGEqqA==" w:salt="zeztINFmknM3tbUrPzEtzw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="JAryv+eLrsHb/5F/Qu9yDWKuKHoGuWEFUUr0pOZg5ALUUFMxZYJUrd3DuOYyeg8Efyc0rpxOTA2yEFjosqmVog==" w:salt="XaOPcuL4qo5EBVDgWbdIYg=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C55CC7"/>
     <w:rsid w:val="0000280E"/>
     <w:rsid w:val="00002F9B"/>
     <w:rsid w:val="000156BB"/>
     <w:rsid w:val="00023D96"/>
     <w:rsid w:val="00023E1C"/>
     <w:rsid w:val="00023F19"/>
     <w:rsid w:val="00030A41"/>
     <w:rsid w:val="00040301"/>
     <w:rsid w:val="00041F1F"/>
     <w:rsid w:val="00064A80"/>
     <w:rsid w:val="00065B86"/>
     <w:rsid w:val="00071DE1"/>
     <w:rsid w:val="000729C0"/>
     <w:rsid w:val="000763D2"/>
     <w:rsid w:val="00082DA9"/>
     <w:rsid w:val="00084E3F"/>
     <w:rsid w:val="000872DF"/>
     <w:rsid w:val="000910E4"/>
     <w:rsid w:val="00093E6C"/>
     <w:rsid w:val="000978DC"/>
     <w:rsid w:val="000A24B0"/>
     <w:rsid w:val="000A2C6D"/>
     <w:rsid w:val="000A3736"/>
+    <w:rsid w:val="000A736B"/>
     <w:rsid w:val="000B1BC5"/>
     <w:rsid w:val="000B1F19"/>
     <w:rsid w:val="000B373D"/>
     <w:rsid w:val="000C07B7"/>
     <w:rsid w:val="000C5814"/>
     <w:rsid w:val="000C7748"/>
     <w:rsid w:val="000D697D"/>
     <w:rsid w:val="000D6DCD"/>
     <w:rsid w:val="000E692E"/>
     <w:rsid w:val="000F0F30"/>
     <w:rsid w:val="000F15F1"/>
     <w:rsid w:val="000F1A87"/>
     <w:rsid w:val="00101DB7"/>
     <w:rsid w:val="00102D03"/>
     <w:rsid w:val="00106B02"/>
     <w:rsid w:val="00106E90"/>
     <w:rsid w:val="00132B68"/>
     <w:rsid w:val="001356E8"/>
     <w:rsid w:val="001356ED"/>
     <w:rsid w:val="00135A51"/>
     <w:rsid w:val="001402DD"/>
     <w:rsid w:val="0014340D"/>
     <w:rsid w:val="0014443A"/>
     <w:rsid w:val="00151C84"/>
     <w:rsid w:val="001636FA"/>
@@ -5333,62 +5329,64 @@
     <w:rsid w:val="002F25B7"/>
     <w:rsid w:val="002F4B5A"/>
     <w:rsid w:val="002F5BF4"/>
     <w:rsid w:val="002F767C"/>
     <w:rsid w:val="002F7964"/>
     <w:rsid w:val="00305F46"/>
     <w:rsid w:val="00311473"/>
     <w:rsid w:val="0031417A"/>
     <w:rsid w:val="00314E8F"/>
     <w:rsid w:val="00321E26"/>
     <w:rsid w:val="00321FA1"/>
     <w:rsid w:val="00323ADC"/>
     <w:rsid w:val="00323CA4"/>
     <w:rsid w:val="003244F8"/>
     <w:rsid w:val="00325A06"/>
     <w:rsid w:val="00331543"/>
     <w:rsid w:val="00334EF9"/>
     <w:rsid w:val="00337799"/>
     <w:rsid w:val="00337E58"/>
     <w:rsid w:val="00342D23"/>
     <w:rsid w:val="00350690"/>
     <w:rsid w:val="00353651"/>
     <w:rsid w:val="003614DC"/>
     <w:rsid w:val="00362023"/>
     <w:rsid w:val="00365865"/>
+    <w:rsid w:val="00366093"/>
     <w:rsid w:val="00371527"/>
     <w:rsid w:val="00381F88"/>
     <w:rsid w:val="003A0BC5"/>
     <w:rsid w:val="003A0DC8"/>
     <w:rsid w:val="003A2720"/>
     <w:rsid w:val="003A5F63"/>
     <w:rsid w:val="003B3830"/>
     <w:rsid w:val="003B54C2"/>
     <w:rsid w:val="003B6986"/>
     <w:rsid w:val="003C1A36"/>
     <w:rsid w:val="003C24A0"/>
     <w:rsid w:val="003D14C3"/>
+    <w:rsid w:val="003D38DE"/>
     <w:rsid w:val="003E5B25"/>
     <w:rsid w:val="003F60A6"/>
     <w:rsid w:val="0040166D"/>
     <w:rsid w:val="00402BB2"/>
     <w:rsid w:val="00412946"/>
     <w:rsid w:val="00416922"/>
     <w:rsid w:val="004201BB"/>
     <w:rsid w:val="00430FF8"/>
     <w:rsid w:val="004323B9"/>
     <w:rsid w:val="004331EB"/>
     <w:rsid w:val="00440A15"/>
     <w:rsid w:val="004441A1"/>
     <w:rsid w:val="0044485E"/>
     <w:rsid w:val="00445949"/>
     <w:rsid w:val="00447457"/>
     <w:rsid w:val="00447BF2"/>
     <w:rsid w:val="004615AD"/>
     <w:rsid w:val="004618D9"/>
     <w:rsid w:val="0046243F"/>
     <w:rsid w:val="00481CA9"/>
     <w:rsid w:val="00483E27"/>
     <w:rsid w:val="004851CD"/>
     <w:rsid w:val="00485337"/>
     <w:rsid w:val="00487475"/>
     <w:rsid w:val="00491863"/>
@@ -5553,87 +5551,89 @@
     <w:rsid w:val="00914FF6"/>
     <w:rsid w:val="0092132C"/>
     <w:rsid w:val="009237AF"/>
     <w:rsid w:val="0093686F"/>
     <w:rsid w:val="00943D87"/>
     <w:rsid w:val="00944723"/>
     <w:rsid w:val="00946E36"/>
     <w:rsid w:val="00952ECF"/>
     <w:rsid w:val="0095796F"/>
     <w:rsid w:val="00966AE7"/>
     <w:rsid w:val="00972F95"/>
     <w:rsid w:val="0097774B"/>
     <w:rsid w:val="00985039"/>
     <w:rsid w:val="0099207F"/>
     <w:rsid w:val="00995ED9"/>
     <w:rsid w:val="009A4FD4"/>
     <w:rsid w:val="009B16BA"/>
     <w:rsid w:val="009B6DFA"/>
     <w:rsid w:val="009C399F"/>
     <w:rsid w:val="009C4DDE"/>
     <w:rsid w:val="009C5488"/>
     <w:rsid w:val="009D1495"/>
     <w:rsid w:val="009F2BAA"/>
     <w:rsid w:val="009F4FAD"/>
     <w:rsid w:val="009F525D"/>
+    <w:rsid w:val="00A0265A"/>
     <w:rsid w:val="00A065E7"/>
     <w:rsid w:val="00A1501F"/>
     <w:rsid w:val="00A3344C"/>
     <w:rsid w:val="00A338F1"/>
     <w:rsid w:val="00A35995"/>
     <w:rsid w:val="00A4372F"/>
     <w:rsid w:val="00A476D5"/>
     <w:rsid w:val="00A47E84"/>
     <w:rsid w:val="00A5479C"/>
     <w:rsid w:val="00A57487"/>
     <w:rsid w:val="00A61B74"/>
     <w:rsid w:val="00A6268F"/>
     <w:rsid w:val="00A677E5"/>
     <w:rsid w:val="00A73A74"/>
     <w:rsid w:val="00A847DB"/>
     <w:rsid w:val="00A8574A"/>
     <w:rsid w:val="00A9031F"/>
     <w:rsid w:val="00A93C1F"/>
     <w:rsid w:val="00AB2D80"/>
     <w:rsid w:val="00AB479D"/>
     <w:rsid w:val="00AB62C4"/>
     <w:rsid w:val="00AC0035"/>
     <w:rsid w:val="00AC0A07"/>
     <w:rsid w:val="00AC29D5"/>
     <w:rsid w:val="00AC363F"/>
     <w:rsid w:val="00AC763F"/>
     <w:rsid w:val="00AD354F"/>
     <w:rsid w:val="00AD65D9"/>
     <w:rsid w:val="00AE58D3"/>
     <w:rsid w:val="00AE5A31"/>
     <w:rsid w:val="00AF3D6F"/>
     <w:rsid w:val="00AF57DC"/>
     <w:rsid w:val="00AF78EA"/>
     <w:rsid w:val="00B02677"/>
     <w:rsid w:val="00B0513C"/>
     <w:rsid w:val="00B14349"/>
     <w:rsid w:val="00B16CCB"/>
+    <w:rsid w:val="00B2084A"/>
     <w:rsid w:val="00B2792B"/>
     <w:rsid w:val="00B32AF3"/>
     <w:rsid w:val="00B34890"/>
     <w:rsid w:val="00B35F86"/>
     <w:rsid w:val="00B411F6"/>
     <w:rsid w:val="00B42648"/>
     <w:rsid w:val="00B44CBC"/>
     <w:rsid w:val="00B451AF"/>
     <w:rsid w:val="00B45A7F"/>
     <w:rsid w:val="00B539AD"/>
     <w:rsid w:val="00B5478B"/>
     <w:rsid w:val="00B56237"/>
     <w:rsid w:val="00B57FB3"/>
     <w:rsid w:val="00B62CED"/>
     <w:rsid w:val="00B66657"/>
     <w:rsid w:val="00B703F9"/>
     <w:rsid w:val="00B71EC7"/>
     <w:rsid w:val="00B73A66"/>
     <w:rsid w:val="00B73C65"/>
     <w:rsid w:val="00B81319"/>
     <w:rsid w:val="00B820E1"/>
     <w:rsid w:val="00B84D8C"/>
     <w:rsid w:val="00B9029A"/>
     <w:rsid w:val="00B913BD"/>
     <w:rsid w:val="00B965A9"/>
@@ -5713,50 +5713,51 @@
     <w:rsid w:val="00D372CA"/>
     <w:rsid w:val="00D40206"/>
     <w:rsid w:val="00D423E2"/>
     <w:rsid w:val="00D43003"/>
     <w:rsid w:val="00D445C2"/>
     <w:rsid w:val="00D45292"/>
     <w:rsid w:val="00D51910"/>
     <w:rsid w:val="00D542AB"/>
     <w:rsid w:val="00D65C27"/>
     <w:rsid w:val="00D71415"/>
     <w:rsid w:val="00D75C41"/>
     <w:rsid w:val="00D80EA4"/>
     <w:rsid w:val="00D81619"/>
     <w:rsid w:val="00D83B80"/>
     <w:rsid w:val="00D85456"/>
     <w:rsid w:val="00D86F16"/>
     <w:rsid w:val="00D9086F"/>
     <w:rsid w:val="00D94B9E"/>
     <w:rsid w:val="00DA16FB"/>
     <w:rsid w:val="00DB35B0"/>
     <w:rsid w:val="00DB5260"/>
     <w:rsid w:val="00DB6CE8"/>
     <w:rsid w:val="00DD15A0"/>
     <w:rsid w:val="00DD2DDA"/>
     <w:rsid w:val="00DE0936"/>
+    <w:rsid w:val="00DE3D8D"/>
     <w:rsid w:val="00DF4BEB"/>
     <w:rsid w:val="00DF603B"/>
     <w:rsid w:val="00E002D3"/>
     <w:rsid w:val="00E11FEF"/>
     <w:rsid w:val="00E166B2"/>
     <w:rsid w:val="00E16CF9"/>
     <w:rsid w:val="00E30963"/>
     <w:rsid w:val="00E33149"/>
     <w:rsid w:val="00E52E18"/>
     <w:rsid w:val="00E555DC"/>
     <w:rsid w:val="00E70B86"/>
     <w:rsid w:val="00E71C9D"/>
     <w:rsid w:val="00E725AC"/>
     <w:rsid w:val="00E766ED"/>
     <w:rsid w:val="00E77886"/>
     <w:rsid w:val="00E80AC4"/>
     <w:rsid w:val="00E836B6"/>
     <w:rsid w:val="00E9270D"/>
     <w:rsid w:val="00EA739C"/>
     <w:rsid w:val="00EA7CC4"/>
     <w:rsid w:val="00EB2E42"/>
     <w:rsid w:val="00EC1A14"/>
     <w:rsid w:val="00EC3814"/>
     <w:rsid w:val="00EC6FBA"/>
     <w:rsid w:val="00ED0404"/>
@@ -5797,74 +5798,75 @@
     <w:rsid w:val="00FD6086"/>
     <w:rsid w:val="00FE0147"/>
     <w:rsid w:val="00FE0318"/>
     <w:rsid w:val="00FF19BC"/>
     <w:rsid w:val="00FF2973"/>
     <w:rsid w:val="00FF687F"/>
     <w:rsid w:val="00FF6AF0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="29706E2B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6A1C6934-148F-4D99-8383-F05AE686AAC0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6095,50 +6097,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F33852"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:qFormat/>
     <w:rsid w:val="00F33852"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
@@ -6571,67 +6578,69 @@
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextpoznpodarouChar">
     <w:name w:val="Text pozn. pod čarou Char"/>
     <w:link w:val="Textpoznpodarou"/>
     <w:semiHidden/>
     <w:rsid w:val="008A485C"/>
     <w:rPr>
       <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZhlavChar">
     <w:name w:val="Záhlaví Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zhlav"/>
     <w:rsid w:val="00D9086F"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="289825247">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///D:\Users\sefcik\Documents\&#352;ABLONY_PR&#366;&#344;EZOV&#201;\Zru&#353;en&#237;_p&#345;&#237;loh\_arch\zad_priznani_FP_uspora_ENERG_210501.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -6935,27 +6944,57 @@
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Informace o výsledcích realizace projektu</dc:title>
   <dc:subject/>
   <dc:creator>sefcik</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="IX_DOC_TYPE">
     <vt:lpwstr>F613</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="IX_BARCODE">
+    <vt:lpwstr>*000000000*</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="IX_ENVIRONMENT">
+    <vt:lpwstr>PRODUKCE</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SetDate">
+    <vt:lpwstr>2025-12-29T14:16:12Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Name">
+    <vt:lpwstr>Veřejná informace</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_SiteId">
+    <vt:lpwstr>4d1a3907-6ad7-4739-80b5-b7ed4066a30b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ActionId">
+    <vt:lpwstr>8c2b4ab7-ece0-46d0-98cf-b8f3a1a98dd4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_8310de75-5a0d-4392-bbb6-59aa8e061af6_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>